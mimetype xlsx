--- v0 (2025-10-24)
+++ v1 (2025-12-08)
@@ -2209,75 +2209,75 @@
       <c r="H53" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="54" spans="1:8">
       <c r="A54" t="s">
         <v>123</v>
       </c>
       <c r="B54" t="s">
         <v>124</v>
       </c>
       <c r="C54" t="s">
         <v>20</v>
       </c>
       <c r="D54" t="s">
         <v>21</v>
       </c>
       <c r="E54" t="s">
         <v>22</v>
       </c>
       <c r="F54">
         <v>2017</v>
       </c>
       <c r="G54"/>
       <c r="H54" t="s">
-        <v>51</v>
+        <v>33</v>
       </c>
     </row>
     <row r="55" spans="1:8">
       <c r="A55" t="s">
         <v>123</v>
       </c>
       <c r="B55" t="s">
         <v>124</v>
       </c>
       <c r="C55" t="s">
         <v>20</v>
       </c>
       <c r="D55" t="s">
         <v>21</v>
       </c>
       <c r="E55" t="s">
         <v>22</v>
       </c>
       <c r="F55">
         <v>2017</v>
       </c>
       <c r="G55"/>
       <c r="H55" t="s">
-        <v>33</v>
+        <v>51</v>
       </c>
     </row>
     <row r="56" spans="1:8">
       <c r="A56" t="s">
         <v>125</v>
       </c>
       <c r="B56" t="s">
         <v>126</v>
       </c>
       <c r="C56" t="s">
         <v>112</v>
       </c>
       <c r="D56" t="s">
         <v>21</v>
       </c>
       <c r="E56" t="s">
         <v>22</v>
       </c>
       <c r="F56">
         <v>2017</v>
       </c>
       <c r="G56"/>
       <c r="H56" t="s">
         <v>33</v>
       </c>