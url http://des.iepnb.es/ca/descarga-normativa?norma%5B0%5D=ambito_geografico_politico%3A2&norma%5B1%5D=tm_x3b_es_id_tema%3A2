--- v0 (2025-10-24)
+++ v1 (2025-12-08)
@@ -65,66 +65,66 @@
   <si>
     <t>https://www.google.com/</t>
   </si>
   <si>
     <t>Normas con rango de Ley</t>
   </si>
   <si>
     <t>Pruebas para saber si el campo Norma puede usar / , ; y : .</t>
   </si>
   <si>
     <t>https://www.google.com/test/branch</t>
   </si>
   <si>
     <t>Leyes autonómicas</t>
   </si>
   <si>
     <t>Andalucía</t>
   </si>
   <si>
     <t>Pruebas Normas con Unificación- Detalles 17/12/2024 - Hora: 09:17:00. Prueba de funcionamiento; Correcto/Funcionando con Modificación  17/12/2024 - Hora: 09:19:00..</t>
   </si>
   <si>
     <t>https://www.google.com/testing/branch</t>
   </si>
   <si>
+    <t>Comunidad de Madrid</t>
+  </si>
+  <si>
+    <t>AGE</t>
+  </si>
+  <si>
+    <t>Cataluña</t>
+  </si>
+  <si>
+    <t>Extra-Regio</t>
+  </si>
+  <si>
     <t>Cantabria</t>
   </si>
   <si>
-    <t>Cataluña</t>
-[...4 lines deleted...]
-  <si>
     <t>Illes Balears</t>
-  </si>
-[...4 lines deleted...]
-    <t>AGE</t>
   </si>
   <si>
     <t>Decreto 33/2024, de 28 de febrero, del Gobierno de Aragón, por el que se establece un régimen de protección para la margaritona (Margaritifera auricularia) y se aprueba un nuevo plan de recuperación.</t>
   </si>
   <si>
     <t>https://www.boa.aragon.es/cgi-bin/EBOA/BRSCGI?CMD=VEROBJ&amp;MLKOB=1320624820303</t>
   </si>
   <si>
     <t>Decreto</t>
   </si>
   <si>
     <t>Autonómico</t>
   </si>
   <si>
     <t>Reglamentos (Gobierno, Autonómico, Entidades locales)</t>
   </si>
   <si>
     <t>Decreto-ley 1/2023, de 30 de enero, de medidas extraordinarias y urgentes para la protección de la lagartija pitiusa (Podarcis pityusensis) y la lagartija balear (Podarcis lilfordi) y para la prevención y lucha contra las especies de la familia Colubridae sensu lato.</t>
   </si>
   <si>
     <t>https://www.boe.es/eli/es-ib/dl/2023/01/30/1</t>
   </si>
   <si>
     <t>sg4</t>
   </si>
@@ -3201,91 +3201,91 @@
       <c r="F7">
         <v>2024</v>
       </c>
       <c r="G7"/>
       <c r="H7" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="8" spans="1:8">
       <c r="A8" t="s">
         <v>15</v>
       </c>
       <c r="B8" t="s">
         <v>16</v>
       </c>
       <c r="C8"/>
       <c r="D8"/>
       <c r="E8" t="s">
         <v>10</v>
       </c>
       <c r="F8">
         <v>2024</v>
       </c>
       <c r="G8"/>
       <c r="H8" t="s">
-        <v>21</v>
+        <v>14</v>
       </c>
     </row>
     <row r="9" spans="1:8">
       <c r="A9" t="s">
         <v>15</v>
       </c>
       <c r="B9" t="s">
         <v>16</v>
       </c>
       <c r="C9"/>
       <c r="D9"/>
       <c r="E9" t="s">
         <v>10</v>
       </c>
       <c r="F9">
         <v>2024</v>
       </c>
       <c r="G9"/>
       <c r="H9" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
     </row>
     <row r="10" spans="1:8">
       <c r="A10" t="s">
         <v>15</v>
       </c>
       <c r="B10" t="s">
         <v>16</v>
       </c>
       <c r="C10"/>
       <c r="D10"/>
       <c r="E10" t="s">
         <v>10</v>
       </c>
       <c r="F10">
         <v>2024</v>
       </c>
       <c r="G10"/>
       <c r="H10" t="s">
-        <v>14</v>
+        <v>22</v>
       </c>
     </row>
     <row r="11" spans="1:8">
       <c r="A11" t="s">
         <v>23</v>
       </c>
       <c r="B11" t="s">
         <v>24</v>
       </c>
       <c r="C11" t="s">
         <v>25</v>
       </c>
       <c r="D11" t="s">
         <v>26</v>
       </c>
       <c r="E11" t="s">
         <v>27</v>
       </c>
       <c r="F11">
         <v>2024</v>
       </c>
       <c r="G11"/>
       <c r="H11"/>
     </row>
     <row r="12" spans="1:8">
@@ -3511,51 +3511,51 @@
       <c r="H21" t="s">
         <v>51</v>
       </c>
     </row>
     <row r="22" spans="1:8">
       <c r="A22" t="s">
         <v>52</v>
       </c>
       <c r="B22" t="s">
         <v>53</v>
       </c>
       <c r="C22" t="s">
         <v>35</v>
       </c>
       <c r="D22" t="s">
         <v>54</v>
       </c>
       <c r="E22" t="s">
         <v>27</v>
       </c>
       <c r="F22">
         <v>2022</v>
       </c>
       <c r="G22"/>
       <c r="H22" t="s">
-        <v>22</v>
+        <v>18</v>
       </c>
     </row>
     <row r="23" spans="1:8">
       <c r="A23" t="s">
         <v>55</v>
       </c>
       <c r="B23" t="s">
         <v>56</v>
       </c>
       <c r="C23" t="s">
         <v>42</v>
       </c>
       <c r="D23" t="s">
         <v>26</v>
       </c>
       <c r="E23" t="s">
         <v>27</v>
       </c>
       <c r="F23">
         <v>2022</v>
       </c>
       <c r="G23"/>
       <c r="H23" t="s">
         <v>57</v>
       </c>
@@ -4091,51 +4091,51 @@
       </c>
       <c r="G46"/>
       <c r="H46"/>
     </row>
     <row r="47" spans="1:8">
       <c r="A47" t="s">
         <v>107</v>
       </c>
       <c r="B47" t="s">
         <v>108</v>
       </c>
       <c r="C47" t="s">
         <v>35</v>
       </c>
       <c r="D47" t="s">
         <v>26</v>
       </c>
       <c r="E47" t="s">
         <v>27</v>
       </c>
       <c r="F47">
         <v>2017</v>
       </c>
       <c r="G47"/>
       <c r="H47" t="s">
-        <v>20</v>
+        <v>22</v>
       </c>
     </row>
     <row r="48" spans="1:8">
       <c r="A48" t="s">
         <v>109</v>
       </c>
       <c r="B48" t="s">
         <v>110</v>
       </c>
       <c r="C48" t="s">
         <v>111</v>
       </c>
       <c r="D48" t="s">
         <v>54</v>
       </c>
       <c r="E48" t="s">
         <v>27</v>
       </c>
       <c r="F48">
         <v>2017</v>
       </c>
       <c r="G48"/>
       <c r="H48" t="s">
         <v>14</v>
       </c>
@@ -4271,51 +4271,51 @@
       <c r="F54">
         <v>2017</v>
       </c>
       <c r="G54"/>
       <c r="H54"/>
     </row>
     <row r="55" spans="1:8">
       <c r="A55" t="s">
         <v>125</v>
       </c>
       <c r="B55" t="s">
         <v>126</v>
       </c>
       <c r="C55"/>
       <c r="D55" t="s">
         <v>13</v>
       </c>
       <c r="E55" t="s">
         <v>10</v>
       </c>
       <c r="F55">
         <v>2016</v>
       </c>
       <c r="G55"/>
       <c r="H55" t="s">
-        <v>17</v>
+        <v>21</v>
       </c>
     </row>
     <row r="56" spans="1:8">
       <c r="A56" t="s">
         <v>127</v>
       </c>
       <c r="B56" t="s">
         <v>128</v>
       </c>
       <c r="C56" t="s">
         <v>25</v>
       </c>
       <c r="D56" t="s">
         <v>26</v>
       </c>
       <c r="E56" t="s">
         <v>27</v>
       </c>
       <c r="F56">
         <v>2016</v>
       </c>
       <c r="G56"/>
       <c r="H56" t="s">
         <v>129</v>
       </c>
@@ -4625,75 +4625,75 @@
       <c r="H69" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="70" spans="1:8">
       <c r="A70" t="s">
         <v>157</v>
       </c>
       <c r="B70" t="s">
         <v>158</v>
       </c>
       <c r="C70" t="s">
         <v>35</v>
       </c>
       <c r="D70" t="s">
         <v>26</v>
       </c>
       <c r="E70" t="s">
         <v>27</v>
       </c>
       <c r="F70">
         <v>2015</v>
       </c>
       <c r="G70"/>
       <c r="H70" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="71" spans="1:8">
       <c r="A71" t="s">
         <v>159</v>
       </c>
       <c r="B71" t="s">
         <v>160</v>
       </c>
       <c r="C71" t="s">
         <v>35</v>
       </c>
       <c r="D71" t="s">
         <v>26</v>
       </c>
       <c r="E71" t="s">
         <v>27</v>
       </c>
       <c r="F71">
         <v>2015</v>
       </c>
       <c r="G71"/>
       <c r="H71" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="72" spans="1:8">
       <c r="A72" t="s">
         <v>161</v>
       </c>
       <c r="B72" t="s">
         <v>162</v>
       </c>
       <c r="C72" t="s">
         <v>25</v>
       </c>
       <c r="D72" t="s">
         <v>26</v>
       </c>
       <c r="E72" t="s">
         <v>27</v>
       </c>
       <c r="F72">
         <v>2015</v>
       </c>
       <c r="G72"/>
       <c r="H72"/>
     </row>
     <row r="73" spans="1:8">
@@ -5295,51 +5295,51 @@
       <c r="H98" t="s">
         <v>51</v>
       </c>
     </row>
     <row r="99" spans="1:8">
       <c r="A99" t="s">
         <v>216</v>
       </c>
       <c r="B99" t="s">
         <v>217</v>
       </c>
       <c r="C99" t="s">
         <v>42</v>
       </c>
       <c r="D99" t="s">
         <v>26</v>
       </c>
       <c r="E99" t="s">
         <v>27</v>
       </c>
       <c r="F99">
         <v>2013</v>
       </c>
       <c r="G99"/>
       <c r="H99" t="s">
-        <v>19</v>
+        <v>17</v>
       </c>
     </row>
     <row r="100" spans="1:8">
       <c r="A100" t="s">
         <v>218</v>
       </c>
       <c r="B100" t="s">
         <v>219</v>
       </c>
       <c r="C100" t="s">
         <v>42</v>
       </c>
       <c r="D100" t="s">
         <v>26</v>
       </c>
       <c r="E100" t="s">
         <v>27</v>
       </c>
       <c r="F100">
         <v>2013</v>
       </c>
       <c r="G100"/>
       <c r="H100" t="s">
         <v>43</v>
       </c>
@@ -5487,51 +5487,51 @@
       <c r="H106" t="s">
         <v>94</v>
       </c>
     </row>
     <row r="107" spans="1:8">
       <c r="A107" t="s">
         <v>232</v>
       </c>
       <c r="B107" t="s">
         <v>233</v>
       </c>
       <c r="C107" t="s">
         <v>35</v>
       </c>
       <c r="D107" t="s">
         <v>26</v>
       </c>
       <c r="E107" t="s">
         <v>27</v>
       </c>
       <c r="F107">
         <v>2013</v>
       </c>
       <c r="G107"/>
       <c r="H107" t="s">
-        <v>20</v>
+        <v>22</v>
       </c>
     </row>
     <row r="108" spans="1:8">
       <c r="A108" t="s">
         <v>234</v>
       </c>
       <c r="B108" t="s">
         <v>235</v>
       </c>
       <c r="C108" t="s">
         <v>42</v>
       </c>
       <c r="D108" t="s">
         <v>26</v>
       </c>
       <c r="E108" t="s">
         <v>27</v>
       </c>
       <c r="F108">
         <v>2013</v>
       </c>
       <c r="G108"/>
       <c r="H108" t="s">
         <v>43</v>
       </c>
@@ -5583,51 +5583,51 @@
       <c r="H110" t="s">
         <v>132</v>
       </c>
     </row>
     <row r="111" spans="1:8">
       <c r="A111" t="s">
         <v>240</v>
       </c>
       <c r="B111" t="s">
         <v>241</v>
       </c>
       <c r="C111" t="s">
         <v>25</v>
       </c>
       <c r="D111" t="s">
         <v>26</v>
       </c>
       <c r="E111" t="s">
         <v>27</v>
       </c>
       <c r="F111">
         <v>2013</v>
       </c>
       <c r="G111"/>
       <c r="H111" t="s">
-        <v>22</v>
+        <v>18</v>
       </c>
     </row>
     <row r="112" spans="1:8">
       <c r="A112" t="s">
         <v>242</v>
       </c>
       <c r="B112" t="s">
         <v>243</v>
       </c>
       <c r="C112" t="s">
         <v>25</v>
       </c>
       <c r="D112" t="s">
         <v>26</v>
       </c>
       <c r="E112" t="s">
         <v>27</v>
       </c>
       <c r="F112">
         <v>2013</v>
       </c>
       <c r="G112"/>
       <c r="H112" t="s">
         <v>14</v>
       </c>
@@ -5725,51 +5725,51 @@
       <c r="H116" t="s">
         <v>129</v>
       </c>
     </row>
     <row r="117" spans="1:8">
       <c r="A117" t="s">
         <v>252</v>
       </c>
       <c r="B117" t="s">
         <v>253</v>
       </c>
       <c r="C117" t="s">
         <v>42</v>
       </c>
       <c r="D117" t="s">
         <v>26</v>
       </c>
       <c r="E117" t="s">
         <v>27</v>
       </c>
       <c r="F117">
         <v>2012</v>
       </c>
       <c r="G117"/>
       <c r="H117" t="s">
-        <v>19</v>
+        <v>17</v>
       </c>
     </row>
     <row r="118" spans="1:8">
       <c r="A118" t="s">
         <v>254</v>
       </c>
       <c r="B118" t="s">
         <v>255</v>
       </c>
       <c r="C118" t="s">
         <v>25</v>
       </c>
       <c r="D118" t="s">
         <v>26</v>
       </c>
       <c r="E118" t="s">
         <v>27</v>
       </c>
       <c r="F118">
         <v>2012</v>
       </c>
       <c r="G118"/>
       <c r="H118" t="s">
         <v>46</v>
       </c>
@@ -6695,75 +6695,75 @@
       <c r="H157" t="s">
         <v>94</v>
       </c>
     </row>
     <row r="158" spans="1:8">
       <c r="A158" t="s">
         <v>332</v>
       </c>
       <c r="B158" t="s">
         <v>333</v>
       </c>
       <c r="C158" t="s">
         <v>35</v>
       </c>
       <c r="D158" t="s">
         <v>26</v>
       </c>
       <c r="E158" t="s">
         <v>27</v>
       </c>
       <c r="F158">
         <v>2009</v>
       </c>
       <c r="G158"/>
       <c r="H158" t="s">
-        <v>20</v>
+        <v>22</v>
       </c>
     </row>
     <row r="159" spans="1:8">
       <c r="A159" t="s">
         <v>334</v>
       </c>
       <c r="B159" t="s">
         <v>335</v>
       </c>
       <c r="C159" t="s">
         <v>35</v>
       </c>
       <c r="D159" t="s">
         <v>26</v>
       </c>
       <c r="E159" t="s">
         <v>27</v>
       </c>
       <c r="F159">
         <v>2009</v>
       </c>
       <c r="G159"/>
       <c r="H159" t="s">
-        <v>20</v>
+        <v>22</v>
       </c>
     </row>
     <row r="160" spans="1:8">
       <c r="A160" t="s">
         <v>336</v>
       </c>
       <c r="B160" t="s">
         <v>337</v>
       </c>
       <c r="C160" t="s">
         <v>25</v>
       </c>
       <c r="D160" t="s">
         <v>26</v>
       </c>
       <c r="E160" t="s">
         <v>27</v>
       </c>
       <c r="F160">
         <v>2009</v>
       </c>
       <c r="G160"/>
       <c r="H160" t="s">
         <v>132</v>
       </c>
@@ -7047,71 +7047,71 @@
       </c>
       <c r="G172"/>
       <c r="H172" t="s">
         <v>211</v>
       </c>
     </row>
     <row r="173" spans="1:8">
       <c r="A173" t="s">
         <v>362</v>
       </c>
       <c r="B173" t="s">
         <v>363</v>
       </c>
       <c r="C173"/>
       <c r="D173" t="s">
         <v>364</v>
       </c>
       <c r="E173" t="s">
         <v>10</v>
       </c>
       <c r="F173">
         <v>2008</v>
       </c>
       <c r="G173"/>
       <c r="H173" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="174" spans="1:8">
       <c r="A174" t="s">
         <v>365</v>
       </c>
       <c r="B174" t="s">
         <v>366</v>
       </c>
       <c r="C174"/>
       <c r="D174"/>
       <c r="E174" t="s">
         <v>10</v>
       </c>
       <c r="F174">
         <v>2008</v>
       </c>
       <c r="G174"/>
       <c r="H174" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="175" spans="1:8">
       <c r="A175" t="s">
         <v>367</v>
       </c>
       <c r="B175" t="s">
         <v>368</v>
       </c>
       <c r="C175" t="s">
         <v>25</v>
       </c>
       <c r="D175" t="s">
         <v>26</v>
       </c>
       <c r="E175" t="s">
         <v>27</v>
       </c>
       <c r="F175">
         <v>2008</v>
       </c>
       <c r="G175"/>
       <c r="H175" t="s">
         <v>14</v>
       </c>
@@ -7139,51 +7139,51 @@
       <c r="H176" t="s">
         <v>51</v>
       </c>
     </row>
     <row r="177" spans="1:8">
       <c r="A177" t="s">
         <v>371</v>
       </c>
       <c r="B177" t="s">
         <v>372</v>
       </c>
       <c r="C177" t="s">
         <v>25</v>
       </c>
       <c r="D177" t="s">
         <v>26</v>
       </c>
       <c r="E177" t="s">
         <v>27</v>
       </c>
       <c r="F177">
         <v>2008</v>
       </c>
       <c r="G177"/>
       <c r="H177" t="s">
-        <v>17</v>
+        <v>21</v>
       </c>
     </row>
     <row r="178" spans="1:8">
       <c r="A178" t="s">
         <v>373</v>
       </c>
       <c r="B178" t="s">
         <v>374</v>
       </c>
       <c r="C178" t="s">
         <v>25</v>
       </c>
       <c r="D178" t="s">
         <v>26</v>
       </c>
       <c r="E178" t="s">
         <v>27</v>
       </c>
       <c r="F178">
         <v>2008</v>
       </c>
       <c r="G178"/>
       <c r="H178" t="s">
         <v>211</v>
       </c>
@@ -7283,219 +7283,219 @@
       <c r="H182" t="s">
         <v>94</v>
       </c>
     </row>
     <row r="183" spans="1:8">
       <c r="A183" t="s">
         <v>383</v>
       </c>
       <c r="B183" t="s">
         <v>384</v>
       </c>
       <c r="C183" t="s">
         <v>35</v>
       </c>
       <c r="D183" t="s">
         <v>26</v>
       </c>
       <c r="E183" t="s">
         <v>27</v>
       </c>
       <c r="F183">
         <v>2008</v>
       </c>
       <c r="G183"/>
       <c r="H183" t="s">
-        <v>20</v>
+        <v>22</v>
       </c>
     </row>
     <row r="184" spans="1:8">
       <c r="A184" t="s">
         <v>385</v>
       </c>
       <c r="B184" t="s">
         <v>386</v>
       </c>
       <c r="C184" t="s">
         <v>35</v>
       </c>
       <c r="D184" t="s">
         <v>26</v>
       </c>
       <c r="E184" t="s">
         <v>27</v>
       </c>
       <c r="F184">
         <v>2008</v>
       </c>
       <c r="G184"/>
       <c r="H184" t="s">
-        <v>20</v>
+        <v>22</v>
       </c>
     </row>
     <row r="185" spans="1:8">
       <c r="A185" t="s">
         <v>387</v>
       </c>
       <c r="B185" t="s">
         <v>388</v>
       </c>
       <c r="C185" t="s">
         <v>35</v>
       </c>
       <c r="D185" t="s">
         <v>26</v>
       </c>
       <c r="E185" t="s">
         <v>27</v>
       </c>
       <c r="F185">
         <v>2008</v>
       </c>
       <c r="G185"/>
       <c r="H185" t="s">
-        <v>20</v>
+        <v>22</v>
       </c>
     </row>
     <row r="186" spans="1:8">
       <c r="A186" t="s">
         <v>389</v>
       </c>
       <c r="B186" t="s">
         <v>390</v>
       </c>
       <c r="C186" t="s">
         <v>25</v>
       </c>
       <c r="D186" t="s">
         <v>26</v>
       </c>
       <c r="E186" t="s">
         <v>27</v>
       </c>
       <c r="F186">
         <v>2008</v>
       </c>
       <c r="G186"/>
       <c r="H186" t="s">
         <v>46</v>
       </c>
     </row>
     <row r="187" spans="1:8">
       <c r="A187" t="s">
         <v>391</v>
       </c>
       <c r="B187" t="s">
         <v>392</v>
       </c>
       <c r="C187" t="s">
         <v>25</v>
       </c>
       <c r="D187" t="s">
         <v>26</v>
       </c>
       <c r="E187" t="s">
         <v>27</v>
       </c>
       <c r="F187">
         <v>2008</v>
       </c>
       <c r="G187"/>
       <c r="H187" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="188" spans="1:8">
       <c r="A188" t="s">
         <v>393</v>
       </c>
       <c r="B188" t="s">
         <v>372</v>
       </c>
       <c r="C188" t="s">
         <v>25</v>
       </c>
       <c r="D188" t="s">
         <v>26</v>
       </c>
       <c r="E188" t="s">
         <v>27</v>
       </c>
       <c r="F188">
         <v>2008</v>
       </c>
       <c r="G188"/>
       <c r="H188" t="s">
-        <v>17</v>
+        <v>21</v>
       </c>
     </row>
     <row r="189" spans="1:8">
       <c r="A189" t="s">
         <v>394</v>
       </c>
       <c r="B189" t="s">
         <v>395</v>
       </c>
       <c r="C189" t="s">
         <v>35</v>
       </c>
       <c r="D189" t="s">
         <v>26</v>
       </c>
       <c r="E189" t="s">
         <v>27</v>
       </c>
       <c r="F189">
         <v>2008</v>
       </c>
       <c r="G189"/>
       <c r="H189" t="s">
-        <v>20</v>
+        <v>22</v>
       </c>
     </row>
     <row r="190" spans="1:8">
       <c r="A190" t="s">
         <v>396</v>
       </c>
       <c r="B190" t="s">
         <v>160</v>
       </c>
       <c r="C190" t="s">
         <v>25</v>
       </c>
       <c r="D190" t="s">
         <v>26</v>
       </c>
       <c r="E190" t="s">
         <v>27</v>
       </c>
       <c r="F190">
         <v>2008</v>
       </c>
       <c r="G190"/>
       <c r="H190" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="191" spans="1:8">
       <c r="A191" t="s">
         <v>397</v>
       </c>
       <c r="B191" t="s">
         <v>398</v>
       </c>
       <c r="C191" t="s">
         <v>42</v>
       </c>
       <c r="D191" t="s">
         <v>26</v>
       </c>
       <c r="E191" t="s">
         <v>27</v>
       </c>
       <c r="F191">
         <v>2008</v>
       </c>
       <c r="G191"/>
       <c r="H191" t="s">
         <v>43</v>
       </c>
@@ -7637,51 +7637,51 @@
       </c>
       <c r="G197"/>
       <c r="H197" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="198" spans="1:8">
       <c r="A198" t="s">
         <v>411</v>
       </c>
       <c r="B198" t="s">
         <v>412</v>
       </c>
       <c r="C198"/>
       <c r="D198" t="s">
         <v>13</v>
       </c>
       <c r="E198" t="s">
         <v>10</v>
       </c>
       <c r="F198">
         <v>2007</v>
       </c>
       <c r="G198"/>
       <c r="H198" t="s">
-        <v>17</v>
+        <v>21</v>
       </c>
     </row>
     <row r="199" spans="1:8">
       <c r="A199" t="s">
         <v>413</v>
       </c>
       <c r="B199" t="s">
         <v>414</v>
       </c>
       <c r="C199"/>
       <c r="D199" t="s">
         <v>13</v>
       </c>
       <c r="E199" t="s">
         <v>10</v>
       </c>
       <c r="F199">
         <v>2007</v>
       </c>
       <c r="G199"/>
       <c r="H199" t="s">
         <v>132</v>
       </c>
     </row>
     <row r="200" spans="1:8">
@@ -7779,75 +7779,75 @@
       <c r="H203" t="s">
         <v>46</v>
       </c>
     </row>
     <row r="204" spans="1:8">
       <c r="A204" t="s">
         <v>423</v>
       </c>
       <c r="B204" t="s">
         <v>424</v>
       </c>
       <c r="C204" t="s">
         <v>35</v>
       </c>
       <c r="D204" t="s">
         <v>26</v>
       </c>
       <c r="E204" t="s">
         <v>27</v>
       </c>
       <c r="F204">
         <v>2007</v>
       </c>
       <c r="G204"/>
       <c r="H204" t="s">
-        <v>20</v>
+        <v>22</v>
       </c>
     </row>
     <row r="205" spans="1:8">
       <c r="A205" t="s">
         <v>425</v>
       </c>
       <c r="B205" t="s">
         <v>426</v>
       </c>
       <c r="C205" t="s">
         <v>35</v>
       </c>
       <c r="D205" t="s">
         <v>26</v>
       </c>
       <c r="E205" t="s">
         <v>27</v>
       </c>
       <c r="F205">
         <v>2007</v>
       </c>
       <c r="G205"/>
       <c r="H205" t="s">
-        <v>20</v>
+        <v>22</v>
       </c>
     </row>
     <row r="206" spans="1:8">
       <c r="A206" t="s">
         <v>427</v>
       </c>
       <c r="B206" t="s">
         <v>428</v>
       </c>
       <c r="C206" t="s">
         <v>25</v>
       </c>
       <c r="D206" t="s">
         <v>26</v>
       </c>
       <c r="E206" t="s">
         <v>27</v>
       </c>
       <c r="F206">
         <v>2007</v>
       </c>
       <c r="G206"/>
       <c r="H206" t="s">
         <v>57</v>
       </c>
@@ -7899,97 +7899,97 @@
       <c r="H208" t="s">
         <v>57</v>
       </c>
     </row>
     <row r="209" spans="1:8">
       <c r="A209" t="s">
         <v>425</v>
       </c>
       <c r="B209" t="s">
         <v>426</v>
       </c>
       <c r="C209" t="s">
         <v>35</v>
       </c>
       <c r="D209" t="s">
         <v>26</v>
       </c>
       <c r="E209" t="s">
         <v>27</v>
       </c>
       <c r="F209">
         <v>2007</v>
       </c>
       <c r="G209"/>
       <c r="H209" t="s">
-        <v>20</v>
+        <v>22</v>
       </c>
     </row>
     <row r="210" spans="1:8">
       <c r="A210" t="s">
         <v>433</v>
       </c>
       <c r="B210" t="s">
         <v>434</v>
       </c>
       <c r="C210" t="s">
         <v>25</v>
       </c>
       <c r="D210" t="s">
         <v>26</v>
       </c>
       <c r="E210" t="s">
         <v>27</v>
       </c>
       <c r="F210">
         <v>2007</v>
       </c>
       <c r="G210"/>
       <c r="H210"/>
     </row>
     <row r="211" spans="1:8">
       <c r="A211" t="s">
         <v>435</v>
       </c>
       <c r="B211" t="s">
         <v>436</v>
       </c>
       <c r="C211" t="s">
         <v>42</v>
       </c>
       <c r="D211" t="s">
         <v>26</v>
       </c>
       <c r="E211" t="s">
         <v>27</v>
       </c>
       <c r="F211">
         <v>2007</v>
       </c>
       <c r="G211"/>
       <c r="H211" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="212" spans="1:8">
       <c r="A212" t="s">
         <v>437</v>
       </c>
       <c r="B212" t="s">
         <v>438</v>
       </c>
       <c r="C212" t="s">
         <v>25</v>
       </c>
       <c r="D212" t="s">
         <v>26</v>
       </c>
       <c r="E212" t="s">
         <v>27</v>
       </c>
       <c r="F212">
         <v>2007</v>
       </c>
       <c r="G212"/>
       <c r="H212" t="s">
         <v>46</v>
       </c>
@@ -8085,51 +8085,51 @@
       </c>
       <c r="G216"/>
       <c r="H216" t="s">
         <v>46</v>
       </c>
     </row>
     <row r="217" spans="1:8">
       <c r="A217" t="s">
         <v>447</v>
       </c>
       <c r="B217" t="s">
         <v>448</v>
       </c>
       <c r="C217"/>
       <c r="D217" t="s">
         <v>13</v>
       </c>
       <c r="E217" t="s">
         <v>10</v>
       </c>
       <c r="F217">
         <v>2006</v>
       </c>
       <c r="G217"/>
       <c r="H217" t="s">
-        <v>17</v>
+        <v>21</v>
       </c>
     </row>
     <row r="218" spans="1:8">
       <c r="A218" t="s">
         <v>449</v>
       </c>
       <c r="B218" t="s">
         <v>450</v>
       </c>
       <c r="C218"/>
       <c r="D218" t="s">
         <v>13</v>
       </c>
       <c r="E218" t="s">
         <v>10</v>
       </c>
       <c r="F218">
         <v>2006</v>
       </c>
       <c r="G218"/>
       <c r="H218" t="s">
         <v>129</v>
       </c>
     </row>
     <row r="219" spans="1:8">
@@ -8151,51 +8151,51 @@
       </c>
       <c r="G219"/>
       <c r="H219" t="s">
         <v>211</v>
       </c>
     </row>
     <row r="220" spans="1:8">
       <c r="A220" t="s">
         <v>453</v>
       </c>
       <c r="B220" t="s">
         <v>454</v>
       </c>
       <c r="C220"/>
       <c r="D220" t="s">
         <v>13</v>
       </c>
       <c r="E220" t="s">
         <v>10</v>
       </c>
       <c r="F220">
         <v>2006</v>
       </c>
       <c r="G220"/>
       <c r="H220" t="s">
-        <v>20</v>
+        <v>22</v>
       </c>
     </row>
     <row r="221" spans="1:8">
       <c r="A221" t="s">
         <v>455</v>
       </c>
       <c r="B221" t="s">
         <v>456</v>
       </c>
       <c r="C221"/>
       <c r="D221" t="s">
         <v>13</v>
       </c>
       <c r="E221" t="s">
         <v>10</v>
       </c>
       <c r="F221">
         <v>2006</v>
       </c>
       <c r="G221"/>
       <c r="H221" t="s">
         <v>189</v>
       </c>
     </row>
     <row r="222" spans="1:8">
@@ -8645,51 +8645,51 @@
       </c>
       <c r="G240"/>
       <c r="H240"/>
     </row>
     <row r="241" spans="1:8">
       <c r="A241" t="s">
         <v>495</v>
       </c>
       <c r="B241" t="s">
         <v>496</v>
       </c>
       <c r="C241" t="s">
         <v>25</v>
       </c>
       <c r="D241" t="s">
         <v>26</v>
       </c>
       <c r="E241" t="s">
         <v>27</v>
       </c>
       <c r="F241">
         <v>2006</v>
       </c>
       <c r="G241"/>
       <c r="H241" t="s">
-        <v>20</v>
+        <v>22</v>
       </c>
     </row>
     <row r="242" spans="1:8">
       <c r="A242" t="s">
         <v>497</v>
       </c>
       <c r="B242" t="s">
         <v>498</v>
       </c>
       <c r="C242" t="s">
         <v>42</v>
       </c>
       <c r="D242" t="s">
         <v>26</v>
       </c>
       <c r="E242" t="s">
         <v>27</v>
       </c>
       <c r="F242">
         <v>2006</v>
       </c>
       <c r="G242"/>
       <c r="H242"/>
     </row>
     <row r="243" spans="1:8">
@@ -8811,95 +8811,95 @@
       <c r="H247" t="s">
         <v>46</v>
       </c>
     </row>
     <row r="248" spans="1:8">
       <c r="A248" t="s">
         <v>508</v>
       </c>
       <c r="B248" t="s">
         <v>509</v>
       </c>
       <c r="C248" t="s">
         <v>25</v>
       </c>
       <c r="D248" t="s">
         <v>26</v>
       </c>
       <c r="E248" t="s">
         <v>27</v>
       </c>
       <c r="F248">
         <v>2006</v>
       </c>
       <c r="G248"/>
       <c r="H248" t="s">
-        <v>20</v>
+        <v>22</v>
       </c>
     </row>
     <row r="249" spans="1:8">
       <c r="A249" t="s">
         <v>510</v>
       </c>
       <c r="B249" t="s">
         <v>511</v>
       </c>
       <c r="C249" t="s">
         <v>25</v>
       </c>
       <c r="D249" t="s">
         <v>26</v>
       </c>
       <c r="E249" t="s">
         <v>27</v>
       </c>
       <c r="F249">
         <v>2006</v>
       </c>
       <c r="G249"/>
       <c r="H249"/>
     </row>
     <row r="250" spans="1:8">
       <c r="A250" t="s">
         <v>512</v>
       </c>
       <c r="B250" t="s">
         <v>513</v>
       </c>
       <c r="C250"/>
       <c r="D250" t="s">
         <v>13</v>
       </c>
       <c r="E250" t="s">
         <v>10</v>
       </c>
       <c r="F250">
         <v>2005</v>
       </c>
       <c r="G250"/>
       <c r="H250" t="s">
-        <v>19</v>
+        <v>17</v>
       </c>
     </row>
     <row r="251" spans="1:8">
       <c r="A251" t="s">
         <v>514</v>
       </c>
       <c r="B251" t="s">
         <v>515</v>
       </c>
       <c r="C251" t="s">
         <v>25</v>
       </c>
       <c r="D251" t="s">
         <v>26</v>
       </c>
       <c r="E251" t="s">
         <v>27</v>
       </c>
       <c r="F251">
         <v>2005</v>
       </c>
       <c r="G251"/>
       <c r="H251" t="s">
         <v>14</v>
       </c>
@@ -8927,51 +8927,51 @@
       <c r="H252" t="s">
         <v>51</v>
       </c>
     </row>
     <row r="253" spans="1:8">
       <c r="A253" t="s">
         <v>518</v>
       </c>
       <c r="B253" t="s">
         <v>519</v>
       </c>
       <c r="C253" t="s">
         <v>35</v>
       </c>
       <c r="D253" t="s">
         <v>26</v>
       </c>
       <c r="E253" t="s">
         <v>27</v>
       </c>
       <c r="F253">
         <v>2005</v>
       </c>
       <c r="G253"/>
       <c r="H253" t="s">
-        <v>17</v>
+        <v>21</v>
       </c>
     </row>
     <row r="254" spans="1:8">
       <c r="A254" t="s">
         <v>520</v>
       </c>
       <c r="B254" t="s">
         <v>521</v>
       </c>
       <c r="C254" t="s">
         <v>25</v>
       </c>
       <c r="D254" t="s">
         <v>26</v>
       </c>
       <c r="E254" t="s">
         <v>27</v>
       </c>
       <c r="F254">
         <v>2005</v>
       </c>
       <c r="G254"/>
       <c r="H254" t="s">
         <v>211</v>
       </c>
@@ -9143,51 +9143,51 @@
       <c r="H261" t="s">
         <v>94</v>
       </c>
     </row>
     <row r="262" spans="1:8">
       <c r="A262" t="s">
         <v>536</v>
       </c>
       <c r="B262" t="s">
         <v>537</v>
       </c>
       <c r="C262" t="s">
         <v>25</v>
       </c>
       <c r="D262" t="s">
         <v>26</v>
       </c>
       <c r="E262" t="s">
         <v>27</v>
       </c>
       <c r="F262">
         <v>2005</v>
       </c>
       <c r="G262"/>
       <c r="H262" t="s">
-        <v>20</v>
+        <v>22</v>
       </c>
     </row>
     <row r="263" spans="1:8">
       <c r="A263" t="s">
         <v>538</v>
       </c>
       <c r="B263" t="s">
         <v>539</v>
       </c>
       <c r="C263" t="s">
         <v>42</v>
       </c>
       <c r="D263" t="s">
         <v>26</v>
       </c>
       <c r="E263" t="s">
         <v>27</v>
       </c>
       <c r="F263">
         <v>2005</v>
       </c>
       <c r="G263"/>
       <c r="H263" t="s">
         <v>132</v>
       </c>
@@ -9359,51 +9359,51 @@
       <c r="H270" t="s">
         <v>43</v>
       </c>
     </row>
     <row r="271" spans="1:8">
       <c r="A271" t="s">
         <v>554</v>
       </c>
       <c r="B271" t="s">
         <v>555</v>
       </c>
       <c r="C271" t="s">
         <v>25</v>
       </c>
       <c r="D271" t="s">
         <v>26</v>
       </c>
       <c r="E271" t="s">
         <v>27</v>
       </c>
       <c r="F271">
         <v>2005</v>
       </c>
       <c r="G271"/>
       <c r="H271" t="s">
-        <v>22</v>
+        <v>18</v>
       </c>
     </row>
     <row r="272" spans="1:8">
       <c r="A272" t="s">
         <v>556</v>
       </c>
       <c r="B272" t="s">
         <v>557</v>
       </c>
       <c r="C272" t="s">
         <v>25</v>
       </c>
       <c r="D272" t="s">
         <v>26</v>
       </c>
       <c r="E272" t="s">
         <v>27</v>
       </c>
       <c r="F272">
         <v>2005</v>
       </c>
       <c r="G272"/>
       <c r="H272" t="s">
         <v>14</v>
       </c>
@@ -9521,51 +9521,51 @@
       </c>
       <c r="G277"/>
       <c r="H277"/>
     </row>
     <row r="278" spans="1:8">
       <c r="A278" t="s">
         <v>568</v>
       </c>
       <c r="B278" t="s">
         <v>569</v>
       </c>
       <c r="C278" t="s">
         <v>42</v>
       </c>
       <c r="D278" t="s">
         <v>26</v>
       </c>
       <c r="E278" t="s">
         <v>27</v>
       </c>
       <c r="F278">
         <v>2004</v>
       </c>
       <c r="G278"/>
       <c r="H278" t="s">
-        <v>19</v>
+        <v>17</v>
       </c>
     </row>
     <row r="279" spans="1:8">
       <c r="A279" t="s">
         <v>570</v>
       </c>
       <c r="B279" t="s">
         <v>571</v>
       </c>
       <c r="C279" t="s">
         <v>25</v>
       </c>
       <c r="D279" t="s">
         <v>26</v>
       </c>
       <c r="E279" t="s">
         <v>27</v>
       </c>
       <c r="F279">
         <v>2004</v>
       </c>
       <c r="G279"/>
       <c r="H279" t="s">
         <v>43</v>
       </c>
@@ -9617,51 +9617,51 @@
       <c r="H281" t="s">
         <v>94</v>
       </c>
     </row>
     <row r="282" spans="1:8">
       <c r="A282" t="s">
         <v>576</v>
       </c>
       <c r="B282" t="s">
         <v>577</v>
       </c>
       <c r="C282" t="s">
         <v>25</v>
       </c>
       <c r="D282" t="s">
         <v>26</v>
       </c>
       <c r="E282" t="s">
         <v>27</v>
       </c>
       <c r="F282">
         <v>2004</v>
       </c>
       <c r="G282"/>
       <c r="H282" t="s">
-        <v>20</v>
+        <v>22</v>
       </c>
     </row>
     <row r="283" spans="1:8">
       <c r="A283" t="s">
         <v>578</v>
       </c>
       <c r="B283" t="s">
         <v>579</v>
       </c>
       <c r="C283" t="s">
         <v>35</v>
       </c>
       <c r="D283" t="s">
         <v>26</v>
       </c>
       <c r="E283" t="s">
         <v>27</v>
       </c>
       <c r="F283">
         <v>2004</v>
       </c>
       <c r="G283"/>
       <c r="H283" t="s">
         <v>189</v>
       </c>
@@ -9759,51 +9759,51 @@
       </c>
       <c r="G287"/>
       <c r="H287"/>
     </row>
     <row r="288" spans="1:8">
       <c r="A288" t="s">
         <v>587</v>
       </c>
       <c r="B288" t="s">
         <v>581</v>
       </c>
       <c r="C288" t="s">
         <v>42</v>
       </c>
       <c r="D288" t="s">
         <v>26</v>
       </c>
       <c r="E288" t="s">
         <v>27</v>
       </c>
       <c r="F288">
         <v>2004</v>
       </c>
       <c r="G288"/>
       <c r="H288" t="s">
-        <v>22</v>
+        <v>18</v>
       </c>
     </row>
     <row r="289" spans="1:8">
       <c r="A289" t="s">
         <v>588</v>
       </c>
       <c r="B289" t="s">
         <v>589</v>
       </c>
       <c r="C289" t="s">
         <v>25</v>
       </c>
       <c r="D289" t="s">
         <v>26</v>
       </c>
       <c r="E289" t="s">
         <v>27</v>
       </c>
       <c r="F289">
         <v>2004</v>
       </c>
       <c r="G289"/>
       <c r="H289"/>
     </row>
     <row r="290" spans="1:8">
@@ -10207,51 +10207,51 @@
       <c r="H306" t="s">
         <v>129</v>
       </c>
     </row>
     <row r="307" spans="1:8">
       <c r="A307" t="s">
         <v>623</v>
       </c>
       <c r="B307" t="s">
         <v>624</v>
       </c>
       <c r="C307" t="s">
         <v>35</v>
       </c>
       <c r="D307" t="s">
         <v>26</v>
       </c>
       <c r="E307" t="s">
         <v>27</v>
       </c>
       <c r="F307">
         <v>2003</v>
       </c>
       <c r="G307"/>
       <c r="H307" t="s">
-        <v>22</v>
+        <v>18</v>
       </c>
     </row>
     <row r="308" spans="1:8">
       <c r="A308" t="s">
         <v>625</v>
       </c>
       <c r="B308" t="s">
         <v>626</v>
       </c>
       <c r="C308" t="s">
         <v>25</v>
       </c>
       <c r="D308" t="s">
         <v>26</v>
       </c>
       <c r="E308" t="s">
         <v>27</v>
       </c>
       <c r="F308">
         <v>2003</v>
       </c>
       <c r="G308"/>
       <c r="H308" t="s">
         <v>57</v>
       </c>
@@ -10277,51 +10277,51 @@
       </c>
       <c r="G309"/>
       <c r="H309"/>
     </row>
     <row r="310" spans="1:8">
       <c r="A310" t="s">
         <v>629</v>
       </c>
       <c r="B310" t="s">
         <v>630</v>
       </c>
       <c r="C310" t="s">
         <v>42</v>
       </c>
       <c r="D310" t="s">
         <v>26</v>
       </c>
       <c r="E310" t="s">
         <v>27</v>
       </c>
       <c r="F310">
         <v>2003</v>
       </c>
       <c r="G310"/>
       <c r="H310" t="s">
-        <v>20</v>
+        <v>22</v>
       </c>
     </row>
     <row r="311" spans="1:8">
       <c r="A311" t="s">
         <v>631</v>
       </c>
       <c r="B311" t="s">
         <v>632</v>
       </c>
       <c r="C311" t="s">
         <v>25</v>
       </c>
       <c r="D311" t="s">
         <v>26</v>
       </c>
       <c r="E311" t="s">
         <v>27</v>
       </c>
       <c r="F311">
         <v>2003</v>
       </c>
       <c r="G311"/>
       <c r="H311" t="s">
         <v>46</v>
       </c>
@@ -10373,51 +10373,51 @@
       <c r="H313" t="s">
         <v>132</v>
       </c>
     </row>
     <row r="314" spans="1:8">
       <c r="A314" t="s">
         <v>636</v>
       </c>
       <c r="B314" t="s">
         <v>632</v>
       </c>
       <c r="C314" t="s">
         <v>25</v>
       </c>
       <c r="D314" t="s">
         <v>26</v>
       </c>
       <c r="E314" t="s">
         <v>27</v>
       </c>
       <c r="F314">
         <v>2003</v>
       </c>
       <c r="G314"/>
       <c r="H314" t="s">
-        <v>22</v>
+        <v>18</v>
       </c>
     </row>
     <row r="315" spans="1:8">
       <c r="A315" t="s">
         <v>637</v>
       </c>
       <c r="B315" t="s">
         <v>638</v>
       </c>
       <c r="C315" t="s">
         <v>25</v>
       </c>
       <c r="D315" t="s">
         <v>26</v>
       </c>
       <c r="E315" t="s">
         <v>27</v>
       </c>
       <c r="F315">
         <v>2003</v>
       </c>
       <c r="G315"/>
       <c r="H315" t="s">
         <v>46</v>
       </c>
@@ -10813,51 +10813,51 @@
       </c>
       <c r="G332"/>
       <c r="H332"/>
     </row>
     <row r="333" spans="1:8">
       <c r="A333" t="s">
         <v>671</v>
       </c>
       <c r="B333" t="s">
         <v>672</v>
       </c>
       <c r="C333" t="s">
         <v>25</v>
       </c>
       <c r="D333" t="s">
         <v>26</v>
       </c>
       <c r="E333" t="s">
         <v>27</v>
       </c>
       <c r="F333">
         <v>2002</v>
       </c>
       <c r="G333"/>
       <c r="H333" t="s">
-        <v>20</v>
+        <v>22</v>
       </c>
     </row>
     <row r="334" spans="1:8">
       <c r="A334" t="s">
         <v>673</v>
       </c>
       <c r="B334" t="s">
         <v>674</v>
       </c>
       <c r="C334" t="s">
         <v>25</v>
       </c>
       <c r="D334" t="s">
         <v>26</v>
       </c>
       <c r="E334" t="s">
         <v>27</v>
       </c>
       <c r="F334">
         <v>2002</v>
       </c>
       <c r="G334"/>
       <c r="H334"/>
     </row>
     <row r="335" spans="1:8">
@@ -11001,75 +11001,75 @@
       <c r="H340" t="s">
         <v>129</v>
       </c>
     </row>
     <row r="341" spans="1:8">
       <c r="A341" t="s">
         <v>686</v>
       </c>
       <c r="B341" t="s">
         <v>687</v>
       </c>
       <c r="C341" t="s">
         <v>25</v>
       </c>
       <c r="D341" t="s">
         <v>26</v>
       </c>
       <c r="E341" t="s">
         <v>27</v>
       </c>
       <c r="F341">
         <v>2001</v>
       </c>
       <c r="G341"/>
       <c r="H341" t="s">
-        <v>22</v>
+        <v>18</v>
       </c>
     </row>
     <row r="342" spans="1:8">
       <c r="A342" t="s">
         <v>688</v>
       </c>
       <c r="B342" t="s">
         <v>689</v>
       </c>
       <c r="C342" t="s">
         <v>25</v>
       </c>
       <c r="D342" t="s">
         <v>26</v>
       </c>
       <c r="E342" t="s">
         <v>27</v>
       </c>
       <c r="F342">
         <v>2001</v>
       </c>
       <c r="G342"/>
       <c r="H342" t="s">
-        <v>22</v>
+        <v>18</v>
       </c>
     </row>
     <row r="343" spans="1:8">
       <c r="A343" t="s">
         <v>690</v>
       </c>
       <c r="B343" t="s">
         <v>691</v>
       </c>
       <c r="C343" t="s">
         <v>25</v>
       </c>
       <c r="D343" t="s">
         <v>26</v>
       </c>
       <c r="E343" t="s">
         <v>27</v>
       </c>
       <c r="F343">
         <v>2001</v>
       </c>
       <c r="G343"/>
       <c r="H343"/>
     </row>
     <row r="344" spans="1:8">
@@ -11367,51 +11367,51 @@
       <c r="H356" t="s">
         <v>72</v>
       </c>
     </row>
     <row r="357" spans="1:8">
       <c r="A357" t="s">
         <v>718</v>
       </c>
       <c r="B357" t="s">
         <v>719</v>
       </c>
       <c r="C357" t="s">
         <v>25</v>
       </c>
       <c r="D357" t="s">
         <v>26</v>
       </c>
       <c r="E357" t="s">
         <v>27</v>
       </c>
       <c r="F357">
         <v>1999</v>
       </c>
       <c r="G357"/>
       <c r="H357" t="s">
-        <v>19</v>
+        <v>17</v>
       </c>
     </row>
     <row r="358" spans="1:8">
       <c r="A358" t="s">
         <v>720</v>
       </c>
       <c r="B358" t="s">
         <v>721</v>
       </c>
       <c r="C358" t="s">
         <v>42</v>
       </c>
       <c r="D358" t="s">
         <v>26</v>
       </c>
       <c r="E358" t="s">
         <v>27</v>
       </c>
       <c r="F358">
         <v>1999</v>
       </c>
       <c r="G358"/>
       <c r="H358" t="s">
         <v>46</v>
       </c>
@@ -12835,217 +12835,217 @@
       <c r="H419" t="s">
         <v>57</v>
       </c>
     </row>
     <row r="420" spans="1:8">
       <c r="A420" t="s">
         <v>841</v>
       </c>
       <c r="B420" t="s">
         <v>842</v>
       </c>
       <c r="C420" t="s">
         <v>25</v>
       </c>
       <c r="D420" t="s">
         <v>26</v>
       </c>
       <c r="E420" t="s">
         <v>27</v>
       </c>
       <c r="F420">
         <v>1992</v>
       </c>
       <c r="G420"/>
       <c r="H420" t="s">
-        <v>19</v>
+        <v>17</v>
       </c>
     </row>
     <row r="421" spans="1:8">
       <c r="A421" t="s">
         <v>843</v>
       </c>
       <c r="B421" t="s">
         <v>844</v>
       </c>
       <c r="C421" t="s">
         <v>25</v>
       </c>
       <c r="D421" t="s">
         <v>26</v>
       </c>
       <c r="E421" t="s">
         <v>27</v>
       </c>
       <c r="F421">
         <v>1992</v>
       </c>
       <c r="G421"/>
       <c r="H421" t="s">
-        <v>19</v>
+        <v>17</v>
       </c>
     </row>
     <row r="422" spans="1:8">
       <c r="A422" t="s">
         <v>845</v>
       </c>
       <c r="B422" t="s">
         <v>846</v>
       </c>
       <c r="C422" t="s">
         <v>25</v>
       </c>
       <c r="D422" t="s">
         <v>26</v>
       </c>
       <c r="E422" t="s">
         <v>27</v>
       </c>
       <c r="F422">
         <v>1992</v>
       </c>
       <c r="G422"/>
       <c r="H422" t="s">
         <v>46</v>
       </c>
     </row>
     <row r="423" spans="1:8">
       <c r="A423" t="s">
         <v>847</v>
       </c>
       <c r="B423" t="s">
         <v>848</v>
       </c>
       <c r="C423" t="s">
         <v>42</v>
       </c>
       <c r="D423" t="s">
         <v>26</v>
       </c>
       <c r="E423" t="s">
         <v>27</v>
       </c>
       <c r="F423">
         <v>1992</v>
       </c>
       <c r="G423"/>
       <c r="H423" t="s">
-        <v>19</v>
+        <v>17</v>
       </c>
     </row>
     <row r="424" spans="1:8">
       <c r="A424" t="s">
         <v>849</v>
       </c>
       <c r="B424" t="s">
         <v>850</v>
       </c>
       <c r="C424" t="s">
         <v>25</v>
       </c>
       <c r="D424" t="s">
         <v>26</v>
       </c>
       <c r="E424" t="s">
         <v>27</v>
       </c>
       <c r="F424">
         <v>1992</v>
       </c>
       <c r="G424"/>
       <c r="H424" t="s">
         <v>46</v>
       </c>
     </row>
     <row r="425" spans="1:8">
       <c r="A425" t="s">
         <v>851</v>
       </c>
       <c r="B425" t="s">
         <v>852</v>
       </c>
       <c r="C425"/>
       <c r="D425" t="s">
         <v>13</v>
       </c>
       <c r="E425" t="s">
         <v>10</v>
       </c>
       <c r="F425">
         <v>1991</v>
       </c>
       <c r="G425"/>
       <c r="H425" t="s">
-        <v>19</v>
+        <v>17</v>
       </c>
     </row>
     <row r="426" spans="1:8">
       <c r="A426" t="s">
         <v>853</v>
       </c>
       <c r="B426" t="s">
         <v>854</v>
       </c>
       <c r="C426" t="s">
         <v>25</v>
       </c>
       <c r="D426" t="s">
         <v>26</v>
       </c>
       <c r="E426" t="s">
         <v>27</v>
       </c>
       <c r="F426">
         <v>1991</v>
       </c>
       <c r="G426"/>
       <c r="H426" t="s">
         <v>211</v>
       </c>
     </row>
     <row r="427" spans="1:8">
       <c r="A427" t="s">
         <v>855</v>
       </c>
       <c r="B427" t="s">
         <v>856</v>
       </c>
       <c r="C427" t="s">
         <v>25</v>
       </c>
       <c r="D427" t="s">
         <v>26</v>
       </c>
       <c r="E427" t="s">
         <v>27</v>
       </c>
       <c r="F427">
         <v>1991</v>
       </c>
       <c r="G427"/>
       <c r="H427" t="s">
-        <v>19</v>
+        <v>17</v>
       </c>
     </row>
     <row r="428" spans="1:8">
       <c r="A428" t="s">
         <v>857</v>
       </c>
       <c r="B428" t="s">
         <v>858</v>
       </c>
       <c r="C428" t="s">
         <v>25</v>
       </c>
       <c r="D428" t="s">
         <v>26</v>
       </c>
       <c r="E428" t="s">
         <v>27</v>
       </c>
       <c r="F428">
         <v>1991</v>
       </c>
       <c r="G428"/>
       <c r="H428"/>
     </row>
     <row r="429" spans="1:8">
@@ -13187,97 +13187,97 @@
       </c>
       <c r="G434"/>
       <c r="H434"/>
     </row>
     <row r="435" spans="1:8">
       <c r="A435" t="s">
         <v>870</v>
       </c>
       <c r="B435" t="s">
         <v>871</v>
       </c>
       <c r="C435" t="s">
         <v>25</v>
       </c>
       <c r="D435" t="s">
         <v>26</v>
       </c>
       <c r="E435" t="s">
         <v>27</v>
       </c>
       <c r="F435">
         <v>1985</v>
       </c>
       <c r="G435"/>
       <c r="H435" t="s">
-        <v>19</v>
+        <v>17</v>
       </c>
     </row>
     <row r="436" spans="1:8">
       <c r="A436" t="s">
         <v>872</v>
       </c>
       <c r="B436" t="s">
         <v>873</v>
       </c>
       <c r="C436"/>
       <c r="D436" t="s">
         <v>13</v>
       </c>
       <c r="E436" t="s">
         <v>10</v>
       </c>
       <c r="F436">
         <v>1984</v>
       </c>
       <c r="G436"/>
       <c r="H436" t="s">
-        <v>17</v>
+        <v>21</v>
       </c>
     </row>
     <row r="437" spans="1:8">
       <c r="A437" t="s">
         <v>874</v>
       </c>
       <c r="B437" t="s">
         <v>875</v>
       </c>
       <c r="C437" t="s">
         <v>25</v>
       </c>
       <c r="D437" t="s">
         <v>26</v>
       </c>
       <c r="E437" t="s">
         <v>27</v>
       </c>
       <c r="F437">
         <v>1983</v>
       </c>
       <c r="G437"/>
       <c r="H437" t="s">
-        <v>19</v>
+        <v>17</v>
       </c>
     </row>
     <row r="438" spans="1:8">
       <c r="A438" t="s">
         <v>876</v>
       </c>
       <c r="B438"/>
       <c r="C438"/>
       <c r="D438"/>
       <c r="E438"/>
       <c r="F438"/>
       <c r="G438"/>
       <c r="H438" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="439" spans="1:8">
       <c r="A439" t="s">
         <v>877</v>
       </c>
       <c r="B439" t="s">
         <v>878</v>
       </c>
       <c r="C439"/>
       <c r="D439"/>