--- v0 (2025-10-27)
+++ v1 (2025-12-16)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="normativa" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="59">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="61">
   <si>
     <t>Nombre</t>
   </si>
   <si>
     <t>Enlace</t>
   </si>
   <si>
     <t>Rango norma inferior</t>
   </si>
   <si>
     <t>Rango norma intermedia</t>
   </si>
   <si>
     <t>Rango norma superior</t>
   </si>
   <si>
     <t>Año</t>
   </si>
   <si>
     <t>Ámbito geográfico político</t>
   </si>
   <si>
     <t>Comunidad Autónoma</t>
   </si>
   <si>
@@ -135,50 +135,56 @@
     <t>Leyes autonómicas</t>
   </si>
   <si>
     <t>Ley 2/2025, de 23 de mayo, por la que se modifica la Ley 2/2023, de 31 de enero, de biodiversidad y patrimonio natural de La Rioja</t>
   </si>
   <si>
     <t>https://www.boe.es/boe/dias/2025/06/03/pdfs/BOE-A-2025-11007.pdf</t>
   </si>
   <si>
     <t>Orden TED/339/2023, de 30 de marzo, por la que se modifica el anexo del Real Decreto 139/2011, de 4 de febrero, para el desarrollo del Listado de Especies Silvestres en Régimen de Protección Especial y del Catálogo Español de Especies Amenazadas, y el anexo del Real Decreto 630/2013, de 2 de agosto, por el que se regula el Catálogo Español de Especies Exóticas Invasoras.. BOE 83, de 7 de abril de 2023</t>
   </si>
   <si>
     <t>https://www.boe.es/eli/es/o/2023/03/30/ted339</t>
   </si>
   <si>
     <t>Orden (orden Ministerial, Ordenes de las Comisiones delegadas del Gobierno)</t>
   </si>
   <si>
     <t>Gobierno</t>
   </si>
   <si>
     <t>Reglamentos (Gobierno, Autonómico, Entidades locales)</t>
   </si>
   <si>
     <t>Nacional</t>
+  </si>
+  <si>
+    <t>Decreto 33/2023, de 18 de mayo, por el que se aprueban las Normas de Protección del Área Natural de Especial Interés La Viesca, términos municipales de Torrelavega y Cartes</t>
+  </si>
+  <si>
+    <t>https://boc.cantabria.es/boces/verAnuncioAction.do?idAnuBlob=389569</t>
   </si>
   <si>
     <t>Decreto foral 10/2023, de 5 de febrero, por el que se crea el Listado Navarro de Especies de Flora Silvestre en Régimen de Protección Especial y se establece el Catálogo de Especies de Flora Amenazada de Navarra</t>
   </si>
   <si>
     <t>http://www.lexnavarra.navarra.es/detalle.asp?r=55687</t>
   </si>
   <si>
     <t>RESOLUCIÓN ACC/3929/2023, de 20 de noviembre, por la que se aprueba la catalogación, descatalogación y cambio de categoría de especies y subespecies del Catálogo de flora amenazada de Cataluña.</t>
   </si>
   <si>
     <t>Resolución</t>
   </si>
   <si>
     <t>Decreto 60/2023, de 19 de abril, del Gobierno de Aragón, por el que se establece un régimen de protección para el cangrejo de río ibérico (Austropotamobius pallipes) y se aprueba un nuevo plan de recuperación.</t>
   </si>
   <si>
     <t>https://www.boa.aragon.es/cgi-bin/EBOA/BRSCGI?CMD=VEROBJ&amp;MLKOB=1274417270303</t>
   </si>
   <si>
     <t>Nueva Norma Nacional Alexis</t>
   </si>
   <si>
     <t>www.google.es</t>
   </si>
@@ -536,51 +542,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:H20"/>
+  <dimension ref="A1:H21"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="477.741" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="421.04" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="89.55" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="63.556" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="26.993" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
@@ -775,269 +781,289 @@
       </c>
       <c r="C10" t="s">
         <v>37</v>
       </c>
       <c r="D10" t="s">
         <v>38</v>
       </c>
       <c r="E10" t="s">
         <v>39</v>
       </c>
       <c r="F10">
         <v>2023</v>
       </c>
       <c r="G10" t="s">
         <v>40</v>
       </c>
       <c r="H10"/>
     </row>
     <row r="11" spans="1:8">
       <c r="A11" t="s">
         <v>41</v>
       </c>
       <c r="B11" t="s">
         <v>42</v>
       </c>
-      <c r="C11" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="C11"/>
       <c r="D11" t="s">
         <v>25</v>
       </c>
       <c r="E11" t="s">
         <v>39</v>
       </c>
       <c r="F11">
         <v>2023</v>
       </c>
       <c r="G11"/>
       <c r="H11"/>
     </row>
     <row r="12" spans="1:8">
       <c r="A12" t="s">
         <v>43</v>
       </c>
-      <c r="B12"/>
+      <c r="B12" t="s">
+        <v>44</v>
+      </c>
       <c r="C12" t="s">
-        <v>44</v>
+        <v>24</v>
       </c>
       <c r="D12" t="s">
         <v>25</v>
       </c>
       <c r="E12" t="s">
         <v>39</v>
       </c>
       <c r="F12">
         <v>2023</v>
       </c>
       <c r="G12"/>
       <c r="H12"/>
     </row>
     <row r="13" spans="1:8">
       <c r="A13" t="s">
         <v>45</v>
       </c>
-      <c r="B13" t="s">
+      <c r="B13"/>
+      <c r="C13" t="s">
         <v>46</v>
-      </c>
-[...1 lines deleted...]
-        <v>24</v>
       </c>
       <c r="D13" t="s">
         <v>25</v>
       </c>
       <c r="E13" t="s">
         <v>39</v>
       </c>
       <c r="F13">
         <v>2023</v>
       </c>
       <c r="G13"/>
       <c r="H13"/>
     </row>
     <row r="14" spans="1:8">
       <c r="A14" t="s">
         <v>47</v>
       </c>
       <c r="B14" t="s">
         <v>48</v>
       </c>
       <c r="C14" t="s">
         <v>24</v>
       </c>
       <c r="D14" t="s">
         <v>25</v>
       </c>
       <c r="E14" t="s">
         <v>39</v>
       </c>
       <c r="F14">
         <v>2023</v>
       </c>
-      <c r="G14" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="G14"/>
+      <c r="H14"/>
     </row>
     <row r="15" spans="1:8">
       <c r="A15" t="s">
-        <v>47</v>
+        <v>49</v>
       </c>
       <c r="B15" t="s">
-        <v>48</v>
+        <v>50</v>
       </c>
       <c r="C15" t="s">
         <v>24</v>
       </c>
       <c r="D15" t="s">
         <v>25</v>
       </c>
       <c r="E15" t="s">
         <v>39</v>
       </c>
       <c r="F15">
         <v>2023</v>
       </c>
       <c r="G15" t="s">
         <v>40</v>
       </c>
       <c r="H15" t="s">
-        <v>49</v>
+        <v>29</v>
       </c>
     </row>
     <row r="16" spans="1:8">
       <c r="A16" t="s">
+        <v>49</v>
+      </c>
+      <c r="B16" t="s">
         <v>50</v>
-      </c>
-[...1 lines deleted...]
-        <v>51</v>
       </c>
       <c r="C16" t="s">
         <v>24</v>
       </c>
       <c r="D16" t="s">
         <v>25</v>
       </c>
       <c r="E16" t="s">
         <v>39</v>
       </c>
       <c r="F16">
         <v>2023</v>
       </c>
-      <c r="G16"/>
-      <c r="H16"/>
+      <c r="G16" t="s">
+        <v>40</v>
+      </c>
+      <c r="H16" t="s">
+        <v>51</v>
+      </c>
     </row>
     <row r="17" spans="1:8">
       <c r="A17" t="s">
         <v>52</v>
       </c>
       <c r="B17" t="s">
         <v>53</v>
       </c>
       <c r="C17" t="s">
         <v>24</v>
       </c>
       <c r="D17" t="s">
         <v>25</v>
       </c>
       <c r="E17" t="s">
         <v>39</v>
       </c>
       <c r="F17">
         <v>2023</v>
       </c>
       <c r="G17"/>
       <c r="H17"/>
     </row>
     <row r="18" spans="1:8">
       <c r="A18" t="s">
         <v>54</v>
       </c>
       <c r="B18" t="s">
-        <v>53</v>
+        <v>55</v>
       </c>
       <c r="C18" t="s">
         <v>24</v>
       </c>
       <c r="D18" t="s">
         <v>25</v>
       </c>
       <c r="E18" t="s">
         <v>39</v>
       </c>
       <c r="F18">
         <v>2023</v>
       </c>
       <c r="G18"/>
       <c r="H18"/>
     </row>
     <row r="19" spans="1:8">
       <c r="A19" t="s">
+        <v>56</v>
+      </c>
+      <c r="B19" t="s">
         <v>55</v>
-      </c>
-[...1 lines deleted...]
-        <v>53</v>
       </c>
       <c r="C19" t="s">
         <v>24</v>
       </c>
       <c r="D19" t="s">
         <v>25</v>
       </c>
       <c r="E19" t="s">
         <v>39</v>
       </c>
       <c r="F19">
         <v>2023</v>
       </c>
       <c r="G19"/>
       <c r="H19"/>
     </row>
     <row r="20" spans="1:8">
       <c r="A20" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="B20" t="s">
-        <v>57</v>
+        <v>55</v>
       </c>
       <c r="C20" t="s">
         <v>24</v>
       </c>
       <c r="D20" t="s">
         <v>25</v>
       </c>
       <c r="E20" t="s">
         <v>39</v>
       </c>
       <c r="F20">
+        <v>2023</v>
+      </c>
+      <c r="G20"/>
+      <c r="H20"/>
+    </row>
+    <row r="21" spans="1:8">
+      <c r="A21" t="s">
+        <v>58</v>
+      </c>
+      <c r="B21" t="s">
+        <v>59</v>
+      </c>
+      <c r="C21" t="s">
+        <v>24</v>
+      </c>
+      <c r="D21" t="s">
+        <v>25</v>
+      </c>
+      <c r="E21" t="s">
+        <v>39</v>
+      </c>
+      <c r="F21">
         <v>1955</v>
       </c>
-      <c r="G20"/>
-[...1 lines deleted...]
-        <v>58</v>
+      <c r="G21"/>
+      <c r="H21" t="s">
+        <v>60</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">