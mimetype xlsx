--- v0 (2025-10-26)
+++ v1 (2026-01-04)
@@ -263,105 +263,105 @@
   <si>
     <t>sg5</t>
   </si>
   <si>
     <t>Orden</t>
   </si>
   <si>
     <t>Pruebas Legislacion Alta</t>
   </si>
   <si>
     <t>AGE</t>
   </si>
   <si>
     <t>Prueba de Legislación con Nivel de Administración Nacional.</t>
   </si>
   <si>
     <t>https://www.google.com/testing/branch</t>
   </si>
   <si>
     <t>Leyes autonómicas</t>
   </si>
   <si>
     <t>Región de Murcia</t>
   </si>
   <si>
+    <t>Ciudad Autónoma de Melilla</t>
+  </si>
+  <si>
+    <t>Extremadura</t>
+  </si>
+  <si>
     <t>Ciudad Autónoma de Ceuta</t>
   </si>
   <si>
-    <t>Ciudad Autónoma de Melilla</t>
-[...4 lines deleted...]
-  <si>
     <t>Prueba Nacional con publicadores con AppUsuPerOrg.</t>
   </si>
   <si>
     <t>https://www.google.com/testsg7</t>
   </si>
   <si>
     <t>Comunidad Valenciana</t>
   </si>
   <si>
     <t>Prueba de Modificación Alta</t>
   </si>
   <si>
     <t>Prueba añadir norma 2</t>
   </si>
   <si>
     <t>https://testingdatagenerator.com/doi.html</t>
   </si>
   <si>
     <t>Anuncio (Consejo de Ministros)</t>
   </si>
   <si>
     <t>Norma Prueba Alta</t>
   </si>
   <si>
     <t>Prueba Validacion Alta Legislación</t>
   </si>
   <si>
     <t>Pruebassssssssssssss años</t>
   </si>
   <si>
     <t>Pruebas de Nuevas Normas a 10/12/2024 a las 10:20:23</t>
   </si>
   <si>
     <t>Pruebas para saber si el campo Norma puede usar / , ; y : .</t>
   </si>
   <si>
     <t>https://www.google.com/test/branch</t>
   </si>
   <si>
     <t>Pruebas Normas con Unificación- Detalles 17/12/2024 - Hora: 09:17:00. Prueba de funcionamiento; Correcto/Funcionando con Modificación  17/12/2024 - Hora: 09:19:00..</t>
   </si>
   <si>
+    <t>Extra-Regio</t>
+  </si>
+  <si>
     <t>Illes Balears</t>
-  </si>
-[...1 lines deleted...]
-    <t>Extra-Regio</t>
   </si>
   <si>
     <t>Pruebas de Legislación loadOptions</t>
   </si>
   <si>
     <t>Leyes Ordinarias de ámbito estatal, Reales Decretos Legislativos, Real Decreto Ley</t>
   </si>
   <si>
     <t>Decreto 33/2024, de 28 de febrero, del Gobierno de Aragón, por el que se establece un régimen de protección para la margaritona (Margaritifera auricularia) y se aprueba un nuevo plan de recuperación.</t>
   </si>
   <si>
     <t>https://www.boa.aragon.es/cgi-bin/EBOA/BRSCGI?CMD=VEROBJ&amp;MLKOB=1320624820303</t>
   </si>
   <si>
     <t>Reglamentos (Gobierno, Autonómico, Entidades locales)</t>
   </si>
   <si>
     <t>gkj</t>
   </si>
   <si>
     <t>https://jamoncitosricos.com</t>
   </si>
   <si>
     <t>prueba nueva referencia legal plan de gestión, ESprueb24.</t>
   </si>
@@ -1339,77 +1339,77 @@
       <c r="H11"/>
     </row>
     <row r="12" spans="1:8">
       <c r="A12" t="s">
         <v>35</v>
       </c>
       <c r="B12" t="s">
         <v>36</v>
       </c>
       <c r="C12" t="s">
         <v>37</v>
       </c>
       <c r="D12" t="s">
         <v>38</v>
       </c>
       <c r="E12" t="s">
         <v>24</v>
       </c>
       <c r="F12">
         <v>2024</v>
       </c>
       <c r="G12" t="s">
         <v>12</v>
       </c>
       <c r="H12" t="s">
-        <v>39</v>
+        <v>25</v>
       </c>
     </row>
     <row r="13" spans="1:8">
       <c r="A13" t="s">
         <v>35</v>
       </c>
       <c r="B13" t="s">
         <v>36</v>
       </c>
       <c r="C13" t="s">
         <v>37</v>
       </c>
       <c r="D13" t="s">
         <v>38</v>
       </c>
       <c r="E13" t="s">
         <v>24</v>
       </c>
       <c r="F13">
         <v>2024</v>
       </c>
       <c r="G13" t="s">
         <v>12</v>
       </c>
       <c r="H13" t="s">
-        <v>25</v>
+        <v>39</v>
       </c>
     </row>
     <row r="14" spans="1:8">
       <c r="A14" t="s">
         <v>35</v>
       </c>
       <c r="B14" t="s">
         <v>36</v>
       </c>
       <c r="C14" t="s">
         <v>37</v>
       </c>
       <c r="D14" t="s">
         <v>38</v>
       </c>
       <c r="E14" t="s">
         <v>24</v>
       </c>
       <c r="F14">
         <v>2024</v>
       </c>
       <c r="G14" t="s">
         <v>12</v>
       </c>
       <c r="H14" t="s">
@@ -1911,51 +1911,51 @@
       </c>
     </row>
     <row r="37" spans="1:8">
       <c r="A37" t="s">
         <v>74</v>
       </c>
       <c r="B37" t="s">
         <v>19</v>
       </c>
       <c r="C37" t="s">
         <v>59</v>
       </c>
       <c r="D37" t="s">
         <v>60</v>
       </c>
       <c r="E37" t="s">
         <v>63</v>
       </c>
       <c r="F37">
         <v>2024</v>
       </c>
       <c r="G37" t="s">
         <v>12</v>
       </c>
       <c r="H37" t="s">
-        <v>25</v>
+        <v>41</v>
       </c>
     </row>
     <row r="38" spans="1:8">
       <c r="A38" t="s">
         <v>74</v>
       </c>
       <c r="B38" t="s">
         <v>19</v>
       </c>
       <c r="C38" t="s">
         <v>59</v>
       </c>
       <c r="D38" t="s">
         <v>60</v>
       </c>
       <c r="E38" t="s">
         <v>63</v>
       </c>
       <c r="F38">
         <v>2024</v>
       </c>
       <c r="G38" t="s">
         <v>12</v>
       </c>
       <c r="H38" t="s">
@@ -1963,129 +1963,129 @@
       </c>
     </row>
     <row r="39" spans="1:8">
       <c r="A39" t="s">
         <v>74</v>
       </c>
       <c r="B39" t="s">
         <v>19</v>
       </c>
       <c r="C39" t="s">
         <v>59</v>
       </c>
       <c r="D39" t="s">
         <v>60</v>
       </c>
       <c r="E39" t="s">
         <v>63</v>
       </c>
       <c r="F39">
         <v>2024</v>
       </c>
       <c r="G39" t="s">
         <v>12</v>
       </c>
       <c r="H39" t="s">
-        <v>41</v>
+        <v>25</v>
       </c>
     </row>
     <row r="40" spans="1:8">
       <c r="A40" t="s">
         <v>74</v>
       </c>
       <c r="B40" t="s">
         <v>19</v>
       </c>
       <c r="C40" t="s">
         <v>59</v>
       </c>
       <c r="D40" t="s">
         <v>60</v>
       </c>
       <c r="E40" t="s">
         <v>63</v>
       </c>
       <c r="F40">
         <v>2024</v>
       </c>
       <c r="G40" t="s">
         <v>12</v>
       </c>
       <c r="H40" t="s">
-        <v>71</v>
+        <v>25</v>
       </c>
     </row>
     <row r="41" spans="1:8">
       <c r="A41" t="s">
         <v>74</v>
       </c>
       <c r="B41" t="s">
         <v>19</v>
       </c>
       <c r="C41" t="s">
         <v>59</v>
       </c>
       <c r="D41" t="s">
         <v>60</v>
       </c>
       <c r="E41" t="s">
         <v>63</v>
       </c>
       <c r="F41">
         <v>2024</v>
       </c>
       <c r="G41" t="s">
         <v>12</v>
       </c>
       <c r="H41" t="s">
-        <v>41</v>
+        <v>71</v>
       </c>
     </row>
     <row r="42" spans="1:8">
       <c r="A42" t="s">
         <v>74</v>
       </c>
       <c r="B42" t="s">
         <v>19</v>
       </c>
       <c r="C42" t="s">
         <v>59</v>
       </c>
       <c r="D42" t="s">
         <v>60</v>
       </c>
       <c r="E42" t="s">
         <v>63</v>
       </c>
       <c r="F42">
         <v>2024</v>
       </c>
       <c r="G42" t="s">
         <v>12</v>
       </c>
       <c r="H42" t="s">
-        <v>25</v>
+        <v>41</v>
       </c>
     </row>
     <row r="43" spans="1:8">
       <c r="A43" t="s">
         <v>75</v>
       </c>
       <c r="B43" t="s">
         <v>19</v>
       </c>
       <c r="C43" t="s">
         <v>76</v>
       </c>
       <c r="D43" t="s">
         <v>60</v>
       </c>
       <c r="E43" t="s">
         <v>63</v>
       </c>
       <c r="F43">
         <v>2024</v>
       </c>
       <c r="G43" t="s">
         <v>12</v>
       </c>
       <c r="H43" t="s">
@@ -2093,393 +2093,393 @@
       </c>
     </row>
     <row r="44" spans="1:8">
       <c r="A44" t="s">
         <v>77</v>
       </c>
       <c r="B44" t="s">
         <v>36</v>
       </c>
       <c r="C44" t="s">
         <v>59</v>
       </c>
       <c r="D44" t="s">
         <v>38</v>
       </c>
       <c r="E44" t="s">
         <v>63</v>
       </c>
       <c r="F44">
         <v>2024</v>
       </c>
       <c r="G44" t="s">
         <v>12</v>
       </c>
       <c r="H44" t="s">
-        <v>25</v>
+        <v>78</v>
       </c>
     </row>
     <row r="45" spans="1:8">
       <c r="A45" t="s">
         <v>77</v>
       </c>
       <c r="B45" t="s">
         <v>36</v>
       </c>
       <c r="C45" t="s">
         <v>59</v>
       </c>
       <c r="D45" t="s">
         <v>38</v>
       </c>
       <c r="E45" t="s">
         <v>63</v>
       </c>
       <c r="F45">
         <v>2024</v>
       </c>
       <c r="G45" t="s">
         <v>12</v>
       </c>
       <c r="H45" t="s">
-        <v>57</v>
+        <v>40</v>
       </c>
     </row>
     <row r="46" spans="1:8">
       <c r="A46" t="s">
         <v>77</v>
       </c>
       <c r="B46" t="s">
         <v>36</v>
       </c>
       <c r="C46" t="s">
         <v>59</v>
       </c>
       <c r="D46" t="s">
         <v>38</v>
       </c>
       <c r="E46" t="s">
         <v>63</v>
       </c>
       <c r="F46">
         <v>2024</v>
       </c>
       <c r="G46" t="s">
         <v>12</v>
       </c>
       <c r="H46" t="s">
-        <v>78</v>
+        <v>57</v>
       </c>
     </row>
     <row r="47" spans="1:8">
       <c r="A47" t="s">
         <v>77</v>
       </c>
       <c r="B47" t="s">
         <v>36</v>
       </c>
       <c r="C47" t="s">
         <v>59</v>
       </c>
       <c r="D47" t="s">
         <v>38</v>
       </c>
       <c r="E47" t="s">
         <v>63</v>
       </c>
       <c r="F47">
         <v>2024</v>
       </c>
       <c r="G47" t="s">
         <v>12</v>
       </c>
       <c r="H47" t="s">
-        <v>40</v>
+        <v>25</v>
       </c>
     </row>
     <row r="48" spans="1:8">
       <c r="A48" t="s">
         <v>79</v>
       </c>
       <c r="B48" t="s">
         <v>80</v>
       </c>
       <c r="C48"/>
       <c r="D48" t="s">
         <v>81</v>
       </c>
       <c r="E48" t="s">
         <v>63</v>
       </c>
       <c r="F48">
         <v>2024</v>
       </c>
       <c r="G48" t="s">
         <v>12</v>
       </c>
       <c r="H48" t="s">
-        <v>57</v>
+        <v>82</v>
       </c>
     </row>
     <row r="49" spans="1:8">
       <c r="A49" t="s">
         <v>79</v>
       </c>
       <c r="B49" t="s">
         <v>80</v>
       </c>
       <c r="C49"/>
       <c r="D49" t="s">
         <v>81</v>
       </c>
       <c r="E49" t="s">
         <v>63</v>
       </c>
       <c r="F49">
         <v>2024</v>
       </c>
       <c r="G49" t="s">
         <v>12</v>
       </c>
       <c r="H49" t="s">
-        <v>82</v>
+        <v>25</v>
       </c>
     </row>
     <row r="50" spans="1:8">
       <c r="A50" t="s">
         <v>79</v>
       </c>
       <c r="B50" t="s">
         <v>80</v>
       </c>
       <c r="C50"/>
       <c r="D50" t="s">
         <v>81</v>
       </c>
       <c r="E50" t="s">
         <v>63</v>
       </c>
       <c r="F50">
         <v>2024</v>
       </c>
       <c r="G50" t="s">
         <v>12</v>
       </c>
       <c r="H50" t="s">
-        <v>78</v>
+        <v>57</v>
       </c>
     </row>
     <row r="51" spans="1:8">
       <c r="A51" t="s">
         <v>79</v>
       </c>
       <c r="B51" t="s">
         <v>80</v>
       </c>
       <c r="C51"/>
       <c r="D51" t="s">
         <v>81</v>
       </c>
       <c r="E51" t="s">
         <v>63</v>
       </c>
       <c r="F51">
         <v>2024</v>
       </c>
       <c r="G51" t="s">
         <v>12</v>
       </c>
       <c r="H51" t="s">
-        <v>25</v>
+        <v>78</v>
       </c>
     </row>
     <row r="52" spans="1:8">
       <c r="A52" t="s">
         <v>79</v>
       </c>
       <c r="B52" t="s">
         <v>80</v>
       </c>
       <c r="C52"/>
       <c r="D52" t="s">
         <v>81</v>
       </c>
       <c r="E52" t="s">
         <v>63</v>
       </c>
       <c r="F52">
         <v>2024</v>
       </c>
       <c r="G52" t="s">
         <v>12</v>
       </c>
       <c r="H52" t="s">
         <v>83</v>
       </c>
     </row>
     <row r="53" spans="1:8">
       <c r="A53" t="s">
         <v>79</v>
       </c>
       <c r="B53" t="s">
         <v>80</v>
       </c>
       <c r="C53"/>
       <c r="D53" t="s">
         <v>81</v>
       </c>
       <c r="E53" t="s">
         <v>63</v>
       </c>
       <c r="F53">
         <v>2024</v>
       </c>
       <c r="G53" t="s">
         <v>12</v>
       </c>
       <c r="H53" t="s">
-        <v>84</v>
+        <v>72</v>
       </c>
     </row>
     <row r="54" spans="1:8">
       <c r="A54" t="s">
         <v>79</v>
       </c>
       <c r="B54" t="s">
         <v>80</v>
       </c>
       <c r="C54"/>
       <c r="D54" t="s">
         <v>81</v>
       </c>
       <c r="E54" t="s">
         <v>63</v>
       </c>
       <c r="F54">
         <v>2024</v>
       </c>
       <c r="G54" t="s">
         <v>12</v>
       </c>
       <c r="H54" t="s">
-        <v>72</v>
+        <v>84</v>
       </c>
     </row>
     <row r="55" spans="1:8">
       <c r="A55" t="s">
         <v>79</v>
       </c>
       <c r="B55" t="s">
         <v>80</v>
       </c>
       <c r="C55"/>
       <c r="D55" t="s">
         <v>81</v>
       </c>
       <c r="E55" t="s">
         <v>63</v>
       </c>
       <c r="F55">
         <v>2024</v>
       </c>
       <c r="G55" t="s">
         <v>12</v>
       </c>
       <c r="H55" t="s">
         <v>85</v>
       </c>
     </row>
     <row r="56" spans="1:8">
       <c r="A56" t="s">
         <v>86</v>
       </c>
       <c r="B56" t="s">
         <v>87</v>
       </c>
       <c r="C56"/>
       <c r="D56" t="s">
         <v>81</v>
       </c>
       <c r="E56" t="s">
         <v>63</v>
       </c>
       <c r="F56">
         <v>2024</v>
       </c>
       <c r="G56" t="s">
         <v>12</v>
       </c>
       <c r="H56" t="s">
-        <v>82</v>
+        <v>25</v>
       </c>
     </row>
     <row r="57" spans="1:8">
       <c r="A57" t="s">
         <v>86</v>
       </c>
       <c r="B57" t="s">
         <v>87</v>
       </c>
       <c r="C57"/>
       <c r="D57" t="s">
         <v>81</v>
       </c>
       <c r="E57" t="s">
         <v>63</v>
       </c>
       <c r="F57">
         <v>2024</v>
       </c>
       <c r="G57" t="s">
         <v>12</v>
       </c>
       <c r="H57" t="s">
         <v>88</v>
       </c>
     </row>
     <row r="58" spans="1:8">
       <c r="A58" t="s">
         <v>86</v>
       </c>
       <c r="B58" t="s">
         <v>87</v>
       </c>
       <c r="C58"/>
       <c r="D58" t="s">
         <v>81</v>
       </c>
       <c r="E58" t="s">
         <v>63</v>
       </c>
       <c r="F58">
         <v>2024</v>
       </c>
       <c r="G58" t="s">
         <v>12</v>
       </c>
       <c r="H58" t="s">
-        <v>25</v>
+        <v>82</v>
       </c>
     </row>
     <row r="59" spans="1:8">
       <c r="A59" t="s">
         <v>89</v>
       </c>
       <c r="B59" t="s">
         <v>36</v>
       </c>
       <c r="C59" t="s">
         <v>37</v>
       </c>
       <c r="D59" t="s">
         <v>81</v>
       </c>
       <c r="E59" t="s">
         <v>63</v>
       </c>
       <c r="F59">
         <v>2024</v>
       </c>
       <c r="G59" t="s">
         <v>12</v>
       </c>
       <c r="H59" t="s">
@@ -2601,171 +2601,171 @@
       <c r="F65">
         <v>2024</v>
       </c>
       <c r="G65"/>
       <c r="H65" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="66" spans="1:8">
       <c r="A66" t="s">
         <v>99</v>
       </c>
       <c r="B66" t="s">
         <v>80</v>
       </c>
       <c r="C66"/>
       <c r="D66"/>
       <c r="E66" t="s">
         <v>63</v>
       </c>
       <c r="F66">
         <v>2024</v>
       </c>
       <c r="G66"/>
       <c r="H66" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
     </row>
     <row r="67" spans="1:8">
       <c r="A67" t="s">
         <v>99</v>
       </c>
       <c r="B67" t="s">
         <v>80</v>
       </c>
       <c r="C67"/>
       <c r="D67"/>
       <c r="E67" t="s">
         <v>63</v>
       </c>
       <c r="F67">
         <v>2024</v>
       </c>
       <c r="G67"/>
       <c r="H67" t="s">
-        <v>41</v>
+        <v>100</v>
       </c>
     </row>
     <row r="68" spans="1:8">
       <c r="A68" t="s">
         <v>99</v>
       </c>
       <c r="B68" t="s">
         <v>80</v>
       </c>
       <c r="C68"/>
       <c r="D68"/>
       <c r="E68" t="s">
         <v>63</v>
       </c>
       <c r="F68">
         <v>2024</v>
       </c>
       <c r="G68"/>
       <c r="H68" t="s">
-        <v>72</v>
+        <v>101</v>
       </c>
     </row>
     <row r="69" spans="1:8">
       <c r="A69" t="s">
         <v>99</v>
       </c>
       <c r="B69" t="s">
         <v>80</v>
       </c>
       <c r="C69"/>
       <c r="D69"/>
       <c r="E69" t="s">
         <v>63</v>
       </c>
       <c r="F69">
         <v>2024</v>
       </c>
       <c r="G69"/>
       <c r="H69" t="s">
-        <v>100</v>
+        <v>25</v>
       </c>
     </row>
     <row r="70" spans="1:8">
       <c r="A70" t="s">
         <v>99</v>
       </c>
       <c r="B70" t="s">
         <v>80</v>
       </c>
       <c r="C70"/>
       <c r="D70"/>
       <c r="E70" t="s">
         <v>63</v>
       </c>
       <c r="F70">
         <v>2024</v>
       </c>
       <c r="G70"/>
       <c r="H70" t="s">
-        <v>101</v>
+        <v>41</v>
       </c>
     </row>
     <row r="71" spans="1:8">
       <c r="A71" t="s">
         <v>99</v>
       </c>
       <c r="B71" t="s">
         <v>80</v>
       </c>
       <c r="C71"/>
       <c r="D71"/>
       <c r="E71" t="s">
         <v>63</v>
       </c>
       <c r="F71">
         <v>2024</v>
       </c>
       <c r="G71"/>
       <c r="H71" t="s">
-        <v>78</v>
+        <v>71</v>
       </c>
     </row>
     <row r="72" spans="1:8">
       <c r="A72" t="s">
         <v>99</v>
       </c>
       <c r="B72" t="s">
         <v>80</v>
       </c>
       <c r="C72"/>
       <c r="D72"/>
       <c r="E72" t="s">
         <v>63</v>
       </c>
       <c r="F72">
         <v>2024</v>
       </c>
       <c r="G72"/>
       <c r="H72" t="s">
-        <v>25</v>
+        <v>72</v>
       </c>
     </row>
     <row r="73" spans="1:8">
       <c r="A73" t="s">
         <v>102</v>
       </c>
       <c r="B73" t="s">
         <v>36</v>
       </c>
       <c r="C73"/>
       <c r="D73" t="s">
         <v>103</v>
       </c>
       <c r="E73" t="s">
         <v>63</v>
       </c>
       <c r="F73">
         <v>2024</v>
       </c>
       <c r="G73"/>
       <c r="H73" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="74" spans="1:8">
@@ -2909,51 +2909,51 @@
       </c>
     </row>
     <row r="80" spans="1:8">
       <c r="A80" t="s">
         <v>112</v>
       </c>
       <c r="B80" t="s">
         <v>36</v>
       </c>
       <c r="C80" t="s">
         <v>76</v>
       </c>
       <c r="D80" t="s">
         <v>34</v>
       </c>
       <c r="E80" t="s">
         <v>106</v>
       </c>
       <c r="F80">
         <v>2024</v>
       </c>
       <c r="G80" t="s">
         <v>12</v>
       </c>
       <c r="H80" t="s">
-        <v>85</v>
+        <v>84</v>
       </c>
     </row>
     <row r="81" spans="1:8">
       <c r="A81" t="s">
         <v>113</v>
       </c>
       <c r="B81" t="s">
         <v>114</v>
       </c>
       <c r="C81"/>
       <c r="D81"/>
       <c r="E81" t="s">
         <v>106</v>
       </c>
       <c r="F81">
         <v>2024</v>
       </c>
       <c r="G81" t="s">
         <v>115</v>
       </c>
       <c r="H81"/>
     </row>
     <row r="82" spans="1:8">
       <c r="A82" t="s">
         <v>116</v>
@@ -2981,253 +2981,253 @@
       </c>
     </row>
     <row r="83" spans="1:8">
       <c r="A83" t="s">
         <v>117</v>
       </c>
       <c r="B83" t="s">
         <v>36</v>
       </c>
       <c r="C83" t="s">
         <v>118</v>
       </c>
       <c r="D83" t="s">
         <v>60</v>
       </c>
       <c r="E83" t="s">
         <v>106</v>
       </c>
       <c r="F83">
         <v>2024</v>
       </c>
       <c r="G83" t="s">
         <v>119</v>
       </c>
       <c r="H83" t="s">
-        <v>84</v>
+        <v>83</v>
       </c>
     </row>
     <row r="84" spans="1:8">
       <c r="A84" t="s">
         <v>117</v>
       </c>
       <c r="B84" t="s">
         <v>36</v>
       </c>
       <c r="C84" t="s">
         <v>118</v>
       </c>
       <c r="D84" t="s">
         <v>60</v>
       </c>
       <c r="E84" t="s">
         <v>106</v>
       </c>
       <c r="F84">
         <v>2024</v>
       </c>
       <c r="G84" t="s">
         <v>119</v>
       </c>
       <c r="H84" t="s">
-        <v>83</v>
+        <v>85</v>
       </c>
     </row>
     <row r="85" spans="1:8">
       <c r="A85" t="s">
         <v>120</v>
       </c>
       <c r="B85" t="s">
         <v>36</v>
       </c>
       <c r="C85" t="s">
         <v>10</v>
       </c>
       <c r="D85" t="s">
         <v>34</v>
       </c>
       <c r="E85" t="s">
         <v>106</v>
       </c>
       <c r="F85">
         <v>2024</v>
       </c>
       <c r="G85" t="s">
         <v>12</v>
       </c>
       <c r="H85" t="s">
-        <v>15</v>
+        <v>25</v>
       </c>
     </row>
     <row r="86" spans="1:8">
       <c r="A86" t="s">
         <v>120</v>
       </c>
       <c r="B86" t="s">
         <v>36</v>
       </c>
       <c r="C86" t="s">
         <v>10</v>
       </c>
       <c r="D86" t="s">
         <v>34</v>
       </c>
       <c r="E86" t="s">
         <v>106</v>
       </c>
       <c r="F86">
         <v>2024</v>
       </c>
       <c r="G86" t="s">
         <v>12</v>
       </c>
       <c r="H86" t="s">
-        <v>41</v>
+        <v>71</v>
       </c>
     </row>
     <row r="87" spans="1:8">
       <c r="A87" t="s">
         <v>120</v>
       </c>
       <c r="B87" t="s">
         <v>36</v>
       </c>
       <c r="C87" t="s">
         <v>10</v>
       </c>
       <c r="D87" t="s">
         <v>34</v>
       </c>
       <c r="E87" t="s">
         <v>106</v>
       </c>
       <c r="F87">
         <v>2024</v>
       </c>
       <c r="G87" t="s">
         <v>12</v>
       </c>
       <c r="H87" t="s">
-        <v>25</v>
+        <v>15</v>
       </c>
     </row>
     <row r="88" spans="1:8">
       <c r="A88" t="s">
         <v>120</v>
       </c>
       <c r="B88" t="s">
         <v>36</v>
       </c>
       <c r="C88" t="s">
         <v>10</v>
       </c>
       <c r="D88" t="s">
         <v>34</v>
       </c>
       <c r="E88" t="s">
         <v>106</v>
       </c>
       <c r="F88">
         <v>2024</v>
       </c>
       <c r="G88" t="s">
         <v>12</v>
       </c>
       <c r="H88" t="s">
-        <v>71</v>
+        <v>41</v>
       </c>
     </row>
     <row r="89" spans="1:8">
       <c r="A89" t="s">
         <v>121</v>
       </c>
       <c r="B89" t="s">
         <v>36</v>
       </c>
       <c r="C89" t="s">
         <v>118</v>
       </c>
       <c r="D89" t="s">
         <v>60</v>
       </c>
       <c r="E89" t="s">
         <v>106</v>
       </c>
       <c r="F89">
         <v>2024</v>
       </c>
       <c r="G89"/>
       <c r="H89" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="90" spans="1:8">
       <c r="A90" t="s">
         <v>122</v>
       </c>
       <c r="B90" t="s">
         <v>36</v>
       </c>
       <c r="C90" t="s">
         <v>118</v>
       </c>
       <c r="D90" t="s">
         <v>60</v>
       </c>
       <c r="E90" t="s">
         <v>106</v>
       </c>
       <c r="F90">
         <v>2024</v>
       </c>
       <c r="G90"/>
       <c r="H90" t="s">
-        <v>78</v>
+        <v>25</v>
       </c>
     </row>
     <row r="91" spans="1:8">
       <c r="A91" t="s">
         <v>122</v>
       </c>
       <c r="B91" t="s">
         <v>36</v>
       </c>
       <c r="C91" t="s">
         <v>118</v>
       </c>
       <c r="D91" t="s">
         <v>60</v>
       </c>
       <c r="E91" t="s">
         <v>106</v>
       </c>
       <c r="F91">
         <v>2024</v>
       </c>
       <c r="G91"/>
       <c r="H91" t="s">
-        <v>25</v>
+        <v>78</v>
       </c>
     </row>
     <row r="92" spans="1:8">
       <c r="A92" t="s">
         <v>123</v>
       </c>
       <c r="B92" t="s">
         <v>124</v>
       </c>
       <c r="C92"/>
       <c r="D92"/>
       <c r="E92" t="s">
         <v>48</v>
       </c>
       <c r="F92">
         <v>1994</v>
       </c>
       <c r="G92" t="s">
         <v>115</v>
       </c>
       <c r="H92"/>
     </row>
     <row r="93" spans="1:8">
       <c r="A93" t="s">
         <v>125</v>
@@ -3811,51 +3811,51 @@
       <c r="H117" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="118" spans="1:8">
       <c r="A118" t="s">
         <v>171</v>
       </c>
       <c r="B118" t="s">
         <v>172</v>
       </c>
       <c r="C118" t="s">
         <v>37</v>
       </c>
       <c r="D118" t="s">
         <v>34</v>
       </c>
       <c r="E118" t="s">
         <v>106</v>
       </c>
       <c r="F118">
         <v>1994</v>
       </c>
       <c r="G118"/>
       <c r="H118" t="s">
-        <v>85</v>
+        <v>84</v>
       </c>
     </row>
     <row r="119" spans="1:8">
       <c r="A119" t="s">
         <v>173</v>
       </c>
       <c r="B119" t="s">
         <v>174</v>
       </c>
       <c r="C119" t="s">
         <v>10</v>
       </c>
       <c r="D119" t="s">
         <v>34</v>
       </c>
       <c r="E119" t="s">
         <v>106</v>
       </c>
       <c r="F119">
         <v>1994</v>
       </c>
       <c r="G119"/>
       <c r="H119" t="s">
         <v>25</v>
       </c>
@@ -4555,51 +4555,51 @@
       <c r="H148" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="149" spans="1:8">
       <c r="A149" t="s">
         <v>234</v>
       </c>
       <c r="B149" t="s">
         <v>235</v>
       </c>
       <c r="C149" t="s">
         <v>37</v>
       </c>
       <c r="D149" t="s">
         <v>34</v>
       </c>
       <c r="E149" t="s">
         <v>106</v>
       </c>
       <c r="F149">
         <v>1994</v>
       </c>
       <c r="G149"/>
       <c r="H149" t="s">
-        <v>83</v>
+        <v>85</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">