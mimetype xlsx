--- v1 (2026-01-04)
+++ v2 (2026-01-07)
@@ -134,56 +134,56 @@
   <si>
     <t>Nueva Norma 3 Tomás</t>
   </si>
   <si>
     <t>Circular o instrucción</t>
   </si>
   <si>
     <t>Autonómico</t>
   </si>
   <si>
     <t>Nueva Norma Añadir Legislación con CCAA.</t>
   </si>
   <si>
     <t>https://www.google.com/test</t>
   </si>
   <si>
     <t>Decreto</t>
   </si>
   <si>
     <t>Comunicación</t>
   </si>
   <si>
     <t>País Vasco</t>
   </si>
   <si>
+    <t>Cataluña</t>
+  </si>
+  <si>
     <t>Castilla y León</t>
   </si>
   <si>
-    <t>Cataluña</t>
-[...1 lines deleted...]
-  <si>
     <t>asdasd</t>
   </si>
   <si>
     <t>https://www.google.es/</t>
   </si>
   <si>
     <t>PRUEBASSSS añadir</t>
   </si>
   <si>
     <t>www.google.es</t>
   </si>
   <si>
     <t>Prueba Norma Aplicación</t>
   </si>
   <si>
     <t>prueba alma</t>
   </si>
   <si>
     <t>Tratados Internacionales</t>
   </si>
   <si>
     <t>Aragón</t>
   </si>
   <si>
     <t>prueba alma 23 abril</t>
@@ -260,108 +260,108 @@
   <si>
     <t>sg3</t>
   </si>
   <si>
     <t>sg5</t>
   </si>
   <si>
     <t>Orden</t>
   </si>
   <si>
     <t>Pruebas Legislacion Alta</t>
   </si>
   <si>
     <t>AGE</t>
   </si>
   <si>
     <t>Prueba de Legislación con Nivel de Administración Nacional.</t>
   </si>
   <si>
     <t>https://www.google.com/testing/branch</t>
   </si>
   <si>
     <t>Leyes autonómicas</t>
   </si>
   <si>
+    <t>Ciudad Autónoma de Ceuta</t>
+  </si>
+  <si>
     <t>Región de Murcia</t>
   </si>
   <si>
+    <t>Extremadura</t>
+  </si>
+  <si>
     <t>Ciudad Autónoma de Melilla</t>
   </si>
   <si>
-    <t>Extremadura</t>
-[...4 lines deleted...]
-  <si>
     <t>Prueba Nacional con publicadores con AppUsuPerOrg.</t>
   </si>
   <si>
     <t>https://www.google.com/testsg7</t>
   </si>
   <si>
     <t>Comunidad Valenciana</t>
   </si>
   <si>
     <t>Prueba de Modificación Alta</t>
   </si>
   <si>
     <t>Prueba añadir norma 2</t>
   </si>
   <si>
     <t>https://testingdatagenerator.com/doi.html</t>
   </si>
   <si>
     <t>Anuncio (Consejo de Ministros)</t>
   </si>
   <si>
     <t>Norma Prueba Alta</t>
   </si>
   <si>
     <t>Prueba Validacion Alta Legislación</t>
   </si>
   <si>
     <t>Pruebassssssssssssss años</t>
   </si>
   <si>
     <t>Pruebas de Nuevas Normas a 10/12/2024 a las 10:20:23</t>
   </si>
   <si>
     <t>Pruebas para saber si el campo Norma puede usar / , ; y : .</t>
   </si>
   <si>
     <t>https://www.google.com/test/branch</t>
   </si>
   <si>
     <t>Pruebas Normas con Unificación- Detalles 17/12/2024 - Hora: 09:17:00. Prueba de funcionamiento; Correcto/Funcionando con Modificación  17/12/2024 - Hora: 09:19:00..</t>
   </si>
   <si>
+    <t>Illes Balears</t>
+  </si>
+  <si>
     <t>Extra-Regio</t>
-  </si>
-[...1 lines deleted...]
-    <t>Illes Balears</t>
   </si>
   <si>
     <t>Pruebas de Legislación loadOptions</t>
   </si>
   <si>
     <t>Leyes Ordinarias de ámbito estatal, Reales Decretos Legislativos, Real Decreto Ley</t>
   </si>
   <si>
     <t>Decreto 33/2024, de 28 de febrero, del Gobierno de Aragón, por el que se establece un régimen de protección para la margaritona (Margaritifera auricularia) y se aprueba un nuevo plan de recuperación.</t>
   </si>
   <si>
     <t>https://www.boa.aragon.es/cgi-bin/EBOA/BRSCGI?CMD=VEROBJ&amp;MLKOB=1320624820303</t>
   </si>
   <si>
     <t>Reglamentos (Gobierno, Autonómico, Entidades locales)</t>
   </si>
   <si>
     <t>gkj</t>
   </si>
   <si>
     <t>https://jamoncitosricos.com</t>
   </si>
   <si>
     <t>prueba nueva referencia legal plan de gestión, ESprueb24.</t>
   </si>
@@ -1781,51 +1781,51 @@
       <c r="H31"/>
     </row>
     <row r="32" spans="1:8">
       <c r="A32" t="s">
         <v>70</v>
       </c>
       <c r="B32" t="s">
         <v>36</v>
       </c>
       <c r="C32" t="s">
         <v>59</v>
       </c>
       <c r="D32" t="s">
         <v>60</v>
       </c>
       <c r="E32" t="s">
         <v>63</v>
       </c>
       <c r="F32">
         <v>2024</v>
       </c>
       <c r="G32" t="s">
         <v>12</v>
       </c>
       <c r="H32" t="s">
-        <v>25</v>
+        <v>40</v>
       </c>
     </row>
     <row r="33" spans="1:8">
       <c r="A33" t="s">
         <v>70</v>
       </c>
       <c r="B33" t="s">
         <v>36</v>
       </c>
       <c r="C33" t="s">
         <v>59</v>
       </c>
       <c r="D33" t="s">
         <v>60</v>
       </c>
       <c r="E33" t="s">
         <v>63</v>
       </c>
       <c r="F33">
         <v>2024</v>
       </c>
       <c r="G33" t="s">
         <v>12</v>
       </c>
       <c r="H33" t="s">
@@ -1833,77 +1833,77 @@
       </c>
     </row>
     <row r="34" spans="1:8">
       <c r="A34" t="s">
         <v>70</v>
       </c>
       <c r="B34" t="s">
         <v>36</v>
       </c>
       <c r="C34" t="s">
         <v>59</v>
       </c>
       <c r="D34" t="s">
         <v>60</v>
       </c>
       <c r="E34" t="s">
         <v>63</v>
       </c>
       <c r="F34">
         <v>2024</v>
       </c>
       <c r="G34" t="s">
         <v>12</v>
       </c>
       <c r="H34" t="s">
-        <v>41</v>
+        <v>72</v>
       </c>
     </row>
     <row r="35" spans="1:8">
       <c r="A35" t="s">
         <v>70</v>
       </c>
       <c r="B35" t="s">
         <v>36</v>
       </c>
       <c r="C35" t="s">
         <v>59</v>
       </c>
       <c r="D35" t="s">
         <v>60</v>
       </c>
       <c r="E35" t="s">
         <v>63</v>
       </c>
       <c r="F35">
         <v>2024</v>
       </c>
       <c r="G35" t="s">
         <v>12</v>
       </c>
       <c r="H35" t="s">
-        <v>72</v>
+        <v>25</v>
       </c>
     </row>
     <row r="36" spans="1:8">
       <c r="A36" t="s">
         <v>73</v>
       </c>
       <c r="B36" t="s">
         <v>36</v>
       </c>
       <c r="C36" t="s">
         <v>10</v>
       </c>
       <c r="D36" t="s">
         <v>60</v>
       </c>
       <c r="E36" t="s">
         <v>63</v>
       </c>
       <c r="F36">
         <v>2024</v>
       </c>
       <c r="G36" t="s">
         <v>12</v>
       </c>
       <c r="H36" t="s">
@@ -1911,51 +1911,51 @@
       </c>
     </row>
     <row r="37" spans="1:8">
       <c r="A37" t="s">
         <v>74</v>
       </c>
       <c r="B37" t="s">
         <v>19</v>
       </c>
       <c r="C37" t="s">
         <v>59</v>
       </c>
       <c r="D37" t="s">
         <v>60</v>
       </c>
       <c r="E37" t="s">
         <v>63</v>
       </c>
       <c r="F37">
         <v>2024</v>
       </c>
       <c r="G37" t="s">
         <v>12</v>
       </c>
       <c r="H37" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
     </row>
     <row r="38" spans="1:8">
       <c r="A38" t="s">
         <v>74</v>
       </c>
       <c r="B38" t="s">
         <v>19</v>
       </c>
       <c r="C38" t="s">
         <v>59</v>
       </c>
       <c r="D38" t="s">
         <v>60</v>
       </c>
       <c r="E38" t="s">
         <v>63</v>
       </c>
       <c r="F38">
         <v>2024</v>
       </c>
       <c r="G38" t="s">
         <v>12</v>
       </c>
       <c r="H38" t="s">
@@ -1989,103 +1989,103 @@
       </c>
     </row>
     <row r="40" spans="1:8">
       <c r="A40" t="s">
         <v>74</v>
       </c>
       <c r="B40" t="s">
         <v>19</v>
       </c>
       <c r="C40" t="s">
         <v>59</v>
       </c>
       <c r="D40" t="s">
         <v>60</v>
       </c>
       <c r="E40" t="s">
         <v>63</v>
       </c>
       <c r="F40">
         <v>2024</v>
       </c>
       <c r="G40" t="s">
         <v>12</v>
       </c>
       <c r="H40" t="s">
-        <v>25</v>
+        <v>71</v>
       </c>
     </row>
     <row r="41" spans="1:8">
       <c r="A41" t="s">
         <v>74</v>
       </c>
       <c r="B41" t="s">
         <v>19</v>
       </c>
       <c r="C41" t="s">
         <v>59</v>
       </c>
       <c r="D41" t="s">
         <v>60</v>
       </c>
       <c r="E41" t="s">
         <v>63</v>
       </c>
       <c r="F41">
         <v>2024</v>
       </c>
       <c r="G41" t="s">
         <v>12</v>
       </c>
       <c r="H41" t="s">
-        <v>71</v>
+        <v>40</v>
       </c>
     </row>
     <row r="42" spans="1:8">
       <c r="A42" t="s">
         <v>74</v>
       </c>
       <c r="B42" t="s">
         <v>19</v>
       </c>
       <c r="C42" t="s">
         <v>59</v>
       </c>
       <c r="D42" t="s">
         <v>60</v>
       </c>
       <c r="E42" t="s">
         <v>63</v>
       </c>
       <c r="F42">
         <v>2024</v>
       </c>
       <c r="G42" t="s">
         <v>12</v>
       </c>
       <c r="H42" t="s">
-        <v>41</v>
+        <v>25</v>
       </c>
     </row>
     <row r="43" spans="1:8">
       <c r="A43" t="s">
         <v>75</v>
       </c>
       <c r="B43" t="s">
         <v>19</v>
       </c>
       <c r="C43" t="s">
         <v>76</v>
       </c>
       <c r="D43" t="s">
         <v>60</v>
       </c>
       <c r="E43" t="s">
         <v>63</v>
       </c>
       <c r="F43">
         <v>2024</v>
       </c>
       <c r="G43" t="s">
         <v>12</v>
       </c>
       <c r="H43" t="s">
@@ -2119,51 +2119,51 @@
       </c>
     </row>
     <row r="45" spans="1:8">
       <c r="A45" t="s">
         <v>77</v>
       </c>
       <c r="B45" t="s">
         <v>36</v>
       </c>
       <c r="C45" t="s">
         <v>59</v>
       </c>
       <c r="D45" t="s">
         <v>38</v>
       </c>
       <c r="E45" t="s">
         <v>63</v>
       </c>
       <c r="F45">
         <v>2024</v>
       </c>
       <c r="G45" t="s">
         <v>12</v>
       </c>
       <c r="H45" t="s">
-        <v>40</v>
+        <v>25</v>
       </c>
     </row>
     <row r="46" spans="1:8">
       <c r="A46" t="s">
         <v>77</v>
       </c>
       <c r="B46" t="s">
         <v>36</v>
       </c>
       <c r="C46" t="s">
         <v>59</v>
       </c>
       <c r="D46" t="s">
         <v>38</v>
       </c>
       <c r="E46" t="s">
         <v>63</v>
       </c>
       <c r="F46">
         <v>2024</v>
       </c>
       <c r="G46" t="s">
         <v>12</v>
       </c>
       <c r="H46" t="s">
@@ -2171,315 +2171,315 @@
       </c>
     </row>
     <row r="47" spans="1:8">
       <c r="A47" t="s">
         <v>77</v>
       </c>
       <c r="B47" t="s">
         <v>36</v>
       </c>
       <c r="C47" t="s">
         <v>59</v>
       </c>
       <c r="D47" t="s">
         <v>38</v>
       </c>
       <c r="E47" t="s">
         <v>63</v>
       </c>
       <c r="F47">
         <v>2024</v>
       </c>
       <c r="G47" t="s">
         <v>12</v>
       </c>
       <c r="H47" t="s">
-        <v>25</v>
+        <v>41</v>
       </c>
     </row>
     <row r="48" spans="1:8">
       <c r="A48" t="s">
         <v>79</v>
       </c>
       <c r="B48" t="s">
         <v>80</v>
       </c>
       <c r="C48"/>
       <c r="D48" t="s">
         <v>81</v>
       </c>
       <c r="E48" t="s">
         <v>63</v>
       </c>
       <c r="F48">
         <v>2024</v>
       </c>
       <c r="G48" t="s">
         <v>12</v>
       </c>
       <c r="H48" t="s">
         <v>82</v>
       </c>
     </row>
     <row r="49" spans="1:8">
       <c r="A49" t="s">
         <v>79</v>
       </c>
       <c r="B49" t="s">
         <v>80</v>
       </c>
       <c r="C49"/>
       <c r="D49" t="s">
         <v>81</v>
       </c>
       <c r="E49" t="s">
         <v>63</v>
       </c>
       <c r="F49">
         <v>2024</v>
       </c>
       <c r="G49" t="s">
         <v>12</v>
       </c>
       <c r="H49" t="s">
-        <v>25</v>
+        <v>83</v>
       </c>
     </row>
     <row r="50" spans="1:8">
       <c r="A50" t="s">
         <v>79</v>
       </c>
       <c r="B50" t="s">
         <v>80</v>
       </c>
       <c r="C50"/>
       <c r="D50" t="s">
         <v>81</v>
       </c>
       <c r="E50" t="s">
         <v>63</v>
       </c>
       <c r="F50">
         <v>2024</v>
       </c>
       <c r="G50" t="s">
         <v>12</v>
       </c>
       <c r="H50" t="s">
-        <v>57</v>
+        <v>84</v>
       </c>
     </row>
     <row r="51" spans="1:8">
       <c r="A51" t="s">
         <v>79</v>
       </c>
       <c r="B51" t="s">
         <v>80</v>
       </c>
       <c r="C51"/>
       <c r="D51" t="s">
         <v>81</v>
       </c>
       <c r="E51" t="s">
         <v>63</v>
       </c>
       <c r="F51">
         <v>2024</v>
       </c>
       <c r="G51" t="s">
         <v>12</v>
       </c>
       <c r="H51" t="s">
-        <v>78</v>
+        <v>72</v>
       </c>
     </row>
     <row r="52" spans="1:8">
       <c r="A52" t="s">
         <v>79</v>
       </c>
       <c r="B52" t="s">
         <v>80</v>
       </c>
       <c r="C52"/>
       <c r="D52" t="s">
         <v>81</v>
       </c>
       <c r="E52" t="s">
         <v>63</v>
       </c>
       <c r="F52">
         <v>2024</v>
       </c>
       <c r="G52" t="s">
         <v>12</v>
       </c>
       <c r="H52" t="s">
-        <v>83</v>
+        <v>78</v>
       </c>
     </row>
     <row r="53" spans="1:8">
       <c r="A53" t="s">
         <v>79</v>
       </c>
       <c r="B53" t="s">
         <v>80</v>
       </c>
       <c r="C53"/>
       <c r="D53" t="s">
         <v>81</v>
       </c>
       <c r="E53" t="s">
         <v>63</v>
       </c>
       <c r="F53">
         <v>2024</v>
       </c>
       <c r="G53" t="s">
         <v>12</v>
       </c>
       <c r="H53" t="s">
-        <v>72</v>
+        <v>25</v>
       </c>
     </row>
     <row r="54" spans="1:8">
       <c r="A54" t="s">
         <v>79</v>
       </c>
       <c r="B54" t="s">
         <v>80</v>
       </c>
       <c r="C54"/>
       <c r="D54" t="s">
         <v>81</v>
       </c>
       <c r="E54" t="s">
         <v>63</v>
       </c>
       <c r="F54">
         <v>2024</v>
       </c>
       <c r="G54" t="s">
         <v>12</v>
       </c>
       <c r="H54" t="s">
-        <v>84</v>
+        <v>57</v>
       </c>
     </row>
     <row r="55" spans="1:8">
       <c r="A55" t="s">
         <v>79</v>
       </c>
       <c r="B55" t="s">
         <v>80</v>
       </c>
       <c r="C55"/>
       <c r="D55" t="s">
         <v>81</v>
       </c>
       <c r="E55" t="s">
         <v>63</v>
       </c>
       <c r="F55">
         <v>2024</v>
       </c>
       <c r="G55" t="s">
         <v>12</v>
       </c>
       <c r="H55" t="s">
         <v>85</v>
       </c>
     </row>
     <row r="56" spans="1:8">
       <c r="A56" t="s">
         <v>86</v>
       </c>
       <c r="B56" t="s">
         <v>87</v>
       </c>
       <c r="C56"/>
       <c r="D56" t="s">
         <v>81</v>
       </c>
       <c r="E56" t="s">
         <v>63</v>
       </c>
       <c r="F56">
         <v>2024</v>
       </c>
       <c r="G56" t="s">
         <v>12</v>
       </c>
       <c r="H56" t="s">
-        <v>25</v>
+        <v>88</v>
       </c>
     </row>
     <row r="57" spans="1:8">
       <c r="A57" t="s">
         <v>86</v>
       </c>
       <c r="B57" t="s">
         <v>87</v>
       </c>
       <c r="C57"/>
       <c r="D57" t="s">
         <v>81</v>
       </c>
       <c r="E57" t="s">
         <v>63</v>
       </c>
       <c r="F57">
         <v>2024</v>
       </c>
       <c r="G57" t="s">
         <v>12</v>
       </c>
       <c r="H57" t="s">
-        <v>88</v>
+        <v>83</v>
       </c>
     </row>
     <row r="58" spans="1:8">
       <c r="A58" t="s">
         <v>86</v>
       </c>
       <c r="B58" t="s">
         <v>87</v>
       </c>
       <c r="C58"/>
       <c r="D58" t="s">
         <v>81</v>
       </c>
       <c r="E58" t="s">
         <v>63</v>
       </c>
       <c r="F58">
         <v>2024</v>
       </c>
       <c r="G58" t="s">
         <v>12</v>
       </c>
       <c r="H58" t="s">
-        <v>82</v>
+        <v>25</v>
       </c>
     </row>
     <row r="59" spans="1:8">
       <c r="A59" t="s">
         <v>89</v>
       </c>
       <c r="B59" t="s">
         <v>36</v>
       </c>
       <c r="C59" t="s">
         <v>37</v>
       </c>
       <c r="D59" t="s">
         <v>81</v>
       </c>
       <c r="E59" t="s">
         <v>63</v>
       </c>
       <c r="F59">
         <v>2024</v>
       </c>
       <c r="G59" t="s">
         <v>12</v>
       </c>
       <c r="H59" t="s">
@@ -2641,111 +2641,111 @@
       <c r="F67">
         <v>2024</v>
       </c>
       <c r="G67"/>
       <c r="H67" t="s">
         <v>100</v>
       </c>
     </row>
     <row r="68" spans="1:8">
       <c r="A68" t="s">
         <v>99</v>
       </c>
       <c r="B68" t="s">
         <v>80</v>
       </c>
       <c r="C68"/>
       <c r="D68"/>
       <c r="E68" t="s">
         <v>63</v>
       </c>
       <c r="F68">
         <v>2024</v>
       </c>
       <c r="G68"/>
       <c r="H68" t="s">
-        <v>101</v>
+        <v>25</v>
       </c>
     </row>
     <row r="69" spans="1:8">
       <c r="A69" t="s">
         <v>99</v>
       </c>
       <c r="B69" t="s">
         <v>80</v>
       </c>
       <c r="C69"/>
       <c r="D69"/>
       <c r="E69" t="s">
         <v>63</v>
       </c>
       <c r="F69">
         <v>2024</v>
       </c>
       <c r="G69"/>
       <c r="H69" t="s">
-        <v>25</v>
+        <v>71</v>
       </c>
     </row>
     <row r="70" spans="1:8">
       <c r="A70" t="s">
         <v>99</v>
       </c>
       <c r="B70" t="s">
         <v>80</v>
       </c>
       <c r="C70"/>
       <c r="D70"/>
       <c r="E70" t="s">
         <v>63</v>
       </c>
       <c r="F70">
         <v>2024</v>
       </c>
       <c r="G70"/>
       <c r="H70" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
     </row>
     <row r="71" spans="1:8">
       <c r="A71" t="s">
         <v>99</v>
       </c>
       <c r="B71" t="s">
         <v>80</v>
       </c>
       <c r="C71"/>
       <c r="D71"/>
       <c r="E71" t="s">
         <v>63</v>
       </c>
       <c r="F71">
         <v>2024</v>
       </c>
       <c r="G71"/>
       <c r="H71" t="s">
-        <v>71</v>
+        <v>101</v>
       </c>
     </row>
     <row r="72" spans="1:8">
       <c r="A72" t="s">
         <v>99</v>
       </c>
       <c r="B72" t="s">
         <v>80</v>
       </c>
       <c r="C72"/>
       <c r="D72"/>
       <c r="E72" t="s">
         <v>63</v>
       </c>
       <c r="F72">
         <v>2024</v>
       </c>
       <c r="G72"/>
       <c r="H72" t="s">
         <v>72</v>
       </c>
     </row>
     <row r="73" spans="1:8">
       <c r="A73" t="s">
         <v>102</v>
@@ -2857,103 +2857,103 @@
       </c>
     </row>
     <row r="78" spans="1:8">
       <c r="A78" t="s">
         <v>112</v>
       </c>
       <c r="B78" t="s">
         <v>36</v>
       </c>
       <c r="C78" t="s">
         <v>76</v>
       </c>
       <c r="D78" t="s">
         <v>34</v>
       </c>
       <c r="E78" t="s">
         <v>106</v>
       </c>
       <c r="F78">
         <v>2024</v>
       </c>
       <c r="G78" t="s">
         <v>12</v>
       </c>
       <c r="H78" t="s">
-        <v>82</v>
+        <v>25</v>
       </c>
     </row>
     <row r="79" spans="1:8">
       <c r="A79" t="s">
         <v>112</v>
       </c>
       <c r="B79" t="s">
         <v>36</v>
       </c>
       <c r="C79" t="s">
         <v>76</v>
       </c>
       <c r="D79" t="s">
         <v>34</v>
       </c>
       <c r="E79" t="s">
         <v>106</v>
       </c>
       <c r="F79">
         <v>2024</v>
       </c>
       <c r="G79" t="s">
         <v>12</v>
       </c>
       <c r="H79" t="s">
-        <v>25</v>
+        <v>84</v>
       </c>
     </row>
     <row r="80" spans="1:8">
       <c r="A80" t="s">
         <v>112</v>
       </c>
       <c r="B80" t="s">
         <v>36</v>
       </c>
       <c r="C80" t="s">
         <v>76</v>
       </c>
       <c r="D80" t="s">
         <v>34</v>
       </c>
       <c r="E80" t="s">
         <v>106</v>
       </c>
       <c r="F80">
         <v>2024</v>
       </c>
       <c r="G80" t="s">
         <v>12</v>
       </c>
       <c r="H80" t="s">
-        <v>84</v>
+        <v>83</v>
       </c>
     </row>
     <row r="81" spans="1:8">
       <c r="A81" t="s">
         <v>113</v>
       </c>
       <c r="B81" t="s">
         <v>114</v>
       </c>
       <c r="C81"/>
       <c r="D81"/>
       <c r="E81" t="s">
         <v>106</v>
       </c>
       <c r="F81">
         <v>2024</v>
       </c>
       <c r="G81" t="s">
         <v>115</v>
       </c>
       <c r="H81"/>
     </row>
     <row r="82" spans="1:8">
       <c r="A82" t="s">
         <v>116</v>
@@ -2981,181 +2981,181 @@
       </c>
     </row>
     <row r="83" spans="1:8">
       <c r="A83" t="s">
         <v>117</v>
       </c>
       <c r="B83" t="s">
         <v>36</v>
       </c>
       <c r="C83" t="s">
         <v>118</v>
       </c>
       <c r="D83" t="s">
         <v>60</v>
       </c>
       <c r="E83" t="s">
         <v>106</v>
       </c>
       <c r="F83">
         <v>2024</v>
       </c>
       <c r="G83" t="s">
         <v>119</v>
       </c>
       <c r="H83" t="s">
-        <v>83</v>
+        <v>85</v>
       </c>
     </row>
     <row r="84" spans="1:8">
       <c r="A84" t="s">
         <v>117</v>
       </c>
       <c r="B84" t="s">
         <v>36</v>
       </c>
       <c r="C84" t="s">
         <v>118</v>
       </c>
       <c r="D84" t="s">
         <v>60</v>
       </c>
       <c r="E84" t="s">
         <v>106</v>
       </c>
       <c r="F84">
         <v>2024</v>
       </c>
       <c r="G84" t="s">
         <v>119</v>
       </c>
       <c r="H84" t="s">
-        <v>85</v>
+        <v>82</v>
       </c>
     </row>
     <row r="85" spans="1:8">
       <c r="A85" t="s">
         <v>120</v>
       </c>
       <c r="B85" t="s">
         <v>36</v>
       </c>
       <c r="C85" t="s">
         <v>10</v>
       </c>
       <c r="D85" t="s">
         <v>34</v>
       </c>
       <c r="E85" t="s">
         <v>106</v>
       </c>
       <c r="F85">
         <v>2024</v>
       </c>
       <c r="G85" t="s">
         <v>12</v>
       </c>
       <c r="H85" t="s">
-        <v>25</v>
+        <v>15</v>
       </c>
     </row>
     <row r="86" spans="1:8">
       <c r="A86" t="s">
         <v>120</v>
       </c>
       <c r="B86" t="s">
         <v>36</v>
       </c>
       <c r="C86" t="s">
         <v>10</v>
       </c>
       <c r="D86" t="s">
         <v>34</v>
       </c>
       <c r="E86" t="s">
         <v>106</v>
       </c>
       <c r="F86">
         <v>2024</v>
       </c>
       <c r="G86" t="s">
         <v>12</v>
       </c>
       <c r="H86" t="s">
-        <v>71</v>
+        <v>25</v>
       </c>
     </row>
     <row r="87" spans="1:8">
       <c r="A87" t="s">
         <v>120</v>
       </c>
       <c r="B87" t="s">
         <v>36</v>
       </c>
       <c r="C87" t="s">
         <v>10</v>
       </c>
       <c r="D87" t="s">
         <v>34</v>
       </c>
       <c r="E87" t="s">
         <v>106</v>
       </c>
       <c r="F87">
         <v>2024</v>
       </c>
       <c r="G87" t="s">
         <v>12</v>
       </c>
       <c r="H87" t="s">
-        <v>15</v>
+        <v>71</v>
       </c>
     </row>
     <row r="88" spans="1:8">
       <c r="A88" t="s">
         <v>120</v>
       </c>
       <c r="B88" t="s">
         <v>36</v>
       </c>
       <c r="C88" t="s">
         <v>10</v>
       </c>
       <c r="D88" t="s">
         <v>34</v>
       </c>
       <c r="E88" t="s">
         <v>106</v>
       </c>
       <c r="F88">
         <v>2024</v>
       </c>
       <c r="G88" t="s">
         <v>12</v>
       </c>
       <c r="H88" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
     </row>
     <row r="89" spans="1:8">
       <c r="A89" t="s">
         <v>121</v>
       </c>
       <c r="B89" t="s">
         <v>36</v>
       </c>
       <c r="C89" t="s">
         <v>118</v>
       </c>
       <c r="D89" t="s">
         <v>60</v>
       </c>
       <c r="E89" t="s">
         <v>106</v>
       </c>
       <c r="F89">
         <v>2024</v>
       </c>
       <c r="G89"/>
       <c r="H89" t="s">
         <v>25</v>
       </c>
@@ -3313,51 +3313,51 @@
       </c>
       <c r="G96"/>
       <c r="H96" t="s">
         <v>72</v>
       </c>
     </row>
     <row r="97" spans="1:8">
       <c r="A97" t="s">
         <v>132</v>
       </c>
       <c r="B97" t="s">
         <v>133</v>
       </c>
       <c r="C97"/>
       <c r="D97" t="s">
         <v>81</v>
       </c>
       <c r="E97" t="s">
         <v>63</v>
       </c>
       <c r="F97">
         <v>1994</v>
       </c>
       <c r="G97"/>
       <c r="H97" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
     </row>
     <row r="98" spans="1:8">
       <c r="A98" t="s">
         <v>129</v>
       </c>
       <c r="B98" t="s">
         <v>134</v>
       </c>
       <c r="C98"/>
       <c r="D98" t="s">
         <v>81</v>
       </c>
       <c r="E98" t="s">
         <v>63</v>
       </c>
       <c r="F98">
         <v>1994</v>
       </c>
       <c r="G98"/>
       <c r="H98" t="s">
         <v>88</v>
       </c>
     </row>
     <row r="99" spans="1:8">
@@ -3473,51 +3473,51 @@
       <c r="H103" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="104" spans="1:8">
       <c r="A104" t="s">
         <v>145</v>
       </c>
       <c r="B104" t="s">
         <v>146</v>
       </c>
       <c r="C104" t="s">
         <v>37</v>
       </c>
       <c r="D104" t="s">
         <v>34</v>
       </c>
       <c r="E104" t="s">
         <v>106</v>
       </c>
       <c r="F104">
         <v>1994</v>
       </c>
       <c r="G104"/>
       <c r="H104" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
     </row>
     <row r="105" spans="1:8">
       <c r="A105" t="s">
         <v>147</v>
       </c>
       <c r="B105" t="s">
         <v>148</v>
       </c>
       <c r="C105" t="s">
         <v>37</v>
       </c>
       <c r="D105" t="s">
         <v>34</v>
       </c>
       <c r="E105" t="s">
         <v>106</v>
       </c>
       <c r="F105">
         <v>1994</v>
       </c>
       <c r="G105"/>
       <c r="H105" t="s">
         <v>88</v>
       </c>
@@ -3619,51 +3619,51 @@
       </c>
     </row>
     <row r="110" spans="1:8">
       <c r="A110" t="s">
         <v>158</v>
       </c>
       <c r="B110" t="s">
         <v>159</v>
       </c>
       <c r="C110" t="s">
         <v>10</v>
       </c>
       <c r="D110" t="s">
         <v>34</v>
       </c>
       <c r="E110" t="s">
         <v>106</v>
       </c>
       <c r="F110">
         <v>1994</v>
       </c>
       <c r="G110" t="s">
         <v>12</v>
       </c>
       <c r="H110" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
     </row>
     <row r="111" spans="1:8">
       <c r="A111" t="s">
         <v>160</v>
       </c>
       <c r="B111" t="s">
         <v>161</v>
       </c>
       <c r="C111" t="s">
         <v>37</v>
       </c>
       <c r="D111" t="s">
         <v>34</v>
       </c>
       <c r="E111" t="s">
         <v>106</v>
       </c>
       <c r="F111">
         <v>1994</v>
       </c>
       <c r="G111"/>
       <c r="H111" t="s">
         <v>72</v>
       </c>
@@ -3715,51 +3715,51 @@
         <v>12</v>
       </c>
       <c r="H113"/>
     </row>
     <row r="114" spans="1:8">
       <c r="A114" t="s">
         <v>165</v>
       </c>
       <c r="B114" t="s">
         <v>166</v>
       </c>
       <c r="C114" t="s">
         <v>10</v>
       </c>
       <c r="D114" t="s">
         <v>34</v>
       </c>
       <c r="E114" t="s">
         <v>106</v>
       </c>
       <c r="F114">
         <v>1994</v>
       </c>
       <c r="G114"/>
       <c r="H114" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
     </row>
     <row r="115" spans="1:8">
       <c r="A115" t="s">
         <v>165</v>
       </c>
       <c r="B115" t="s">
         <v>166</v>
       </c>
       <c r="C115" t="s">
         <v>10</v>
       </c>
       <c r="D115" t="s">
         <v>34</v>
       </c>
       <c r="E115" t="s">
         <v>106</v>
       </c>
       <c r="F115">
         <v>1994</v>
       </c>
       <c r="G115"/>
       <c r="H115" t="s">
         <v>57</v>
       </c>
@@ -4411,75 +4411,75 @@
       <c r="H142" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="143" spans="1:8">
       <c r="A143" t="s">
         <v>222</v>
       </c>
       <c r="B143" t="s">
         <v>223</v>
       </c>
       <c r="C143" t="s">
         <v>37</v>
       </c>
       <c r="D143" t="s">
         <v>34</v>
       </c>
       <c r="E143" t="s">
         <v>106</v>
       </c>
       <c r="F143">
         <v>1994</v>
       </c>
       <c r="G143"/>
       <c r="H143" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
     </row>
     <row r="144" spans="1:8">
       <c r="A144" t="s">
         <v>224</v>
       </c>
       <c r="B144" t="s">
         <v>225</v>
       </c>
       <c r="C144" t="s">
         <v>37</v>
       </c>
       <c r="D144" t="s">
         <v>34</v>
       </c>
       <c r="E144" t="s">
         <v>106</v>
       </c>
       <c r="F144">
         <v>1994</v>
       </c>
       <c r="G144"/>
       <c r="H144" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
     </row>
     <row r="145" spans="1:8">
       <c r="A145" t="s">
         <v>226</v>
       </c>
       <c r="B145" t="s">
         <v>227</v>
       </c>
       <c r="C145" t="s">
         <v>37</v>
       </c>
       <c r="D145" t="s">
         <v>34</v>
       </c>
       <c r="E145" t="s">
         <v>106</v>
       </c>
       <c r="F145">
         <v>1994</v>
       </c>
       <c r="G145"/>
       <c r="H145" t="s">
         <v>25</v>
       </c>
@@ -4555,51 +4555,51 @@
       <c r="H148" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="149" spans="1:8">
       <c r="A149" t="s">
         <v>234</v>
       </c>
       <c r="B149" t="s">
         <v>235</v>
       </c>
       <c r="C149" t="s">
         <v>37</v>
       </c>
       <c r="D149" t="s">
         <v>34</v>
       </c>
       <c r="E149" t="s">
         <v>106</v>
       </c>
       <c r="F149">
         <v>1994</v>
       </c>
       <c r="G149"/>
       <c r="H149" t="s">
-        <v>85</v>
+        <v>82</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">