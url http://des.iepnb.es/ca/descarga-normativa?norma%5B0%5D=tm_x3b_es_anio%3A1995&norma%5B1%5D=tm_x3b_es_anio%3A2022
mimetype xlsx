--- v0 (2025-10-24)
+++ v1 (2025-12-10)
@@ -110,54 +110,54 @@
   <si>
     <t>DECRETO 172/2022, de 20 de septiembre, del Catálogo de fauna salvaje autóctona amenazada y de medidas de protección y conservación de la fauna salvaje autóctona protegida.</t>
   </si>
   <si>
     <t>https://dogc.gencat.cat/ca/document-del-dogc/?documentId=937992&amp;validity=1927723&amp;language=ca&amp;traceability=01</t>
   </si>
   <si>
     <t>Decreto</t>
   </si>
   <si>
     <t>sg6</t>
   </si>
   <si>
     <t>https://www.google.com/testsg6</t>
   </si>
   <si>
     <t>Resolución</t>
   </si>
   <si>
     <t>Entidades locales</t>
   </si>
   <si>
     <t>Nacional</t>
   </si>
   <si>
+    <t>Cantabria</t>
+  </si>
+  <si>
     <t>Cataluña</t>
-  </si>
-[...1 lines deleted...]
-    <t>Cantabria</t>
   </si>
   <si>
     <t>Andalucía</t>
   </si>
   <si>
     <t>Orden MAM/2734/2002, de 21 de octubre, por la que se incluyen determinadas especies, subespecies y poblaciones en el Catálogo Nacional de Especies Amenazadas y cambian de categoría y se excluyen otras incluidas en el mismo. BOE 265, de 5 de noviembre de 2005.</t>
   </si>
   <si>
     <t>https://www.boe.es/eli/es/o/2002/10/21/mam2734</t>
   </si>
   <si>
     <t>Orden (orden Ministerial, Ordenes de las Comisiones delegadas del Gobierno)</t>
   </si>
   <si>
     <t>Gobierno</t>
   </si>
   <si>
     <t>Reglamentos (Gobierno, Autonómico, Entidades locales)</t>
   </si>
   <si>
     <t>Orden 2/2022, de 16 de febrero, de la Conselleria de Agricultura, Desarrollo Rural, Emergencia Climática y Transición Ecológica, por la que se actualizan los listados valencianos de especies protegidas de flora y fauna. DOGV 9285 de 24 de febrero de 2022</t>
   </si>
   <si>
     <t>https://dogv.gva.es/es/eli/es-vc/o/2022/02/16/2/</t>
   </si>
@@ -1943,51 +1943,51 @@
       </c>
     </row>
     <row r="33" spans="1:8">
       <c r="A33" t="s">
         <v>92</v>
       </c>
       <c r="B33" t="s">
         <v>93</v>
       </c>
       <c r="C33" t="s">
         <v>94</v>
       </c>
       <c r="D33" t="s">
         <v>30</v>
       </c>
       <c r="E33" t="s">
         <v>39</v>
       </c>
       <c r="F33">
         <v>2022</v>
       </c>
       <c r="G33" t="s">
         <v>31</v>
       </c>
       <c r="H33" t="s">
-        <v>95</v>
+        <v>33</v>
       </c>
     </row>
     <row r="34" spans="1:8">
       <c r="A34" t="s">
         <v>92</v>
       </c>
       <c r="B34" t="s">
         <v>93</v>
       </c>
       <c r="C34" t="s">
         <v>94</v>
       </c>
       <c r="D34" t="s">
         <v>30</v>
       </c>
       <c r="E34" t="s">
         <v>39</v>
       </c>
       <c r="F34">
         <v>2022</v>
       </c>
       <c r="G34" t="s">
         <v>31</v>
       </c>
       <c r="H34" t="s">
@@ -1995,77 +1995,77 @@
       </c>
     </row>
     <row r="35" spans="1:8">
       <c r="A35" t="s">
         <v>92</v>
       </c>
       <c r="B35" t="s">
         <v>93</v>
       </c>
       <c r="C35" t="s">
         <v>94</v>
       </c>
       <c r="D35" t="s">
         <v>30</v>
       </c>
       <c r="E35" t="s">
         <v>39</v>
       </c>
       <c r="F35">
         <v>2022</v>
       </c>
       <c r="G35" t="s">
         <v>31</v>
       </c>
       <c r="H35" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
     </row>
     <row r="36" spans="1:8">
       <c r="A36" t="s">
         <v>92</v>
       </c>
       <c r="B36" t="s">
         <v>93</v>
       </c>
       <c r="C36" t="s">
         <v>94</v>
       </c>
       <c r="D36" t="s">
         <v>30</v>
       </c>
       <c r="E36" t="s">
         <v>39</v>
       </c>
       <c r="F36">
         <v>2022</v>
       </c>
       <c r="G36" t="s">
         <v>31</v>
       </c>
       <c r="H36" t="s">
-        <v>32</v>
+        <v>95</v>
       </c>
     </row>
     <row r="37" spans="1:8">
       <c r="A37" t="s">
         <v>96</v>
       </c>
       <c r="B37" t="s">
         <v>97</v>
       </c>
       <c r="C37" t="s">
         <v>29</v>
       </c>
       <c r="D37" t="s">
         <v>43</v>
       </c>
       <c r="E37" t="s">
         <v>39</v>
       </c>
       <c r="F37">
         <v>2022</v>
       </c>
       <c r="G37" t="s">
         <v>31</v>
       </c>
       <c r="H37"/>
@@ -2933,123 +2933,123 @@
       <c r="H74" t="s">
         <v>76</v>
       </c>
     </row>
     <row r="75" spans="1:8">
       <c r="A75" t="s">
         <v>174</v>
       </c>
       <c r="B75" t="s">
         <v>175</v>
       </c>
       <c r="C75" t="s">
         <v>42</v>
       </c>
       <c r="D75" t="s">
         <v>43</v>
       </c>
       <c r="E75" t="s">
         <v>39</v>
       </c>
       <c r="F75">
         <v>1995</v>
       </c>
       <c r="G75"/>
       <c r="H75" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
     </row>
     <row r="76" spans="1:8">
       <c r="A76" t="s">
         <v>176</v>
       </c>
       <c r="B76" t="s">
         <v>177</v>
       </c>
       <c r="C76" t="s">
         <v>42</v>
       </c>
       <c r="D76" t="s">
         <v>43</v>
       </c>
       <c r="E76" t="s">
         <v>39</v>
       </c>
       <c r="F76">
         <v>1995</v>
       </c>
       <c r="G76"/>
       <c r="H76" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
     </row>
     <row r="77" spans="1:8">
       <c r="A77" t="s">
         <v>178</v>
       </c>
       <c r="B77" t="s">
         <v>179</v>
       </c>
       <c r="C77" t="s">
         <v>42</v>
       </c>
       <c r="D77" t="s">
         <v>43</v>
       </c>
       <c r="E77" t="s">
         <v>39</v>
       </c>
       <c r="F77">
         <v>1995</v>
       </c>
       <c r="G77"/>
       <c r="H77" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
     </row>
     <row r="78" spans="1:8">
       <c r="A78" t="s">
         <v>180</v>
       </c>
       <c r="B78" t="s">
         <v>181</v>
       </c>
       <c r="C78" t="s">
         <v>42</v>
       </c>
       <c r="D78" t="s">
         <v>43</v>
       </c>
       <c r="E78" t="s">
         <v>39</v>
       </c>
       <c r="F78">
         <v>1995</v>
       </c>
       <c r="G78"/>
       <c r="H78" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
     </row>
     <row r="79" spans="1:8">
       <c r="A79" t="s">
         <v>182</v>
       </c>
       <c r="B79" t="s">
         <v>183</v>
       </c>
       <c r="C79" t="s">
         <v>26</v>
       </c>
       <c r="D79" t="s">
         <v>43</v>
       </c>
       <c r="E79" t="s">
         <v>39</v>
       </c>
       <c r="F79">
         <v>1995</v>
       </c>
       <c r="G79"/>
       <c r="H79" t="s">
         <v>149</v>
       </c>
@@ -3769,99 +3769,99 @@
       <c r="H109" t="s">
         <v>63</v>
       </c>
     </row>
     <row r="110" spans="1:8">
       <c r="A110" t="s">
         <v>242</v>
       </c>
       <c r="B110" t="s">
         <v>243</v>
       </c>
       <c r="C110" t="s">
         <v>29</v>
       </c>
       <c r="D110" t="s">
         <v>43</v>
       </c>
       <c r="E110" t="s">
         <v>39</v>
       </c>
       <c r="F110">
         <v>1995</v>
       </c>
       <c r="G110"/>
       <c r="H110" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
     </row>
     <row r="111" spans="1:8">
       <c r="A111" t="s">
         <v>244</v>
       </c>
       <c r="B111" t="s">
         <v>245</v>
       </c>
       <c r="C111" t="s">
         <v>29</v>
       </c>
       <c r="D111" t="s">
         <v>43</v>
       </c>
       <c r="E111" t="s">
         <v>39</v>
       </c>
       <c r="F111">
         <v>1995</v>
       </c>
       <c r="G111"/>
       <c r="H111" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
     </row>
     <row r="112" spans="1:8">
       <c r="A112" t="s">
         <v>246</v>
       </c>
       <c r="B112" t="s">
         <v>247</v>
       </c>
       <c r="C112" t="s">
         <v>29</v>
       </c>
       <c r="D112" t="s">
         <v>43</v>
       </c>
       <c r="E112" t="s">
         <v>39</v>
       </c>
       <c r="F112">
         <v>1995</v>
       </c>
       <c r="G112"/>
       <c r="H112" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
     </row>
     <row r="113" spans="1:8">
       <c r="A113" t="s">
         <v>248</v>
       </c>
       <c r="B113" t="s">
         <v>249</v>
       </c>
       <c r="C113" t="s">
         <v>26</v>
       </c>
       <c r="D113" t="s">
         <v>43</v>
       </c>
       <c r="E113" t="s">
         <v>39</v>
       </c>
       <c r="F113">
         <v>1995</v>
       </c>
       <c r="G113"/>
       <c r="H113"/>
     </row>
     <row r="114" spans="1:8">