--- v0 (2025-10-26)
+++ v1 (2025-12-12)
@@ -6061,99 +6061,99 @@
       <c r="H158" t="s">
         <v>220</v>
       </c>
     </row>
     <row r="159" spans="1:8">
       <c r="A159" t="s">
         <v>340</v>
       </c>
       <c r="B159" t="s">
         <v>247</v>
       </c>
       <c r="C159" t="s">
         <v>140</v>
       </c>
       <c r="D159" t="s">
         <v>38</v>
       </c>
       <c r="E159" t="s">
         <v>39</v>
       </c>
       <c r="F159">
         <v>2009</v>
       </c>
       <c r="G159"/>
       <c r="H159" t="s">
-        <v>227</v>
+        <v>103</v>
       </c>
     </row>
     <row r="160" spans="1:8">
       <c r="A160" t="s">
         <v>340</v>
       </c>
       <c r="B160" t="s">
         <v>247</v>
       </c>
       <c r="C160" t="s">
         <v>140</v>
       </c>
       <c r="D160" t="s">
         <v>38</v>
       </c>
       <c r="E160" t="s">
         <v>39</v>
       </c>
       <c r="F160">
         <v>2009</v>
       </c>
       <c r="G160"/>
       <c r="H160" t="s">
-        <v>341</v>
+        <v>227</v>
       </c>
     </row>
     <row r="161" spans="1:8">
       <c r="A161" t="s">
         <v>340</v>
       </c>
       <c r="B161" t="s">
         <v>247</v>
       </c>
       <c r="C161" t="s">
         <v>140</v>
       </c>
       <c r="D161" t="s">
         <v>38</v>
       </c>
       <c r="E161" t="s">
         <v>39</v>
       </c>
       <c r="F161">
         <v>2009</v>
       </c>
       <c r="G161"/>
       <c r="H161" t="s">
-        <v>103</v>
+        <v>341</v>
       </c>
     </row>
     <row r="162" spans="1:8">
       <c r="A162" t="s">
         <v>342</v>
       </c>
       <c r="B162" t="s">
         <v>343</v>
       </c>
       <c r="C162" t="s">
         <v>151</v>
       </c>
       <c r="D162" t="s">
         <v>38</v>
       </c>
       <c r="E162" t="s">
         <v>39</v>
       </c>
       <c r="F162">
         <v>2009</v>
       </c>
       <c r="G162"/>
       <c r="H162" t="s">
         <v>227</v>
       </c>