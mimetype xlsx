--- v0 (2025-10-26)
+++ v1 (2025-12-12)
@@ -3809,75 +3809,75 @@
       <c r="H62" t="s">
         <v>52</v>
       </c>
     </row>
     <row r="63" spans="1:8">
       <c r="A63" t="s">
         <v>148</v>
       </c>
       <c r="B63" t="s">
         <v>149</v>
       </c>
       <c r="C63" t="s">
         <v>33</v>
       </c>
       <c r="D63" t="s">
         <v>34</v>
       </c>
       <c r="E63" t="s">
         <v>35</v>
       </c>
       <c r="F63">
         <v>2017</v>
       </c>
       <c r="G63"/>
       <c r="H63" t="s">
-        <v>69</v>
+        <v>52</v>
       </c>
     </row>
     <row r="64" spans="1:8">
       <c r="A64" t="s">
         <v>148</v>
       </c>
       <c r="B64" t="s">
         <v>149</v>
       </c>
       <c r="C64" t="s">
         <v>33</v>
       </c>
       <c r="D64" t="s">
         <v>34</v>
       </c>
       <c r="E64" t="s">
         <v>35</v>
       </c>
       <c r="F64">
         <v>2017</v>
       </c>
       <c r="G64"/>
       <c r="H64" t="s">
-        <v>52</v>
+        <v>69</v>
       </c>
     </row>
     <row r="65" spans="1:8">
       <c r="A65" t="s">
         <v>150</v>
       </c>
       <c r="B65" t="s">
         <v>151</v>
       </c>
       <c r="C65" t="s">
         <v>138</v>
       </c>
       <c r="D65" t="s">
         <v>34</v>
       </c>
       <c r="E65" t="s">
         <v>35</v>
       </c>
       <c r="F65">
         <v>2017</v>
       </c>
       <c r="G65"/>
       <c r="H65" t="s">
         <v>52</v>
       </c>
@@ -6069,99 +6069,99 @@
       <c r="H157" t="s">
         <v>141</v>
       </c>
     </row>
     <row r="158" spans="1:8">
       <c r="A158" t="s">
         <v>338</v>
       </c>
       <c r="B158" t="s">
         <v>247</v>
       </c>
       <c r="C158" t="s">
         <v>39</v>
       </c>
       <c r="D158" t="s">
         <v>34</v>
       </c>
       <c r="E158" t="s">
         <v>35</v>
       </c>
       <c r="F158">
         <v>2009</v>
       </c>
       <c r="G158"/>
       <c r="H158" t="s">
-        <v>69</v>
+        <v>74</v>
       </c>
     </row>
     <row r="159" spans="1:8">
       <c r="A159" t="s">
         <v>338</v>
       </c>
       <c r="B159" t="s">
         <v>247</v>
       </c>
       <c r="C159" t="s">
         <v>39</v>
       </c>
       <c r="D159" t="s">
         <v>34</v>
       </c>
       <c r="E159" t="s">
         <v>35</v>
       </c>
       <c r="F159">
         <v>2009</v>
       </c>
       <c r="G159"/>
       <c r="H159" t="s">
-        <v>339</v>
+        <v>69</v>
       </c>
     </row>
     <row r="160" spans="1:8">
       <c r="A160" t="s">
         <v>338</v>
       </c>
       <c r="B160" t="s">
         <v>247</v>
       </c>
       <c r="C160" t="s">
         <v>39</v>
       </c>
       <c r="D160" t="s">
         <v>34</v>
       </c>
       <c r="E160" t="s">
         <v>35</v>
       </c>
       <c r="F160">
         <v>2009</v>
       </c>
       <c r="G160"/>
       <c r="H160" t="s">
-        <v>74</v>
+        <v>339</v>
       </c>
     </row>
     <row r="161" spans="1:8">
       <c r="A161" t="s">
         <v>340</v>
       </c>
       <c r="B161" t="s">
         <v>341</v>
       </c>
       <c r="C161" t="s">
         <v>138</v>
       </c>
       <c r="D161" t="s">
         <v>34</v>
       </c>
       <c r="E161" t="s">
         <v>35</v>
       </c>
       <c r="F161">
         <v>2009</v>
       </c>
       <c r="G161"/>
       <c r="H161" t="s">
         <v>69</v>
       </c>