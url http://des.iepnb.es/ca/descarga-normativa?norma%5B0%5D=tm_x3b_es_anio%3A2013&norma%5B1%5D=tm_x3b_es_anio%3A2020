--- v0 (2025-10-28)
+++ v1 (2025-12-13)
@@ -2445,67 +2445,67 @@
       <c r="B61"/>
       <c r="C61"/>
       <c r="D61"/>
       <c r="E61"/>
       <c r="F61">
         <v>2013</v>
       </c>
       <c r="G61"/>
       <c r="H61" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="62" spans="1:8">
       <c r="A62" t="s">
         <v>123</v>
       </c>
       <c r="B62"/>
       <c r="C62"/>
       <c r="D62"/>
       <c r="E62"/>
       <c r="F62">
         <v>2013</v>
       </c>
       <c r="G62"/>
       <c r="H62" t="s">
-        <v>51</v>
+        <v>72</v>
       </c>
     </row>
     <row r="63" spans="1:8">
       <c r="A63" t="s">
         <v>123</v>
       </c>
       <c r="B63"/>
       <c r="C63"/>
       <c r="D63"/>
       <c r="E63"/>
       <c r="F63">
         <v>2013</v>
       </c>
       <c r="G63"/>
       <c r="H63" t="s">
-        <v>72</v>
+        <v>51</v>
       </c>
     </row>
     <row r="64" spans="1:8">
       <c r="A64" t="s">
         <v>124</v>
       </c>
       <c r="B64" t="s">
         <v>125</v>
       </c>
       <c r="C64"/>
       <c r="D64"/>
       <c r="E64"/>
       <c r="F64">
         <v>2013</v>
       </c>
       <c r="G64"/>
       <c r="H64" t="s">
         <v>72</v>
       </c>
     </row>
     <row r="65" spans="1:8">
       <c r="A65" t="s">
         <v>126</v>
       </c>
       <c r="B65" t="s">