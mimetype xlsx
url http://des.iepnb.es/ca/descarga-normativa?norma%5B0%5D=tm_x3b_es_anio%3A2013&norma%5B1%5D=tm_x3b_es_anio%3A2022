--- v0 (2025-10-29)
+++ v1 (2025-12-16)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="normativa" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="232">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="234">
   <si>
     <t>Nombre</t>
   </si>
   <si>
     <t>Enlace</t>
   </si>
   <si>
     <t>Rango norma inferior</t>
   </si>
   <si>
     <t>Rango norma intermedia</t>
   </si>
   <si>
     <t>Rango norma superior</t>
   </si>
   <si>
     <t>Año</t>
   </si>
   <si>
     <t>Ámbito geográfico político</t>
   </si>
   <si>
     <t>Comunidad Autónoma</t>
   </si>
   <si>
@@ -113,56 +113,56 @@
   <si>
     <t>https://dogc.gencat.cat/ca/document-del-dogc/?documentId=937992&amp;validity=1927723&amp;language=ca&amp;traceability=01</t>
   </si>
   <si>
     <t>Decreto</t>
   </si>
   <si>
     <t>sg6</t>
   </si>
   <si>
     <t>https://www.google.com/testsg6</t>
   </si>
   <si>
     <t>Resolución</t>
   </si>
   <si>
     <t>Entidades locales</t>
   </si>
   <si>
     <t>Nacional</t>
   </si>
   <si>
     <t>Cataluña</t>
   </si>
   <si>
+    <t>Andalucía</t>
+  </si>
+  <si>
     <t>Cantabria</t>
   </si>
   <si>
-    <t>Andalucía</t>
-[...1 lines deleted...]
-  <si>
     <t>Orden MAM/2734/2002, de 21 de octubre, por la que se incluyen determinadas especies, subespecies y poblaciones en el Catálogo Nacional de Especies Amenazadas y cambian de categoría y se excluyen otras incluidas en el mismo. BOE 265, de 5 de noviembre de 2005.</t>
   </si>
   <si>
     <t>https://www.boe.es/eli/es/o/2002/10/21/mam2734</t>
   </si>
   <si>
     <t>Orden (orden Ministerial, Ordenes de las Comisiones delegadas del Gobierno)</t>
   </si>
   <si>
     <t>Gobierno</t>
   </si>
   <si>
     <t>Reglamentos (Gobierno, Autonómico, Entidades locales)</t>
   </si>
   <si>
     <t>Orden 2/2022, de 16 de febrero, de la Conselleria de Agricultura, Desarrollo Rural, Emergencia Climática y Transición Ecológica, por la que se actualizan los listados valencianos de especies protegidas de flora y fauna. DOGV 9285 de 24 de febrero de 2022</t>
   </si>
   <si>
     <t>https://dogv.gva.es/es/eli/es-vc/o/2022/02/16/2/</t>
   </si>
   <si>
     <t>Orden</t>
   </si>
   <si>
     <t>Autonómico</t>
@@ -173,50 +173,59 @@
   <si>
     <t>Orden de 3 de marzo de 2022, de la Consejera de Desarrollo Económico, Sostenibilidad y Medio Ambiente, por la que se actualiza el Catálogo Vasco de Especies Amenazadas de Fauna y Flora Silvestre y Marina, en lo relativo a varias especies de fauna. BOPV 54 de 16 de marzo de 2022</t>
   </si>
   <si>
     <t>https://www.euskadi.eus/web01-bopv/es/bopv2/datos/2022/03/2201233a.shtml</t>
   </si>
   <si>
     <t>País Vasco</t>
   </si>
   <si>
     <t>Orden de 24 de mayo de 2022, de la Consejera de Desarrollo Económico, Sostenibilidad y Medio Ambiente, por la que se modifica el Catálogo Vasco de Especies Amenazadas de Fauna y Flora Silvestre y Marina, y se incluye a la tórtola europea (Streptotelia turtur) en la categoría de especie en peligro de extinción. BOPV 113 de 13 de junio de 2022</t>
   </si>
   <si>
     <t>https://www.euskadi.eus/web01-bopv/es/bopv2/datos/2022/06/2202610a.shtml</t>
   </si>
   <si>
     <t>Decreto 129/2022, de 5 de septiembre, del Gobierno de Aragón, por el que se crea el Listado Aragonés de Especies Silvestres en Régimen de Protección Especial y se regula el Catálogo de Especies Amenazadas de Aragón. BOA 179 de 14/09/2022</t>
   </si>
   <si>
     <t>https://www.boa.aragon.es/cgi-bin/EBOA/BRSCGI?CMD=VEROBJ&amp;MLKOB=1237365042727&amp;type=pdf</t>
   </si>
   <si>
     <t>Aragón</t>
   </si>
   <si>
+    <t>Real Decreto 159/2022, de 1 de marzo, sobre conservación de los recursos genéticos forestales y de la flora silvestre y por el que se modifica el Real Decreto 1424/2008, de 14 de agosto, por el que se determinan la composición y las funciones de la Comisión Estatal para el Patrimonio Natural y la Biodiversidad, se dictan las normas que regulan su funcionamiento y se establecen los comités especializados adscritos a la misma, y el Real Decreto 1269/2018, de 11 de octubre, por el que se determinan la composición, las funciones y las normas de funcionamiento del Consejo Forestal Nacional.</t>
+  </si>
+  <si>
+    <t>https://www.boe.es/eli/es/rd/2022/03/01/159</t>
+  </si>
+  <si>
+    <t>Real Decreto</t>
+  </si>
+  <si>
     <t>Decreto 90/2022, de 1 de julio, del Consell, por el que se declara monumento natural la Falla del Moraig, de Benitachell. DOGV 9376 de 06 de julio de 2022</t>
   </si>
   <si>
     <t>https://dogv.gva.es/es/eli/es-vc/d/2022/07/01/90/</t>
   </si>
   <si>
     <t>Decreto 101/2022, de 29 de julio, del Consell, por el que se declara Paraje Natural Municipal el enclave denominado Bec de l'Àguila, en el término municipal de Mutxamel. DOGV 9405 de 16/08/2022</t>
   </si>
   <si>
     <t>https://dogv.gva.es/datos/2022/08/16/pdf/2022_7562.pdf</t>
   </si>
   <si>
     <t>Decreto 16/2022, de 26 de enero, del Gobierno de Aragón, por el que se modifca el   Decreto 49/2015, de 8 de abril, del Gobierno de Aragón por el que se aprueba el Plan Rector de Uso y Gestión del Parque Nacional de Ordesa y Monte Perdido y su Zona Periférica de Protección. BOA 26 de 08/02/2022</t>
   </si>
   <si>
     <t>https://www.boa.aragon.es/cgi-bin/EBOA/BRSCGI?CMD=VEROBJ&amp;MLKOB=1205403022828&amp;type=pdf</t>
   </si>
   <si>
     <t>Decreto 111/2022, de 13 de julio, del Gobierno de Aragón, por el que se aprueba el   Plan Rector de Uso y Gestión de la Reserva Natural Dirigida de los Sotos y Galachos del Ebro. BOA 142 de 22/07/2022</t>
   </si>
   <si>
     <t>https://www.boa.aragon.es/cgi-bin/EBOA/BRSCGI?CMD=VEROBJ&amp;MLKOB=1231826023535&amp;type=pdf</t>
   </si>
   <si>
     <t>Decreto 40/2022, de 17 de mayo, por el que se declara el Paisaje Protegido Valle del Río Ungría en los términos municipales de Atanzón, Brihuega, Caspueñas, Centenera, Gajanejos, Guadalajara, Ledanca, Lupiana, Muduex, Trijueque y Valdeavellano de la provincia de Guadalajara. DOCM 97 de 20 de mayo de 2022</t>
@@ -489,53 +498,50 @@
     <t>https://bocyl.jcyl.es/boletines/2013/06/27/pdf/BOCYL-D-27062013-1.pdf</t>
   </si>
   <si>
     <t>Orden FYM/41/2013, de 21 de enero, por la que se modifica la Orden MAM/39/2009, de 16 de enero, por la que se establecen las bases reguladoras para la concesión de ayudas a la primera forestación de tierras agrícolas, cofinanciadas por el Fondo Europeo Agrícola de Desarrollo Rural (FEADER), en el marco del programa de desarrollo rural de Castilla y León 2007-2013. BOCyL 26, 7 de febrero de 2013.</t>
   </si>
   <si>
     <t>https://bocyl.jcyl.es/boletines/2013/02/07/pdf/BOCYL-D-07022013-1.pdf</t>
   </si>
   <si>
     <t>Orden FYM/510/2013, de 25 de junio, por la que se regula el uso del fuego y se establecen medidas preventivas para la lucha contra los incendios forestales en Castilla y León. BOCyL 122 de 27 de junio de 2013</t>
   </si>
   <si>
     <t>https://bocyl.jcyl.es/boletines/2013/06/27/pdf/BOCYL-D-27062013-2.pdf</t>
   </si>
   <si>
     <t>Orden FYM/511/2013, de 26 de junio, por la que se fija la época de peligro alto de incendios forestales en la Comunidad de Castilla y León. BOCyL 123 de 28 de junio de 2013</t>
   </si>
   <si>
     <t>https://bocyl.jcyl.es/boletines/2013/06/28/pdf/BOCYL-D-28062013-1.pdf</t>
   </si>
   <si>
     <t>Real Decreto 630/2013, de 2 de agosto, por el que se regula el Catálogo español de especies exóticas invasoras. BOE 185 de 3 de agosto de 2013</t>
   </si>
   <si>
     <t>https://www.boe.es/eli/es/rd/2013/08/02/630</t>
-  </si>
-[...1 lines deleted...]
-    <t>Real Decreto</t>
   </si>
   <si>
     <t>Orden de 18 de junio de 2013, de la Consejería de Medio Ambiente y Política Territorial, por la que se modifica el Catálogo Vasco de Especies Amenazadas de Fauna y Flora Silvestre y Marina. (BOPV 128 de 5 de julio de 2013)</t>
   </si>
   <si>
     <t>https://www.euskadi.eus/web01-bopv/es/bopv2/datos/2013/07/1303061a.shtml</t>
   </si>
   <si>
     <t>Decreto 180/2013, de 1 de octubre, por el que se descataloga, del Catálogo Regional de Especies Amenazadas de Extremadura, a la especie meloncillo (Herpestes ichneumon L.). DOE 193 de 7 de octubre 2013</t>
   </si>
   <si>
     <t>https://doe.juntaex.es/pdfs/doe/2013/1930o/13040203.pdf</t>
   </si>
   <si>
     <t>Resolución del consejero de Medio Ambiente de inclusión y cambio de categoría de diversas especies en el Catálogo Balear de Especies Amenazadas y de Especial Protección. BOIB 124, de 7 de septiembre de 2013</t>
   </si>
   <si>
     <t>http://www.caib.es/eboibfront/es/2013/8190/523213/Resolución-del-consejero-de-medio-ambiente-de-incl</t>
   </si>
   <si>
     <t>Acuerdo GOV/176/2013, de 17 de diciembre, por el que se declaran las zonas especiales de conservación de la región biogeográfica alpina, integrantes de la red Natura 2000, y se aprueba su Instrumento de gestión. DOGC 6530 de 30/12/2013</t>
   </si>
   <si>
     <t>https://dogc.gencat.cat/es/document-del-dogc/index.html?documentId=651534</t>
   </si>
@@ -1055,59 +1061,59 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:H109"/>
+  <dimension ref="A1:H110"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="655.84" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="699.401" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="378.622" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="89.55" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="63.556" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="31.707" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
@@ -1411,1547 +1417,1547 @@
       <c r="C14" t="s">
         <v>26</v>
       </c>
       <c r="D14" t="s">
         <v>43</v>
       </c>
       <c r="E14" t="s">
         <v>39</v>
       </c>
       <c r="F14">
         <v>2022</v>
       </c>
       <c r="G14"/>
       <c r="H14" t="s">
         <v>52</v>
       </c>
     </row>
     <row r="15" spans="1:8">
       <c r="A15" t="s">
         <v>53</v>
       </c>
       <c r="B15" t="s">
         <v>54</v>
       </c>
       <c r="C15" t="s">
-        <v>26</v>
+        <v>55</v>
       </c>
       <c r="D15" t="s">
-        <v>43</v>
+        <v>38</v>
       </c>
       <c r="E15" t="s">
         <v>39</v>
       </c>
       <c r="F15">
         <v>2022</v>
       </c>
-      <c r="G15"/>
-[...2 lines deleted...]
-      </c>
+      <c r="G15" t="s">
+        <v>31</v>
+      </c>
+      <c r="H15"/>
     </row>
     <row r="16" spans="1:8">
       <c r="A16" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="B16" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="C16" t="s">
         <v>26</v>
       </c>
       <c r="D16" t="s">
         <v>43</v>
       </c>
       <c r="E16" t="s">
         <v>39</v>
       </c>
       <c r="F16">
         <v>2022</v>
       </c>
       <c r="G16"/>
       <c r="H16" t="s">
         <v>44</v>
       </c>
     </row>
     <row r="17" spans="1:8">
       <c r="A17" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="B17" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="C17" t="s">
         <v>26</v>
       </c>
       <c r="D17" t="s">
         <v>43</v>
       </c>
       <c r="E17" t="s">
         <v>39</v>
       </c>
       <c r="F17">
         <v>2022</v>
       </c>
       <c r="G17"/>
       <c r="H17" t="s">
-        <v>52</v>
+        <v>44</v>
       </c>
     </row>
     <row r="18" spans="1:8">
       <c r="A18" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="B18" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="C18" t="s">
         <v>26</v>
       </c>
       <c r="D18" t="s">
         <v>43</v>
       </c>
       <c r="E18" t="s">
         <v>39</v>
       </c>
       <c r="F18">
         <v>2022</v>
       </c>
       <c r="G18"/>
       <c r="H18" t="s">
         <v>52</v>
       </c>
     </row>
     <row r="19" spans="1:8">
       <c r="A19" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="B19" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="C19" t="s">
         <v>26</v>
       </c>
       <c r="D19" t="s">
         <v>43</v>
       </c>
       <c r="E19" t="s">
         <v>39</v>
       </c>
       <c r="F19">
         <v>2022</v>
       </c>
       <c r="G19"/>
       <c r="H19" t="s">
-        <v>63</v>
+        <v>52</v>
       </c>
     </row>
     <row r="20" spans="1:8">
       <c r="A20" t="s">
         <v>64</v>
       </c>
       <c r="B20" t="s">
         <v>65</v>
       </c>
       <c r="C20" t="s">
         <v>26</v>
       </c>
       <c r="D20" t="s">
         <v>43</v>
       </c>
       <c r="E20" t="s">
         <v>39</v>
       </c>
       <c r="F20">
         <v>2022</v>
       </c>
       <c r="G20"/>
       <c r="H20" t="s">
         <v>66</v>
       </c>
     </row>
     <row r="21" spans="1:8">
       <c r="A21" t="s">
         <v>67</v>
       </c>
       <c r="B21" t="s">
         <v>68</v>
       </c>
       <c r="C21" t="s">
         <v>26</v>
       </c>
       <c r="D21" t="s">
         <v>43</v>
       </c>
       <c r="E21" t="s">
         <v>39</v>
       </c>
       <c r="F21">
         <v>2022</v>
       </c>
       <c r="G21"/>
       <c r="H21" t="s">
-        <v>23</v>
+        <v>69</v>
       </c>
     </row>
     <row r="22" spans="1:8">
       <c r="A22" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="B22" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="C22" t="s">
         <v>26</v>
       </c>
       <c r="D22" t="s">
         <v>43</v>
       </c>
       <c r="E22" t="s">
         <v>39</v>
       </c>
       <c r="F22">
         <v>2022</v>
       </c>
       <c r="G22"/>
       <c r="H22" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="23" spans="1:8">
       <c r="A23" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="B23" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="C23" t="s">
         <v>26</v>
       </c>
       <c r="D23" t="s">
         <v>43</v>
       </c>
       <c r="E23" t="s">
         <v>39</v>
       </c>
       <c r="F23">
         <v>2022</v>
       </c>
       <c r="G23"/>
       <c r="H23" t="s">
-        <v>73</v>
+        <v>23</v>
       </c>
     </row>
     <row r="24" spans="1:8">
       <c r="A24" t="s">
         <v>74</v>
       </c>
       <c r="B24" t="s">
         <v>75</v>
       </c>
       <c r="C24" t="s">
-        <v>29</v>
+        <v>26</v>
       </c>
       <c r="D24" t="s">
         <v>43</v>
       </c>
       <c r="E24" t="s">
         <v>39</v>
       </c>
       <c r="F24">
         <v>2022</v>
       </c>
       <c r="G24"/>
       <c r="H24" t="s">
-        <v>73</v>
+        <v>76</v>
       </c>
     </row>
     <row r="25" spans="1:8">
       <c r="A25" t="s">
-        <v>74</v>
+        <v>77</v>
       </c>
       <c r="B25" t="s">
-        <v>75</v>
+        <v>78</v>
       </c>
       <c r="C25" t="s">
         <v>29</v>
       </c>
       <c r="D25" t="s">
         <v>43</v>
       </c>
       <c r="E25" t="s">
         <v>39</v>
       </c>
       <c r="F25">
         <v>2022</v>
       </c>
       <c r="G25"/>
       <c r="H25" t="s">
-        <v>76</v>
+        <v>79</v>
       </c>
     </row>
     <row r="26" spans="1:8">
       <c r="A26" t="s">
         <v>77</v>
       </c>
       <c r="B26" t="s">
         <v>78</v>
       </c>
       <c r="C26" t="s">
-        <v>26</v>
+        <v>29</v>
       </c>
       <c r="D26" t="s">
         <v>43</v>
       </c>
       <c r="E26" t="s">
         <v>39</v>
       </c>
       <c r="F26">
         <v>2022</v>
       </c>
       <c r="G26"/>
       <c r="H26" t="s">
         <v>76</v>
       </c>
     </row>
     <row r="27" spans="1:8">
       <c r="A27" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="B27" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="C27" t="s">
-        <v>29</v>
+        <v>26</v>
       </c>
       <c r="D27" t="s">
         <v>43</v>
       </c>
       <c r="E27" t="s">
         <v>39</v>
       </c>
       <c r="F27">
         <v>2022</v>
       </c>
       <c r="G27"/>
       <c r="H27" t="s">
-        <v>76</v>
+        <v>79</v>
       </c>
     </row>
     <row r="28" spans="1:8">
       <c r="A28" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="B28" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="C28" t="s">
-        <v>26</v>
+        <v>29</v>
       </c>
       <c r="D28" t="s">
         <v>43</v>
       </c>
       <c r="E28" t="s">
         <v>39</v>
       </c>
       <c r="F28">
         <v>2022</v>
       </c>
       <c r="G28"/>
       <c r="H28" t="s">
-        <v>76</v>
+        <v>79</v>
       </c>
     </row>
     <row r="29" spans="1:8">
       <c r="A29" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="B29" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="C29" t="s">
-        <v>29</v>
+        <v>26</v>
       </c>
       <c r="D29" t="s">
-        <v>38</v>
+        <v>43</v>
       </c>
       <c r="E29" t="s">
         <v>39</v>
       </c>
       <c r="F29">
         <v>2022</v>
       </c>
       <c r="G29"/>
       <c r="H29" t="s">
-        <v>85</v>
+        <v>79</v>
       </c>
     </row>
     <row r="30" spans="1:8">
       <c r="A30" t="s">
         <v>86</v>
       </c>
       <c r="B30" t="s">
         <v>87</v>
       </c>
       <c r="C30" t="s">
-        <v>42</v>
+        <v>29</v>
       </c>
       <c r="D30" t="s">
-        <v>43</v>
+        <v>38</v>
       </c>
       <c r="E30" t="s">
         <v>39</v>
       </c>
       <c r="F30">
         <v>2022</v>
       </c>
       <c r="G30"/>
       <c r="H30" t="s">
-        <v>15</v>
+        <v>88</v>
       </c>
     </row>
     <row r="31" spans="1:8">
       <c r="A31" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="B31" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="C31" t="s">
         <v>42</v>
       </c>
       <c r="D31" t="s">
         <v>43</v>
       </c>
       <c r="E31" t="s">
         <v>39</v>
       </c>
       <c r="F31">
         <v>2022</v>
       </c>
       <c r="G31"/>
-      <c r="H31"/>
+      <c r="H31" t="s">
+        <v>15</v>
+      </c>
     </row>
     <row r="32" spans="1:8">
       <c r="A32" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="B32" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="C32" t="s">
-        <v>29</v>
+        <v>42</v>
       </c>
       <c r="D32" t="s">
         <v>43</v>
       </c>
       <c r="E32" t="s">
         <v>39</v>
       </c>
       <c r="F32">
         <v>2022</v>
       </c>
       <c r="G32"/>
-      <c r="H32" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H32"/>
     </row>
     <row r="33" spans="1:8">
       <c r="A33" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="B33" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="C33" t="s">
-        <v>94</v>
+        <v>29</v>
       </c>
       <c r="D33" t="s">
-        <v>30</v>
+        <v>43</v>
       </c>
       <c r="E33" t="s">
         <v>39</v>
       </c>
       <c r="F33">
         <v>2022</v>
       </c>
-      <c r="G33" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="G33"/>
       <c r="H33" t="s">
-        <v>95</v>
+        <v>44</v>
       </c>
     </row>
     <row r="34" spans="1:8">
       <c r="A34" t="s">
-        <v>92</v>
+        <v>95</v>
       </c>
       <c r="B34" t="s">
-        <v>93</v>
+        <v>96</v>
       </c>
       <c r="C34" t="s">
-        <v>94</v>
+        <v>97</v>
       </c>
       <c r="D34" t="s">
         <v>30</v>
       </c>
       <c r="E34" t="s">
         <v>39</v>
       </c>
       <c r="F34">
         <v>2022</v>
       </c>
       <c r="G34" t="s">
         <v>31</v>
       </c>
       <c r="H34" t="s">
-        <v>34</v>
+        <v>33</v>
       </c>
     </row>
     <row r="35" spans="1:8">
       <c r="A35" t="s">
-        <v>92</v>
+        <v>95</v>
       </c>
       <c r="B35" t="s">
-        <v>93</v>
+        <v>96</v>
       </c>
       <c r="C35" t="s">
-        <v>94</v>
+        <v>97</v>
       </c>
       <c r="D35" t="s">
         <v>30</v>
       </c>
       <c r="E35" t="s">
         <v>39</v>
       </c>
       <c r="F35">
         <v>2022</v>
       </c>
       <c r="G35" t="s">
         <v>31</v>
       </c>
       <c r="H35" t="s">
-        <v>33</v>
+        <v>98</v>
       </c>
     </row>
     <row r="36" spans="1:8">
       <c r="A36" t="s">
-        <v>92</v>
+        <v>95</v>
       </c>
       <c r="B36" t="s">
-        <v>93</v>
+        <v>96</v>
       </c>
       <c r="C36" t="s">
-        <v>94</v>
+        <v>97</v>
       </c>
       <c r="D36" t="s">
         <v>30</v>
       </c>
       <c r="E36" t="s">
         <v>39</v>
       </c>
       <c r="F36">
         <v>2022</v>
       </c>
       <c r="G36" t="s">
         <v>31</v>
       </c>
       <c r="H36" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="37" spans="1:8">
       <c r="A37" t="s">
+        <v>95</v>
+      </c>
+      <c r="B37" t="s">
         <v>96</v>
       </c>
-      <c r="B37" t="s">
+      <c r="C37" t="s">
         <v>97</v>
       </c>
-      <c r="C37" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D37" t="s">
-        <v>43</v>
+        <v>30</v>
       </c>
       <c r="E37" t="s">
         <v>39</v>
       </c>
       <c r="F37">
         <v>2022</v>
       </c>
       <c r="G37" t="s">
         <v>31</v>
       </c>
-      <c r="H37"/>
+      <c r="H37" t="s">
+        <v>34</v>
+      </c>
     </row>
     <row r="38" spans="1:8">
       <c r="A38" t="s">
-        <v>98</v>
-[...4 lines deleted...]
-      <c r="E38"/>
+        <v>99</v>
+      </c>
+      <c r="B38" t="s">
+        <v>100</v>
+      </c>
+      <c r="C38" t="s">
+        <v>29</v>
+      </c>
+      <c r="D38" t="s">
+        <v>43</v>
+      </c>
+      <c r="E38" t="s">
+        <v>39</v>
+      </c>
       <c r="F38">
-        <v>2013</v>
-[...4 lines deleted...]
-      </c>
+        <v>2022</v>
+      </c>
+      <c r="G38" t="s">
+        <v>31</v>
+      </c>
+      <c r="H38"/>
     </row>
     <row r="39" spans="1:8">
       <c r="A39" t="s">
-        <v>99</v>
-[...3 lines deleted...]
-      </c>
+        <v>101</v>
+      </c>
+      <c r="B39"/>
       <c r="C39"/>
       <c r="D39"/>
       <c r="E39"/>
       <c r="F39">
         <v>2013</v>
       </c>
       <c r="G39"/>
       <c r="H39" t="s">
-        <v>47</v>
+        <v>32</v>
       </c>
     </row>
     <row r="40" spans="1:8">
       <c r="A40" t="s">
-        <v>101</v>
-[...1 lines deleted...]
-      <c r="B40"/>
+        <v>102</v>
+      </c>
+      <c r="B40" t="s">
+        <v>103</v>
+      </c>
       <c r="C40"/>
       <c r="D40"/>
       <c r="E40"/>
       <c r="F40">
         <v>2013</v>
       </c>
       <c r="G40"/>
       <c r="H40" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="41" spans="1:8">
       <c r="A41" t="s">
-        <v>102</v>
+        <v>104</v>
       </c>
       <c r="B41"/>
       <c r="C41"/>
       <c r="D41"/>
       <c r="E41"/>
       <c r="F41">
         <v>2013</v>
       </c>
       <c r="G41"/>
       <c r="H41" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="42" spans="1:8">
       <c r="A42" t="s">
-        <v>103</v>
+        <v>105</v>
       </c>
       <c r="B42"/>
       <c r="C42"/>
       <c r="D42"/>
       <c r="E42"/>
       <c r="F42">
         <v>2013</v>
       </c>
       <c r="G42"/>
       <c r="H42" t="s">
-        <v>32</v>
+        <v>47</v>
       </c>
     </row>
     <row r="43" spans="1:8">
       <c r="A43" t="s">
-        <v>104</v>
+        <v>106</v>
       </c>
       <c r="B43"/>
       <c r="C43"/>
       <c r="D43"/>
       <c r="E43"/>
       <c r="F43">
         <v>2013</v>
       </c>
       <c r="G43"/>
       <c r="H43" t="s">
-        <v>34</v>
+        <v>32</v>
       </c>
     </row>
     <row r="44" spans="1:8">
       <c r="A44" t="s">
-        <v>105</v>
+        <v>107</v>
       </c>
       <c r="B44"/>
       <c r="C44"/>
       <c r="D44"/>
       <c r="E44"/>
       <c r="F44">
         <v>2013</v>
       </c>
       <c r="G44"/>
       <c r="H44" t="s">
-        <v>73</v>
+        <v>33</v>
       </c>
     </row>
     <row r="45" spans="1:8">
       <c r="A45" t="s">
-        <v>105</v>
+        <v>108</v>
       </c>
       <c r="B45"/>
       <c r="C45"/>
       <c r="D45"/>
       <c r="E45"/>
       <c r="F45">
         <v>2013</v>
       </c>
       <c r="G45"/>
       <c r="H45" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="46" spans="1:8">
       <c r="A46" t="s">
-        <v>106</v>
-[...3 lines deleted...]
-      </c>
+        <v>108</v>
+      </c>
+      <c r="B46"/>
       <c r="C46"/>
       <c r="D46"/>
       <c r="E46"/>
       <c r="F46">
         <v>2013</v>
       </c>
       <c r="G46"/>
       <c r="H46" t="s">
-        <v>32</v>
+        <v>76</v>
       </c>
     </row>
     <row r="47" spans="1:8">
       <c r="A47" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="B47" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
       <c r="C47"/>
-      <c r="D47" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="D47"/>
+      <c r="E47"/>
       <c r="F47">
         <v>2013</v>
       </c>
       <c r="G47"/>
-      <c r="H47"/>
+      <c r="H47" t="s">
+        <v>32</v>
+      </c>
     </row>
     <row r="48" spans="1:8">
       <c r="A48" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
       <c r="B48" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="C48"/>
       <c r="D48" t="s">
         <v>21</v>
       </c>
       <c r="E48" t="s">
         <v>22</v>
       </c>
       <c r="F48">
         <v>2013</v>
       </c>
       <c r="G48"/>
-      <c r="H48" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H48"/>
     </row>
     <row r="49" spans="1:8">
       <c r="A49" t="s">
         <v>113</v>
       </c>
       <c r="B49" t="s">
-        <v>111</v>
+        <v>114</v>
       </c>
       <c r="C49"/>
       <c r="D49" t="s">
         <v>21</v>
       </c>
       <c r="E49" t="s">
         <v>22</v>
       </c>
       <c r="F49">
         <v>2013</v>
       </c>
       <c r="G49"/>
       <c r="H49" t="s">
-        <v>112</v>
+        <v>115</v>
       </c>
     </row>
     <row r="50" spans="1:8">
       <c r="A50" t="s">
+        <v>116</v>
+      </c>
+      <c r="B50" t="s">
         <v>114</v>
-      </c>
-[...1 lines deleted...]
-        <v>115</v>
       </c>
       <c r="C50"/>
       <c r="D50" t="s">
         <v>21</v>
       </c>
       <c r="E50" t="s">
         <v>22</v>
       </c>
       <c r="F50">
         <v>2013</v>
       </c>
       <c r="G50"/>
       <c r="H50" t="s">
-        <v>116</v>
+        <v>115</v>
       </c>
     </row>
     <row r="51" spans="1:8">
       <c r="A51" t="s">
         <v>117</v>
       </c>
       <c r="B51" t="s">
         <v>118</v>
       </c>
       <c r="C51"/>
       <c r="D51" t="s">
         <v>21</v>
       </c>
       <c r="E51" t="s">
         <v>22</v>
       </c>
       <c r="F51">
         <v>2013</v>
       </c>
       <c r="G51"/>
       <c r="H51" t="s">
-        <v>47</v>
+        <v>119</v>
       </c>
     </row>
     <row r="52" spans="1:8">
       <c r="A52" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
       <c r="B52" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="C52"/>
       <c r="D52" t="s">
         <v>21</v>
       </c>
       <c r="E52" t="s">
         <v>22</v>
       </c>
       <c r="F52">
         <v>2013</v>
       </c>
       <c r="G52"/>
       <c r="H52" t="s">
-        <v>44</v>
+        <v>47</v>
       </c>
     </row>
     <row r="53" spans="1:8">
       <c r="A53" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
       <c r="B53" t="s">
-        <v>109</v>
+        <v>123</v>
       </c>
       <c r="C53"/>
       <c r="D53" t="s">
         <v>21</v>
       </c>
       <c r="E53" t="s">
         <v>22</v>
       </c>
       <c r="F53">
         <v>2013</v>
       </c>
       <c r="G53"/>
       <c r="H53" t="s">
-        <v>112</v>
+        <v>44</v>
       </c>
     </row>
     <row r="54" spans="1:8">
       <c r="A54" t="s">
-        <v>122</v>
+        <v>124</v>
       </c>
       <c r="B54" t="s">
-        <v>123</v>
-[...3 lines deleted...]
-      </c>
+        <v>112</v>
+      </c>
+      <c r="C54"/>
       <c r="D54" t="s">
-        <v>43</v>
+        <v>21</v>
       </c>
       <c r="E54" t="s">
-        <v>39</v>
+        <v>22</v>
       </c>
       <c r="F54">
         <v>2013</v>
       </c>
       <c r="G54"/>
       <c r="H54" t="s">
-        <v>52</v>
+        <v>115</v>
       </c>
     </row>
     <row r="55" spans="1:8">
       <c r="A55" t="s">
-        <v>124</v>
+        <v>125</v>
       </c>
       <c r="B55" t="s">
-        <v>125</v>
+        <v>126</v>
       </c>
       <c r="C55" t="s">
         <v>42</v>
       </c>
       <c r="D55" t="s">
         <v>43</v>
       </c>
       <c r="E55" t="s">
         <v>39</v>
       </c>
       <c r="F55">
         <v>2013</v>
       </c>
       <c r="G55"/>
       <c r="H55" t="s">
         <v>52</v>
       </c>
     </row>
     <row r="56" spans="1:8">
       <c r="A56" t="s">
-        <v>126</v>
+        <v>127</v>
       </c>
       <c r="B56" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
       <c r="C56" t="s">
-        <v>29</v>
+        <v>42</v>
       </c>
       <c r="D56" t="s">
-        <v>38</v>
+        <v>43</v>
       </c>
       <c r="E56" t="s">
         <v>39</v>
       </c>
       <c r="F56">
         <v>2013</v>
       </c>
-      <c r="G56" t="s">
-[...2 lines deleted...]
-      <c r="H56"/>
+      <c r="G56"/>
+      <c r="H56" t="s">
+        <v>52</v>
+      </c>
     </row>
     <row r="57" spans="1:8">
       <c r="A57" t="s">
-        <v>128</v>
+        <v>129</v>
       </c>
       <c r="B57" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="C57" t="s">
-        <v>42</v>
+        <v>29</v>
       </c>
       <c r="D57" t="s">
-        <v>43</v>
+        <v>38</v>
       </c>
       <c r="E57" t="s">
         <v>39</v>
       </c>
       <c r="F57">
         <v>2013</v>
       </c>
-      <c r="G57"/>
-[...2 lines deleted...]
-      </c>
+      <c r="G57" t="s">
+        <v>31</v>
+      </c>
+      <c r="H57"/>
     </row>
     <row r="58" spans="1:8">
       <c r="A58" t="s">
-        <v>119</v>
+        <v>131</v>
       </c>
       <c r="B58" t="s">
-        <v>130</v>
+        <v>132</v>
       </c>
       <c r="C58" t="s">
         <v>42</v>
       </c>
       <c r="D58" t="s">
         <v>43</v>
       </c>
       <c r="E58" t="s">
         <v>39</v>
       </c>
       <c r="F58">
         <v>2013</v>
       </c>
       <c r="G58"/>
       <c r="H58" t="s">
-        <v>44</v>
+        <v>115</v>
       </c>
     </row>
     <row r="59" spans="1:8">
       <c r="A59" t="s">
-        <v>131</v>
+        <v>122</v>
       </c>
       <c r="B59" t="s">
-        <v>132</v>
+        <v>133</v>
       </c>
       <c r="C59" t="s">
         <v>42</v>
       </c>
       <c r="D59" t="s">
         <v>43</v>
       </c>
       <c r="E59" t="s">
         <v>39</v>
       </c>
       <c r="F59">
         <v>2013</v>
       </c>
       <c r="G59"/>
       <c r="H59" t="s">
-        <v>133</v>
+        <v>44</v>
       </c>
     </row>
     <row r="60" spans="1:8">
       <c r="A60" t="s">
         <v>134</v>
       </c>
       <c r="B60" t="s">
         <v>135</v>
       </c>
       <c r="C60" t="s">
-        <v>136</v>
+        <v>42</v>
       </c>
       <c r="D60" t="s">
         <v>43</v>
       </c>
       <c r="E60" t="s">
         <v>39</v>
       </c>
       <c r="F60">
         <v>2013</v>
       </c>
       <c r="G60"/>
       <c r="H60" t="s">
-        <v>133</v>
+        <v>136</v>
       </c>
     </row>
     <row r="61" spans="1:8">
       <c r="A61" t="s">
         <v>137</v>
       </c>
       <c r="B61" t="s">
         <v>138</v>
       </c>
       <c r="C61" t="s">
-        <v>42</v>
+        <v>139</v>
       </c>
       <c r="D61" t="s">
         <v>43</v>
       </c>
       <c r="E61" t="s">
         <v>39</v>
       </c>
       <c r="F61">
         <v>2013</v>
       </c>
       <c r="G61"/>
       <c r="H61" t="s">
-        <v>133</v>
+        <v>136</v>
       </c>
     </row>
     <row r="62" spans="1:8">
       <c r="A62" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="B62" t="s">
-        <v>140</v>
+        <v>141</v>
       </c>
       <c r="C62" t="s">
         <v>42</v>
       </c>
       <c r="D62" t="s">
         <v>43</v>
       </c>
       <c r="E62" t="s">
         <v>39</v>
       </c>
       <c r="F62">
         <v>2013</v>
       </c>
       <c r="G62"/>
       <c r="H62" t="s">
-        <v>23</v>
+        <v>136</v>
       </c>
     </row>
     <row r="63" spans="1:8">
       <c r="A63" t="s">
-        <v>141</v>
+        <v>142</v>
       </c>
       <c r="B63" t="s">
-        <v>142</v>
+        <v>143</v>
       </c>
       <c r="C63" t="s">
-        <v>136</v>
+        <v>42</v>
       </c>
       <c r="D63" t="s">
         <v>43</v>
       </c>
       <c r="E63" t="s">
         <v>39</v>
       </c>
       <c r="F63">
         <v>2013</v>
       </c>
       <c r="G63"/>
       <c r="H63" t="s">
-        <v>66</v>
+        <v>23</v>
       </c>
     </row>
     <row r="64" spans="1:8">
       <c r="A64" t="s">
-        <v>143</v>
+        <v>144</v>
       </c>
       <c r="B64" t="s">
-        <v>144</v>
+        <v>145</v>
       </c>
       <c r="C64" t="s">
-        <v>26</v>
+        <v>139</v>
       </c>
       <c r="D64" t="s">
         <v>43</v>
       </c>
       <c r="E64" t="s">
         <v>39</v>
       </c>
       <c r="F64">
         <v>2013</v>
       </c>
       <c r="G64"/>
       <c r="H64" t="s">
-        <v>66</v>
+        <v>69</v>
       </c>
     </row>
     <row r="65" spans="1:8">
       <c r="A65" t="s">
-        <v>145</v>
+        <v>146</v>
       </c>
       <c r="B65" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="C65" t="s">
         <v>26</v>
       </c>
       <c r="D65" t="s">
         <v>43</v>
       </c>
       <c r="E65" t="s">
         <v>39</v>
       </c>
       <c r="F65">
         <v>2013</v>
       </c>
       <c r="G65"/>
       <c r="H65" t="s">
-        <v>66</v>
+        <v>69</v>
       </c>
     </row>
     <row r="66" spans="1:8">
       <c r="A66" t="s">
-        <v>147</v>
+        <v>148</v>
       </c>
       <c r="B66" t="s">
-        <v>148</v>
+        <v>149</v>
       </c>
       <c r="C66" t="s">
         <v>26</v>
       </c>
       <c r="D66" t="s">
         <v>43</v>
       </c>
       <c r="E66" t="s">
         <v>39</v>
       </c>
       <c r="F66">
         <v>2013</v>
       </c>
       <c r="G66"/>
       <c r="H66" t="s">
-        <v>116</v>
+        <v>69</v>
       </c>
     </row>
     <row r="67" spans="1:8">
       <c r="A67" t="s">
-        <v>149</v>
+        <v>150</v>
       </c>
       <c r="B67" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="C67" t="s">
-        <v>42</v>
+        <v>26</v>
       </c>
       <c r="D67" t="s">
         <v>43</v>
       </c>
       <c r="E67" t="s">
         <v>39</v>
       </c>
       <c r="F67">
         <v>2013</v>
       </c>
       <c r="G67"/>
       <c r="H67" t="s">
-        <v>116</v>
+        <v>119</v>
       </c>
     </row>
     <row r="68" spans="1:8">
       <c r="A68" t="s">
-        <v>151</v>
+        <v>152</v>
       </c>
       <c r="B68" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="C68" t="s">
         <v>42</v>
       </c>
       <c r="D68" t="s">
         <v>43</v>
       </c>
       <c r="E68" t="s">
         <v>39</v>
       </c>
       <c r="F68">
         <v>2013</v>
       </c>
       <c r="G68"/>
       <c r="H68" t="s">
-        <v>116</v>
+        <v>119</v>
       </c>
     </row>
     <row r="69" spans="1:8">
       <c r="A69" t="s">
-        <v>153</v>
+        <v>154</v>
       </c>
       <c r="B69" t="s">
-        <v>154</v>
+        <v>155</v>
       </c>
       <c r="C69" t="s">
         <v>42</v>
       </c>
       <c r="D69" t="s">
         <v>43</v>
       </c>
       <c r="E69" t="s">
         <v>39</v>
       </c>
       <c r="F69">
         <v>2013</v>
       </c>
       <c r="G69"/>
       <c r="H69" t="s">
-        <v>116</v>
+        <v>119</v>
       </c>
     </row>
     <row r="70" spans="1:8">
       <c r="A70" t="s">
-        <v>155</v>
+        <v>156</v>
       </c>
       <c r="B70" t="s">
-        <v>156</v>
+        <v>157</v>
       </c>
       <c r="C70" t="s">
         <v>42</v>
       </c>
       <c r="D70" t="s">
         <v>43</v>
       </c>
       <c r="E70" t="s">
         <v>39</v>
       </c>
       <c r="F70">
         <v>2013</v>
       </c>
       <c r="G70"/>
       <c r="H70" t="s">
-        <v>116</v>
+        <v>119</v>
       </c>
     </row>
     <row r="71" spans="1:8">
       <c r="A71" t="s">
-        <v>157</v>
+        <v>158</v>
       </c>
       <c r="B71" t="s">
-        <v>158</v>
+        <v>159</v>
       </c>
       <c r="C71" t="s">
-        <v>159</v>
+        <v>42</v>
       </c>
       <c r="D71" t="s">
-        <v>38</v>
+        <v>43</v>
       </c>
       <c r="E71" t="s">
         <v>39</v>
       </c>
       <c r="F71">
         <v>2013</v>
       </c>
-      <c r="G71" t="s">
-[...2 lines deleted...]
-      <c r="H71"/>
+      <c r="G71"/>
+      <c r="H71" t="s">
+        <v>119</v>
+      </c>
     </row>
     <row r="72" spans="1:8">
       <c r="A72" t="s">
         <v>160</v>
       </c>
       <c r="B72" t="s">
         <v>161</v>
       </c>
       <c r="C72" t="s">
-        <v>42</v>
+        <v>55</v>
       </c>
       <c r="D72" t="s">
-        <v>43</v>
+        <v>38</v>
       </c>
       <c r="E72" t="s">
         <v>39</v>
       </c>
       <c r="F72">
         <v>2013</v>
       </c>
-      <c r="G72"/>
-[...2 lines deleted...]
-      </c>
+      <c r="G72" t="s">
+        <v>31</v>
+      </c>
+      <c r="H72"/>
     </row>
     <row r="73" spans="1:8">
       <c r="A73" t="s">
         <v>162</v>
       </c>
       <c r="B73" t="s">
         <v>163</v>
       </c>
       <c r="C73" t="s">
-        <v>26</v>
+        <v>42</v>
       </c>
       <c r="D73" t="s">
         <v>43</v>
       </c>
       <c r="E73" t="s">
         <v>39</v>
       </c>
       <c r="F73">
         <v>2013</v>
       </c>
       <c r="G73"/>
       <c r="H73" t="s">
-        <v>133</v>
+        <v>47</v>
       </c>
     </row>
     <row r="74" spans="1:8">
       <c r="A74" t="s">
         <v>164</v>
       </c>
       <c r="B74" t="s">
         <v>165</v>
       </c>
       <c r="C74" t="s">
-        <v>29</v>
+        <v>26</v>
       </c>
       <c r="D74" t="s">
         <v>43</v>
       </c>
       <c r="E74" t="s">
         <v>39</v>
       </c>
       <c r="F74">
         <v>2013</v>
       </c>
       <c r="G74"/>
       <c r="H74" t="s">
-        <v>76</v>
+        <v>136</v>
       </c>
     </row>
     <row r="75" spans="1:8">
       <c r="A75" t="s">
         <v>166</v>
       </c>
       <c r="B75" t="s">
         <v>167</v>
       </c>
       <c r="C75" t="s">
         <v>29</v>
       </c>
       <c r="D75" t="s">
         <v>43</v>
       </c>
       <c r="E75" t="s">
         <v>39</v>
       </c>
       <c r="F75">
         <v>2013</v>
       </c>
       <c r="G75"/>
       <c r="H75" t="s">
-        <v>32</v>
+        <v>79</v>
       </c>
     </row>
     <row r="76" spans="1:8">
       <c r="A76" t="s">
         <v>168</v>
       </c>
       <c r="B76" t="s">
         <v>169</v>
       </c>
       <c r="C76" t="s">
         <v>29</v>
       </c>
       <c r="D76" t="s">
         <v>43</v>
       </c>
       <c r="E76" t="s">
         <v>39</v>
       </c>
       <c r="F76">
         <v>2013</v>
       </c>
-      <c r="G76" t="s">
-[...2 lines deleted...]
-      <c r="H76"/>
+      <c r="G76"/>
+      <c r="H76" t="s">
+        <v>32</v>
+      </c>
     </row>
     <row r="77" spans="1:8">
       <c r="A77" t="s">
         <v>170</v>
       </c>
       <c r="B77" t="s">
         <v>171</v>
       </c>
       <c r="C77" t="s">
-        <v>26</v>
+        <v>29</v>
       </c>
       <c r="D77" t="s">
         <v>43</v>
       </c>
       <c r="E77" t="s">
         <v>39</v>
       </c>
       <c r="F77">
         <v>2013</v>
       </c>
-      <c r="G77"/>
-[...2 lines deleted...]
-      </c>
+      <c r="G77" t="s">
+        <v>31</v>
+      </c>
+      <c r="H77"/>
     </row>
     <row r="78" spans="1:8">
       <c r="A78" t="s">
         <v>172</v>
       </c>
       <c r="B78" t="s">
         <v>173</v>
       </c>
       <c r="C78" t="s">
         <v>26</v>
       </c>
       <c r="D78" t="s">
         <v>43</v>
       </c>
       <c r="E78" t="s">
         <v>39</v>
       </c>
       <c r="F78">
         <v>2013</v>
       </c>
       <c r="G78"/>
       <c r="H78" t="s">
-        <v>34</v>
+        <v>33</v>
       </c>
     </row>
     <row r="79" spans="1:8">
       <c r="A79" t="s">
         <v>174</v>
       </c>
       <c r="B79" t="s">
         <v>175</v>
       </c>
       <c r="C79" t="s">
-        <v>29</v>
+        <v>26</v>
       </c>
       <c r="D79" t="s">
         <v>43</v>
       </c>
       <c r="E79" t="s">
         <v>39</v>
       </c>
       <c r="F79">
         <v>2013</v>
       </c>
-      <c r="G79" t="s">
-[...2 lines deleted...]
-      <c r="H79"/>
+      <c r="G79"/>
+      <c r="H79" t="s">
+        <v>33</v>
+      </c>
     </row>
     <row r="80" spans="1:8">
       <c r="A80" t="s">
         <v>176</v>
       </c>
       <c r="B80" t="s">
         <v>177</v>
       </c>
       <c r="C80" t="s">
-        <v>26</v>
+        <v>29</v>
       </c>
       <c r="D80" t="s">
         <v>43</v>
       </c>
       <c r="E80" t="s">
         <v>39</v>
       </c>
       <c r="F80">
         <v>2013</v>
       </c>
-      <c r="G80"/>
-[...2 lines deleted...]
-      </c>
+      <c r="G80" t="s">
+        <v>31</v>
+      </c>
+      <c r="H80"/>
     </row>
     <row r="81" spans="1:8">
       <c r="A81" t="s">
         <v>178</v>
       </c>
       <c r="B81" t="s">
         <v>179</v>
       </c>
       <c r="C81" t="s">
         <v>26</v>
       </c>
       <c r="D81" t="s">
         <v>43</v>
       </c>
       <c r="E81" t="s">
         <v>39</v>
       </c>
       <c r="F81">
         <v>2013</v>
       </c>
       <c r="G81"/>
       <c r="H81" t="s">
         <v>47</v>
       </c>
     </row>
@@ -3036,181 +3042,181 @@
       </c>
       <c r="C85" t="s">
         <v>26</v>
       </c>
       <c r="D85" t="s">
         <v>43</v>
       </c>
       <c r="E85" t="s">
         <v>39</v>
       </c>
       <c r="F85">
         <v>2013</v>
       </c>
       <c r="G85"/>
       <c r="H85" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="86" spans="1:8">
       <c r="A86" t="s">
         <v>188</v>
       </c>
       <c r="B86" t="s">
         <v>189</v>
       </c>
-      <c r="C86"/>
-      <c r="D86"/>
+      <c r="C86" t="s">
+        <v>26</v>
+      </c>
+      <c r="D86" t="s">
+        <v>43</v>
+      </c>
       <c r="E86" t="s">
         <v>39</v>
       </c>
       <c r="F86">
         <v>2013</v>
       </c>
       <c r="G86"/>
       <c r="H86" t="s">
-        <v>32</v>
+        <v>47</v>
       </c>
     </row>
     <row r="87" spans="1:8">
       <c r="A87" t="s">
         <v>190</v>
       </c>
       <c r="B87" t="s">
         <v>191</v>
       </c>
-      <c r="C87" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="C87"/>
+      <c r="D87"/>
       <c r="E87" t="s">
         <v>39</v>
       </c>
       <c r="F87">
         <v>2013</v>
       </c>
       <c r="G87"/>
       <c r="H87" t="s">
-        <v>44</v>
+        <v>32</v>
       </c>
     </row>
     <row r="88" spans="1:8">
       <c r="A88" t="s">
         <v>192</v>
       </c>
       <c r="B88" t="s">
         <v>193</v>
       </c>
       <c r="C88" t="s">
         <v>26</v>
       </c>
       <c r="D88" t="s">
         <v>43</v>
       </c>
       <c r="E88" t="s">
         <v>39</v>
       </c>
       <c r="F88">
         <v>2013</v>
       </c>
       <c r="G88"/>
       <c r="H88" t="s">
-        <v>34</v>
+        <v>44</v>
       </c>
     </row>
     <row r="89" spans="1:8">
       <c r="A89" t="s">
         <v>194</v>
       </c>
       <c r="B89" t="s">
         <v>195</v>
       </c>
       <c r="C89" t="s">
-        <v>42</v>
+        <v>26</v>
       </c>
       <c r="D89" t="s">
         <v>43</v>
       </c>
       <c r="E89" t="s">
         <v>39</v>
       </c>
       <c r="F89">
         <v>2013</v>
       </c>
       <c r="G89"/>
       <c r="H89" t="s">
-        <v>196</v>
+        <v>33</v>
       </c>
     </row>
     <row r="90" spans="1:8">
       <c r="A90" t="s">
+        <v>196</v>
+      </c>
+      <c r="B90" t="s">
         <v>197</v>
       </c>
-      <c r="B90" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C90" t="s">
-        <v>29</v>
+        <v>42</v>
       </c>
       <c r="D90" t="s">
         <v>43</v>
       </c>
       <c r="E90" t="s">
         <v>39</v>
       </c>
       <c r="F90">
         <v>2013</v>
       </c>
       <c r="G90"/>
       <c r="H90" t="s">
-        <v>32</v>
+        <v>198</v>
       </c>
     </row>
     <row r="91" spans="1:8">
       <c r="A91" t="s">
         <v>199</v>
       </c>
       <c r="B91" t="s">
         <v>200</v>
       </c>
       <c r="C91" t="s">
-        <v>26</v>
+        <v>29</v>
       </c>
       <c r="D91" t="s">
         <v>43</v>
       </c>
       <c r="E91" t="s">
         <v>39</v>
       </c>
       <c r="F91">
         <v>2013</v>
       </c>
       <c r="G91"/>
       <c r="H91" t="s">
-        <v>44</v>
+        <v>32</v>
       </c>
     </row>
     <row r="92" spans="1:8">
       <c r="A92" t="s">
         <v>201</v>
       </c>
       <c r="B92" t="s">
         <v>202</v>
       </c>
       <c r="C92" t="s">
         <v>26</v>
       </c>
       <c r="D92" t="s">
         <v>43</v>
       </c>
       <c r="E92" t="s">
         <v>39</v>
       </c>
       <c r="F92">
         <v>2013</v>
       </c>
       <c r="G92"/>
       <c r="H92" t="s">
         <v>44</v>
       </c>
@@ -3246,400 +3252,424 @@
       <c r="B94" t="s">
         <v>206</v>
       </c>
       <c r="C94" t="s">
         <v>26</v>
       </c>
       <c r="D94" t="s">
         <v>43</v>
       </c>
       <c r="E94" t="s">
         <v>39</v>
       </c>
       <c r="F94">
         <v>2013</v>
       </c>
       <c r="G94"/>
       <c r="H94" t="s">
         <v>44</v>
       </c>
     </row>
     <row r="95" spans="1:8">
       <c r="A95" t="s">
         <v>207</v>
       </c>
       <c r="B95" t="s">
-        <v>120</v>
+        <v>208</v>
       </c>
       <c r="C95" t="s">
-        <v>42</v>
+        <v>26</v>
       </c>
       <c r="D95" t="s">
         <v>43</v>
       </c>
       <c r="E95" t="s">
         <v>39</v>
       </c>
       <c r="F95">
         <v>2013</v>
       </c>
       <c r="G95"/>
       <c r="H95" t="s">
         <v>44</v>
       </c>
     </row>
     <row r="96" spans="1:8">
       <c r="A96" t="s">
-        <v>164</v>
+        <v>209</v>
       </c>
       <c r="B96" t="s">
-        <v>208</v>
+        <v>123</v>
       </c>
       <c r="C96" t="s">
-        <v>29</v>
+        <v>42</v>
       </c>
       <c r="D96" t="s">
         <v>43</v>
       </c>
       <c r="E96" t="s">
         <v>39</v>
       </c>
       <c r="F96">
         <v>2013</v>
       </c>
       <c r="G96"/>
       <c r="H96" t="s">
-        <v>76</v>
+        <v>44</v>
       </c>
     </row>
     <row r="97" spans="1:8">
       <c r="A97" t="s">
-        <v>209</v>
+        <v>166</v>
       </c>
       <c r="B97" t="s">
         <v>210</v>
       </c>
       <c r="C97" t="s">
-        <v>42</v>
+        <v>29</v>
       </c>
       <c r="D97" t="s">
         <v>43</v>
       </c>
       <c r="E97" t="s">
         <v>39</v>
       </c>
       <c r="F97">
         <v>2013</v>
       </c>
       <c r="G97"/>
       <c r="H97" t="s">
-        <v>47</v>
+        <v>79</v>
       </c>
     </row>
     <row r="98" spans="1:8">
       <c r="A98" t="s">
         <v>211</v>
       </c>
       <c r="B98" t="s">
         <v>212</v>
       </c>
       <c r="C98" t="s">
         <v>42</v>
       </c>
       <c r="D98" t="s">
         <v>43</v>
       </c>
       <c r="E98" t="s">
         <v>39</v>
       </c>
       <c r="F98">
         <v>2013</v>
       </c>
       <c r="G98"/>
       <c r="H98" t="s">
-        <v>66</v>
+        <v>47</v>
       </c>
     </row>
     <row r="99" spans="1:8">
       <c r="A99" t="s">
         <v>213</v>
       </c>
       <c r="B99" t="s">
         <v>214</v>
       </c>
       <c r="C99" t="s">
-        <v>29</v>
+        <v>42</v>
       </c>
       <c r="D99" t="s">
         <v>43</v>
       </c>
       <c r="E99" t="s">
         <v>39</v>
       </c>
       <c r="F99">
         <v>2013</v>
       </c>
       <c r="G99"/>
       <c r="H99" t="s">
-        <v>63</v>
+        <v>69</v>
       </c>
     </row>
     <row r="100" spans="1:8">
       <c r="A100" t="s">
         <v>215</v>
       </c>
       <c r="B100" t="s">
         <v>216</v>
       </c>
       <c r="C100" t="s">
-        <v>26</v>
+        <v>29</v>
       </c>
       <c r="D100" t="s">
         <v>43</v>
       </c>
       <c r="E100" t="s">
         <v>39</v>
       </c>
       <c r="F100">
         <v>2013</v>
       </c>
       <c r="G100"/>
       <c r="H100" t="s">
-        <v>32</v>
+        <v>66</v>
       </c>
     </row>
     <row r="101" spans="1:8">
       <c r="A101" t="s">
         <v>217</v>
       </c>
       <c r="B101" t="s">
         <v>218</v>
       </c>
       <c r="C101" t="s">
         <v>26</v>
       </c>
       <c r="D101" t="s">
         <v>43</v>
       </c>
       <c r="E101" t="s">
         <v>39</v>
       </c>
       <c r="F101">
         <v>2013</v>
       </c>
       <c r="G101"/>
       <c r="H101" t="s">
-        <v>116</v>
+        <v>32</v>
       </c>
     </row>
     <row r="102" spans="1:8">
       <c r="A102" t="s">
-        <v>194</v>
+        <v>219</v>
       </c>
       <c r="B102" t="s">
-        <v>195</v>
+        <v>220</v>
       </c>
       <c r="C102" t="s">
-        <v>42</v>
+        <v>26</v>
       </c>
       <c r="D102" t="s">
         <v>43</v>
       </c>
       <c r="E102" t="s">
         <v>39</v>
       </c>
       <c r="F102">
         <v>2013</v>
       </c>
       <c r="G102"/>
       <c r="H102" t="s">
-        <v>196</v>
+        <v>119</v>
       </c>
     </row>
     <row r="103" spans="1:8">
       <c r="A103" t="s">
-        <v>219</v>
+        <v>196</v>
       </c>
       <c r="B103" t="s">
-        <v>220</v>
+        <v>197</v>
       </c>
       <c r="C103" t="s">
-        <v>221</v>
+        <v>42</v>
       </c>
       <c r="D103" t="s">
         <v>43</v>
       </c>
       <c r="E103" t="s">
         <v>39</v>
       </c>
       <c r="F103">
         <v>2013</v>
       </c>
       <c r="G103"/>
       <c r="H103" t="s">
-        <v>34</v>
+        <v>198</v>
       </c>
     </row>
     <row r="104" spans="1:8">
       <c r="A104" t="s">
+        <v>221</v>
+      </c>
+      <c r="B104" t="s">
         <v>222</v>
       </c>
-      <c r="B104" t="s">
+      <c r="C104" t="s">
         <v>223</v>
-      </c>
-[...1 lines deleted...]
-        <v>221</v>
       </c>
       <c r="D104" t="s">
         <v>43</v>
       </c>
       <c r="E104" t="s">
         <v>39</v>
       </c>
       <c r="F104">
         <v>2013</v>
       </c>
       <c r="G104"/>
       <c r="H104" t="s">
-        <v>34</v>
+        <v>33</v>
       </c>
     </row>
     <row r="105" spans="1:8">
       <c r="A105" t="s">
-        <v>178</v>
+        <v>224</v>
       </c>
       <c r="B105" t="s">
-        <v>179</v>
+        <v>225</v>
       </c>
       <c r="C105" t="s">
-        <v>26</v>
+        <v>223</v>
       </c>
       <c r="D105" t="s">
         <v>43</v>
       </c>
       <c r="E105" t="s">
         <v>39</v>
       </c>
       <c r="F105">
         <v>2013</v>
       </c>
       <c r="G105"/>
       <c r="H105" t="s">
-        <v>47</v>
+        <v>33</v>
       </c>
     </row>
     <row r="106" spans="1:8">
       <c r="A106" t="s">
-        <v>224</v>
+        <v>180</v>
       </c>
       <c r="B106" t="s">
-        <v>225</v>
+        <v>181</v>
       </c>
       <c r="C106" t="s">
         <v>26</v>
       </c>
       <c r="D106" t="s">
         <v>43</v>
       </c>
       <c r="E106" t="s">
         <v>39</v>
       </c>
       <c r="F106">
         <v>2013</v>
       </c>
       <c r="G106"/>
       <c r="H106" t="s">
-        <v>85</v>
+        <v>47</v>
       </c>
     </row>
     <row r="107" spans="1:8">
       <c r="A107" t="s">
         <v>226</v>
       </c>
       <c r="B107" t="s">
         <v>227</v>
       </c>
       <c r="C107" t="s">
         <v>26</v>
       </c>
       <c r="D107" t="s">
         <v>43</v>
       </c>
       <c r="E107" t="s">
         <v>39</v>
       </c>
       <c r="F107">
         <v>2013</v>
       </c>
       <c r="G107"/>
       <c r="H107" t="s">
-        <v>34</v>
+        <v>88</v>
       </c>
     </row>
     <row r="108" spans="1:8">
       <c r="A108" t="s">
         <v>228</v>
       </c>
       <c r="B108" t="s">
         <v>229</v>
       </c>
       <c r="C108" t="s">
-        <v>42</v>
+        <v>26</v>
       </c>
       <c r="D108" t="s">
         <v>43</v>
       </c>
       <c r="E108" t="s">
         <v>39</v>
       </c>
       <c r="F108">
         <v>2013</v>
       </c>
       <c r="G108"/>
-      <c r="H108"/>
+      <c r="H108" t="s">
+        <v>33</v>
+      </c>
     </row>
     <row r="109" spans="1:8">
       <c r="A109" t="s">
         <v>230</v>
       </c>
       <c r="B109" t="s">
         <v>231</v>
       </c>
       <c r="C109" t="s">
+        <v>42</v>
+      </c>
+      <c r="D109" t="s">
+        <v>43</v>
+      </c>
+      <c r="E109" t="s">
+        <v>39</v>
+      </c>
+      <c r="F109">
+        <v>2013</v>
+      </c>
+      <c r="G109"/>
+      <c r="H109"/>
+    </row>
+    <row r="110" spans="1:8">
+      <c r="A110" t="s">
+        <v>232</v>
+      </c>
+      <c r="B110" t="s">
+        <v>233</v>
+      </c>
+      <c r="C110" t="s">
         <v>26</v>
       </c>
-      <c r="D109" t="s">
-[...9 lines deleted...]
-      <c r="H109" t="s">
+      <c r="D110" t="s">
+        <v>43</v>
+      </c>
+      <c r="E110" t="s">
+        <v>39</v>
+      </c>
+      <c r="F110">
+        <v>2013</v>
+      </c>
+      <c r="G110"/>
+      <c r="H110" t="s">
         <v>47</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>