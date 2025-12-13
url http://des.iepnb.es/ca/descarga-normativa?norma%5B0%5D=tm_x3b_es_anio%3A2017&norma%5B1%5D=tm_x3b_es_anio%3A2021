--- v0 (2025-10-28)
+++ v1 (2025-12-13)
@@ -3512,75 +3512,75 @@
       <c r="H97" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="98" spans="1:8">
       <c r="A98" t="s">
         <v>219</v>
       </c>
       <c r="B98" t="s">
         <v>220</v>
       </c>
       <c r="C98" t="s">
         <v>38</v>
       </c>
       <c r="D98" t="s">
         <v>35</v>
       </c>
       <c r="E98" t="s">
         <v>31</v>
       </c>
       <c r="F98">
         <v>2017</v>
       </c>
       <c r="G98"/>
       <c r="H98" t="s">
-        <v>81</v>
+        <v>39</v>
       </c>
     </row>
     <row r="99" spans="1:8">
       <c r="A99" t="s">
         <v>219</v>
       </c>
       <c r="B99" t="s">
         <v>220</v>
       </c>
       <c r="C99" t="s">
         <v>38</v>
       </c>
       <c r="D99" t="s">
         <v>35</v>
       </c>
       <c r="E99" t="s">
         <v>31</v>
       </c>
       <c r="F99">
         <v>2017</v>
       </c>
       <c r="G99"/>
       <c r="H99" t="s">
-        <v>39</v>
+        <v>81</v>
       </c>
     </row>
     <row r="100" spans="1:8">
       <c r="A100" t="s">
         <v>221</v>
       </c>
       <c r="B100" t="s">
         <v>222</v>
       </c>
       <c r="C100" t="s">
         <v>209</v>
       </c>
       <c r="D100" t="s">
         <v>35</v>
       </c>
       <c r="E100" t="s">
         <v>31</v>
       </c>
       <c r="F100">
         <v>2017</v>
       </c>
       <c r="G100"/>
       <c r="H100" t="s">
         <v>39</v>
       </c>