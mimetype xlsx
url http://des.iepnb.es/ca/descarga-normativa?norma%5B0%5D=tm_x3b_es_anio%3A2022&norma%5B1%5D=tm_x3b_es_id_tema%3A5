--- v0 (2025-10-24)
+++ v1 (2025-12-08)
@@ -68,54 +68,54 @@
   <si>
     <t>Leyes autonómicas</t>
   </si>
   <si>
     <t>Normas con rango de Ley</t>
   </si>
   <si>
     <t>La Rioja</t>
   </si>
   <si>
     <t>sg6</t>
   </si>
   <si>
     <t>https://www.google.com/testsg6</t>
   </si>
   <si>
     <t>Resolución</t>
   </si>
   <si>
     <t>Entidades locales</t>
   </si>
   <si>
     <t>Nacional</t>
   </si>
   <si>
+    <t>Cantabria</t>
+  </si>
+  <si>
     <t>Cataluña</t>
-  </si>
-[...1 lines deleted...]
-    <t>Cantabria</t>
   </si>
   <si>
     <t>Andalucía</t>
   </si>
   <si>
     <t>Decreto 90/2022, de 1 de julio, del Consell, por el que se declara monumento natural la Falla del Moraig, de Benitachell. DOGV 9376 de 06 de julio de 2022</t>
   </si>
   <si>
     <t>https://dogv.gva.es/es/eli/es-vc/d/2022/07/01/90/</t>
   </si>
   <si>
     <t>Decreto</t>
   </si>
   <si>
     <t>Autonómico</t>
   </si>
   <si>
     <t>Reglamentos (Gobierno, Autonómico, Entidades locales)</t>
   </si>
   <si>
     <t>Comunidad Valenciana</t>
   </si>
   <si>
     <t>Decreto 101/2022, de 29 de julio, del Consell, por el que se declara Paraje Natural Municipal el enclave denominado Bec de l'Àguila, en el término municipal de Mutxamel. DOGV 9405 de 16/08/2022</t>
   </si>