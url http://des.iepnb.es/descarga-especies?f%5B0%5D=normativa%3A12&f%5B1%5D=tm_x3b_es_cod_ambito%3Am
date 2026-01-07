--- v0 (2025-11-15)
+++ v1 (2026-01-07)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="especies" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="756">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="757">
   <si>
     <t>Código de la especie (id taxon)</t>
   </si>
   <si>
     <t>Nombre aceptado</t>
   </si>
   <si>
     <t>Nombres comunes</t>
   </si>
   <si>
     <t>Nombre idioma</t>
   </si>
   <si>
     <t>Categoría de amenaza UICN</t>
   </si>
   <si>
     <t>Categoría de amenaza UICN nacional o mundial</t>
   </si>
   <si>
     <t>Descripción</t>
   </si>
   <si>
     <t>Ámbito</t>
   </si>
   <si>
@@ -969,51 +969,54 @@
   <si>
     <t>Caretta bissa Rüppell, 1835, Eretmochelys squamata Agassiz, 1857</t>
   </si>
   <si>
     <t>Balaenoptera acutorostrata Lacépède, 1804</t>
   </si>
   <si>
     <t>prueba_Minke whale (Inglés), Petit rorqual (Francés), Zwergwal (Alemán), Balenottera minore (Italiano), Baleia-anã (Portugués)</t>
   </si>
   <si>
     <t>Mundial LC (Preocupación menor),  España VU (Vulnerable),  Región Marina Atlántica XX (Desconocido),  Región Marina Macaronésica XX (Desconocido),  Región Marina Mediterránea XX (Desconocido)</t>
   </si>
   <si>
     <t>Mundial, España, Región Marina Atlántica, Región Marina Macaronésica, Región Marina Mediterránea</t>
   </si>
   <si>
     <t>El rorcual aliblanco (Balaenoptera acutorostrata), presenta una coloración gris que varía en tonalidades en todo el cuerpo, siendo siempre la parte inferior de su cuerpo completamente blanca. El roncual aliblanco se distingue de otros rorcuales por la mancha blanca que presentan en las aletas pectorales, con una forma más o menos redondeada. Pertenece al grupo de los cetáceos misticetos ya que presentan barbas. Llegan a alcanzar un tamaño de 7-10 m (recién nacido 2,1 -2,8 m).</t>
   </si>
   <si>
     <t>Agaphelus gibbosus Cope, 1968, Balaena rostrata Fabricius, 1780, Balaenoptera eschrichtius Rasch, 1845, Balaenoptera rostrata (Fabricius, 1780)</t>
   </si>
   <si>
     <t>Phocoena phocoena (Linnaeus, 1758)</t>
   </si>
   <si>
-    <t>prueba_Common Porpoise (Inglés), Marsouin (Francés), Schweinswal (Alemán), Focena (Italiano), Bôto (Portugués)</t>
+    <t>prueba_Marsopa (Castellano), Marsopa común (Castellano), Common Porpoise (Inglés), Marsouin (Francés), Schweinswal (Alemán), Focena (Italiano), Bôto (Portugués)</t>
+  </si>
+  <si>
+    <t>Castellano, Castellano, Inglés, Francés, Alemán, Italiano, Portugués</t>
   </si>
   <si>
     <t>Mundial LC (Preocupación menor),  España VU (Vulnerable),  Región Marina Atlántica U1 (Desfavorable-inadecuado),  Región Marina Macaronésica XX (Desconocido),  Región Marina Mediterránea XX (Desconocido)</t>
   </si>
   <si>
     <t>La marsopa es la especie de cetáceo de menor tamaño en el Atlántico Norte. La longitud total varía generalmente entre 130-180 cm y el peso entre 25 y 90 kg. El tamaño de las hembras es mayor que el de los machos, aunque presenta grandes variaciones geográficas.
 Presentan una cabeza roma, sin el típico pico de algunos delfines. Las aletas pectorales tienen el extremo redondeado y la aleta dorsal se sitúa en la mitad del cuerpo, es baja y triangular, presentando una peculiaridad única en los cetáceos: la existencia en el borde anterior de la aleta dorsal, de algunos ejemplares, de tubérculos epidérmicos a modo de protuberancias que le dan un aspecto aserrado.
 El color dorsolateral es negro acastañado, y en la parte anterior de los flancos presenta un color ceniza que se difumina a blanco centralmente. Destacan las aletas pectorales negras con una línea que las une con la parte inferior de la boca, que es también oscura rodeando el labio inferior. La parte anterior de la cabeza es un poco más clara, haciendo una figura triangular que se abre hacia delante desde el aventador. A pesar de la variación de color individual, y de cierta asimetría bilateral, no se han encontrado diferencias en las distintas poblaciones del mundo. El cráneo es alargado aunque con rostro corto, el paladar es plano y presenta una marcada asimetría orientada a la izquierda general en los cetáceos odontocetos. Los dientes son espatulados, caso único entre los cetáceos en los
 que suelen ser cónicos. Cabe destacar el tamaño de los huesos pélvicos en esta especie que son mucho mayores y voluminosos que en los pequeños delfínidos, estando relacionado con el tamaño de los órganos sexuales, sobre todo en el caso de los machos.</t>
   </si>
   <si>
     <t>Delphinus phocoena Linnaeus, 1758, Phocaena communis Lesson, 1827, Phocaena phocaena Kleinenberg, 1956, Phocena phocena Gray, 1821</t>
   </si>
   <si>
     <t>Lepidochelys kempii (Garman, 1880)</t>
   </si>
   <si>
     <t>prueba_Cotorra (Castellano), Tortuga Iora (Castellano), Tortuga Marina Bastarda (Castellano), Tortuga golfina (Castellano), Kemp's Ridley (Inglés), Atlantic Ridley (Inglés), Mexican Ridley (Inglés), Gulf Ridley (Inglés), Tortue de Kemp (Francés), Lépidochelyde de Kemp (Francés), Ridley de Kemp (Francés), Kemps Schildkröte (Alemán)</t>
   </si>
   <si>
     <t>Castellano, Castellano, Castellano, Castellano, Inglés, Inglés, Inglés, Inglés, Francés, Francés, Francés, Alemán</t>
   </si>
   <si>
     <t>Mundial CR (En peligro crítico),  España DD (Datos insuficientes),  Región Marina Atlántica XX (Desconocido),  Región Marina Mediterránea XX (Desconocido)</t>
   </si>
@@ -5151,6385 +5154,6385 @@
       <c r="K54" t="s">
         <v>26</v>
       </c>
       <c r="L54"/>
       <c r="M54"/>
       <c r="N54"/>
       <c r="O54"/>
       <c r="P54" t="s">
         <v>312</v>
       </c>
       <c r="Q54" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="55" spans="1:17">
       <c r="A55">
         <v>32181</v>
       </c>
       <c r="B55" t="s">
         <v>313</v>
       </c>
       <c r="C55" t="s">
         <v>314</v>
       </c>
       <c r="D55" t="s">
-        <v>101</v>
+        <v>315</v>
       </c>
       <c r="E55" t="s">
-        <v>315</v>
+        <v>316</v>
       </c>
       <c r="F55" t="s">
         <v>310</v>
       </c>
       <c r="G55" t="s">
-        <v>316</v>
+        <v>317</v>
       </c>
       <c r="H55" t="s">
         <v>23</v>
       </c>
       <c r="I55" t="s">
         <v>105</v>
       </c>
       <c r="J55" t="s">
         <v>49</v>
       </c>
       <c r="K55" t="s">
         <v>85</v>
       </c>
       <c r="L55"/>
       <c r="M55"/>
       <c r="N55"/>
       <c r="O55"/>
       <c r="P55" t="s">
-        <v>317</v>
+        <v>318</v>
       </c>
       <c r="Q55" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="56" spans="1:17">
       <c r="A56">
         <v>11545</v>
       </c>
       <c r="B56" t="s">
-        <v>318</v>
+        <v>319</v>
       </c>
       <c r="C56" t="s">
-        <v>319</v>
+        <v>320</v>
       </c>
       <c r="D56" t="s">
-        <v>320</v>
+        <v>321</v>
       </c>
       <c r="E56" t="s">
-        <v>321</v>
+        <v>322</v>
       </c>
       <c r="F56" t="s">
-        <v>322</v>
+        <v>323</v>
       </c>
       <c r="G56" t="s">
-        <v>323</v>
+        <v>324</v>
       </c>
       <c r="H56" t="s">
         <v>23</v>
       </c>
       <c r="I56" t="s">
         <v>126</v>
       </c>
       <c r="J56" t="s">
         <v>112</v>
       </c>
       <c r="K56" t="s">
         <v>36</v>
       </c>
       <c r="L56"/>
       <c r="M56"/>
       <c r="N56" t="s">
         <v>113</v>
       </c>
       <c r="O56"/>
       <c r="P56" t="s">
-        <v>324</v>
+        <v>325</v>
       </c>
       <c r="Q56" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="57" spans="1:17">
       <c r="A57">
         <v>20096</v>
       </c>
       <c r="B57" t="s">
-        <v>325</v>
+        <v>326</v>
       </c>
       <c r="C57" t="s">
-        <v>326</v>
+        <v>327</v>
       </c>
       <c r="D57" t="s">
-        <v>327</v>
+        <v>328</v>
       </c>
       <c r="E57" t="s">
-        <v>328</v>
+        <v>329</v>
       </c>
       <c r="F57" t="s">
-        <v>329</v>
+        <v>330</v>
       </c>
       <c r="G57" t="s">
-        <v>330</v>
+        <v>331</v>
       </c>
       <c r="H57" t="s">
         <v>23</v>
       </c>
       <c r="I57" t="s">
         <v>105</v>
       </c>
       <c r="J57" t="s">
         <v>112</v>
       </c>
       <c r="K57" t="s">
         <v>36</v>
       </c>
       <c r="L57"/>
       <c r="M57"/>
       <c r="N57" t="s">
         <v>113</v>
       </c>
       <c r="O57"/>
       <c r="P57" t="s">
-        <v>331</v>
+        <v>332</v>
       </c>
       <c r="Q57" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="58" spans="1:17">
       <c r="A58">
         <v>20098</v>
       </c>
       <c r="B58" t="s">
-        <v>332</v>
+        <v>333</v>
       </c>
       <c r="C58" t="s">
-        <v>333</v>
+        <v>334</v>
       </c>
       <c r="D58" t="s">
-        <v>334</v>
+        <v>335</v>
       </c>
       <c r="E58" t="s">
-        <v>328</v>
+        <v>329</v>
       </c>
       <c r="F58" t="s">
-        <v>329</v>
+        <v>330</v>
       </c>
       <c r="G58" t="s">
-        <v>335</v>
+        <v>336</v>
       </c>
       <c r="H58" t="s">
         <v>23</v>
       </c>
       <c r="I58" t="s">
         <v>105</v>
       </c>
       <c r="J58" t="s">
         <v>112</v>
       </c>
       <c r="K58" t="s">
         <v>36</v>
       </c>
       <c r="L58"/>
       <c r="M58"/>
       <c r="N58" t="s">
         <v>113</v>
       </c>
       <c r="O58"/>
       <c r="P58" t="s">
-        <v>336</v>
+        <v>337</v>
       </c>
       <c r="Q58" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="59" spans="1:17">
       <c r="A59">
         <v>20080</v>
       </c>
       <c r="B59" t="s">
-        <v>337</v>
+        <v>338</v>
       </c>
       <c r="C59" t="s">
-        <v>338</v>
+        <v>339</v>
       </c>
       <c r="D59" t="s">
-        <v>339</v>
+        <v>340</v>
       </c>
       <c r="E59" t="s">
-        <v>340</v>
+        <v>341</v>
       </c>
       <c r="F59" t="s">
-        <v>341</v>
+        <v>342</v>
       </c>
       <c r="G59" t="s">
-        <v>342</v>
+        <v>343</v>
       </c>
       <c r="H59" t="s">
         <v>23</v>
       </c>
       <c r="I59" t="s">
         <v>105</v>
       </c>
       <c r="J59" t="s">
         <v>112</v>
       </c>
       <c r="K59" t="s">
         <v>36</v>
       </c>
       <c r="L59"/>
       <c r="M59"/>
       <c r="N59" t="s">
         <v>113</v>
       </c>
       <c r="O59"/>
       <c r="P59" t="s">
-        <v>343</v>
+        <v>344</v>
       </c>
       <c r="Q59" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="60" spans="1:17">
       <c r="A60">
         <v>20099</v>
       </c>
       <c r="B60" t="s">
-        <v>344</v>
+        <v>345</v>
       </c>
       <c r="C60" t="s">
-        <v>345</v>
+        <v>346</v>
       </c>
       <c r="D60" t="s">
-        <v>346</v>
+        <v>347</v>
       </c>
       <c r="E60" t="s">
-        <v>347</v>
+        <v>348</v>
       </c>
       <c r="F60" t="s">
-        <v>341</v>
+        <v>342</v>
       </c>
       <c r="G60" t="s">
-        <v>348</v>
+        <v>349</v>
       </c>
       <c r="H60" t="s">
         <v>23</v>
       </c>
       <c r="I60" t="s">
         <v>105</v>
       </c>
       <c r="J60" t="s">
         <v>112</v>
       </c>
       <c r="K60" t="s">
         <v>26</v>
       </c>
       <c r="L60"/>
       <c r="M60"/>
       <c r="N60" t="s">
         <v>113</v>
       </c>
       <c r="O60"/>
       <c r="P60" t="s">
-        <v>349</v>
+        <v>350</v>
       </c>
       <c r="Q60" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="61" spans="1:17">
       <c r="A61">
         <v>20066</v>
       </c>
       <c r="B61" t="s">
-        <v>350</v>
+        <v>351</v>
       </c>
       <c r="C61" t="s">
-        <v>351</v>
+        <v>352</v>
       </c>
       <c r="D61" t="s">
-        <v>352</v>
+        <v>353</v>
       </c>
       <c r="E61" t="s">
-        <v>353</v>
+        <v>354</v>
       </c>
       <c r="F61" t="s">
-        <v>354</v>
+        <v>355</v>
       </c>
       <c r="G61" t="s">
-        <v>355</v>
+        <v>356</v>
       </c>
       <c r="H61" t="s">
         <v>23</v>
       </c>
       <c r="I61" t="s">
         <v>105</v>
       </c>
       <c r="J61" t="s">
         <v>112</v>
       </c>
       <c r="K61" t="s">
         <v>36</v>
       </c>
       <c r="L61"/>
       <c r="M61"/>
       <c r="N61" t="s">
         <v>113</v>
       </c>
       <c r="O61"/>
       <c r="P61" t="s">
-        <v>356</v>
+        <v>357</v>
       </c>
       <c r="Q61" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="62" spans="1:17">
       <c r="A62">
         <v>20076</v>
       </c>
       <c r="B62" t="s">
-        <v>357</v>
+        <v>358</v>
       </c>
       <c r="C62" t="s">
-        <v>358</v>
+        <v>359</v>
       </c>
       <c r="D62" t="s">
-        <v>359</v>
+        <v>360</v>
       </c>
       <c r="E62" t="s">
-        <v>353</v>
+        <v>354</v>
       </c>
       <c r="F62" t="s">
-        <v>354</v>
+        <v>355</v>
       </c>
       <c r="G62" t="s">
-        <v>360</v>
+        <v>361</v>
       </c>
       <c r="H62" t="s">
         <v>23</v>
       </c>
       <c r="I62" t="s">
         <v>105</v>
       </c>
       <c r="J62" t="s">
         <v>112</v>
       </c>
       <c r="K62" t="s">
         <v>36</v>
       </c>
       <c r="L62"/>
       <c r="M62"/>
       <c r="N62" t="s">
         <v>113</v>
       </c>
       <c r="O62"/>
       <c r="P62"/>
       <c r="Q62" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="63" spans="1:17">
       <c r="A63">
         <v>20083</v>
       </c>
       <c r="B63" t="s">
-        <v>361</v>
+        <v>362</v>
       </c>
       <c r="C63" t="s">
-        <v>362</v>
+        <v>363</v>
       </c>
       <c r="D63" t="s">
-        <v>363</v>
+        <v>364</v>
       </c>
       <c r="E63" t="s">
-        <v>353</v>
+        <v>354</v>
       </c>
       <c r="F63" t="s">
-        <v>354</v>
+        <v>355</v>
       </c>
       <c r="G63" t="s">
-        <v>364</v>
+        <v>365</v>
       </c>
       <c r="H63" t="s">
         <v>23</v>
       </c>
       <c r="I63" t="s">
         <v>105</v>
       </c>
       <c r="J63" t="s">
         <v>112</v>
       </c>
       <c r="K63" t="s">
         <v>36</v>
       </c>
       <c r="L63"/>
       <c r="M63"/>
       <c r="N63" t="s">
         <v>113</v>
       </c>
       <c r="O63"/>
       <c r="P63" t="s">
-        <v>365</v>
+        <v>366</v>
       </c>
       <c r="Q63" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="64" spans="1:17">
       <c r="A64">
         <v>20085</v>
       </c>
       <c r="B64" t="s">
-        <v>366</v>
+        <v>367</v>
       </c>
       <c r="C64" t="s">
-        <v>367</v>
+        <v>368</v>
       </c>
       <c r="D64" t="s">
-        <v>368</v>
+        <v>369</v>
       </c>
       <c r="E64" t="s">
-        <v>353</v>
+        <v>354</v>
       </c>
       <c r="F64" t="s">
-        <v>354</v>
+        <v>355</v>
       </c>
       <c r="G64" t="s">
-        <v>369</v>
+        <v>370</v>
       </c>
       <c r="H64" t="s">
         <v>23</v>
       </c>
       <c r="I64" t="s">
         <v>105</v>
       </c>
       <c r="J64" t="s">
         <v>112</v>
       </c>
       <c r="K64" t="s">
         <v>36</v>
       </c>
       <c r="L64"/>
       <c r="M64"/>
       <c r="N64" t="s">
         <v>113</v>
       </c>
       <c r="O64"/>
       <c r="P64" t="s">
-        <v>370</v>
+        <v>371</v>
       </c>
       <c r="Q64" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="65" spans="1:17">
       <c r="A65">
         <v>14087</v>
       </c>
       <c r="B65" t="s">
-        <v>371</v>
+        <v>372</v>
       </c>
       <c r="C65" t="s">
-        <v>372</v>
+        <v>373</v>
       </c>
       <c r="D65" t="s">
         <v>19</v>
       </c>
       <c r="E65" t="s">
-        <v>373</v>
+        <v>374</v>
       </c>
       <c r="F65" t="s">
-        <v>374</v>
+        <v>375</v>
       </c>
       <c r="G65" t="s">
-        <v>375</v>
+        <v>376</v>
       </c>
       <c r="H65" t="s">
         <v>23</v>
       </c>
       <c r="I65" t="s">
         <v>24</v>
       </c>
       <c r="J65" t="s">
         <v>49</v>
       </c>
       <c r="K65" t="s">
         <v>36</v>
       </c>
       <c r="L65"/>
       <c r="M65"/>
       <c r="N65"/>
       <c r="O65"/>
       <c r="P65"/>
       <c r="Q65" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="66" spans="1:17">
       <c r="A66">
         <v>14069</v>
       </c>
       <c r="B66" t="s">
-        <v>376</v>
+        <v>377</v>
       </c>
       <c r="C66" t="s">
-        <v>377</v>
+        <v>378</v>
       </c>
       <c r="D66" t="s">
         <v>64</v>
       </c>
       <c r="E66" t="s">
-        <v>378</v>
+        <v>379</v>
       </c>
       <c r="F66" t="s">
-        <v>374</v>
+        <v>375</v>
       </c>
       <c r="G66" t="s">
-        <v>379</v>
+        <v>380</v>
       </c>
       <c r="H66" t="s">
         <v>23</v>
       </c>
       <c r="I66" t="s">
         <v>24</v>
       </c>
       <c r="J66" t="s">
         <v>25</v>
       </c>
       <c r="K66" t="s">
         <v>36</v>
       </c>
       <c r="L66"/>
       <c r="M66"/>
       <c r="N66"/>
       <c r="O66" t="s">
         <v>42</v>
       </c>
       <c r="P66"/>
       <c r="Q66" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="67" spans="1:17">
       <c r="A67">
         <v>33031</v>
       </c>
       <c r="B67" t="s">
-        <v>380</v>
+        <v>381</v>
       </c>
       <c r="C67" t="s">
-        <v>381</v>
+        <v>382</v>
       </c>
       <c r="D67" t="s">
         <v>19</v>
       </c>
       <c r="E67" t="s">
-        <v>382</v>
+        <v>383</v>
       </c>
       <c r="F67" t="s">
-        <v>383</v>
+        <v>384</v>
       </c>
       <c r="G67" t="s">
-        <v>384</v>
+        <v>385</v>
       </c>
       <c r="H67" t="s">
         <v>23</v>
       </c>
       <c r="I67" t="s">
         <v>24</v>
       </c>
       <c r="J67" t="s">
         <v>49</v>
       </c>
       <c r="K67" t="s">
         <v>36</v>
       </c>
       <c r="L67"/>
       <c r="M67"/>
       <c r="N67"/>
       <c r="O67"/>
       <c r="P67" t="s">
-        <v>385</v>
+        <v>386</v>
       </c>
       <c r="Q67" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="68" spans="1:17">
       <c r="A68">
         <v>33032</v>
       </c>
       <c r="B68" t="s">
-        <v>386</v>
+        <v>387</v>
       </c>
       <c r="C68" t="s">
-        <v>387</v>
+        <v>388</v>
       </c>
       <c r="D68" t="s">
         <v>32</v>
       </c>
       <c r="E68" t="s">
-        <v>388</v>
+        <v>389</v>
       </c>
       <c r="F68" t="s">
-        <v>383</v>
+        <v>384</v>
       </c>
       <c r="G68" t="s">
-        <v>389</v>
+        <v>390</v>
       </c>
       <c r="H68" t="s">
         <v>23</v>
       </c>
       <c r="I68" t="s">
         <v>24</v>
       </c>
       <c r="J68" t="s">
         <v>49</v>
       </c>
       <c r="K68" t="s">
         <v>36</v>
       </c>
       <c r="L68"/>
       <c r="M68"/>
       <c r="N68"/>
       <c r="O68"/>
       <c r="P68" t="s">
-        <v>390</v>
+        <v>391</v>
       </c>
       <c r="Q68" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="69" spans="1:17">
       <c r="A69">
         <v>33149</v>
       </c>
       <c r="B69" t="s">
-        <v>391</v>
+        <v>392</v>
       </c>
       <c r="C69" t="s">
-        <v>392</v>
+        <v>393</v>
       </c>
       <c r="D69" t="s">
         <v>64</v>
       </c>
       <c r="E69" t="s">
-        <v>393</v>
+        <v>394</v>
       </c>
       <c r="F69" t="s">
-        <v>383</v>
+        <v>384</v>
       </c>
       <c r="G69" t="s">
-        <v>394</v>
+        <v>395</v>
       </c>
       <c r="H69" t="s">
         <v>23</v>
       </c>
       <c r="I69" t="s">
         <v>24</v>
       </c>
       <c r="J69" t="s">
         <v>49</v>
       </c>
       <c r="K69" t="s">
         <v>36</v>
       </c>
       <c r="L69"/>
       <c r="M69"/>
       <c r="N69"/>
       <c r="O69"/>
       <c r="P69" t="s">
-        <v>395</v>
+        <v>396</v>
       </c>
       <c r="Q69" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="70" spans="1:17">
       <c r="A70">
         <v>14003</v>
       </c>
       <c r="B70" t="s">
-        <v>396</v>
+        <v>397</v>
       </c>
       <c r="C70" t="s">
-        <v>397</v>
+        <v>398</v>
       </c>
       <c r="D70" t="s">
-        <v>398</v>
+        <v>399</v>
       </c>
       <c r="E70" t="s">
-        <v>399</v>
+        <v>400</v>
       </c>
       <c r="F70" t="s">
-        <v>383</v>
+        <v>384</v>
       </c>
       <c r="G70" t="s">
-        <v>400</v>
+        <v>401</v>
       </c>
       <c r="H70" t="s">
         <v>23</v>
       </c>
       <c r="I70" t="s">
         <v>24</v>
       </c>
       <c r="J70" t="s">
         <v>25</v>
       </c>
       <c r="K70" t="s">
         <v>36</v>
       </c>
       <c r="L70"/>
       <c r="M70"/>
       <c r="N70"/>
       <c r="O70" t="s">
         <v>37</v>
       </c>
       <c r="P70"/>
       <c r="Q70" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="71" spans="1:17">
       <c r="A71">
         <v>14085</v>
       </c>
       <c r="B71" t="s">
-        <v>401</v>
+        <v>402</v>
       </c>
       <c r="C71" t="s">
-        <v>402</v>
+        <v>403</v>
       </c>
       <c r="D71" t="s">
-        <v>403</v>
+        <v>404</v>
       </c>
       <c r="E71" t="s">
-        <v>404</v>
+        <v>405</v>
       </c>
       <c r="F71" t="s">
-        <v>405</v>
+        <v>406</v>
       </c>
       <c r="G71" t="s">
-        <v>406</v>
+        <v>407</v>
       </c>
       <c r="H71" t="s">
         <v>23</v>
       </c>
       <c r="I71" t="s">
         <v>24</v>
       </c>
       <c r="J71" t="s">
         <v>25</v>
       </c>
       <c r="K71" t="s">
         <v>36</v>
       </c>
       <c r="L71"/>
       <c r="M71"/>
       <c r="N71"/>
       <c r="O71" t="s">
         <v>37</v>
       </c>
       <c r="P71" t="s">
-        <v>407</v>
+        <v>408</v>
       </c>
       <c r="Q71" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="72" spans="1:17">
       <c r="A72">
         <v>16358</v>
       </c>
       <c r="B72" t="s">
-        <v>408</v>
+        <v>409</v>
       </c>
       <c r="C72" t="s">
-        <v>409</v>
+        <v>410</v>
       </c>
       <c r="D72" t="s">
         <v>32</v>
       </c>
       <c r="E72" t="s">
-        <v>410</v>
+        <v>411</v>
       </c>
       <c r="F72" t="s">
-        <v>405</v>
+        <v>406</v>
       </c>
       <c r="G72" t="s">
-        <v>411</v>
+        <v>412</v>
       </c>
       <c r="H72" t="s">
         <v>23</v>
       </c>
       <c r="I72" t="s">
         <v>24</v>
       </c>
       <c r="J72" t="s">
         <v>25</v>
       </c>
       <c r="K72" t="s">
         <v>36</v>
       </c>
       <c r="L72"/>
       <c r="M72"/>
       <c r="N72"/>
       <c r="O72" t="s">
         <v>37</v>
       </c>
       <c r="P72" t="s">
-        <v>412</v>
+        <v>413</v>
       </c>
       <c r="Q72" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="73" spans="1:17">
       <c r="A73">
         <v>14000</v>
       </c>
       <c r="B73" t="s">
-        <v>413</v>
+        <v>414</v>
       </c>
       <c r="C73" t="s">
-        <v>414</v>
+        <v>415</v>
       </c>
       <c r="D73" t="s">
-        <v>415</v>
+        <v>416</v>
       </c>
       <c r="E73" t="s">
-        <v>410</v>
+        <v>411</v>
       </c>
       <c r="F73" t="s">
-        <v>405</v>
+        <v>406</v>
       </c>
       <c r="G73" t="s">
-        <v>416</v>
+        <v>417</v>
       </c>
       <c r="H73" t="s">
         <v>23</v>
       </c>
       <c r="I73" t="s">
         <v>24</v>
       </c>
       <c r="J73" t="s">
         <v>25</v>
       </c>
       <c r="K73" t="s">
         <v>36</v>
       </c>
       <c r="L73"/>
       <c r="M73"/>
       <c r="N73"/>
       <c r="O73" t="s">
         <v>37</v>
       </c>
       <c r="P73"/>
       <c r="Q73" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="74" spans="1:17">
       <c r="A74">
         <v>14072</v>
       </c>
       <c r="B74" t="s">
-        <v>417</v>
+        <v>418</v>
       </c>
       <c r="C74" t="s">
-        <v>418</v>
+        <v>419</v>
       </c>
       <c r="D74" t="s">
-        <v>419</v>
+        <v>420</v>
       </c>
       <c r="E74" t="s">
-        <v>404</v>
+        <v>405</v>
       </c>
       <c r="F74" t="s">
-        <v>405</v>
+        <v>406</v>
       </c>
       <c r="G74" t="s">
-        <v>420</v>
+        <v>421</v>
       </c>
       <c r="H74" t="s">
         <v>23</v>
       </c>
       <c r="I74" t="s">
         <v>24</v>
       </c>
       <c r="J74" t="s">
         <v>25</v>
       </c>
       <c r="K74" t="s">
         <v>36</v>
       </c>
       <c r="L74"/>
       <c r="M74"/>
       <c r="N74"/>
       <c r="O74" t="s">
         <v>37</v>
       </c>
       <c r="P74" t="s">
-        <v>421</v>
+        <v>422</v>
       </c>
       <c r="Q74" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="75" spans="1:17">
       <c r="A75">
         <v>14023</v>
       </c>
       <c r="B75" t="s">
-        <v>422</v>
+        <v>423</v>
       </c>
       <c r="C75" t="s">
-        <v>423</v>
+        <v>424</v>
       </c>
       <c r="D75" t="s">
         <v>246</v>
       </c>
       <c r="E75" t="s">
-        <v>424</v>
+        <v>425</v>
       </c>
       <c r="F75" t="s">
-        <v>405</v>
+        <v>406</v>
       </c>
       <c r="G75" t="s">
-        <v>425</v>
+        <v>426</v>
       </c>
       <c r="H75" t="s">
         <v>23</v>
       </c>
       <c r="I75" t="s">
         <v>24</v>
       </c>
       <c r="J75" t="s">
         <v>25</v>
       </c>
       <c r="K75" t="s">
         <v>36</v>
       </c>
       <c r="L75"/>
       <c r="M75"/>
       <c r="N75"/>
       <c r="O75" t="s">
         <v>37</v>
       </c>
       <c r="P75"/>
       <c r="Q75" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="76" spans="1:17">
       <c r="A76">
         <v>21351</v>
       </c>
       <c r="B76" t="s">
-        <v>426</v>
+        <v>427</v>
       </c>
       <c r="C76" t="s">
-        <v>427</v>
+        <v>428</v>
       </c>
       <c r="D76" t="s">
-        <v>428</v>
+        <v>429</v>
       </c>
       <c r="E76" t="s">
-        <v>429</v>
+        <v>430</v>
       </c>
       <c r="F76" t="s">
-        <v>430</v>
+        <v>431</v>
       </c>
       <c r="G76" t="s">
-        <v>431</v>
+        <v>432</v>
       </c>
       <c r="H76" t="s">
         <v>23</v>
       </c>
       <c r="I76" t="s">
         <v>286</v>
       </c>
       <c r="J76" t="s">
         <v>112</v>
       </c>
       <c r="K76" t="s">
         <v>36</v>
       </c>
       <c r="L76"/>
       <c r="M76"/>
       <c r="N76" t="s">
         <v>113</v>
       </c>
       <c r="O76"/>
       <c r="P76"/>
       <c r="Q76" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="77" spans="1:17">
       <c r="A77">
         <v>20864</v>
       </c>
       <c r="B77" t="s">
-        <v>432</v>
+        <v>433</v>
       </c>
       <c r="C77" t="s">
-        <v>433</v>
+        <v>434</v>
       </c>
       <c r="D77" t="s">
-        <v>428</v>
+        <v>429</v>
       </c>
       <c r="E77" t="s">
-        <v>434</v>
+        <v>435</v>
       </c>
       <c r="F77" t="s">
-        <v>435</v>
+        <v>436</v>
       </c>
       <c r="G77"/>
       <c r="H77" t="s">
         <v>23</v>
       </c>
       <c r="I77" t="s">
         <v>286</v>
       </c>
       <c r="J77" t="s">
         <v>49</v>
       </c>
       <c r="K77" t="s">
         <v>36</v>
       </c>
       <c r="L77"/>
       <c r="M77"/>
       <c r="N77"/>
       <c r="O77"/>
       <c r="P77"/>
       <c r="Q77" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="78" spans="1:17">
       <c r="A78">
         <v>20350</v>
       </c>
       <c r="B78" t="s">
+        <v>437</v>
+      </c>
+      <c r="C78" t="s">
+        <v>438</v>
+      </c>
+      <c r="D78" t="s">
+        <v>429</v>
+      </c>
+      <c r="E78" t="s">
+        <v>435</v>
+      </c>
+      <c r="F78" t="s">
         <v>436</v>
-      </c>
-[...10 lines deleted...]
-        <v>435</v>
       </c>
       <c r="G78"/>
       <c r="H78" t="s">
         <v>23</v>
       </c>
       <c r="I78" t="s">
         <v>286</v>
       </c>
       <c r="J78" t="s">
         <v>49</v>
       </c>
       <c r="K78" t="s">
         <v>26</v>
       </c>
       <c r="L78"/>
       <c r="M78"/>
       <c r="N78"/>
       <c r="O78"/>
       <c r="P78"/>
       <c r="Q78" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="79" spans="1:17">
       <c r="A79">
         <v>14011</v>
       </c>
       <c r="B79" t="s">
-        <v>438</v>
+        <v>439</v>
       </c>
       <c r="C79"/>
       <c r="D79"/>
       <c r="E79" t="s">
-        <v>439</v>
+        <v>440</v>
       </c>
       <c r="F79" t="s">
-        <v>435</v>
+        <v>436</v>
       </c>
       <c r="G79"/>
       <c r="H79" t="s">
         <v>23</v>
       </c>
       <c r="I79" t="s">
         <v>24</v>
       </c>
       <c r="J79" t="s">
         <v>49</v>
       </c>
       <c r="K79" t="s">
         <v>26</v>
       </c>
       <c r="L79"/>
       <c r="M79"/>
       <c r="N79"/>
       <c r="O79"/>
       <c r="P79"/>
       <c r="Q79" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="80" spans="1:17">
       <c r="A80">
         <v>22589</v>
       </c>
       <c r="B80" t="s">
-        <v>440</v>
+        <v>441</v>
       </c>
       <c r="C80" t="s">
-        <v>441</v>
+        <v>442</v>
       </c>
       <c r="D80" t="s">
-        <v>442</v>
+        <v>443</v>
       </c>
       <c r="E80" t="s">
-        <v>434</v>
+        <v>435</v>
       </c>
       <c r="F80" t="s">
-        <v>435</v>
+        <v>436</v>
       </c>
       <c r="G80"/>
       <c r="H80" t="s">
         <v>23</v>
       </c>
       <c r="I80" t="s">
         <v>286</v>
       </c>
       <c r="J80" t="s">
         <v>49</v>
       </c>
       <c r="K80" t="s">
         <v>26</v>
       </c>
       <c r="L80"/>
       <c r="M80"/>
       <c r="N80"/>
       <c r="O80"/>
       <c r="P80" t="s">
-        <v>443</v>
+        <v>444</v>
       </c>
       <c r="Q80" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="81" spans="1:17">
       <c r="A81">
         <v>22785</v>
       </c>
       <c r="B81" t="s">
-        <v>444</v>
+        <v>445</v>
       </c>
       <c r="C81"/>
       <c r="D81"/>
       <c r="E81" t="s">
-        <v>434</v>
+        <v>435</v>
       </c>
       <c r="F81" t="s">
-        <v>435</v>
+        <v>436</v>
       </c>
       <c r="G81"/>
       <c r="H81" t="s">
         <v>23</v>
       </c>
       <c r="I81" t="s">
         <v>286</v>
       </c>
       <c r="J81" t="s">
         <v>49</v>
       </c>
       <c r="K81" t="s">
         <v>26</v>
       </c>
       <c r="L81"/>
       <c r="M81"/>
       <c r="N81"/>
       <c r="O81"/>
       <c r="P81" t="s">
-        <v>445</v>
+        <v>446</v>
       </c>
       <c r="Q81" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="82" spans="1:17">
       <c r="A82">
         <v>32282</v>
       </c>
       <c r="B82" t="s">
-        <v>446</v>
+        <v>447</v>
       </c>
       <c r="C82" t="s">
-        <v>447</v>
+        <v>448</v>
       </c>
       <c r="D82" t="s">
-        <v>428</v>
+        <v>429</v>
       </c>
       <c r="E82" t="s">
-        <v>434</v>
+        <v>435</v>
       </c>
       <c r="F82" t="s">
-        <v>435</v>
+        <v>436</v>
       </c>
       <c r="G82"/>
       <c r="H82" t="s">
         <v>23</v>
       </c>
       <c r="I82" t="s">
         <v>286</v>
       </c>
       <c r="J82" t="s">
         <v>49</v>
       </c>
       <c r="K82" t="s">
         <v>85</v>
       </c>
       <c r="L82"/>
       <c r="M82"/>
       <c r="N82"/>
       <c r="O82"/>
       <c r="P82" t="s">
-        <v>448</v>
+        <v>449</v>
       </c>
       <c r="Q82" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="83" spans="1:17">
       <c r="A83">
         <v>19049</v>
       </c>
       <c r="B83" t="s">
-        <v>449</v>
+        <v>450</v>
       </c>
       <c r="C83" t="s">
-        <v>450</v>
+        <v>451</v>
       </c>
       <c r="D83" t="s">
-        <v>442</v>
+        <v>443</v>
       </c>
       <c r="E83" t="s">
-        <v>434</v>
+        <v>435</v>
       </c>
       <c r="F83" t="s">
-        <v>435</v>
+        <v>436</v>
       </c>
       <c r="G83"/>
       <c r="H83" t="s">
         <v>23</v>
       </c>
       <c r="I83" t="s">
         <v>286</v>
       </c>
       <c r="J83" t="s">
         <v>49</v>
       </c>
       <c r="K83" t="s">
         <v>85</v>
       </c>
       <c r="L83"/>
       <c r="M83"/>
       <c r="N83"/>
       <c r="O83"/>
       <c r="P83"/>
       <c r="Q83" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="84" spans="1:17">
       <c r="A84">
         <v>33016</v>
       </c>
       <c r="B84" t="s">
-        <v>451</v>
+        <v>452</v>
       </c>
       <c r="C84" t="s">
-        <v>452</v>
+        <v>453</v>
       </c>
       <c r="D84" t="s">
-        <v>453</v>
+        <v>454</v>
       </c>
       <c r="E84" t="s">
         <v>33</v>
       </c>
       <c r="F84" t="s">
         <v>34</v>
       </c>
       <c r="G84"/>
       <c r="H84" t="s">
         <v>23</v>
       </c>
       <c r="I84" t="s">
         <v>24</v>
       </c>
       <c r="J84" t="s">
         <v>49</v>
       </c>
       <c r="K84" t="s">
         <v>26</v>
       </c>
       <c r="L84"/>
       <c r="M84"/>
       <c r="N84"/>
       <c r="O84"/>
       <c r="P84" t="s">
-        <v>454</v>
+        <v>455</v>
       </c>
       <c r="Q84" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="85" spans="1:17">
       <c r="A85">
         <v>15932</v>
       </c>
       <c r="B85" t="s">
-        <v>455</v>
+        <v>456</v>
       </c>
       <c r="C85" t="s">
-        <v>456</v>
+        <v>457</v>
       </c>
       <c r="D85" t="s">
-        <v>457</v>
+        <v>458</v>
       </c>
       <c r="E85" t="s">
         <v>46</v>
       </c>
       <c r="F85" t="s">
         <v>47</v>
       </c>
       <c r="G85"/>
       <c r="H85" t="s">
         <v>23</v>
       </c>
       <c r="I85" t="s">
-        <v>458</v>
+        <v>459</v>
       </c>
       <c r="J85" t="s">
         <v>49</v>
       </c>
       <c r="K85" t="s">
         <v>26</v>
       </c>
       <c r="L85"/>
       <c r="M85"/>
       <c r="N85"/>
       <c r="O85"/>
       <c r="P85" t="s">
-        <v>459</v>
+        <v>460</v>
       </c>
       <c r="Q85" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="86" spans="1:17">
       <c r="A86">
         <v>19131</v>
       </c>
       <c r="B86" t="s">
-        <v>460</v>
+        <v>461</v>
       </c>
       <c r="C86" t="s">
-        <v>461</v>
+        <v>462</v>
       </c>
       <c r="D86" t="s">
-        <v>462</v>
+        <v>463</v>
       </c>
       <c r="E86" t="s">
         <v>46</v>
       </c>
       <c r="F86" t="s">
         <v>47</v>
       </c>
       <c r="G86"/>
       <c r="H86" t="s">
         <v>23</v>
       </c>
       <c r="I86" t="s">
         <v>286</v>
       </c>
       <c r="J86" t="s">
         <v>49</v>
       </c>
       <c r="K86" t="s">
         <v>85</v>
       </c>
       <c r="L86"/>
       <c r="M86"/>
       <c r="N86"/>
       <c r="O86"/>
       <c r="P86" t="s">
-        <v>463</v>
+        <v>464</v>
       </c>
       <c r="Q86" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="87" spans="1:17">
       <c r="A87">
         <v>20063</v>
       </c>
       <c r="B87" t="s">
-        <v>464</v>
+        <v>465</v>
       </c>
       <c r="C87" t="s">
-        <v>465</v>
+        <v>466</v>
       </c>
       <c r="D87" t="s">
-        <v>466</v>
+        <v>467</v>
       </c>
       <c r="E87" t="s">
-        <v>467</v>
+        <v>468</v>
       </c>
       <c r="F87" t="s">
         <v>103</v>
       </c>
       <c r="G87"/>
       <c r="H87" t="s">
         <v>23</v>
       </c>
       <c r="I87" t="s">
         <v>105</v>
       </c>
       <c r="J87" t="s">
         <v>112</v>
       </c>
       <c r="K87" t="s">
         <v>85</v>
       </c>
       <c r="L87"/>
       <c r="M87"/>
       <c r="N87" t="s">
         <v>113</v>
       </c>
       <c r="O87"/>
       <c r="P87"/>
       <c r="Q87" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="88" spans="1:17">
       <c r="A88">
         <v>20069</v>
       </c>
       <c r="B88" t="s">
-        <v>468</v>
+        <v>469</v>
       </c>
       <c r="C88" t="s">
-        <v>469</v>
+        <v>470</v>
       </c>
       <c r="D88" t="s">
-        <v>470</v>
+        <v>471</v>
       </c>
       <c r="E88" t="s">
-        <v>471</v>
+        <v>472</v>
       </c>
       <c r="F88" t="s">
         <v>118</v>
       </c>
       <c r="G88"/>
       <c r="H88" t="s">
         <v>23</v>
       </c>
       <c r="I88" t="s">
         <v>105</v>
       </c>
       <c r="J88" t="s">
         <v>112</v>
       </c>
       <c r="K88" t="s">
         <v>26</v>
       </c>
       <c r="L88"/>
       <c r="M88"/>
       <c r="N88" t="s">
         <v>113</v>
       </c>
       <c r="O88"/>
       <c r="P88"/>
       <c r="Q88" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="89" spans="1:17">
       <c r="A89">
         <v>20931</v>
       </c>
       <c r="B89" t="s">
-        <v>472</v>
+        <v>473</v>
       </c>
       <c r="C89" t="s">
-        <v>473</v>
+        <v>474</v>
       </c>
       <c r="D89" t="s">
-        <v>442</v>
+        <v>443</v>
       </c>
       <c r="E89" t="s">
-        <v>474</v>
+        <v>475</v>
       </c>
       <c r="F89" t="s">
-        <v>475</v>
+        <v>476</v>
       </c>
       <c r="G89"/>
       <c r="H89" t="s">
         <v>23</v>
       </c>
       <c r="I89" t="s">
         <v>286</v>
       </c>
       <c r="J89" t="s">
         <v>112</v>
       </c>
       <c r="K89" t="s">
         <v>36</v>
       </c>
       <c r="L89"/>
       <c r="M89"/>
       <c r="N89" t="s">
         <v>113</v>
       </c>
       <c r="O89"/>
       <c r="P89"/>
       <c r="Q89" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="90" spans="1:17">
       <c r="A90">
         <v>34255</v>
       </c>
       <c r="B90" t="s">
-        <v>476</v>
+        <v>477</v>
       </c>
       <c r="C90" t="s">
-        <v>477</v>
+        <v>478</v>
       </c>
       <c r="D90" t="s">
-        <v>398</v>
+        <v>399</v>
       </c>
       <c r="E90" t="s">
-        <v>478</v>
+        <v>479</v>
       </c>
       <c r="F90" t="s">
         <v>292</v>
       </c>
       <c r="G90"/>
       <c r="H90" t="s">
         <v>23</v>
       </c>
       <c r="I90" t="s">
-        <v>458</v>
+        <v>459</v>
       </c>
       <c r="J90" t="s">
         <v>49</v>
       </c>
       <c r="K90" t="s">
         <v>36</v>
       </c>
       <c r="L90"/>
       <c r="M90"/>
       <c r="N90"/>
       <c r="O90"/>
       <c r="P90" t="s">
-        <v>479</v>
+        <v>480</v>
       </c>
       <c r="Q90" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="91" spans="1:17">
       <c r="A91">
         <v>15991</v>
       </c>
       <c r="B91" t="s">
-        <v>480</v>
+        <v>481</v>
       </c>
       <c r="C91" t="s">
-        <v>481</v>
+        <v>482</v>
       </c>
       <c r="D91" t="s">
-        <v>482</v>
+        <v>483</v>
       </c>
       <c r="E91" t="s">
         <v>291</v>
       </c>
       <c r="F91" t="s">
         <v>292</v>
       </c>
       <c r="G91"/>
       <c r="H91" t="s">
         <v>23</v>
       </c>
       <c r="I91" t="s">
-        <v>458</v>
+        <v>459</v>
       </c>
       <c r="J91" t="s">
         <v>49</v>
       </c>
       <c r="K91" t="s">
         <v>36</v>
       </c>
       <c r="L91"/>
       <c r="M91"/>
       <c r="N91"/>
       <c r="O91"/>
       <c r="P91"/>
       <c r="Q91" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="92" spans="1:17">
       <c r="A92">
         <v>15992</v>
       </c>
       <c r="B92" t="s">
-        <v>483</v>
+        <v>484</v>
       </c>
       <c r="C92" t="s">
-        <v>484</v>
+        <v>485</v>
       </c>
       <c r="D92" t="s">
-        <v>485</v>
+        <v>486</v>
       </c>
       <c r="E92" t="s">
         <v>291</v>
       </c>
       <c r="F92" t="s">
         <v>292</v>
       </c>
       <c r="G92"/>
       <c r="H92" t="s">
         <v>23</v>
       </c>
       <c r="I92" t="s">
-        <v>458</v>
+        <v>459</v>
       </c>
       <c r="J92" t="s">
         <v>49</v>
       </c>
       <c r="K92" t="s">
         <v>36</v>
       </c>
       <c r="L92"/>
       <c r="M92"/>
       <c r="N92"/>
       <c r="O92"/>
       <c r="P92"/>
       <c r="Q92" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="93" spans="1:17">
       <c r="A93">
         <v>15999</v>
       </c>
       <c r="B93" t="s">
-        <v>486</v>
+        <v>487</v>
       </c>
       <c r="C93" t="s">
-        <v>487</v>
+        <v>488</v>
       </c>
       <c r="D93" t="s">
-        <v>488</v>
+        <v>489</v>
       </c>
       <c r="E93" t="s">
-        <v>478</v>
+        <v>479</v>
       </c>
       <c r="F93" t="s">
         <v>292</v>
       </c>
       <c r="G93"/>
       <c r="H93" t="s">
         <v>23</v>
       </c>
       <c r="I93" t="s">
-        <v>458</v>
+        <v>459</v>
       </c>
       <c r="J93" t="s">
         <v>49</v>
       </c>
       <c r="K93" t="s">
         <v>36</v>
       </c>
       <c r="L93"/>
       <c r="M93"/>
       <c r="N93"/>
       <c r="O93"/>
       <c r="P93"/>
       <c r="Q93" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="94" spans="1:17">
       <c r="A94">
         <v>15994</v>
       </c>
       <c r="B94" t="s">
-        <v>489</v>
+        <v>490</v>
       </c>
       <c r="C94" t="s">
-        <v>490</v>
+        <v>491</v>
       </c>
       <c r="D94" t="s">
         <v>89</v>
       </c>
       <c r="E94" t="s">
         <v>291</v>
       </c>
       <c r="F94" t="s">
         <v>292</v>
       </c>
       <c r="G94"/>
       <c r="H94" t="s">
         <v>23</v>
       </c>
       <c r="I94" t="s">
-        <v>458</v>
+        <v>459</v>
       </c>
       <c r="J94" t="s">
         <v>49</v>
       </c>
       <c r="K94" t="s">
         <v>36</v>
       </c>
       <c r="L94"/>
       <c r="M94"/>
       <c r="N94"/>
       <c r="O94"/>
       <c r="P94"/>
       <c r="Q94" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="95" spans="1:17">
       <c r="A95">
         <v>15993</v>
       </c>
       <c r="B95" t="s">
-        <v>491</v>
+        <v>492</v>
       </c>
       <c r="C95" t="s">
-        <v>492</v>
+        <v>493</v>
       </c>
       <c r="D95" t="s">
-        <v>493</v>
+        <v>494</v>
       </c>
       <c r="E95" t="s">
-        <v>494</v>
+        <v>495</v>
       </c>
       <c r="F95" t="s">
         <v>292</v>
       </c>
       <c r="G95"/>
       <c r="H95" t="s">
         <v>23</v>
       </c>
       <c r="I95" t="s">
-        <v>458</v>
+        <v>459</v>
       </c>
       <c r="J95" t="s">
         <v>49</v>
       </c>
       <c r="K95" t="s">
         <v>36</v>
       </c>
       <c r="L95"/>
       <c r="M95"/>
       <c r="N95"/>
       <c r="O95"/>
       <c r="P95"/>
       <c r="Q95" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="96" spans="1:17">
       <c r="A96">
         <v>20374</v>
       </c>
       <c r="B96" t="s">
+        <v>496</v>
+      </c>
+      <c r="C96" t="s">
+        <v>497</v>
+      </c>
+      <c r="D96" t="s">
+        <v>498</v>
+      </c>
+      <c r="E96" t="s">
         <v>495</v>
-      </c>
-[...7 lines deleted...]
-        <v>494</v>
       </c>
       <c r="F96" t="s">
         <v>292</v>
       </c>
       <c r="G96"/>
       <c r="H96" t="s">
         <v>23</v>
       </c>
       <c r="I96" t="s">
         <v>286</v>
       </c>
       <c r="J96" t="s">
         <v>49</v>
       </c>
       <c r="K96" t="s">
         <v>36</v>
       </c>
       <c r="L96"/>
       <c r="M96"/>
       <c r="N96"/>
       <c r="O96"/>
       <c r="P96"/>
       <c r="Q96" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="97" spans="1:17">
       <c r="A97">
         <v>16003</v>
       </c>
       <c r="B97" t="s">
-        <v>498</v>
+        <v>499</v>
       </c>
       <c r="C97" t="s">
-        <v>499</v>
+        <v>500</v>
       </c>
       <c r="D97" t="s">
-        <v>500</v>
+        <v>501</v>
       </c>
       <c r="E97" t="s">
         <v>291</v>
       </c>
       <c r="F97" t="s">
         <v>292</v>
       </c>
       <c r="G97"/>
       <c r="H97" t="s">
         <v>23</v>
       </c>
       <c r="I97" t="s">
-        <v>458</v>
+        <v>459</v>
       </c>
       <c r="J97" t="s">
         <v>49</v>
       </c>
       <c r="K97" t="s">
         <v>36</v>
       </c>
       <c r="L97"/>
       <c r="M97"/>
       <c r="N97"/>
       <c r="O97"/>
       <c r="P97"/>
       <c r="Q97" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="98" spans="1:17">
       <c r="A98">
         <v>16020</v>
       </c>
       <c r="B98" t="s">
-        <v>501</v>
+        <v>502</v>
       </c>
       <c r="C98" t="s">
-        <v>502</v>
+        <v>503</v>
       </c>
       <c r="D98" t="s">
-        <v>503</v>
+        <v>504</v>
       </c>
       <c r="E98" t="s">
-        <v>478</v>
+        <v>479</v>
       </c>
       <c r="F98" t="s">
         <v>292</v>
       </c>
       <c r="G98"/>
       <c r="H98" t="s">
         <v>23</v>
       </c>
       <c r="I98" t="s">
-        <v>458</v>
+        <v>459</v>
       </c>
       <c r="J98" t="s">
         <v>49</v>
       </c>
       <c r="K98" t="s">
         <v>36</v>
       </c>
       <c r="L98"/>
       <c r="M98"/>
       <c r="N98"/>
       <c r="O98"/>
       <c r="P98" t="s">
-        <v>504</v>
+        <v>505</v>
       </c>
       <c r="Q98" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="99" spans="1:17">
       <c r="A99">
         <v>15982</v>
       </c>
       <c r="B99" t="s">
-        <v>505</v>
+        <v>506</v>
       </c>
       <c r="C99" t="s">
-        <v>506</v>
+        <v>507</v>
       </c>
       <c r="D99" t="s">
-        <v>507</v>
+        <v>508</v>
       </c>
       <c r="E99" t="s">
-        <v>478</v>
+        <v>479</v>
       </c>
       <c r="F99" t="s">
         <v>292</v>
       </c>
       <c r="G99"/>
       <c r="H99" t="s">
         <v>23</v>
       </c>
       <c r="I99" t="s">
-        <v>458</v>
+        <v>459</v>
       </c>
       <c r="J99" t="s">
         <v>49</v>
       </c>
       <c r="K99" t="s">
         <v>36</v>
       </c>
       <c r="L99"/>
       <c r="M99"/>
       <c r="N99"/>
       <c r="O99"/>
       <c r="P99"/>
       <c r="Q99" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="100" spans="1:17">
       <c r="A100">
         <v>79268</v>
       </c>
       <c r="B100" t="s">
-        <v>508</v>
+        <v>509</v>
       </c>
       <c r="C100" t="s">
-        <v>509</v>
+        <v>510</v>
       </c>
       <c r="D100" t="s">
-        <v>510</v>
+        <v>511</v>
       </c>
       <c r="E100" t="s">
-        <v>478</v>
+        <v>479</v>
       </c>
       <c r="F100" t="s">
         <v>292</v>
       </c>
       <c r="G100"/>
       <c r="H100" t="s">
         <v>23</v>
       </c>
       <c r="I100" t="s">
-        <v>458</v>
+        <v>459</v>
       </c>
       <c r="J100" t="s">
         <v>49</v>
       </c>
       <c r="K100" t="s">
         <v>36</v>
       </c>
       <c r="L100"/>
       <c r="M100"/>
       <c r="N100"/>
       <c r="O100"/>
       <c r="P100" t="s">
-        <v>511</v>
+        <v>512</v>
       </c>
       <c r="Q100" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="101" spans="1:17">
       <c r="A101">
         <v>16007</v>
       </c>
       <c r="B101" t="s">
-        <v>512</v>
+        <v>513</v>
       </c>
       <c r="C101" t="s">
-        <v>513</v>
+        <v>514</v>
       </c>
       <c r="D101" t="s">
-        <v>500</v>
+        <v>501</v>
       </c>
       <c r="E101" t="s">
-        <v>494</v>
+        <v>495</v>
       </c>
       <c r="F101" t="s">
         <v>292</v>
       </c>
       <c r="G101"/>
       <c r="H101" t="s">
         <v>23</v>
       </c>
       <c r="I101" t="s">
-        <v>458</v>
+        <v>459</v>
       </c>
       <c r="J101" t="s">
         <v>49</v>
       </c>
       <c r="K101" t="s">
         <v>36</v>
       </c>
       <c r="L101"/>
       <c r="M101"/>
       <c r="N101"/>
       <c r="O101"/>
       <c r="P101"/>
       <c r="Q101" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="102" spans="1:17">
       <c r="A102">
         <v>15916</v>
       </c>
       <c r="B102" t="s">
-        <v>514</v>
+        <v>515</v>
       </c>
       <c r="C102" t="s">
-        <v>515</v>
+        <v>516</v>
       </c>
       <c r="D102" t="s">
-        <v>516</v>
+        <v>517</v>
       </c>
       <c r="E102" t="s">
-        <v>517</v>
+        <v>518</v>
       </c>
       <c r="F102" t="s">
         <v>292</v>
       </c>
       <c r="G102"/>
       <c r="H102" t="s">
         <v>23</v>
       </c>
       <c r="I102" t="s">
-        <v>458</v>
+        <v>459</v>
       </c>
       <c r="J102" t="s">
         <v>49</v>
       </c>
       <c r="K102" t="s">
         <v>36</v>
       </c>
       <c r="L102"/>
       <c r="M102"/>
       <c r="N102"/>
       <c r="O102"/>
       <c r="P102"/>
       <c r="Q102" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="103" spans="1:17">
       <c r="A103">
         <v>15917</v>
       </c>
       <c r="B103" t="s">
+        <v>519</v>
+      </c>
+      <c r="C103" t="s">
+        <v>520</v>
+      </c>
+      <c r="D103" t="s">
+        <v>521</v>
+      </c>
+      <c r="E103" t="s">
         <v>518</v>
-      </c>
-[...7 lines deleted...]
-        <v>517</v>
       </c>
       <c r="F103" t="s">
         <v>292</v>
       </c>
       <c r="G103"/>
       <c r="H103" t="s">
         <v>23</v>
       </c>
       <c r="I103" t="s">
-        <v>458</v>
+        <v>459</v>
       </c>
       <c r="J103" t="s">
         <v>49</v>
       </c>
       <c r="K103" t="s">
         <v>36</v>
       </c>
       <c r="L103"/>
       <c r="M103"/>
       <c r="N103"/>
       <c r="O103"/>
       <c r="P103"/>
       <c r="Q103" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="104" spans="1:17">
       <c r="A104">
         <v>15995</v>
       </c>
       <c r="B104" t="s">
-        <v>521</v>
+        <v>522</v>
       </c>
       <c r="C104" t="s">
-        <v>522</v>
+        <v>523</v>
       </c>
       <c r="D104" t="s">
         <v>89</v>
       </c>
       <c r="E104" t="s">
-        <v>494</v>
+        <v>495</v>
       </c>
       <c r="F104" t="s">
         <v>292</v>
       </c>
       <c r="G104"/>
       <c r="H104" t="s">
         <v>23</v>
       </c>
       <c r="I104" t="s">
-        <v>458</v>
+        <v>459</v>
       </c>
       <c r="J104" t="s">
         <v>49</v>
       </c>
       <c r="K104" t="s">
         <v>36</v>
       </c>
       <c r="L104"/>
       <c r="M104"/>
       <c r="N104"/>
       <c r="O104"/>
       <c r="P104"/>
       <c r="Q104" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="105" spans="1:17">
       <c r="A105">
         <v>15997</v>
       </c>
       <c r="B105" t="s">
-        <v>523</v>
+        <v>524</v>
       </c>
       <c r="C105" t="s">
-        <v>524</v>
+        <v>525</v>
       </c>
       <c r="D105" t="s">
-        <v>525</v>
+        <v>526</v>
       </c>
       <c r="E105" t="s">
         <v>291</v>
       </c>
       <c r="F105" t="s">
         <v>292</v>
       </c>
       <c r="G105"/>
       <c r="H105" t="s">
         <v>23</v>
       </c>
       <c r="I105" t="s">
-        <v>458</v>
+        <v>459</v>
       </c>
       <c r="J105" t="s">
         <v>49</v>
       </c>
       <c r="K105" t="s">
         <v>36</v>
       </c>
       <c r="L105"/>
       <c r="M105"/>
       <c r="N105"/>
       <c r="O105"/>
       <c r="P105"/>
       <c r="Q105" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="106" spans="1:17">
       <c r="A106">
         <v>16023</v>
       </c>
       <c r="B106" t="s">
-        <v>526</v>
+        <v>527</v>
       </c>
       <c r="C106" t="s">
-        <v>527</v>
+        <v>528</v>
       </c>
       <c r="D106" t="s">
         <v>89</v>
       </c>
       <c r="E106" t="s">
-        <v>494</v>
+        <v>495</v>
       </c>
       <c r="F106" t="s">
         <v>292</v>
       </c>
       <c r="G106"/>
       <c r="H106" t="s">
         <v>23</v>
       </c>
       <c r="I106" t="s">
-        <v>458</v>
+        <v>459</v>
       </c>
       <c r="J106" t="s">
         <v>49</v>
       </c>
       <c r="K106" t="s">
         <v>36</v>
       </c>
       <c r="L106"/>
       <c r="M106"/>
       <c r="N106"/>
       <c r="O106"/>
       <c r="P106" t="s">
-        <v>528</v>
+        <v>529</v>
       </c>
       <c r="Q106" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="107" spans="1:17">
       <c r="A107">
         <v>24250</v>
       </c>
       <c r="B107" t="s">
-        <v>529</v>
+        <v>530</v>
       </c>
       <c r="C107" t="s">
-        <v>530</v>
+        <v>531</v>
       </c>
       <c r="D107" t="s">
-        <v>482</v>
+        <v>483</v>
       </c>
       <c r="E107" t="s">
-        <v>478</v>
+        <v>479</v>
       </c>
       <c r="F107" t="s">
         <v>292</v>
       </c>
       <c r="G107"/>
       <c r="H107" t="s">
         <v>23</v>
       </c>
       <c r="I107" t="s">
-        <v>458</v>
+        <v>459</v>
       </c>
       <c r="J107" t="s">
         <v>49</v>
       </c>
       <c r="K107" t="s">
         <v>36</v>
       </c>
       <c r="L107"/>
       <c r="M107"/>
       <c r="N107"/>
       <c r="O107"/>
       <c r="P107"/>
       <c r="Q107" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="108" spans="1:17">
       <c r="A108">
         <v>16010</v>
       </c>
       <c r="B108" t="s">
-        <v>531</v>
+        <v>532</v>
       </c>
       <c r="C108" t="s">
-        <v>532</v>
+        <v>533</v>
       </c>
       <c r="D108" t="s">
-        <v>485</v>
+        <v>486</v>
       </c>
       <c r="E108" t="s">
-        <v>494</v>
+        <v>495</v>
       </c>
       <c r="F108" t="s">
         <v>292</v>
       </c>
       <c r="G108"/>
       <c r="H108" t="s">
         <v>23</v>
       </c>
       <c r="I108" t="s">
-        <v>458</v>
+        <v>459</v>
       </c>
       <c r="J108" t="s">
         <v>49</v>
       </c>
       <c r="K108" t="s">
         <v>36</v>
       </c>
       <c r="L108"/>
       <c r="M108"/>
       <c r="N108"/>
       <c r="O108"/>
       <c r="P108"/>
       <c r="Q108" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="109" spans="1:17">
       <c r="A109">
         <v>16000</v>
       </c>
       <c r="B109" t="s">
-        <v>533</v>
+        <v>534</v>
       </c>
       <c r="C109" t="s">
-        <v>534</v>
+        <v>535</v>
       </c>
       <c r="D109" t="s">
-        <v>535</v>
+        <v>536</v>
       </c>
       <c r="E109" t="s">
         <v>291</v>
       </c>
       <c r="F109" t="s">
         <v>292</v>
       </c>
       <c r="G109"/>
       <c r="H109" t="s">
         <v>23</v>
       </c>
       <c r="I109" t="s">
-        <v>458</v>
+        <v>459</v>
       </c>
       <c r="J109" t="s">
         <v>49</v>
       </c>
       <c r="K109" t="s">
         <v>36</v>
       </c>
       <c r="L109"/>
       <c r="M109"/>
       <c r="N109"/>
       <c r="O109"/>
       <c r="P109"/>
       <c r="Q109" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="110" spans="1:17">
       <c r="A110">
         <v>16060</v>
       </c>
       <c r="B110" t="s">
-        <v>536</v>
+        <v>537</v>
       </c>
       <c r="C110" t="s">
-        <v>537</v>
+        <v>538</v>
       </c>
       <c r="D110" t="s">
-        <v>485</v>
+        <v>486</v>
       </c>
       <c r="E110" t="s">
-        <v>494</v>
+        <v>495</v>
       </c>
       <c r="F110" t="s">
         <v>292</v>
       </c>
       <c r="G110"/>
       <c r="H110" t="s">
         <v>23</v>
       </c>
       <c r="I110" t="s">
-        <v>458</v>
+        <v>459</v>
       </c>
       <c r="J110" t="s">
         <v>49</v>
       </c>
       <c r="K110" t="s">
         <v>36</v>
       </c>
       <c r="L110"/>
       <c r="M110"/>
       <c r="N110"/>
       <c r="O110"/>
       <c r="P110"/>
       <c r="Q110" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="111" spans="1:17">
       <c r="A111">
         <v>16017</v>
       </c>
       <c r="B111" t="s">
-        <v>538</v>
+        <v>539</v>
       </c>
       <c r="C111" t="s">
-        <v>539</v>
+        <v>540</v>
       </c>
       <c r="D111" t="s">
-        <v>540</v>
+        <v>541</v>
       </c>
       <c r="E111" t="s">
-        <v>478</v>
+        <v>479</v>
       </c>
       <c r="F111" t="s">
         <v>292</v>
       </c>
       <c r="G111"/>
       <c r="H111" t="s">
         <v>23</v>
       </c>
       <c r="I111" t="s">
-        <v>458</v>
+        <v>459</v>
       </c>
       <c r="J111" t="s">
         <v>49</v>
       </c>
       <c r="K111" t="s">
         <v>36</v>
       </c>
       <c r="L111"/>
       <c r="M111"/>
       <c r="N111"/>
       <c r="O111"/>
       <c r="P111"/>
       <c r="Q111" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="112" spans="1:17">
       <c r="A112">
         <v>16018</v>
       </c>
       <c r="B112" t="s">
-        <v>541</v>
+        <v>542</v>
       </c>
       <c r="C112" t="s">
-        <v>542</v>
+        <v>543</v>
       </c>
       <c r="D112" t="s">
-        <v>500</v>
+        <v>501</v>
       </c>
       <c r="E112" t="s">
-        <v>478</v>
+        <v>479</v>
       </c>
       <c r="F112" t="s">
         <v>292</v>
       </c>
       <c r="G112"/>
       <c r="H112" t="s">
         <v>23</v>
       </c>
       <c r="I112" t="s">
-        <v>458</v>
+        <v>459</v>
       </c>
       <c r="J112" t="s">
         <v>49</v>
       </c>
       <c r="K112" t="s">
         <v>36</v>
       </c>
       <c r="L112"/>
       <c r="M112"/>
       <c r="N112"/>
       <c r="O112"/>
       <c r="P112"/>
       <c r="Q112" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="113" spans="1:17">
       <c r="A113">
         <v>16045</v>
       </c>
       <c r="B113" t="s">
-        <v>543</v>
+        <v>544</v>
       </c>
       <c r="C113" t="s">
-        <v>544</v>
+        <v>545</v>
       </c>
       <c r="D113" t="s">
-        <v>545</v>
+        <v>546</v>
       </c>
       <c r="E113" t="s">
-        <v>478</v>
+        <v>479</v>
       </c>
       <c r="F113" t="s">
         <v>292</v>
       </c>
       <c r="G113"/>
       <c r="H113" t="s">
         <v>23</v>
       </c>
       <c r="I113" t="s">
-        <v>458</v>
+        <v>459</v>
       </c>
       <c r="J113" t="s">
         <v>49</v>
       </c>
       <c r="K113" t="s">
         <v>36</v>
       </c>
       <c r="L113"/>
       <c r="M113"/>
       <c r="N113"/>
       <c r="O113"/>
       <c r="P113"/>
       <c r="Q113" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="114" spans="1:17">
       <c r="A114">
         <v>16014</v>
       </c>
       <c r="B114" t="s">
-        <v>546</v>
+        <v>547</v>
       </c>
       <c r="C114" t="s">
-        <v>547</v>
+        <v>548</v>
       </c>
       <c r="D114" t="s">
-        <v>500</v>
+        <v>501</v>
       </c>
       <c r="E114" t="s">
-        <v>478</v>
+        <v>479</v>
       </c>
       <c r="F114" t="s">
         <v>292</v>
       </c>
       <c r="G114"/>
       <c r="H114" t="s">
         <v>23</v>
       </c>
       <c r="I114" t="s">
-        <v>458</v>
+        <v>459</v>
       </c>
       <c r="J114" t="s">
         <v>49</v>
       </c>
       <c r="K114" t="s">
         <v>36</v>
       </c>
       <c r="L114"/>
       <c r="M114"/>
       <c r="N114"/>
       <c r="O114"/>
       <c r="P114"/>
       <c r="Q114" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="115" spans="1:17">
       <c r="A115">
         <v>16043</v>
       </c>
       <c r="B115" t="s">
-        <v>548</v>
+        <v>549</v>
       </c>
       <c r="C115" t="s">
-        <v>549</v>
+        <v>550</v>
       </c>
       <c r="D115" t="s">
-        <v>550</v>
+        <v>551</v>
       </c>
       <c r="E115" t="s">
-        <v>494</v>
+        <v>495</v>
       </c>
       <c r="F115" t="s">
         <v>292</v>
       </c>
       <c r="G115"/>
       <c r="H115" t="s">
         <v>23</v>
       </c>
       <c r="I115" t="s">
-        <v>458</v>
+        <v>459</v>
       </c>
       <c r="J115" t="s">
         <v>49</v>
       </c>
       <c r="K115" t="s">
         <v>36</v>
       </c>
       <c r="L115"/>
       <c r="M115"/>
       <c r="N115"/>
       <c r="O115"/>
       <c r="P115"/>
       <c r="Q115" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="116" spans="1:17">
       <c r="A116">
         <v>15978</v>
       </c>
       <c r="B116" t="s">
-        <v>551</v>
+        <v>552</v>
       </c>
       <c r="C116" t="s">
-        <v>552</v>
+        <v>553</v>
       </c>
       <c r="D116" t="s">
-        <v>553</v>
+        <v>554</v>
       </c>
       <c r="E116" t="s">
-        <v>478</v>
+        <v>479</v>
       </c>
       <c r="F116" t="s">
         <v>292</v>
       </c>
       <c r="G116"/>
       <c r="H116" t="s">
         <v>23</v>
       </c>
       <c r="I116" t="s">
-        <v>458</v>
+        <v>459</v>
       </c>
       <c r="J116" t="s">
         <v>49</v>
       </c>
       <c r="K116" t="s">
         <v>36</v>
       </c>
       <c r="L116"/>
       <c r="M116"/>
       <c r="N116"/>
       <c r="O116"/>
       <c r="P116"/>
       <c r="Q116" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="117" spans="1:17">
       <c r="A117">
         <v>15979</v>
       </c>
       <c r="B117" t="s">
-        <v>554</v>
+        <v>555</v>
       </c>
       <c r="C117" t="s">
-        <v>555</v>
+        <v>556</v>
       </c>
       <c r="D117" t="s">
-        <v>556</v>
+        <v>557</v>
       </c>
       <c r="E117" t="s">
-        <v>478</v>
+        <v>479</v>
       </c>
       <c r="F117" t="s">
         <v>292</v>
       </c>
       <c r="G117"/>
       <c r="H117" t="s">
         <v>23</v>
       </c>
       <c r="I117" t="s">
-        <v>458</v>
+        <v>459</v>
       </c>
       <c r="J117" t="s">
         <v>49</v>
       </c>
       <c r="K117" t="s">
         <v>36</v>
       </c>
       <c r="L117"/>
       <c r="M117"/>
       <c r="N117"/>
       <c r="O117"/>
       <c r="P117"/>
       <c r="Q117" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="118" spans="1:17">
       <c r="A118">
         <v>15980</v>
       </c>
       <c r="B118" t="s">
-        <v>557</v>
+        <v>558</v>
       </c>
       <c r="C118" t="s">
-        <v>558</v>
+        <v>559</v>
       </c>
       <c r="D118" t="s">
-        <v>559</v>
+        <v>560</v>
       </c>
       <c r="E118" t="s">
-        <v>478</v>
+        <v>479</v>
       </c>
       <c r="F118" t="s">
         <v>292</v>
       </c>
       <c r="G118"/>
       <c r="H118" t="s">
         <v>23</v>
       </c>
       <c r="I118" t="s">
-        <v>458</v>
+        <v>459</v>
       </c>
       <c r="J118" t="s">
         <v>49</v>
       </c>
       <c r="K118" t="s">
         <v>36</v>
       </c>
       <c r="L118"/>
       <c r="M118"/>
       <c r="N118"/>
       <c r="O118"/>
       <c r="P118"/>
       <c r="Q118" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="119" spans="1:17">
       <c r="A119">
         <v>15981</v>
       </c>
       <c r="B119" t="s">
-        <v>560</v>
+        <v>561</v>
       </c>
       <c r="C119" t="s">
-        <v>561</v>
+        <v>562</v>
       </c>
       <c r="D119" t="s">
-        <v>562</v>
+        <v>563</v>
       </c>
       <c r="E119" t="s">
         <v>291</v>
       </c>
       <c r="F119" t="s">
         <v>292</v>
       </c>
       <c r="G119"/>
       <c r="H119" t="s">
         <v>23</v>
       </c>
       <c r="I119" t="s">
-        <v>458</v>
+        <v>459</v>
       </c>
       <c r="J119" t="s">
         <v>49</v>
       </c>
       <c r="K119" t="s">
         <v>36</v>
       </c>
       <c r="L119"/>
       <c r="M119"/>
       <c r="N119"/>
       <c r="O119"/>
       <c r="P119"/>
       <c r="Q119" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="120" spans="1:17">
       <c r="A120">
         <v>16072</v>
       </c>
       <c r="B120" t="s">
-        <v>563</v>
+        <v>564</v>
       </c>
       <c r="C120" t="s">
-        <v>564</v>
+        <v>565</v>
       </c>
       <c r="D120" t="s">
-        <v>488</v>
+        <v>489</v>
       </c>
       <c r="E120" t="s">
-        <v>478</v>
+        <v>479</v>
       </c>
       <c r="F120" t="s">
         <v>292</v>
       </c>
       <c r="G120"/>
       <c r="H120" t="s">
         <v>23</v>
       </c>
       <c r="I120" t="s">
-        <v>458</v>
+        <v>459</v>
       </c>
       <c r="J120" t="s">
         <v>49</v>
       </c>
       <c r="K120" t="s">
-        <v>565</v>
+        <v>566</v>
       </c>
       <c r="L120"/>
       <c r="M120"/>
       <c r="N120"/>
       <c r="O120"/>
       <c r="P120"/>
       <c r="Q120" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="121" spans="1:17">
       <c r="A121">
         <v>20053</v>
       </c>
       <c r="B121" t="s">
-        <v>566</v>
+        <v>567</v>
       </c>
       <c r="C121" t="s">
-        <v>567</v>
+        <v>568</v>
       </c>
       <c r="D121" t="s">
-        <v>568</v>
+        <v>569</v>
       </c>
       <c r="E121" t="s">
-        <v>478</v>
+        <v>479</v>
       </c>
       <c r="F121" t="s">
         <v>292</v>
       </c>
       <c r="G121"/>
       <c r="H121" t="s">
         <v>23</v>
       </c>
       <c r="I121" t="s">
-        <v>458</v>
+        <v>459</v>
       </c>
       <c r="J121" t="s">
         <v>49</v>
       </c>
       <c r="K121" t="s">
         <v>279</v>
       </c>
       <c r="L121"/>
       <c r="M121"/>
       <c r="N121"/>
       <c r="O121"/>
       <c r="P121"/>
       <c r="Q121" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="122" spans="1:17">
       <c r="A122">
         <v>16073</v>
       </c>
       <c r="B122" t="s">
-        <v>569</v>
+        <v>570</v>
       </c>
       <c r="C122" t="s">
-        <v>570</v>
+        <v>571</v>
       </c>
       <c r="D122" t="s">
-        <v>571</v>
+        <v>572</v>
       </c>
       <c r="E122" t="s">
-        <v>478</v>
+        <v>479</v>
       </c>
       <c r="F122" t="s">
         <v>292</v>
       </c>
       <c r="G122"/>
       <c r="H122" t="s">
         <v>23</v>
       </c>
       <c r="I122" t="s">
-        <v>458</v>
+        <v>459</v>
       </c>
       <c r="J122" t="s">
         <v>49</v>
       </c>
       <c r="K122" t="s">
-        <v>565</v>
+        <v>566</v>
       </c>
       <c r="L122"/>
       <c r="M122"/>
       <c r="N122"/>
       <c r="O122"/>
       <c r="P122"/>
       <c r="Q122" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="123" spans="1:17">
       <c r="A123">
         <v>3911</v>
       </c>
       <c r="B123" t="s">
-        <v>572</v>
+        <v>573</v>
       </c>
       <c r="C123" t="s">
-        <v>573</v>
+        <v>574</v>
       </c>
       <c r="D123" t="s">
-        <v>574</v>
+        <v>575</v>
       </c>
       <c r="E123" t="s">
-        <v>575</v>
+        <v>576</v>
       </c>
       <c r="F123" t="s">
-        <v>576</v>
+        <v>577</v>
       </c>
       <c r="G123"/>
       <c r="H123" t="s">
         <v>23</v>
       </c>
       <c r="I123" t="s">
         <v>55</v>
       </c>
       <c r="J123" t="s">
         <v>49</v>
       </c>
       <c r="K123" t="s">
         <v>133</v>
       </c>
       <c r="L123"/>
       <c r="M123"/>
       <c r="N123"/>
       <c r="O123"/>
       <c r="P123"/>
       <c r="Q123" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="124" spans="1:17">
       <c r="A124">
         <v>9444</v>
       </c>
       <c r="B124" t="s">
-        <v>577</v>
+        <v>578</v>
       </c>
       <c r="C124" t="s">
-        <v>578</v>
+        <v>579</v>
       </c>
       <c r="D124" t="s">
         <v>89</v>
       </c>
       <c r="E124" t="s">
-        <v>575</v>
+        <v>576</v>
       </c>
       <c r="F124" t="s">
-        <v>576</v>
+        <v>577</v>
       </c>
       <c r="G124"/>
       <c r="H124" t="s">
         <v>23</v>
       </c>
       <c r="I124" t="s">
         <v>55</v>
       </c>
       <c r="J124" t="s">
         <v>49</v>
       </c>
       <c r="K124" t="s">
         <v>36</v>
       </c>
       <c r="L124"/>
       <c r="M124"/>
       <c r="N124"/>
       <c r="O124"/>
       <c r="P124"/>
       <c r="Q124" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="125" spans="1:17">
       <c r="A125">
         <v>32348</v>
       </c>
       <c r="B125" t="s">
-        <v>579</v>
+        <v>580</v>
       </c>
       <c r="C125" t="s">
-        <v>580</v>
+        <v>581</v>
       </c>
       <c r="D125" t="s">
-        <v>581</v>
+        <v>582</v>
       </c>
       <c r="E125" t="s">
-        <v>582</v>
+        <v>583</v>
       </c>
       <c r="F125" t="s">
-        <v>583</v>
+        <v>584</v>
       </c>
       <c r="G125"/>
       <c r="H125" t="s">
         <v>23</v>
       </c>
       <c r="I125" t="s">
         <v>24</v>
       </c>
       <c r="J125" t="s">
         <v>49</v>
       </c>
       <c r="K125" t="s">
         <v>36</v>
       </c>
       <c r="L125"/>
       <c r="M125"/>
       <c r="N125"/>
       <c r="O125"/>
       <c r="P125" t="s">
-        <v>584</v>
+        <v>585</v>
       </c>
       <c r="Q125" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="126" spans="1:17">
       <c r="A126">
         <v>21446</v>
       </c>
       <c r="B126" t="s">
-        <v>585</v>
+        <v>586</v>
       </c>
       <c r="C126" t="s">
-        <v>586</v>
+        <v>587</v>
       </c>
       <c r="D126" t="s">
-        <v>581</v>
+        <v>582</v>
       </c>
       <c r="E126" t="s">
-        <v>587</v>
+        <v>588</v>
       </c>
       <c r="F126" t="s">
-        <v>588</v>
+        <v>589</v>
       </c>
       <c r="G126"/>
       <c r="H126" t="s">
         <v>23</v>
       </c>
       <c r="I126" t="s">
         <v>286</v>
       </c>
       <c r="J126" t="s">
         <v>112</v>
       </c>
       <c r="K126" t="s">
         <v>85</v>
       </c>
       <c r="L126"/>
       <c r="M126"/>
       <c r="N126" t="s">
         <v>113</v>
       </c>
       <c r="O126"/>
       <c r="P126"/>
       <c r="Q126" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="127" spans="1:17">
       <c r="A127">
         <v>20089</v>
       </c>
       <c r="B127" t="s">
-        <v>589</v>
+        <v>590</v>
       </c>
       <c r="C127" t="s">
-        <v>590</v>
+        <v>591</v>
       </c>
       <c r="D127" t="s">
         <v>95</v>
       </c>
       <c r="E127" t="s">
-        <v>328</v>
+        <v>329</v>
       </c>
       <c r="F127" t="s">
-        <v>329</v>
+        <v>330</v>
       </c>
       <c r="G127"/>
       <c r="H127" t="s">
         <v>23</v>
       </c>
       <c r="I127" t="s">
         <v>105</v>
       </c>
       <c r="J127" t="s">
         <v>112</v>
       </c>
       <c r="K127" t="s">
         <v>36</v>
       </c>
       <c r="L127"/>
       <c r="M127"/>
       <c r="N127" t="s">
         <v>113</v>
       </c>
       <c r="O127"/>
       <c r="P127"/>
       <c r="Q127" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="128" spans="1:17">
       <c r="A128">
         <v>20090</v>
       </c>
       <c r="B128" t="s">
-        <v>591</v>
+        <v>592</v>
       </c>
       <c r="C128" t="s">
-        <v>592</v>
+        <v>593</v>
       </c>
       <c r="D128" t="s">
-        <v>485</v>
+        <v>486</v>
       </c>
       <c r="E128" t="s">
-        <v>328</v>
+        <v>329</v>
       </c>
       <c r="F128" t="s">
-        <v>329</v>
+        <v>330</v>
       </c>
       <c r="G128"/>
       <c r="H128" t="s">
         <v>23</v>
       </c>
       <c r="I128" t="s">
         <v>105</v>
       </c>
       <c r="J128" t="s">
         <v>112</v>
       </c>
       <c r="K128" t="s">
         <v>36</v>
       </c>
       <c r="L128"/>
       <c r="M128"/>
       <c r="N128" t="s">
         <v>113</v>
       </c>
       <c r="O128"/>
       <c r="P128" t="s">
-        <v>593</v>
+        <v>594</v>
       </c>
       <c r="Q128" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="129" spans="1:17">
       <c r="A129">
         <v>20095</v>
       </c>
       <c r="B129" t="s">
-        <v>594</v>
+        <v>595</v>
       </c>
       <c r="C129" t="s">
-        <v>595</v>
+        <v>596</v>
       </c>
       <c r="D129" t="s">
-        <v>462</v>
+        <v>463</v>
       </c>
       <c r="E129" t="s">
-        <v>328</v>
+        <v>329</v>
       </c>
       <c r="F129" t="s">
-        <v>329</v>
+        <v>330</v>
       </c>
       <c r="G129"/>
       <c r="H129" t="s">
         <v>23</v>
       </c>
       <c r="I129" t="s">
         <v>105</v>
       </c>
       <c r="J129" t="s">
         <v>112</v>
       </c>
       <c r="K129" t="s">
         <v>36</v>
       </c>
       <c r="L129"/>
       <c r="M129"/>
       <c r="N129" t="s">
         <v>113</v>
       </c>
       <c r="O129"/>
       <c r="P129"/>
       <c r="Q129" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="130" spans="1:17">
       <c r="A130">
         <v>20093</v>
       </c>
       <c r="B130" t="s">
-        <v>596</v>
+        <v>597</v>
       </c>
       <c r="C130" t="s">
-        <v>597</v>
+        <v>598</v>
       </c>
       <c r="D130" t="s">
-        <v>598</v>
+        <v>599</v>
       </c>
       <c r="E130" t="s">
-        <v>340</v>
+        <v>341</v>
       </c>
       <c r="F130" t="s">
-        <v>341</v>
+        <v>342</v>
       </c>
       <c r="G130"/>
       <c r="H130" t="s">
         <v>23</v>
       </c>
       <c r="I130" t="s">
         <v>105</v>
       </c>
       <c r="J130" t="s">
         <v>112</v>
       </c>
       <c r="K130" t="s">
         <v>36</v>
       </c>
       <c r="L130"/>
       <c r="M130"/>
       <c r="N130" t="s">
         <v>113</v>
       </c>
       <c r="O130"/>
       <c r="P130"/>
       <c r="Q130" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="131" spans="1:17">
       <c r="A131">
         <v>20276</v>
       </c>
       <c r="B131" t="s">
-        <v>599</v>
+        <v>600</v>
       </c>
       <c r="C131" t="s">
-        <v>600</v>
+        <v>601</v>
       </c>
       <c r="D131" t="s">
-        <v>428</v>
+        <v>429</v>
       </c>
       <c r="E131"/>
       <c r="F131"/>
       <c r="G131"/>
       <c r="H131" t="s">
         <v>23</v>
       </c>
       <c r="I131" t="s">
         <v>286</v>
       </c>
       <c r="J131" t="s">
         <v>49</v>
       </c>
       <c r="K131" t="s">
         <v>36</v>
       </c>
       <c r="L131"/>
       <c r="M131"/>
       <c r="N131"/>
       <c r="O131"/>
       <c r="P131" t="s">
-        <v>601</v>
+        <v>602</v>
       </c>
       <c r="Q131" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="132" spans="1:17">
       <c r="A132">
         <v>20266</v>
       </c>
       <c r="B132" t="s">
-        <v>602</v>
+        <v>603</v>
       </c>
       <c r="C132" t="s">
-        <v>603</v>
+        <v>604</v>
       </c>
       <c r="D132" t="s">
-        <v>428</v>
+        <v>429</v>
       </c>
       <c r="E132"/>
       <c r="F132"/>
       <c r="G132"/>
       <c r="H132" t="s">
         <v>23</v>
       </c>
       <c r="I132" t="s">
         <v>286</v>
       </c>
       <c r="J132" t="s">
         <v>49</v>
       </c>
       <c r="K132" t="s">
         <v>36</v>
       </c>
       <c r="L132"/>
       <c r="M132"/>
       <c r="N132"/>
       <c r="O132"/>
       <c r="P132"/>
       <c r="Q132" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="133" spans="1:17">
       <c r="A133">
         <v>28224</v>
       </c>
       <c r="B133" t="s">
-        <v>604</v>
+        <v>605</v>
       </c>
       <c r="C133"/>
       <c r="D133"/>
       <c r="E133"/>
       <c r="F133"/>
       <c r="G133"/>
       <c r="H133" t="s">
         <v>23</v>
       </c>
       <c r="I133" t="s">
         <v>286</v>
       </c>
       <c r="J133" t="s">
         <v>49</v>
       </c>
       <c r="K133" t="s">
         <v>36</v>
       </c>
       <c r="L133"/>
       <c r="M133"/>
       <c r="N133"/>
       <c r="O133"/>
       <c r="P133"/>
       <c r="Q133" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="134" spans="1:17">
       <c r="A134">
         <v>34205</v>
       </c>
       <c r="B134" t="s">
-        <v>605</v>
+        <v>606</v>
       </c>
       <c r="C134"/>
       <c r="D134"/>
       <c r="E134"/>
       <c r="F134"/>
       <c r="G134"/>
       <c r="H134" t="s">
         <v>23</v>
       </c>
       <c r="I134" t="s">
         <v>286</v>
       </c>
       <c r="J134" t="s">
         <v>49</v>
       </c>
       <c r="K134" t="s">
         <v>36</v>
       </c>
       <c r="L134"/>
       <c r="M134"/>
       <c r="N134"/>
       <c r="O134"/>
       <c r="P134"/>
       <c r="Q134" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="135" spans="1:17">
       <c r="A135">
         <v>24224</v>
       </c>
       <c r="B135" t="s">
-        <v>606</v>
+        <v>607</v>
       </c>
       <c r="C135"/>
       <c r="D135"/>
       <c r="E135"/>
       <c r="F135"/>
       <c r="G135"/>
       <c r="H135" t="s">
         <v>23</v>
       </c>
       <c r="I135" t="s">
         <v>286</v>
       </c>
       <c r="J135" t="s">
         <v>49</v>
       </c>
       <c r="K135" t="s">
         <v>36</v>
       </c>
       <c r="L135"/>
       <c r="M135"/>
       <c r="N135"/>
       <c r="O135"/>
       <c r="P135"/>
       <c r="Q135" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="136" spans="1:17">
       <c r="A136">
         <v>24225</v>
       </c>
       <c r="B136" t="s">
-        <v>607</v>
+        <v>608</v>
       </c>
       <c r="C136"/>
       <c r="D136"/>
       <c r="E136"/>
       <c r="F136"/>
       <c r="G136"/>
       <c r="H136" t="s">
         <v>23</v>
       </c>
       <c r="I136" t="s">
         <v>286</v>
       </c>
       <c r="J136" t="s">
         <v>49</v>
       </c>
       <c r="K136" t="s">
         <v>36</v>
       </c>
       <c r="L136"/>
       <c r="M136"/>
       <c r="N136"/>
       <c r="O136"/>
       <c r="P136"/>
       <c r="Q136" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="137" spans="1:17">
       <c r="A137">
         <v>95551</v>
       </c>
       <c r="B137" t="s">
-        <v>608</v>
+        <v>609</v>
       </c>
       <c r="C137" t="s">
-        <v>609</v>
+        <v>610</v>
       </c>
       <c r="D137" t="s">
-        <v>428</v>
+        <v>429</v>
       </c>
       <c r="E137"/>
       <c r="F137"/>
       <c r="G137"/>
       <c r="H137" t="s">
         <v>23</v>
       </c>
       <c r="I137" t="s">
-        <v>458</v>
+        <v>459</v>
       </c>
       <c r="J137" t="s">
         <v>49</v>
       </c>
       <c r="K137" t="s">
         <v>36</v>
       </c>
       <c r="L137"/>
       <c r="M137"/>
       <c r="N137"/>
       <c r="O137"/>
       <c r="P137"/>
       <c r="Q137" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="138" spans="1:17">
       <c r="A138">
         <v>20259</v>
       </c>
       <c r="B138" t="s">
-        <v>610</v>
+        <v>611</v>
       </c>
       <c r="C138" t="s">
-        <v>611</v>
+        <v>612</v>
       </c>
       <c r="D138" t="s">
-        <v>428</v>
+        <v>429</v>
       </c>
       <c r="E138"/>
       <c r="F138"/>
       <c r="G138"/>
       <c r="H138" t="s">
         <v>23</v>
       </c>
       <c r="I138" t="s">
         <v>286</v>
       </c>
       <c r="J138" t="s">
         <v>49</v>
       </c>
       <c r="K138" t="s">
         <v>36</v>
       </c>
       <c r="L138"/>
       <c r="M138"/>
       <c r="N138"/>
       <c r="O138"/>
       <c r="P138"/>
       <c r="Q138" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="139" spans="1:17">
       <c r="A139">
         <v>34542</v>
       </c>
       <c r="B139" t="s">
-        <v>612</v>
+        <v>613</v>
       </c>
       <c r="C139"/>
       <c r="D139"/>
       <c r="E139"/>
       <c r="F139"/>
       <c r="G139"/>
       <c r="H139" t="s">
         <v>23</v>
       </c>
       <c r="I139" t="s">
-        <v>613</v>
+        <v>614</v>
       </c>
       <c r="J139" t="s">
         <v>49</v>
       </c>
       <c r="K139" t="s">
         <v>36</v>
       </c>
       <c r="L139"/>
       <c r="M139"/>
       <c r="N139"/>
       <c r="O139"/>
       <c r="P139" t="s">
-        <v>614</v>
+        <v>615</v>
       </c>
       <c r="Q139" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="140" spans="1:17">
       <c r="A140">
         <v>12471</v>
       </c>
       <c r="B140" t="s">
-        <v>615</v>
+        <v>616</v>
       </c>
       <c r="C140"/>
       <c r="D140"/>
       <c r="E140"/>
       <c r="F140"/>
       <c r="G140"/>
       <c r="H140" t="s">
         <v>23</v>
       </c>
       <c r="I140" t="s">
-        <v>616</v>
+        <v>617</v>
       </c>
       <c r="J140" t="s">
         <v>49</v>
       </c>
       <c r="K140" t="s">
         <v>36</v>
       </c>
       <c r="L140"/>
       <c r="M140"/>
       <c r="N140"/>
       <c r="O140"/>
       <c r="P140" t="s">
-        <v>617</v>
+        <v>618</v>
       </c>
       <c r="Q140" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="141" spans="1:17">
       <c r="A141">
         <v>22590</v>
       </c>
       <c r="B141" t="s">
-        <v>618</v>
+        <v>619</v>
       </c>
       <c r="C141" t="s">
-        <v>619</v>
+        <v>620</v>
       </c>
       <c r="D141" t="s">
-        <v>428</v>
+        <v>429</v>
       </c>
       <c r="E141"/>
       <c r="F141"/>
       <c r="G141"/>
       <c r="H141" t="s">
         <v>23</v>
       </c>
       <c r="I141" t="s">
         <v>286</v>
       </c>
       <c r="J141" t="s">
         <v>49</v>
       </c>
       <c r="K141" t="s">
         <v>36</v>
       </c>
       <c r="L141"/>
       <c r="M141"/>
       <c r="N141"/>
       <c r="O141"/>
       <c r="P141" t="s">
-        <v>620</v>
+        <v>621</v>
       </c>
       <c r="Q141" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="142" spans="1:17">
       <c r="A142">
         <v>20375</v>
       </c>
       <c r="B142" t="s">
-        <v>621</v>
+        <v>622</v>
       </c>
       <c r="C142" t="s">
-        <v>622</v>
+        <v>623</v>
       </c>
       <c r="D142" t="s">
-        <v>428</v>
+        <v>429</v>
       </c>
       <c r="E142"/>
       <c r="F142"/>
       <c r="G142"/>
       <c r="H142" t="s">
         <v>23</v>
       </c>
       <c r="I142" t="s">
         <v>286</v>
       </c>
       <c r="J142" t="s">
         <v>49</v>
       </c>
       <c r="K142" t="s">
         <v>36</v>
       </c>
       <c r="L142"/>
       <c r="M142"/>
       <c r="N142"/>
       <c r="O142"/>
       <c r="P142"/>
       <c r="Q142" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="143" spans="1:17">
       <c r="A143">
         <v>22052</v>
       </c>
       <c r="B143" t="s">
-        <v>623</v>
+        <v>624</v>
       </c>
       <c r="C143"/>
       <c r="D143"/>
       <c r="E143"/>
       <c r="F143"/>
       <c r="G143"/>
       <c r="H143" t="s">
         <v>23</v>
       </c>
       <c r="I143" t="s">
         <v>286</v>
       </c>
       <c r="J143" t="s">
         <v>49</v>
       </c>
       <c r="K143" t="s">
         <v>36</v>
       </c>
       <c r="L143"/>
       <c r="M143"/>
       <c r="N143"/>
       <c r="O143"/>
       <c r="P143" t="s">
-        <v>624</v>
+        <v>625</v>
       </c>
       <c r="Q143" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="144" spans="1:17">
       <c r="A144">
         <v>34206</v>
       </c>
       <c r="B144" t="s">
-        <v>625</v>
+        <v>626</v>
       </c>
       <c r="C144"/>
       <c r="D144"/>
       <c r="E144"/>
       <c r="F144"/>
       <c r="G144"/>
       <c r="H144" t="s">
         <v>23</v>
       </c>
       <c r="I144" t="s">
-        <v>613</v>
+        <v>614</v>
       </c>
       <c r="J144" t="s">
         <v>49</v>
       </c>
       <c r="K144" t="s">
         <v>36</v>
       </c>
       <c r="L144"/>
       <c r="M144"/>
       <c r="N144"/>
       <c r="O144"/>
       <c r="P144"/>
       <c r="Q144" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="145" spans="1:17">
       <c r="A145">
         <v>13099</v>
       </c>
       <c r="B145" t="s">
-        <v>626</v>
+        <v>627</v>
       </c>
       <c r="C145" t="s">
-        <v>627</v>
+        <v>628</v>
       </c>
       <c r="D145" t="s">
-        <v>628</v>
+        <v>629</v>
       </c>
       <c r="E145"/>
       <c r="F145"/>
       <c r="G145"/>
       <c r="H145" t="s">
         <v>23</v>
       </c>
       <c r="I145" t="s">
-        <v>613</v>
+        <v>614</v>
       </c>
       <c r="J145" t="s">
         <v>49</v>
       </c>
       <c r="K145" t="s">
         <v>36</v>
       </c>
       <c r="L145"/>
       <c r="M145"/>
       <c r="N145"/>
       <c r="O145"/>
       <c r="P145" t="s">
-        <v>629</v>
+        <v>630</v>
       </c>
       <c r="Q145" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="146" spans="1:17">
       <c r="A146">
         <v>13103</v>
       </c>
       <c r="B146" t="s">
-        <v>630</v>
+        <v>631</v>
       </c>
       <c r="C146"/>
       <c r="D146"/>
       <c r="E146"/>
       <c r="F146"/>
       <c r="G146"/>
       <c r="H146" t="s">
         <v>23</v>
       </c>
       <c r="I146" t="s">
-        <v>613</v>
+        <v>614</v>
       </c>
       <c r="J146" t="s">
         <v>49</v>
       </c>
       <c r="K146" t="s">
         <v>36</v>
       </c>
       <c r="L146"/>
       <c r="M146"/>
       <c r="N146"/>
       <c r="O146"/>
       <c r="P146"/>
       <c r="Q146" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="147" spans="1:17">
       <c r="A147">
         <v>13113</v>
       </c>
       <c r="B147" t="s">
-        <v>631</v>
+        <v>632</v>
       </c>
       <c r="C147"/>
       <c r="D147"/>
       <c r="E147"/>
       <c r="F147"/>
       <c r="G147"/>
       <c r="H147" t="s">
         <v>23</v>
       </c>
       <c r="I147" t="s">
-        <v>613</v>
+        <v>614</v>
       </c>
       <c r="J147" t="s">
         <v>49</v>
       </c>
       <c r="K147" t="s">
         <v>36</v>
       </c>
       <c r="L147"/>
       <c r="M147"/>
       <c r="N147"/>
       <c r="O147"/>
       <c r="P147"/>
       <c r="Q147" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="148" spans="1:17">
       <c r="A148">
         <v>20356</v>
       </c>
       <c r="B148" t="s">
-        <v>632</v>
+        <v>633</v>
       </c>
       <c r="C148" t="s">
-        <v>633</v>
+        <v>634</v>
       </c>
       <c r="D148" t="s">
-        <v>428</v>
+        <v>429</v>
       </c>
       <c r="E148"/>
       <c r="F148"/>
       <c r="G148"/>
       <c r="H148" t="s">
         <v>23</v>
       </c>
       <c r="I148" t="s">
         <v>286</v>
       </c>
       <c r="J148" t="s">
         <v>49</v>
       </c>
       <c r="K148" t="s">
         <v>36</v>
       </c>
       <c r="L148"/>
       <c r="M148"/>
       <c r="N148"/>
       <c r="O148"/>
       <c r="P148"/>
       <c r="Q148" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="149" spans="1:17">
       <c r="A149">
         <v>20358</v>
       </c>
       <c r="B149" t="s">
-        <v>634</v>
+        <v>635</v>
       </c>
       <c r="C149" t="s">
-        <v>635</v>
+        <v>636</v>
       </c>
       <c r="D149" t="s">
-        <v>428</v>
+        <v>429</v>
       </c>
       <c r="E149"/>
       <c r="F149"/>
       <c r="G149"/>
       <c r="H149" t="s">
         <v>23</v>
       </c>
       <c r="I149" t="s">
         <v>286</v>
       </c>
       <c r="J149" t="s">
         <v>49</v>
       </c>
       <c r="K149" t="s">
         <v>36</v>
       </c>
       <c r="L149"/>
       <c r="M149"/>
       <c r="N149"/>
       <c r="O149"/>
       <c r="P149"/>
       <c r="Q149" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="150" spans="1:17">
       <c r="A150">
         <v>27476</v>
       </c>
       <c r="B150" t="s">
-        <v>636</v>
+        <v>637</v>
       </c>
       <c r="C150" t="s">
-        <v>637</v>
+        <v>638</v>
       </c>
       <c r="D150" t="s">
-        <v>428</v>
+        <v>429</v>
       </c>
       <c r="E150"/>
       <c r="F150"/>
       <c r="G150"/>
       <c r="H150" t="s">
         <v>23</v>
       </c>
       <c r="I150" t="s">
         <v>286</v>
       </c>
       <c r="J150" t="s">
         <v>49</v>
       </c>
       <c r="K150" t="s">
         <v>36</v>
       </c>
       <c r="L150"/>
       <c r="M150"/>
       <c r="N150"/>
       <c r="O150"/>
       <c r="P150" t="s">
-        <v>638</v>
+        <v>639</v>
       </c>
       <c r="Q150" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="151" spans="1:17">
       <c r="A151">
         <v>34803</v>
       </c>
       <c r="B151" t="s">
-        <v>639</v>
+        <v>640</v>
       </c>
       <c r="C151" t="s">
-        <v>640</v>
+        <v>641</v>
       </c>
       <c r="D151" t="s">
-        <v>428</v>
+        <v>429</v>
       </c>
       <c r="E151"/>
       <c r="F151"/>
       <c r="G151"/>
       <c r="H151" t="s">
         <v>23</v>
       </c>
       <c r="I151" t="s">
         <v>286</v>
       </c>
       <c r="J151" t="s">
         <v>49</v>
       </c>
       <c r="K151" t="s">
         <v>36</v>
       </c>
       <c r="L151"/>
       <c r="M151"/>
       <c r="N151"/>
       <c r="O151"/>
       <c r="P151" t="s">
-        <v>641</v>
+        <v>642</v>
       </c>
       <c r="Q151" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="152" spans="1:17">
       <c r="A152">
         <v>20219</v>
       </c>
       <c r="B152" t="s">
-        <v>642</v>
+        <v>643</v>
       </c>
       <c r="C152" t="s">
-        <v>643</v>
+        <v>644</v>
       </c>
       <c r="D152" t="s">
-        <v>428</v>
+        <v>429</v>
       </c>
       <c r="E152"/>
       <c r="F152"/>
       <c r="G152"/>
       <c r="H152" t="s">
         <v>23</v>
       </c>
       <c r="I152" t="s">
         <v>286</v>
       </c>
       <c r="J152" t="s">
         <v>49</v>
       </c>
       <c r="K152" t="s">
         <v>36</v>
       </c>
       <c r="L152"/>
       <c r="M152"/>
       <c r="N152"/>
       <c r="O152"/>
       <c r="P152"/>
       <c r="Q152" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="153" spans="1:17">
       <c r="A153">
         <v>34207</v>
       </c>
       <c r="B153" t="s">
-        <v>644</v>
+        <v>645</v>
       </c>
       <c r="C153"/>
       <c r="D153"/>
       <c r="E153"/>
       <c r="F153"/>
       <c r="G153"/>
       <c r="H153" t="s">
         <v>23</v>
       </c>
       <c r="I153" t="s">
         <v>286</v>
       </c>
       <c r="J153" t="s">
         <v>49</v>
       </c>
       <c r="K153" t="s">
         <v>36</v>
       </c>
       <c r="L153"/>
       <c r="M153"/>
       <c r="N153"/>
       <c r="O153"/>
       <c r="P153" t="s">
-        <v>645</v>
+        <v>646</v>
       </c>
       <c r="Q153" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="154" spans="1:17">
       <c r="A154">
         <v>79324</v>
       </c>
       <c r="B154" t="s">
-        <v>646</v>
+        <v>647</v>
       </c>
       <c r="C154"/>
       <c r="D154"/>
       <c r="E154"/>
       <c r="F154"/>
       <c r="G154"/>
       <c r="H154" t="s">
         <v>23</v>
       </c>
       <c r="I154" t="s">
-        <v>613</v>
+        <v>614</v>
       </c>
       <c r="J154" t="s">
         <v>49</v>
       </c>
       <c r="K154" t="s">
         <v>36</v>
       </c>
       <c r="L154"/>
       <c r="M154"/>
       <c r="N154"/>
       <c r="O154"/>
       <c r="P154" t="s">
-        <v>647</v>
+        <v>648</v>
       </c>
       <c r="Q154" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="155" spans="1:17">
       <c r="A155">
         <v>79325</v>
       </c>
       <c r="B155" t="s">
-        <v>648</v>
+        <v>649</v>
       </c>
       <c r="C155"/>
       <c r="D155"/>
       <c r="E155"/>
       <c r="F155"/>
       <c r="G155"/>
       <c r="H155" t="s">
         <v>23</v>
       </c>
       <c r="I155" t="s">
-        <v>613</v>
+        <v>614</v>
       </c>
       <c r="J155" t="s">
         <v>49</v>
       </c>
       <c r="K155" t="s">
         <v>36</v>
       </c>
       <c r="L155"/>
       <c r="M155"/>
       <c r="N155"/>
       <c r="O155"/>
       <c r="P155" t="s">
-        <v>649</v>
+        <v>650</v>
       </c>
       <c r="Q155" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="156" spans="1:17">
       <c r="A156">
         <v>79326</v>
       </c>
       <c r="B156" t="s">
-        <v>650</v>
+        <v>651</v>
       </c>
       <c r="C156"/>
       <c r="D156"/>
       <c r="E156"/>
       <c r="F156"/>
       <c r="G156"/>
       <c r="H156" t="s">
         <v>23</v>
       </c>
       <c r="I156" t="s">
-        <v>613</v>
+        <v>614</v>
       </c>
       <c r="J156" t="s">
         <v>49</v>
       </c>
       <c r="K156" t="s">
         <v>36</v>
       </c>
       <c r="L156"/>
       <c r="M156"/>
       <c r="N156"/>
       <c r="O156"/>
       <c r="P156" t="s">
-        <v>651</v>
+        <v>652</v>
       </c>
       <c r="Q156" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="157" spans="1:17">
       <c r="A157">
         <v>79327</v>
       </c>
       <c r="B157" t="s">
-        <v>652</v>
+        <v>653</v>
       </c>
       <c r="C157" t="s">
-        <v>653</v>
+        <v>654</v>
       </c>
       <c r="D157" t="s">
-        <v>628</v>
+        <v>629</v>
       </c>
       <c r="E157"/>
       <c r="F157"/>
       <c r="G157"/>
       <c r="H157" t="s">
         <v>23</v>
       </c>
       <c r="I157" t="s">
-        <v>613</v>
+        <v>614</v>
       </c>
       <c r="J157" t="s">
         <v>49</v>
       </c>
       <c r="K157" t="s">
         <v>36</v>
       </c>
       <c r="L157"/>
       <c r="M157"/>
       <c r="N157"/>
       <c r="O157"/>
       <c r="P157" t="s">
-        <v>654</v>
+        <v>655</v>
       </c>
       <c r="Q157" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="158" spans="1:17">
       <c r="A158">
         <v>79323</v>
       </c>
       <c r="B158" t="s">
-        <v>655</v>
+        <v>656</v>
       </c>
       <c r="C158"/>
       <c r="D158"/>
       <c r="E158"/>
       <c r="F158"/>
       <c r="G158"/>
       <c r="H158" t="s">
         <v>23</v>
       </c>
       <c r="I158" t="s">
-        <v>613</v>
+        <v>614</v>
       </c>
       <c r="J158" t="s">
         <v>49</v>
       </c>
       <c r="K158" t="s">
         <v>36</v>
       </c>
       <c r="L158"/>
       <c r="M158"/>
       <c r="N158"/>
       <c r="O158"/>
       <c r="P158" t="s">
-        <v>656</v>
+        <v>657</v>
       </c>
       <c r="Q158" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="159" spans="1:17">
       <c r="A159">
         <v>79328</v>
       </c>
       <c r="B159" t="s">
-        <v>657</v>
+        <v>658</v>
       </c>
       <c r="C159"/>
       <c r="D159"/>
       <c r="E159"/>
       <c r="F159"/>
       <c r="G159"/>
       <c r="H159" t="s">
         <v>23</v>
       </c>
       <c r="I159" t="s">
-        <v>613</v>
+        <v>614</v>
       </c>
       <c r="J159" t="s">
         <v>49</v>
       </c>
       <c r="K159" t="s">
         <v>36</v>
       </c>
       <c r="L159"/>
       <c r="M159"/>
       <c r="N159"/>
       <c r="O159"/>
       <c r="P159" t="s">
-        <v>658</v>
+        <v>659</v>
       </c>
       <c r="Q159" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="160" spans="1:17">
       <c r="A160">
         <v>20480</v>
       </c>
       <c r="B160" t="s">
-        <v>659</v>
+        <v>660</v>
       </c>
       <c r="C160"/>
       <c r="D160"/>
       <c r="E160"/>
       <c r="F160"/>
       <c r="G160"/>
       <c r="H160" t="s">
         <v>23</v>
       </c>
       <c r="I160" t="s">
         <v>286</v>
       </c>
       <c r="J160" t="s">
         <v>49</v>
       </c>
       <c r="K160" t="s">
         <v>36</v>
       </c>
       <c r="L160"/>
       <c r="M160"/>
       <c r="N160"/>
       <c r="O160"/>
       <c r="P160"/>
       <c r="Q160" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="161" spans="1:17">
       <c r="A161">
         <v>13719</v>
       </c>
       <c r="B161" t="s">
-        <v>660</v>
+        <v>661</v>
       </c>
       <c r="C161" t="s">
-        <v>661</v>
+        <v>662</v>
       </c>
       <c r="D161" t="s">
-        <v>442</v>
+        <v>443</v>
       </c>
       <c r="E161"/>
       <c r="F161"/>
       <c r="G161"/>
       <c r="H161" t="s">
         <v>23</v>
       </c>
       <c r="I161" t="s">
-        <v>616</v>
+        <v>617</v>
       </c>
       <c r="J161" t="s">
         <v>49</v>
       </c>
       <c r="K161" t="s">
         <v>26</v>
       </c>
       <c r="L161"/>
       <c r="M161"/>
       <c r="N161"/>
       <c r="O161"/>
       <c r="P161"/>
       <c r="Q161" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="162" spans="1:17">
       <c r="A162">
         <v>13721</v>
       </c>
       <c r="B162" t="s">
-        <v>662</v>
+        <v>663</v>
       </c>
       <c r="C162" t="s">
-        <v>663</v>
+        <v>664</v>
       </c>
       <c r="D162" t="s">
-        <v>442</v>
+        <v>443</v>
       </c>
       <c r="E162"/>
       <c r="F162"/>
       <c r="G162"/>
       <c r="H162" t="s">
         <v>23</v>
       </c>
       <c r="I162" t="s">
-        <v>616</v>
+        <v>617</v>
       </c>
       <c r="J162" t="s">
         <v>49</v>
       </c>
       <c r="K162" t="s">
         <v>26</v>
       </c>
       <c r="L162"/>
       <c r="M162"/>
       <c r="N162"/>
       <c r="O162"/>
       <c r="P162"/>
       <c r="Q162" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="163" spans="1:17">
       <c r="A163">
         <v>24241</v>
       </c>
       <c r="B163" t="s">
-        <v>664</v>
+        <v>665</v>
       </c>
       <c r="C163"/>
       <c r="D163"/>
       <c r="E163"/>
       <c r="F163"/>
       <c r="G163"/>
       <c r="H163" t="s">
         <v>23</v>
       </c>
       <c r="I163" t="s">
         <v>286</v>
       </c>
       <c r="J163" t="s">
         <v>49</v>
       </c>
       <c r="K163" t="s">
         <v>36</v>
       </c>
       <c r="L163"/>
       <c r="M163"/>
       <c r="N163"/>
       <c r="O163"/>
       <c r="P163"/>
       <c r="Q163" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="164" spans="1:17">
       <c r="A164">
         <v>79301</v>
       </c>
       <c r="B164" t="s">
-        <v>665</v>
+        <v>666</v>
       </c>
       <c r="C164" t="s">
-        <v>666</v>
+        <v>667</v>
       </c>
       <c r="D164" t="s">
-        <v>428</v>
+        <v>429</v>
       </c>
       <c r="E164"/>
       <c r="F164"/>
       <c r="G164"/>
       <c r="H164" t="s">
         <v>23</v>
       </c>
       <c r="I164" t="s">
-        <v>613</v>
+        <v>614</v>
       </c>
       <c r="J164" t="s">
         <v>49</v>
       </c>
       <c r="K164" t="s">
         <v>26</v>
       </c>
       <c r="L164"/>
       <c r="M164"/>
       <c r="N164"/>
       <c r="O164"/>
       <c r="P164" t="s">
-        <v>667</v>
+        <v>668</v>
       </c>
       <c r="Q164" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="165" spans="1:17">
       <c r="A165">
         <v>79315</v>
       </c>
       <c r="B165" t="s">
-        <v>668</v>
+        <v>669</v>
       </c>
       <c r="C165"/>
       <c r="D165"/>
       <c r="E165"/>
       <c r="F165"/>
       <c r="G165"/>
       <c r="H165" t="s">
         <v>23</v>
       </c>
       <c r="I165" t="s">
-        <v>613</v>
+        <v>614</v>
       </c>
       <c r="J165" t="s">
         <v>49</v>
       </c>
       <c r="K165" t="s">
         <v>36</v>
       </c>
       <c r="L165"/>
       <c r="M165"/>
       <c r="N165"/>
       <c r="O165"/>
       <c r="P165" t="s">
-        <v>669</v>
+        <v>670</v>
       </c>
       <c r="Q165" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="166" spans="1:17">
       <c r="A166">
         <v>79316</v>
       </c>
       <c r="B166" t="s">
-        <v>670</v>
+        <v>671</v>
       </c>
       <c r="C166"/>
       <c r="D166"/>
       <c r="E166"/>
       <c r="F166"/>
       <c r="G166"/>
       <c r="H166" t="s">
         <v>23</v>
       </c>
       <c r="I166" t="s">
-        <v>613</v>
+        <v>614</v>
       </c>
       <c r="J166" t="s">
         <v>49</v>
       </c>
       <c r="K166" t="s">
         <v>36</v>
       </c>
       <c r="L166"/>
       <c r="M166"/>
       <c r="N166"/>
       <c r="O166"/>
       <c r="P166" t="s">
-        <v>671</v>
+        <v>672</v>
       </c>
       <c r="Q166" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="167" spans="1:17">
       <c r="A167">
         <v>79317</v>
       </c>
       <c r="B167" t="s">
-        <v>672</v>
+        <v>673</v>
       </c>
       <c r="C167"/>
       <c r="D167"/>
       <c r="E167"/>
       <c r="F167"/>
       <c r="G167"/>
       <c r="H167" t="s">
         <v>23</v>
       </c>
       <c r="I167" t="s">
-        <v>613</v>
+        <v>614</v>
       </c>
       <c r="J167" t="s">
         <v>49</v>
       </c>
       <c r="K167" t="s">
         <v>36</v>
       </c>
       <c r="L167"/>
       <c r="M167"/>
       <c r="N167"/>
       <c r="O167"/>
       <c r="P167" t="s">
-        <v>673</v>
+        <v>674</v>
       </c>
       <c r="Q167" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="168" spans="1:17">
       <c r="A168">
         <v>79318</v>
       </c>
       <c r="B168" t="s">
-        <v>674</v>
+        <v>675</v>
       </c>
       <c r="C168"/>
       <c r="D168"/>
       <c r="E168"/>
       <c r="F168"/>
       <c r="G168"/>
       <c r="H168" t="s">
         <v>23</v>
       </c>
       <c r="I168" t="s">
-        <v>613</v>
+        <v>614</v>
       </c>
       <c r="J168" t="s">
         <v>49</v>
       </c>
       <c r="K168" t="s">
         <v>36</v>
       </c>
       <c r="L168"/>
       <c r="M168"/>
       <c r="N168"/>
       <c r="O168"/>
       <c r="P168" t="s">
-        <v>675</v>
+        <v>676</v>
       </c>
       <c r="Q168" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="169" spans="1:17">
       <c r="A169">
         <v>79329</v>
       </c>
       <c r="B169" t="s">
-        <v>676</v>
+        <v>677</v>
       </c>
       <c r="C169"/>
       <c r="D169"/>
       <c r="E169"/>
       <c r="F169"/>
       <c r="G169"/>
       <c r="H169" t="s">
         <v>23</v>
       </c>
       <c r="I169" t="s">
-        <v>613</v>
+        <v>614</v>
       </c>
       <c r="J169" t="s">
         <v>49</v>
       </c>
       <c r="K169" t="s">
         <v>36</v>
       </c>
       <c r="L169"/>
       <c r="M169"/>
       <c r="N169"/>
       <c r="O169"/>
       <c r="P169" t="s">
-        <v>677</v>
+        <v>678</v>
       </c>
       <c r="Q169" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="170" spans="1:17">
       <c r="A170">
         <v>79321</v>
       </c>
       <c r="B170" t="s">
-        <v>678</v>
+        <v>679</v>
       </c>
       <c r="C170"/>
       <c r="D170"/>
       <c r="E170"/>
       <c r="F170"/>
       <c r="G170"/>
       <c r="H170" t="s">
         <v>23</v>
       </c>
       <c r="I170" t="s">
-        <v>613</v>
+        <v>614</v>
       </c>
       <c r="J170" t="s">
         <v>49</v>
       </c>
       <c r="K170" t="s">
         <v>36</v>
       </c>
       <c r="L170"/>
       <c r="M170"/>
       <c r="N170"/>
       <c r="O170"/>
       <c r="P170" t="s">
-        <v>679</v>
+        <v>680</v>
       </c>
       <c r="Q170" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="171" spans="1:17">
       <c r="A171">
         <v>79319</v>
       </c>
       <c r="B171" t="s">
-        <v>680</v>
+        <v>681</v>
       </c>
       <c r="C171"/>
       <c r="D171"/>
       <c r="E171"/>
       <c r="F171"/>
       <c r="G171"/>
       <c r="H171" t="s">
         <v>23</v>
       </c>
       <c r="I171" t="s">
-        <v>613</v>
+        <v>614</v>
       </c>
       <c r="J171" t="s">
         <v>49</v>
       </c>
       <c r="K171" t="s">
         <v>36</v>
       </c>
       <c r="L171"/>
       <c r="M171"/>
       <c r="N171"/>
       <c r="O171"/>
       <c r="P171" t="s">
-        <v>681</v>
+        <v>682</v>
       </c>
       <c r="Q171" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="172" spans="1:17">
       <c r="A172">
         <v>79320</v>
       </c>
       <c r="B172" t="s">
-        <v>682</v>
+        <v>683</v>
       </c>
       <c r="C172"/>
       <c r="D172"/>
       <c r="E172"/>
       <c r="F172"/>
       <c r="G172"/>
       <c r="H172" t="s">
         <v>23</v>
       </c>
       <c r="I172" t="s">
-        <v>613</v>
+        <v>614</v>
       </c>
       <c r="J172" t="s">
         <v>49</v>
       </c>
       <c r="K172" t="s">
         <v>36</v>
       </c>
       <c r="L172"/>
       <c r="M172"/>
       <c r="N172"/>
       <c r="O172"/>
       <c r="P172" t="s">
-        <v>683</v>
+        <v>684</v>
       </c>
       <c r="Q172" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="173" spans="1:17">
       <c r="A173">
         <v>93566</v>
       </c>
       <c r="B173" t="s">
-        <v>684</v>
+        <v>685</v>
       </c>
       <c r="C173"/>
       <c r="D173"/>
       <c r="E173"/>
       <c r="F173"/>
       <c r="G173"/>
       <c r="H173" t="s">
         <v>23</v>
       </c>
       <c r="I173" t="s">
-        <v>613</v>
+        <v>614</v>
       </c>
       <c r="J173" t="s">
         <v>49</v>
       </c>
       <c r="K173" t="s">
         <v>36</v>
       </c>
       <c r="L173"/>
       <c r="M173"/>
       <c r="N173"/>
       <c r="O173"/>
       <c r="P173" t="s">
-        <v>685</v>
+        <v>686</v>
       </c>
       <c r="Q173" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="174" spans="1:17">
       <c r="A174">
         <v>79322</v>
       </c>
       <c r="B174" t="s">
-        <v>686</v>
+        <v>687</v>
       </c>
       <c r="C174"/>
       <c r="D174"/>
       <c r="E174"/>
       <c r="F174"/>
       <c r="G174"/>
       <c r="H174" t="s">
         <v>23</v>
       </c>
       <c r="I174" t="s">
-        <v>613</v>
+        <v>614</v>
       </c>
       <c r="J174" t="s">
         <v>49</v>
       </c>
       <c r="K174" t="s">
         <v>36</v>
       </c>
       <c r="L174"/>
       <c r="M174"/>
       <c r="N174"/>
       <c r="O174"/>
       <c r="P174" t="s">
-        <v>687</v>
+        <v>688</v>
       </c>
       <c r="Q174" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="175" spans="1:17">
       <c r="A175">
         <v>13796</v>
       </c>
       <c r="B175" t="s">
-        <v>688</v>
+        <v>689</v>
       </c>
       <c r="C175"/>
       <c r="D175"/>
       <c r="E175"/>
       <c r="F175"/>
       <c r="G175"/>
       <c r="H175" t="s">
         <v>23</v>
       </c>
       <c r="I175" t="s">
-        <v>616</v>
+        <v>617</v>
       </c>
       <c r="J175" t="s">
         <v>49</v>
       </c>
       <c r="K175" t="s">
         <v>36</v>
       </c>
       <c r="L175"/>
       <c r="M175"/>
       <c r="N175"/>
       <c r="O175"/>
       <c r="P175"/>
       <c r="Q175" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="176" spans="1:17">
       <c r="A176">
         <v>14608</v>
       </c>
       <c r="B176" t="s">
-        <v>689</v>
+        <v>690</v>
       </c>
       <c r="C176"/>
       <c r="D176"/>
       <c r="E176"/>
       <c r="F176"/>
       <c r="G176"/>
       <c r="H176" t="s">
         <v>23</v>
       </c>
       <c r="I176" t="s">
         <v>286</v>
       </c>
       <c r="J176" t="s">
         <v>49</v>
       </c>
       <c r="K176" t="s">
         <v>36</v>
       </c>
       <c r="L176"/>
       <c r="M176"/>
       <c r="N176"/>
       <c r="O176"/>
       <c r="P176"/>
       <c r="Q176" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="177" spans="1:17">
       <c r="A177">
         <v>20235</v>
       </c>
       <c r="B177" t="s">
-        <v>690</v>
+        <v>691</v>
       </c>
       <c r="C177" t="s">
-        <v>691</v>
+        <v>692</v>
       </c>
       <c r="D177" t="s">
-        <v>442</v>
+        <v>443</v>
       </c>
       <c r="E177"/>
       <c r="F177"/>
       <c r="G177"/>
       <c r="H177" t="s">
         <v>23</v>
       </c>
       <c r="I177" t="s">
         <v>286</v>
       </c>
       <c r="J177" t="s">
         <v>49</v>
       </c>
       <c r="K177" t="s">
         <v>36</v>
       </c>
       <c r="L177"/>
       <c r="M177"/>
       <c r="N177"/>
       <c r="O177"/>
       <c r="P177"/>
       <c r="Q177" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="178" spans="1:17">
       <c r="A178">
         <v>13789</v>
       </c>
       <c r="B178" t="s">
-        <v>692</v>
+        <v>693</v>
       </c>
       <c r="C178"/>
       <c r="D178"/>
       <c r="E178"/>
       <c r="F178"/>
       <c r="G178"/>
       <c r="H178" t="s">
         <v>23</v>
       </c>
       <c r="I178" t="s">
-        <v>616</v>
+        <v>617</v>
       </c>
       <c r="J178" t="s">
         <v>49</v>
       </c>
       <c r="K178" t="s">
         <v>36</v>
       </c>
       <c r="L178"/>
       <c r="M178"/>
       <c r="N178"/>
       <c r="O178"/>
       <c r="P178"/>
       <c r="Q178" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="179" spans="1:17">
       <c r="A179">
         <v>13132</v>
       </c>
       <c r="B179" t="s">
-        <v>693</v>
+        <v>694</v>
       </c>
       <c r="C179" t="s">
-        <v>694</v>
+        <v>695</v>
       </c>
       <c r="D179" t="s">
-        <v>695</v>
+        <v>696</v>
       </c>
       <c r="E179"/>
       <c r="F179"/>
       <c r="G179"/>
       <c r="H179" t="s">
         <v>23</v>
       </c>
       <c r="I179" t="s">
-        <v>613</v>
+        <v>614</v>
       </c>
       <c r="J179" t="s">
         <v>49</v>
       </c>
       <c r="K179" t="s">
         <v>36</v>
       </c>
       <c r="L179"/>
       <c r="M179"/>
       <c r="N179"/>
       <c r="O179"/>
       <c r="P179"/>
       <c r="Q179" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="180" spans="1:17">
       <c r="A180">
         <v>20274</v>
       </c>
       <c r="B180" t="s">
-        <v>696</v>
+        <v>697</v>
       </c>
       <c r="C180" t="s">
-        <v>697</v>
+        <v>698</v>
       </c>
       <c r="D180" t="s">
-        <v>428</v>
+        <v>429</v>
       </c>
       <c r="E180"/>
       <c r="F180"/>
       <c r="G180"/>
       <c r="H180" t="s">
         <v>23</v>
       </c>
       <c r="I180" t="s">
         <v>286</v>
       </c>
       <c r="J180" t="s">
         <v>49</v>
       </c>
       <c r="K180" t="s">
         <v>36</v>
       </c>
       <c r="L180"/>
       <c r="M180"/>
       <c r="N180"/>
       <c r="O180"/>
       <c r="P180"/>
       <c r="Q180" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="181" spans="1:17">
       <c r="A181">
         <v>13296</v>
       </c>
       <c r="B181" t="s">
-        <v>698</v>
+        <v>699</v>
       </c>
       <c r="C181"/>
       <c r="D181"/>
       <c r="E181"/>
       <c r="F181"/>
       <c r="G181"/>
       <c r="H181" t="s">
         <v>23</v>
       </c>
       <c r="I181" t="s">
-        <v>616</v>
+        <v>617</v>
       </c>
       <c r="J181" t="s">
         <v>49</v>
       </c>
       <c r="K181" t="s">
         <v>36</v>
       </c>
       <c r="L181"/>
       <c r="M181"/>
       <c r="N181"/>
       <c r="O181"/>
       <c r="P181" t="s">
-        <v>699</v>
+        <v>700</v>
       </c>
       <c r="Q181" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="182" spans="1:17">
       <c r="A182">
         <v>22520</v>
       </c>
       <c r="B182" t="s">
-        <v>700</v>
+        <v>701</v>
       </c>
       <c r="C182"/>
       <c r="D182"/>
       <c r="E182"/>
       <c r="F182"/>
       <c r="G182"/>
       <c r="H182" t="s">
         <v>23</v>
       </c>
       <c r="I182" t="s">
         <v>286</v>
       </c>
       <c r="J182" t="s">
         <v>49</v>
       </c>
       <c r="K182" t="s">
         <v>36</v>
       </c>
       <c r="L182"/>
       <c r="M182"/>
       <c r="N182"/>
       <c r="O182"/>
       <c r="P182"/>
       <c r="Q182" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="183" spans="1:17">
       <c r="A183">
         <v>34208</v>
       </c>
       <c r="B183" t="s">
-        <v>701</v>
+        <v>702</v>
       </c>
       <c r="C183"/>
       <c r="D183"/>
       <c r="E183"/>
       <c r="F183"/>
       <c r="G183"/>
       <c r="H183" t="s">
         <v>23</v>
       </c>
       <c r="I183" t="s">
         <v>286</v>
       </c>
       <c r="J183" t="s">
         <v>49</v>
       </c>
       <c r="K183" t="s">
         <v>36</v>
       </c>
       <c r="L183"/>
       <c r="M183"/>
       <c r="N183"/>
       <c r="O183"/>
       <c r="P183" t="s">
-        <v>702</v>
+        <v>703</v>
       </c>
       <c r="Q183" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="184" spans="1:17">
       <c r="A184">
         <v>20372</v>
       </c>
       <c r="B184" t="s">
-        <v>703</v>
+        <v>704</v>
       </c>
       <c r="C184" t="s">
-        <v>704</v>
+        <v>705</v>
       </c>
       <c r="D184" t="s">
-        <v>428</v>
+        <v>429</v>
       </c>
       <c r="E184"/>
       <c r="F184"/>
       <c r="G184"/>
       <c r="H184" t="s">
         <v>23</v>
       </c>
       <c r="I184" t="s">
         <v>286</v>
       </c>
       <c r="J184" t="s">
         <v>49</v>
       </c>
       <c r="K184" t="s">
         <v>36</v>
       </c>
       <c r="L184"/>
       <c r="M184"/>
       <c r="N184"/>
       <c r="O184"/>
       <c r="P184"/>
       <c r="Q184" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="185" spans="1:17">
       <c r="A185">
         <v>33102</v>
       </c>
       <c r="B185" t="s">
-        <v>705</v>
+        <v>706</v>
       </c>
       <c r="C185"/>
       <c r="D185"/>
       <c r="E185"/>
       <c r="F185"/>
       <c r="G185"/>
       <c r="H185" t="s">
         <v>23</v>
       </c>
       <c r="I185" t="s">
         <v>286</v>
       </c>
       <c r="J185" t="s">
         <v>49</v>
       </c>
       <c r="K185" t="s">
         <v>36</v>
       </c>
       <c r="L185"/>
       <c r="M185"/>
       <c r="N185"/>
       <c r="O185"/>
       <c r="P185" t="s">
-        <v>706</v>
+        <v>707</v>
       </c>
       <c r="Q185" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="186" spans="1:17">
       <c r="A186">
         <v>23019</v>
       </c>
       <c r="B186" t="s">
-        <v>707</v>
+        <v>708</v>
       </c>
       <c r="C186" t="s">
-        <v>708</v>
+        <v>709</v>
       </c>
       <c r="D186" t="s">
-        <v>709</v>
+        <v>710</v>
       </c>
       <c r="E186"/>
       <c r="F186"/>
       <c r="G186"/>
       <c r="H186" t="s">
         <v>23</v>
       </c>
       <c r="I186" t="s">
         <v>286</v>
       </c>
       <c r="J186" t="s">
         <v>49</v>
       </c>
       <c r="K186" t="s">
         <v>36</v>
       </c>
       <c r="L186"/>
       <c r="M186"/>
       <c r="N186"/>
       <c r="O186"/>
       <c r="P186"/>
       <c r="Q186" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="187" spans="1:17">
       <c r="A187">
         <v>24259</v>
       </c>
       <c r="B187" t="s">
-        <v>710</v>
+        <v>711</v>
       </c>
       <c r="C187"/>
       <c r="D187"/>
       <c r="E187"/>
       <c r="F187"/>
       <c r="G187"/>
       <c r="H187" t="s">
         <v>23</v>
       </c>
       <c r="I187" t="s">
         <v>286</v>
       </c>
       <c r="J187" t="s">
         <v>49</v>
       </c>
       <c r="K187" t="s">
         <v>36</v>
       </c>
       <c r="L187"/>
       <c r="M187"/>
       <c r="N187"/>
       <c r="O187"/>
       <c r="P187"/>
       <c r="Q187" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="188" spans="1:17">
       <c r="A188">
         <v>20878</v>
       </c>
       <c r="B188" t="s">
-        <v>711</v>
+        <v>712</v>
       </c>
       <c r="C188" t="s">
-        <v>712</v>
+        <v>713</v>
       </c>
       <c r="D188" t="s">
-        <v>428</v>
+        <v>429</v>
       </c>
       <c r="E188"/>
       <c r="F188"/>
       <c r="G188"/>
       <c r="H188" t="s">
         <v>23</v>
       </c>
       <c r="I188" t="s">
         <v>286</v>
       </c>
       <c r="J188" t="s">
         <v>49</v>
       </c>
       <c r="K188" t="s">
         <v>36</v>
       </c>
       <c r="L188"/>
       <c r="M188"/>
       <c r="N188"/>
       <c r="O188"/>
       <c r="P188"/>
       <c r="Q188" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="189" spans="1:17">
       <c r="A189">
         <v>24265</v>
       </c>
       <c r="B189" t="s">
-        <v>713</v>
+        <v>714</v>
       </c>
       <c r="C189"/>
       <c r="D189"/>
       <c r="E189"/>
       <c r="F189"/>
       <c r="G189"/>
       <c r="H189" t="s">
         <v>23</v>
       </c>
       <c r="I189" t="s">
         <v>286</v>
       </c>
       <c r="J189" t="s">
         <v>49</v>
       </c>
       <c r="K189" t="s">
         <v>36</v>
       </c>
       <c r="L189"/>
       <c r="M189"/>
       <c r="N189"/>
       <c r="O189"/>
       <c r="P189"/>
       <c r="Q189" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="190" spans="1:17">
       <c r="A190">
         <v>20283</v>
       </c>
       <c r="B190" t="s">
-        <v>714</v>
+        <v>715</v>
       </c>
       <c r="C190" t="s">
-        <v>715</v>
+        <v>716</v>
       </c>
       <c r="D190" t="s">
-        <v>428</v>
+        <v>429</v>
       </c>
       <c r="E190"/>
       <c r="F190"/>
       <c r="G190"/>
       <c r="H190" t="s">
         <v>23</v>
       </c>
       <c r="I190" t="s">
         <v>286</v>
       </c>
       <c r="J190" t="s">
         <v>49</v>
       </c>
       <c r="K190" t="s">
         <v>36</v>
       </c>
       <c r="L190"/>
       <c r="M190"/>
       <c r="N190"/>
       <c r="O190"/>
       <c r="P190"/>
       <c r="Q190" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="191" spans="1:17">
       <c r="A191">
         <v>22053</v>
       </c>
       <c r="B191" t="s">
-        <v>716</v>
+        <v>717</v>
       </c>
       <c r="C191" t="s">
-        <v>717</v>
+        <v>718</v>
       </c>
       <c r="D191" t="s">
-        <v>709</v>
+        <v>710</v>
       </c>
       <c r="E191"/>
       <c r="F191"/>
       <c r="G191"/>
       <c r="H191" t="s">
         <v>23</v>
       </c>
       <c r="I191" t="s">
         <v>286</v>
       </c>
       <c r="J191" t="s">
         <v>49</v>
       </c>
       <c r="K191" t="s">
         <v>36</v>
       </c>
       <c r="L191"/>
       <c r="M191"/>
       <c r="N191"/>
       <c r="O191"/>
       <c r="P191" t="s">
-        <v>718</v>
+        <v>719</v>
       </c>
       <c r="Q191" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="192" spans="1:17">
       <c r="A192">
         <v>70515</v>
       </c>
       <c r="B192" t="s">
-        <v>719</v>
+        <v>720</v>
       </c>
       <c r="C192"/>
       <c r="D192"/>
       <c r="E192"/>
       <c r="F192"/>
       <c r="G192"/>
       <c r="H192" t="s">
         <v>23</v>
       </c>
       <c r="I192" t="s">
         <v>286</v>
       </c>
       <c r="J192" t="s">
         <v>49</v>
       </c>
       <c r="K192" t="s">
         <v>85</v>
       </c>
       <c r="L192"/>
       <c r="M192"/>
       <c r="N192"/>
       <c r="O192"/>
       <c r="P192"/>
       <c r="Q192" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="193" spans="1:17">
       <c r="A193">
         <v>24267</v>
       </c>
       <c r="B193" t="s">
-        <v>720</v>
+        <v>721</v>
       </c>
       <c r="C193"/>
       <c r="D193"/>
       <c r="E193"/>
       <c r="F193"/>
       <c r="G193"/>
       <c r="H193" t="s">
         <v>23</v>
       </c>
       <c r="I193" t="s">
         <v>286</v>
       </c>
       <c r="J193" t="s">
         <v>49</v>
       </c>
       <c r="K193" t="s">
         <v>36</v>
       </c>
       <c r="L193"/>
       <c r="M193"/>
       <c r="N193"/>
       <c r="O193"/>
       <c r="P193"/>
       <c r="Q193" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="194" spans="1:17">
       <c r="A194">
         <v>79207</v>
       </c>
       <c r="B194" t="s">
-        <v>721</v>
+        <v>722</v>
       </c>
       <c r="C194"/>
       <c r="D194"/>
       <c r="E194"/>
       <c r="F194"/>
       <c r="G194"/>
       <c r="H194" t="s">
         <v>23</v>
       </c>
       <c r="I194" t="s">
         <v>24</v>
       </c>
       <c r="J194" t="s">
         <v>49</v>
       </c>
       <c r="K194" t="s">
         <v>36</v>
       </c>
       <c r="L194"/>
       <c r="M194"/>
       <c r="N194"/>
       <c r="O194"/>
       <c r="P194"/>
       <c r="Q194" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="195" spans="1:17">
       <c r="A195">
         <v>21325</v>
       </c>
       <c r="B195" t="s">
-        <v>722</v>
+        <v>723</v>
       </c>
       <c r="C195"/>
       <c r="D195"/>
       <c r="E195"/>
       <c r="F195"/>
       <c r="G195"/>
       <c r="H195" t="s">
         <v>23</v>
       </c>
       <c r="I195" t="s">
         <v>286</v>
       </c>
       <c r="J195" t="s">
         <v>49</v>
       </c>
       <c r="K195" t="s">
         <v>36</v>
       </c>
       <c r="L195"/>
       <c r="M195"/>
       <c r="N195"/>
       <c r="O195"/>
       <c r="P195"/>
       <c r="Q195" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="196" spans="1:17">
       <c r="A196">
         <v>21447</v>
       </c>
       <c r="B196" t="s">
-        <v>723</v>
+        <v>724</v>
       </c>
       <c r="C196"/>
       <c r="D196"/>
       <c r="E196"/>
       <c r="F196"/>
       <c r="G196"/>
       <c r="H196" t="s">
         <v>23</v>
       </c>
       <c r="I196" t="s">
         <v>286</v>
       </c>
       <c r="J196" t="s">
         <v>49</v>
       </c>
       <c r="K196" t="s">
         <v>36</v>
       </c>
       <c r="L196"/>
       <c r="M196"/>
       <c r="N196"/>
       <c r="O196"/>
       <c r="P196"/>
       <c r="Q196" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="197" spans="1:17">
       <c r="A197">
         <v>36627</v>
       </c>
       <c r="B197" t="s">
-        <v>724</v>
+        <v>725</v>
       </c>
       <c r="C197"/>
       <c r="D197"/>
       <c r="E197"/>
       <c r="F197"/>
       <c r="G197"/>
       <c r="H197" t="s">
         <v>23</v>
       </c>
       <c r="I197" t="s">
-        <v>616</v>
+        <v>617</v>
       </c>
       <c r="J197" t="s">
         <v>49</v>
       </c>
       <c r="K197" t="s">
         <v>36</v>
       </c>
       <c r="L197"/>
       <c r="M197"/>
       <c r="N197"/>
       <c r="O197"/>
       <c r="P197" t="s">
-        <v>725</v>
+        <v>726</v>
       </c>
       <c r="Q197" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="198" spans="1:17">
       <c r="A198">
         <v>22603</v>
       </c>
       <c r="B198" t="s">
-        <v>726</v>
+        <v>727</v>
       </c>
       <c r="C198"/>
       <c r="D198"/>
       <c r="E198"/>
       <c r="F198"/>
       <c r="G198"/>
       <c r="H198" t="s">
         <v>23</v>
       </c>
       <c r="I198" t="s">
         <v>286</v>
       </c>
       <c r="J198" t="s">
         <v>49</v>
       </c>
       <c r="K198" t="s">
         <v>36</v>
       </c>
       <c r="L198"/>
       <c r="M198"/>
       <c r="N198"/>
       <c r="O198"/>
       <c r="P198" t="s">
-        <v>727</v>
+        <v>728</v>
       </c>
       <c r="Q198" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="199" spans="1:17">
       <c r="A199">
         <v>32347</v>
       </c>
       <c r="B199" t="s">
-        <v>728</v>
+        <v>729</v>
       </c>
       <c r="C199" t="s">
-        <v>729</v>
+        <v>730</v>
       </c>
       <c r="D199" t="s">
-        <v>428</v>
+        <v>429</v>
       </c>
       <c r="E199"/>
       <c r="F199"/>
       <c r="G199"/>
       <c r="H199" t="s">
         <v>23</v>
       </c>
       <c r="I199" t="s">
         <v>286</v>
       </c>
       <c r="J199" t="s">
         <v>49</v>
       </c>
       <c r="K199" t="s">
         <v>36</v>
       </c>
       <c r="L199"/>
       <c r="M199"/>
       <c r="N199"/>
       <c r="O199"/>
       <c r="P199" t="s">
-        <v>730</v>
+        <v>731</v>
       </c>
       <c r="Q199" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="200" spans="1:17">
       <c r="A200">
         <v>24280</v>
       </c>
       <c r="B200" t="s">
-        <v>731</v>
+        <v>732</v>
       </c>
       <c r="C200"/>
       <c r="D200"/>
       <c r="E200"/>
       <c r="F200"/>
       <c r="G200"/>
       <c r="H200" t="s">
         <v>23</v>
       </c>
       <c r="I200" t="s">
         <v>286</v>
       </c>
       <c r="J200" t="s">
         <v>49</v>
       </c>
       <c r="K200" t="s">
         <v>36</v>
       </c>
       <c r="L200"/>
       <c r="M200"/>
       <c r="N200"/>
       <c r="O200"/>
       <c r="P200"/>
       <c r="Q200" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="201" spans="1:17">
       <c r="A201">
         <v>13116</v>
       </c>
       <c r="B201" t="s">
-        <v>732</v>
+        <v>733</v>
       </c>
       <c r="C201"/>
       <c r="D201"/>
       <c r="E201"/>
       <c r="F201"/>
       <c r="G201"/>
       <c r="H201" t="s">
         <v>23</v>
       </c>
       <c r="I201" t="s">
-        <v>613</v>
+        <v>614</v>
       </c>
       <c r="J201" t="s">
         <v>49</v>
       </c>
       <c r="K201" t="s">
         <v>36</v>
       </c>
       <c r="L201"/>
       <c r="M201"/>
       <c r="N201"/>
       <c r="O201"/>
       <c r="P201" t="s">
-        <v>733</v>
+        <v>734</v>
       </c>
       <c r="Q201" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="202" spans="1:17">
       <c r="A202">
         <v>13120</v>
       </c>
       <c r="B202" t="s">
-        <v>734</v>
+        <v>735</v>
       </c>
       <c r="C202"/>
       <c r="D202"/>
       <c r="E202"/>
       <c r="F202"/>
       <c r="G202"/>
       <c r="H202" t="s">
         <v>23</v>
       </c>
       <c r="I202" t="s">
-        <v>613</v>
+        <v>614</v>
       </c>
       <c r="J202" t="s">
         <v>49</v>
       </c>
       <c r="K202" t="s">
         <v>36</v>
       </c>
       <c r="L202"/>
       <c r="M202"/>
       <c r="N202"/>
       <c r="O202"/>
       <c r="P202"/>
       <c r="Q202" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="203" spans="1:17">
       <c r="A203">
         <v>13122</v>
       </c>
       <c r="B203" t="s">
-        <v>735</v>
+        <v>736</v>
       </c>
       <c r="C203"/>
       <c r="D203"/>
       <c r="E203"/>
       <c r="F203"/>
       <c r="G203"/>
       <c r="H203" t="s">
         <v>23</v>
       </c>
       <c r="I203" t="s">
-        <v>613</v>
+        <v>614</v>
       </c>
       <c r="J203" t="s">
         <v>49</v>
       </c>
       <c r="K203" t="s">
         <v>36</v>
       </c>
       <c r="L203"/>
       <c r="M203"/>
       <c r="N203"/>
       <c r="O203"/>
       <c r="P203"/>
       <c r="Q203" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="204" spans="1:17">
       <c r="A204">
         <v>13126</v>
       </c>
       <c r="B204" t="s">
-        <v>736</v>
+        <v>737</v>
       </c>
       <c r="C204"/>
       <c r="D204"/>
       <c r="E204"/>
       <c r="F204"/>
       <c r="G204"/>
       <c r="H204" t="s">
         <v>23</v>
       </c>
       <c r="I204" t="s">
-        <v>613</v>
+        <v>614</v>
       </c>
       <c r="J204" t="s">
         <v>49</v>
       </c>
       <c r="K204" t="s">
         <v>36</v>
       </c>
       <c r="L204"/>
       <c r="M204"/>
       <c r="N204"/>
       <c r="O204"/>
       <c r="P204"/>
       <c r="Q204" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="205" spans="1:17">
       <c r="A205">
         <v>20394</v>
       </c>
       <c r="B205" t="s">
-        <v>737</v>
+        <v>738</v>
       </c>
       <c r="C205"/>
       <c r="D205"/>
       <c r="E205"/>
       <c r="F205"/>
       <c r="G205"/>
       <c r="H205" t="s">
         <v>23</v>
       </c>
       <c r="I205" t="s">
         <v>286</v>
       </c>
       <c r="J205" t="s">
         <v>49</v>
       </c>
       <c r="K205" t="s">
         <v>36</v>
       </c>
       <c r="L205"/>
       <c r="M205"/>
       <c r="N205"/>
       <c r="O205"/>
       <c r="P205"/>
       <c r="Q205" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="206" spans="1:17">
       <c r="A206">
         <v>22521</v>
       </c>
       <c r="B206" t="s">
-        <v>738</v>
+        <v>739</v>
       </c>
       <c r="C206"/>
       <c r="D206"/>
       <c r="E206"/>
       <c r="F206"/>
       <c r="G206"/>
       <c r="H206" t="s">
         <v>23</v>
       </c>
       <c r="I206" t="s">
         <v>286</v>
       </c>
       <c r="J206" t="s">
         <v>49</v>
       </c>
       <c r="K206" t="s">
         <v>36</v>
       </c>
       <c r="L206"/>
       <c r="M206"/>
       <c r="N206"/>
       <c r="O206"/>
       <c r="P206"/>
       <c r="Q206" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="207" spans="1:17">
       <c r="A207">
         <v>13366</v>
       </c>
       <c r="B207" t="s">
-        <v>739</v>
+        <v>740</v>
       </c>
       <c r="C207"/>
       <c r="D207"/>
       <c r="E207"/>
       <c r="F207"/>
       <c r="G207"/>
       <c r="H207" t="s">
         <v>23</v>
       </c>
       <c r="I207" t="s">
-        <v>616</v>
+        <v>617</v>
       </c>
       <c r="J207" t="s">
         <v>49</v>
       </c>
       <c r="K207" t="s">
         <v>36</v>
       </c>
       <c r="L207"/>
       <c r="M207"/>
       <c r="N207"/>
       <c r="O207"/>
       <c r="P207"/>
       <c r="Q207" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="208" spans="1:17">
       <c r="A208">
         <v>13821</v>
       </c>
       <c r="B208" t="s">
-        <v>740</v>
+        <v>741</v>
       </c>
       <c r="C208"/>
       <c r="D208"/>
       <c r="E208"/>
       <c r="F208"/>
       <c r="G208"/>
       <c r="H208" t="s">
         <v>23</v>
       </c>
       <c r="I208" t="s">
-        <v>616</v>
+        <v>617</v>
       </c>
       <c r="J208" t="s">
         <v>49</v>
       </c>
       <c r="K208" t="s">
         <v>36</v>
       </c>
       <c r="L208"/>
       <c r="M208"/>
       <c r="N208"/>
       <c r="O208"/>
       <c r="P208"/>
       <c r="Q208" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="209" spans="1:17">
       <c r="A209">
         <v>15977</v>
       </c>
       <c r="B209" t="s">
-        <v>741</v>
+        <v>742</v>
       </c>
       <c r="C209"/>
       <c r="D209"/>
       <c r="E209"/>
       <c r="F209"/>
       <c r="G209"/>
       <c r="H209" t="s">
         <v>23</v>
       </c>
       <c r="I209" t="s">
-        <v>458</v>
+        <v>459</v>
       </c>
       <c r="J209" t="s">
         <v>49</v>
       </c>
       <c r="K209" t="s">
         <v>36</v>
       </c>
       <c r="L209"/>
       <c r="M209"/>
       <c r="N209"/>
       <c r="O209"/>
       <c r="P209"/>
       <c r="Q209" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="210" spans="1:17">
       <c r="A210">
         <v>36631</v>
       </c>
       <c r="B210" t="s">
-        <v>742</v>
+        <v>743</v>
       </c>
       <c r="C210"/>
       <c r="D210"/>
       <c r="E210"/>
       <c r="F210"/>
       <c r="G210"/>
       <c r="H210" t="s">
         <v>23</v>
       </c>
       <c r="I210" t="s">
         <v>286</v>
       </c>
       <c r="J210" t="s">
         <v>49</v>
       </c>
       <c r="K210" t="s">
         <v>36</v>
       </c>
       <c r="L210"/>
       <c r="M210"/>
       <c r="N210"/>
       <c r="O210"/>
       <c r="P210" t="s">
-        <v>743</v>
+        <v>744</v>
       </c>
       <c r="Q210" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="211" spans="1:17">
       <c r="A211">
         <v>24290</v>
       </c>
       <c r="B211" t="s">
-        <v>744</v>
+        <v>745</v>
       </c>
       <c r="C211" t="s">
-        <v>745</v>
+        <v>746</v>
       </c>
       <c r="D211" t="s">
-        <v>628</v>
+        <v>629</v>
       </c>
       <c r="E211"/>
       <c r="F211"/>
       <c r="G211"/>
       <c r="H211" t="s">
         <v>23</v>
       </c>
       <c r="I211" t="s">
-        <v>616</v>
+        <v>617</v>
       </c>
       <c r="J211" t="s">
         <v>49</v>
       </c>
       <c r="K211" t="s">
         <v>36</v>
       </c>
       <c r="L211"/>
       <c r="M211"/>
       <c r="N211"/>
       <c r="O211"/>
       <c r="P211" t="s">
-        <v>746</v>
+        <v>747</v>
       </c>
       <c r="Q211" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="212" spans="1:17">
       <c r="A212">
         <v>32946</v>
       </c>
       <c r="B212" t="s">
-        <v>747</v>
+        <v>748</v>
       </c>
       <c r="C212"/>
       <c r="D212"/>
       <c r="E212"/>
       <c r="F212"/>
       <c r="G212"/>
       <c r="H212" t="s">
         <v>23</v>
       </c>
       <c r="I212" t="s">
         <v>286</v>
       </c>
       <c r="J212" t="s">
         <v>49</v>
       </c>
       <c r="K212" t="s">
         <v>36</v>
       </c>
       <c r="L212"/>
       <c r="M212"/>
       <c r="N212"/>
       <c r="O212"/>
       <c r="P212"/>
       <c r="Q212" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="213" spans="1:17">
       <c r="A213">
         <v>34209</v>
       </c>
       <c r="B213" t="s">
-        <v>748</v>
+        <v>749</v>
       </c>
       <c r="C213"/>
       <c r="D213"/>
       <c r="E213"/>
       <c r="F213"/>
       <c r="G213"/>
       <c r="H213" t="s">
         <v>23</v>
       </c>
       <c r="I213" t="s">
         <v>286</v>
       </c>
       <c r="J213" t="s">
         <v>49</v>
       </c>
       <c r="K213" t="s">
         <v>36</v>
       </c>
       <c r="L213"/>
       <c r="M213"/>
       <c r="N213"/>
       <c r="O213"/>
       <c r="P213"/>
       <c r="Q213" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="214" spans="1:17">
       <c r="A214">
         <v>36333</v>
       </c>
       <c r="B214" t="s">
-        <v>749</v>
+        <v>750</v>
       </c>
       <c r="C214"/>
       <c r="D214"/>
       <c r="E214"/>
       <c r="F214"/>
       <c r="G214"/>
       <c r="H214" t="s">
         <v>23</v>
       </c>
       <c r="I214" t="s">
         <v>286</v>
       </c>
       <c r="J214" t="s">
         <v>49</v>
       </c>
       <c r="K214" t="s">
         <v>36</v>
       </c>
       <c r="L214"/>
       <c r="M214"/>
       <c r="N214"/>
       <c r="O214"/>
       <c r="P214"/>
       <c r="Q214" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="215" spans="1:17">
       <c r="A215">
         <v>13337</v>
       </c>
       <c r="B215" t="s">
-        <v>750</v>
+        <v>751</v>
       </c>
       <c r="C215"/>
       <c r="D215"/>
       <c r="E215"/>
       <c r="F215"/>
       <c r="G215"/>
       <c r="H215" t="s">
         <v>23</v>
       </c>
       <c r="I215" t="s">
-        <v>616</v>
+        <v>617</v>
       </c>
       <c r="J215" t="s">
         <v>49</v>
       </c>
       <c r="K215" t="s">
         <v>36</v>
       </c>
       <c r="L215"/>
       <c r="M215"/>
       <c r="N215"/>
       <c r="O215"/>
       <c r="P215"/>
       <c r="Q215" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="216" spans="1:17">
       <c r="A216">
         <v>24293</v>
       </c>
       <c r="B216" t="s">
-        <v>751</v>
+        <v>752</v>
       </c>
       <c r="C216"/>
       <c r="D216"/>
       <c r="E216"/>
       <c r="F216"/>
       <c r="G216"/>
       <c r="H216" t="s">
         <v>23</v>
       </c>
       <c r="I216" t="s">
-        <v>616</v>
+        <v>617</v>
       </c>
       <c r="J216" t="s">
         <v>49</v>
       </c>
       <c r="K216" t="s">
         <v>36</v>
       </c>
       <c r="L216"/>
       <c r="M216"/>
       <c r="N216"/>
       <c r="O216"/>
       <c r="P216"/>
       <c r="Q216" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="217" spans="1:17">
       <c r="A217">
         <v>22763</v>
       </c>
       <c r="B217" t="s">
-        <v>752</v>
+        <v>753</v>
       </c>
       <c r="C217" t="s">
-        <v>753</v>
+        <v>754</v>
       </c>
       <c r="D217" t="s">
-        <v>428</v>
+        <v>429</v>
       </c>
       <c r="E217"/>
       <c r="F217"/>
       <c r="G217"/>
       <c r="H217" t="s">
         <v>23</v>
       </c>
       <c r="I217" t="s">
         <v>286</v>
       </c>
       <c r="J217" t="s">
         <v>49</v>
       </c>
       <c r="K217" t="s">
         <v>36</v>
       </c>
       <c r="L217"/>
       <c r="M217"/>
       <c r="N217"/>
       <c r="O217"/>
       <c r="P217"/>
       <c r="Q217" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="218" spans="1:17">
       <c r="A218">
         <v>36475</v>
       </c>
       <c r="B218" t="s">
-        <v>754</v>
+        <v>755</v>
       </c>
       <c r="C218"/>
       <c r="D218"/>
       <c r="E218"/>
       <c r="F218"/>
       <c r="G218"/>
       <c r="H218" t="s">
         <v>23</v>
       </c>
       <c r="I218" t="s">
         <v>286</v>
       </c>
       <c r="J218" t="s">
         <v>49</v>
       </c>
       <c r="K218" t="s">
         <v>26</v>
       </c>
       <c r="L218"/>
       <c r="M218"/>
       <c r="N218"/>
       <c r="O218"/>
       <c r="P218"/>
       <c r="Q218" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="219" spans="1:17">
       <c r="A219">
         <v>22522</v>
       </c>
       <c r="B219" t="s">
-        <v>755</v>
+        <v>756</v>
       </c>
       <c r="C219"/>
       <c r="D219"/>
       <c r="E219"/>
       <c r="F219"/>
       <c r="G219"/>
       <c r="H219" t="s">
         <v>23</v>
       </c>
       <c r="I219" t="s">
         <v>286</v>
       </c>
       <c r="J219" t="s">
         <v>49</v>
       </c>
       <c r="K219" t="s">
         <v>36</v>
       </c>
       <c r="L219"/>
       <c r="M219"/>
       <c r="N219"/>
       <c r="O219"/>
       <c r="P219"/>
       <c r="Q219" t="s">
         <v>29</v>