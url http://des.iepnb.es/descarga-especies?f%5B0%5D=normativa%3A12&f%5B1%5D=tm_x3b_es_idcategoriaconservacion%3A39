--- v0 (2025-11-13)
+++ v1 (2026-01-07)
@@ -1859,54 +1859,54 @@
   <si>
     <t>Castellano, Castellano, Castellano, Castellano, Castellano, Castellano, Castellano, Altoaragonés, Valenciano</t>
   </si>
   <si>
     <t>Árbol de 4-6 m. Hojas compuestas, imparipinnadas de hasta cuatro pares de foliolos y uno terminal de mayor tamaño. Foliolos oblongo-lanceolados, aserrados en los bordes, vellosos en el envés. Flores pequeñas, blancas, olorosas, dispuestas en umbelas corimbiformes densas de hasta 20 cm de diámetro. Frutos en drupa, subglobosos, de hasta 7 mm, negruzcos en la madurez.</t>
   </si>
   <si>
     <t>Sambucus palmensis Link</t>
   </si>
   <si>
     <t>Sideroxylon canariense T. Leyens, Lobin &amp; A. Santos</t>
   </si>
   <si>
     <t>prueba_Marmolán (Castellano), Marmulán (Castellano), Marmulano (Castellano), Aderno blanco (Castellano)</t>
   </si>
   <si>
     <t>Árbol perennifolio de unos (2)3-5(10) m de alto, con rebrotes de cepa o raíz. Hojas enteras, pecioladas, oblongas (7-12 x 3-5 cm), de base cuneada y ápice redondeado, glabras, con conductos laticíferos. Flores pentámeras, agrupadas en cimas con (2)4-6(12) flores, dispuestas entre y por debajo de las hojas. Pedicelos de 0,4-1 cm, algo más largos en la fructificación. Cáliz con sépalos anchamente ovados, esparcidamente hirsutos. Corola blanca; pétalos unidos en la base, anchamente obovados. Estambres epipétalos, exertos. Estaminodios petaloideos, alternipétalos, subiguales en tamaño a los pétalos, con margen dentado. Fruto en drupa obovada, 1-1,7 cm de longitud con estilo persistente, glabra.</t>
   </si>
   <si>
     <t>Sideroxylon canariensis T. Leyens, W. Lobin &amp; A. Santos, Sideroxylon marmulano</t>
   </si>
   <si>
     <t>Phocoena phocoena (Linnaeus, 1758)</t>
   </si>
   <si>
-    <t>prueba_Common Porpoise (Inglés), Marsouin (Francés), Schweinswal (Alemán), Focena (Italiano), Bôto (Portugués)</t>
-[...2 lines deleted...]
-    <t>Inglés, Francés, Alemán, Italiano, Portugués</t>
+    <t>prueba_Marsopa (Castellano), Marsopa común (Castellano), Common Porpoise (Inglés), Marsouin (Francés), Schweinswal (Alemán), Focena (Italiano), Bôto (Portugués)</t>
+  </si>
+  <si>
+    <t>Castellano, Castellano, Inglés, Francés, Alemán, Italiano, Portugués</t>
   </si>
   <si>
     <t>Mundial LC (Preocupación menor),  España VU (Vulnerable),  Región Marina Atlántica U1 (Desfavorable-inadecuado),  Región Marina Macaronésica XX (Desconocido),  Región Marina Mediterránea XX (Desconocido)</t>
   </si>
   <si>
     <t>Mundial, España, Región Marina Atlántica, Región Marina Macaronésica, Región Marina Mediterránea</t>
   </si>
   <si>
     <t>La marsopa es la especie de cetáceo de menor tamaño en el Atlántico Norte. La longitud total varía generalmente entre 130-180 cm y el peso entre 25 y 90 kg. El tamaño de las hembras es mayor que el de los machos, aunque presenta grandes variaciones geográficas.
 Presentan una cabeza roma, sin el típico pico de algunos delfines. Las aletas pectorales tienen el extremo redondeado y la aleta dorsal se sitúa en la mitad del cuerpo, es baja y triangular, presentando una peculiaridad única en los cetáceos: la existencia en el borde anterior de la aleta dorsal, de algunos ejemplares, de tubérculos epidérmicos a modo de protuberancias que le dan un aspecto aserrado.
 El color dorsolateral es negro acastañado, y en la parte anterior de los flancos presenta un color ceniza que se difumina a blanco centralmente. Destacan las aletas pectorales negras con una línea que las une con la parte inferior de la boca, que es también oscura rodeando el labio inferior. La parte anterior de la cabeza es un poco más clara, haciendo una figura triangular que se abre hacia delante desde el aventador. A pesar de la variación de color individual, y de cierta asimetría bilateral, no se han encontrado diferencias en las distintas poblaciones del mundo. El cráneo es alargado aunque con rostro corto, el paladar es plano y presenta una marcada asimetría orientada a la izquierda general en los cetáceos odontocetos. Los dientes son espatulados, caso único entre los cetáceos en los
 que suelen ser cónicos. Cabe destacar el tamaño de los huesos pélvicos en esta especie que son mucho mayores y voluminosos que en los pequeños delfínidos, estando relacionado con el tamaño de los órganos sexuales, sobre todo en el caso de los machos.</t>
   </si>
   <si>
     <t>Delphinus phocoena Linnaeus, 1758, Phocaena communis Lesson, 1827, Phocaena phocaena Kleinenberg, 1956, Phocena phocena Gray, 1821</t>
   </si>
   <si>
     <t>Algyroides hidalgoi Boscá, 1916</t>
   </si>
   <si>
     <t>prueba_Lagartija de Valverde (Castellano), Lagartija de Boscá (Castellano), Valverde algiroidea (Euskera), Sargantana de Valverde (Catalán), Spanish Algyroides (Inglés)</t>
   </si>
   <si>
     <t>Castellano, Castellano, Euskera, Catalán, Inglés</t>
   </si>