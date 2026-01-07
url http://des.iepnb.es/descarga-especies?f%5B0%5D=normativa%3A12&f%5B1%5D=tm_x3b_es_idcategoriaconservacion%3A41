--- v0 (2025-11-13)
+++ v1 (2026-01-07)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="especies" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="399">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="400">
   <si>
     <t>Código de la especie (id taxon)</t>
   </si>
   <si>
     <t>Nombre aceptado</t>
   </si>
   <si>
     <t>Nombres comunes</t>
   </si>
   <si>
     <t>Nombre idioma</t>
   </si>
   <si>
     <t>Categoría de amenaza UICN</t>
   </si>
   <si>
     <t>Categoría de amenaza UICN nacional o mundial</t>
   </si>
   <si>
     <t>Descripción</t>
   </si>
   <si>
     <t>Ámbito</t>
   </si>
   <si>
@@ -777,51 +777,54 @@
   <si>
     <t>Caretta bissa Rüppell, 1835, Eretmochelys squamata Agassiz, 1857</t>
   </si>
   <si>
     <t>Balaenoptera acutorostrata Lacépède, 1804</t>
   </si>
   <si>
     <t>prueba_Minke whale (Inglés), Petit rorqual (Francés), Zwergwal (Alemán), Balenottera minore (Italiano), Baleia-anã (Portugués)</t>
   </si>
   <si>
     <t>Mundial LC (Preocupación menor),  España VU (Vulnerable),  Región Marina Atlántica XX (Desconocido),  Región Marina Macaronésica XX (Desconocido),  Región Marina Mediterránea XX (Desconocido)</t>
   </si>
   <si>
     <t>Mundial, España, Región Marina Atlántica, Región Marina Macaronésica, Región Marina Mediterránea</t>
   </si>
   <si>
     <t>El rorcual aliblanco (Balaenoptera acutorostrata), presenta una coloración gris que varía en tonalidades en todo el cuerpo, siendo siempre la parte inferior de su cuerpo completamente blanca. El roncual aliblanco se distingue de otros rorcuales por la mancha blanca que presentan en las aletas pectorales, con una forma más o menos redondeada. Pertenece al grupo de los cetáceos misticetos ya que presentan barbas. Llegan a alcanzar un tamaño de 7-10 m (recién nacido 2,1 -2,8 m).</t>
   </si>
   <si>
     <t>Agaphelus gibbosus Cope, 1968, Balaena rostrata Fabricius, 1780, Balaenoptera eschrichtius Rasch, 1845, Balaenoptera rostrata (Fabricius, 1780)</t>
   </si>
   <si>
     <t>Phocoena phocoena (Linnaeus, 1758)</t>
   </si>
   <si>
-    <t>prueba_Common Porpoise (Inglés), Marsouin (Francés), Schweinswal (Alemán), Focena (Italiano), Bôto (Portugués)</t>
+    <t>prueba_Marsopa (Castellano), Marsopa común (Castellano), Common Porpoise (Inglés), Marsouin (Francés), Schweinswal (Alemán), Focena (Italiano), Bôto (Portugués)</t>
+  </si>
+  <si>
+    <t>Castellano, Castellano, Inglés, Francés, Alemán, Italiano, Portugués</t>
   </si>
   <si>
     <t>Mundial LC (Preocupación menor),  España VU (Vulnerable),  Región Marina Atlántica U1 (Desfavorable-inadecuado),  Región Marina Macaronésica XX (Desconocido),  Región Marina Mediterránea XX (Desconocido)</t>
   </si>
   <si>
     <t>La marsopa es la especie de cetáceo de menor tamaño en el Atlántico Norte. La longitud total varía generalmente entre 130-180 cm y el peso entre 25 y 90 kg. El tamaño de las hembras es mayor que el de los machos, aunque presenta grandes variaciones geográficas.
 Presentan una cabeza roma, sin el típico pico de algunos delfines. Las aletas pectorales tienen el extremo redondeado y la aleta dorsal se sitúa en la mitad del cuerpo, es baja y triangular, presentando una peculiaridad única en los cetáceos: la existencia en el borde anterior de la aleta dorsal, de algunos ejemplares, de tubérculos epidérmicos a modo de protuberancias que le dan un aspecto aserrado.
 El color dorsolateral es negro acastañado, y en la parte anterior de los flancos presenta un color ceniza que se difumina a blanco centralmente. Destacan las aletas pectorales negras con una línea que las une con la parte inferior de la boca, que es también oscura rodeando el labio inferior. La parte anterior de la cabeza es un poco más clara, haciendo una figura triangular que se abre hacia delante desde el aventador. A pesar de la variación de color individual, y de cierta asimetría bilateral, no se han encontrado diferencias en las distintas poblaciones del mundo. El cráneo es alargado aunque con rostro corto, el paladar es plano y presenta una marcada asimetría orientada a la izquierda general en los cetáceos odontocetos. Los dientes son espatulados, caso único entre los cetáceos en los
 que suelen ser cónicos. Cabe destacar el tamaño de los huesos pélvicos en esta especie que son mucho mayores y voluminosos que en los pequeños delfínidos, estando relacionado con el tamaño de los órganos sexuales, sobre todo en el caso de los machos.</t>
   </si>
   <si>
     <t>Delphinus phocoena Linnaeus, 1758, Phocaena communis Lesson, 1827, Phocaena phocaena Kleinenberg, 1956, Phocena phocena Gray, 1821</t>
   </si>
   <si>
     <t>Lepidochelys kempii (Garman, 1880)</t>
   </si>
   <si>
     <t>prueba_Cotorra (Castellano), Tortuga Iora (Castellano), Tortuga Marina Bastarda (Castellano), Tortuga golfina (Castellano), Kemp's Ridley (Inglés), Atlantic Ridley (Inglés), Mexican Ridley (Inglés), Gulf Ridley (Inglés), Tortue de Kemp (Francés), Lépidochelyde de Kemp (Francés), Ridley de Kemp (Francés), Kemps Schildkröte (Alemán)</t>
   </si>
   <si>
     <t>Castellano, Castellano, Castellano, Castellano, Inglés, Inglés, Inglés, Inglés, Francés, Francés, Francés, Alemán</t>
   </si>
   <si>
     <t>Mundial CR (En peligro crítico),  España DD (Datos insuficientes),  Región Marina Atlántica XX (Desconocido),  Región Marina Mediterránea XX (Desconocido)</t>
   </si>
@@ -3320,1526 +3323,1526 @@
       <c r="K37" t="s">
         <v>92</v>
       </c>
       <c r="L37"/>
       <c r="M37"/>
       <c r="N37"/>
       <c r="O37"/>
       <c r="P37" t="s">
         <v>247</v>
       </c>
       <c r="Q37" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="38" spans="1:17">
       <c r="A38">
         <v>32181</v>
       </c>
       <c r="B38" t="s">
         <v>248</v>
       </c>
       <c r="C38" t="s">
         <v>249</v>
       </c>
       <c r="D38" t="s">
-        <v>85</v>
+        <v>250</v>
       </c>
       <c r="E38" t="s">
-        <v>250</v>
+        <v>251</v>
       </c>
       <c r="F38" t="s">
         <v>245</v>
       </c>
       <c r="G38" t="s">
-        <v>251</v>
+        <v>252</v>
       </c>
       <c r="H38" t="s">
         <v>89</v>
       </c>
       <c r="I38" t="s">
         <v>90</v>
       </c>
       <c r="J38" t="s">
         <v>91</v>
       </c>
       <c r="K38" t="s">
         <v>162</v>
       </c>
       <c r="L38"/>
       <c r="M38"/>
       <c r="N38"/>
       <c r="O38"/>
       <c r="P38" t="s">
-        <v>252</v>
+        <v>253</v>
       </c>
       <c r="Q38" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="39" spans="1:17">
       <c r="A39">
         <v>11545</v>
       </c>
       <c r="B39" t="s">
-        <v>253</v>
+        <v>254</v>
       </c>
       <c r="C39" t="s">
-        <v>254</v>
+        <v>255</v>
       </c>
       <c r="D39" t="s">
-        <v>255</v>
+        <v>256</v>
       </c>
       <c r="E39" t="s">
-        <v>256</v>
+        <v>257</v>
       </c>
       <c r="F39" t="s">
-        <v>257</v>
+        <v>258</v>
       </c>
       <c r="G39" t="s">
-        <v>258</v>
+        <v>259</v>
       </c>
       <c r="H39" t="s">
         <v>89</v>
       </c>
       <c r="I39" t="s">
         <v>49</v>
       </c>
       <c r="J39" t="s">
         <v>25</v>
       </c>
       <c r="K39" t="s">
         <v>26</v>
       </c>
       <c r="L39"/>
       <c r="M39"/>
       <c r="N39" t="s">
         <v>27</v>
       </c>
       <c r="O39"/>
       <c r="P39" t="s">
-        <v>259</v>
+        <v>260</v>
       </c>
       <c r="Q39" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="40" spans="1:17">
       <c r="A40">
         <v>372</v>
       </c>
       <c r="B40" t="s">
-        <v>260</v>
+        <v>261</v>
       </c>
       <c r="C40"/>
       <c r="D40"/>
       <c r="E40" t="s">
-        <v>261</v>
+        <v>262</v>
       </c>
       <c r="F40" t="s">
-        <v>262</v>
+        <v>263</v>
       </c>
       <c r="G40" t="s">
-        <v>263</v>
+        <v>264</v>
       </c>
       <c r="H40" t="s">
         <v>23</v>
       </c>
       <c r="I40" t="s">
         <v>24</v>
       </c>
       <c r="J40" t="s">
         <v>25</v>
       </c>
       <c r="K40" t="s">
         <v>26</v>
       </c>
       <c r="L40"/>
       <c r="M40"/>
       <c r="N40" t="s">
         <v>42</v>
       </c>
       <c r="O40"/>
       <c r="P40" t="s">
-        <v>264</v>
+        <v>265</v>
       </c>
       <c r="Q40" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="41" spans="1:17">
       <c r="A41">
         <v>9336</v>
       </c>
       <c r="B41" t="s">
-        <v>265</v>
+        <v>266</v>
       </c>
       <c r="C41" t="s">
-        <v>266</v>
+        <v>267</v>
       </c>
       <c r="D41" t="s">
         <v>197</v>
       </c>
       <c r="E41" t="s">
-        <v>267</v>
+        <v>268</v>
       </c>
       <c r="F41" t="s">
-        <v>268</v>
+        <v>269</v>
       </c>
       <c r="G41" t="s">
-        <v>269</v>
+        <v>270</v>
       </c>
       <c r="H41" t="s">
         <v>23</v>
       </c>
       <c r="I41" t="s">
         <v>24</v>
       </c>
       <c r="J41" t="s">
         <v>25</v>
       </c>
       <c r="K41" t="s">
         <v>26</v>
       </c>
       <c r="L41"/>
       <c r="M41"/>
       <c r="N41" t="s">
         <v>37</v>
       </c>
       <c r="O41"/>
       <c r="P41" t="s">
-        <v>270</v>
+        <v>271</v>
       </c>
       <c r="Q41" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="42" spans="1:17">
       <c r="A42">
         <v>20096</v>
       </c>
       <c r="B42" t="s">
-        <v>271</v>
+        <v>272</v>
       </c>
       <c r="C42" t="s">
-        <v>272</v>
+        <v>273</v>
       </c>
       <c r="D42" t="s">
-        <v>273</v>
+        <v>274</v>
       </c>
       <c r="E42" t="s">
-        <v>274</v>
+        <v>275</v>
       </c>
       <c r="F42" t="s">
-        <v>275</v>
+        <v>276</v>
       </c>
       <c r="G42" t="s">
-        <v>276</v>
+        <v>277</v>
       </c>
       <c r="H42" t="s">
         <v>89</v>
       </c>
       <c r="I42" t="s">
         <v>90</v>
       </c>
       <c r="J42" t="s">
         <v>25</v>
       </c>
       <c r="K42" t="s">
         <v>26</v>
       </c>
       <c r="L42"/>
       <c r="M42"/>
       <c r="N42" t="s">
         <v>27</v>
       </c>
       <c r="O42"/>
       <c r="P42" t="s">
-        <v>277</v>
+        <v>278</v>
       </c>
       <c r="Q42" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="43" spans="1:17">
       <c r="A43">
         <v>20098</v>
       </c>
       <c r="B43" t="s">
-        <v>278</v>
+        <v>279</v>
       </c>
       <c r="C43" t="s">
-        <v>279</v>
+        <v>280</v>
       </c>
       <c r="D43" t="s">
-        <v>280</v>
+        <v>281</v>
       </c>
       <c r="E43" t="s">
-        <v>274</v>
+        <v>275</v>
       </c>
       <c r="F43" t="s">
-        <v>275</v>
+        <v>276</v>
       </c>
       <c r="G43" t="s">
-        <v>281</v>
+        <v>282</v>
       </c>
       <c r="H43" t="s">
         <v>89</v>
       </c>
       <c r="I43" t="s">
         <v>90</v>
       </c>
       <c r="J43" t="s">
         <v>25</v>
       </c>
       <c r="K43" t="s">
         <v>26</v>
       </c>
       <c r="L43"/>
       <c r="M43"/>
       <c r="N43" t="s">
         <v>27</v>
       </c>
       <c r="O43"/>
       <c r="P43" t="s">
-        <v>282</v>
+        <v>283</v>
       </c>
       <c r="Q43" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="44" spans="1:17">
       <c r="A44">
         <v>20080</v>
       </c>
       <c r="B44" t="s">
-        <v>283</v>
+        <v>284</v>
       </c>
       <c r="C44" t="s">
-        <v>284</v>
+        <v>285</v>
       </c>
       <c r="D44" t="s">
-        <v>285</v>
+        <v>286</v>
       </c>
       <c r="E44" t="s">
-        <v>286</v>
+        <v>287</v>
       </c>
       <c r="F44" t="s">
-        <v>287</v>
+        <v>288</v>
       </c>
       <c r="G44" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
       <c r="H44" t="s">
         <v>89</v>
       </c>
       <c r="I44" t="s">
         <v>90</v>
       </c>
       <c r="J44" t="s">
         <v>25</v>
       </c>
       <c r="K44" t="s">
         <v>26</v>
       </c>
       <c r="L44"/>
       <c r="M44"/>
       <c r="N44" t="s">
         <v>27</v>
       </c>
       <c r="O44"/>
       <c r="P44" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="Q44" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="45" spans="1:17">
       <c r="A45">
         <v>20099</v>
       </c>
       <c r="B45" t="s">
-        <v>290</v>
+        <v>291</v>
       </c>
       <c r="C45" t="s">
-        <v>291</v>
+        <v>292</v>
       </c>
       <c r="D45" t="s">
-        <v>292</v>
+        <v>293</v>
       </c>
       <c r="E45" t="s">
-        <v>293</v>
+        <v>294</v>
       </c>
       <c r="F45" t="s">
-        <v>287</v>
+        <v>288</v>
       </c>
       <c r="G45" t="s">
-        <v>294</v>
+        <v>295</v>
       </c>
       <c r="H45" t="s">
         <v>89</v>
       </c>
       <c r="I45" t="s">
         <v>90</v>
       </c>
       <c r="J45" t="s">
         <v>25</v>
       </c>
       <c r="K45" t="s">
         <v>92</v>
       </c>
       <c r="L45"/>
       <c r="M45"/>
       <c r="N45" t="s">
         <v>27</v>
       </c>
       <c r="O45"/>
       <c r="P45" t="s">
-        <v>295</v>
+        <v>296</v>
       </c>
       <c r="Q45" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="46" spans="1:17">
       <c r="A46">
         <v>20066</v>
       </c>
       <c r="B46" t="s">
-        <v>296</v>
+        <v>297</v>
       </c>
       <c r="C46" t="s">
-        <v>297</v>
+        <v>298</v>
       </c>
       <c r="D46" t="s">
-        <v>298</v>
+        <v>299</v>
       </c>
       <c r="E46" t="s">
-        <v>299</v>
+        <v>300</v>
       </c>
       <c r="F46" t="s">
-        <v>300</v>
+        <v>301</v>
       </c>
       <c r="G46" t="s">
-        <v>301</v>
+        <v>302</v>
       </c>
       <c r="H46" t="s">
         <v>89</v>
       </c>
       <c r="I46" t="s">
         <v>90</v>
       </c>
       <c r="J46" t="s">
         <v>25</v>
       </c>
       <c r="K46" t="s">
         <v>26</v>
       </c>
       <c r="L46"/>
       <c r="M46"/>
       <c r="N46" t="s">
         <v>27</v>
       </c>
       <c r="O46"/>
       <c r="P46" t="s">
-        <v>302</v>
+        <v>303</v>
       </c>
       <c r="Q46" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="47" spans="1:17">
       <c r="A47">
         <v>20076</v>
       </c>
       <c r="B47" t="s">
-        <v>303</v>
+        <v>304</v>
       </c>
       <c r="C47" t="s">
-        <v>304</v>
+        <v>305</v>
       </c>
       <c r="D47" t="s">
-        <v>305</v>
+        <v>306</v>
       </c>
       <c r="E47" t="s">
-        <v>299</v>
+        <v>300</v>
       </c>
       <c r="F47" t="s">
-        <v>300</v>
+        <v>301</v>
       </c>
       <c r="G47" t="s">
-        <v>306</v>
+        <v>307</v>
       </c>
       <c r="H47" t="s">
         <v>89</v>
       </c>
       <c r="I47" t="s">
         <v>90</v>
       </c>
       <c r="J47" t="s">
         <v>25</v>
       </c>
       <c r="K47" t="s">
         <v>26</v>
       </c>
       <c r="L47"/>
       <c r="M47"/>
       <c r="N47" t="s">
         <v>27</v>
       </c>
       <c r="O47"/>
       <c r="P47"/>
       <c r="Q47" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="48" spans="1:17">
       <c r="A48">
         <v>20083</v>
       </c>
       <c r="B48" t="s">
-        <v>307</v>
+        <v>308</v>
       </c>
       <c r="C48" t="s">
-        <v>308</v>
+        <v>309</v>
       </c>
       <c r="D48" t="s">
-        <v>309</v>
+        <v>310</v>
       </c>
       <c r="E48" t="s">
-        <v>299</v>
+        <v>300</v>
       </c>
       <c r="F48" t="s">
-        <v>300</v>
+        <v>301</v>
       </c>
       <c r="G48" t="s">
-        <v>310</v>
+        <v>311</v>
       </c>
       <c r="H48" t="s">
         <v>89</v>
       </c>
       <c r="I48" t="s">
         <v>90</v>
       </c>
       <c r="J48" t="s">
         <v>25</v>
       </c>
       <c r="K48" t="s">
         <v>26</v>
       </c>
       <c r="L48"/>
       <c r="M48"/>
       <c r="N48" t="s">
         <v>27</v>
       </c>
       <c r="O48"/>
       <c r="P48" t="s">
-        <v>311</v>
+        <v>312</v>
       </c>
       <c r="Q48" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="49" spans="1:17">
       <c r="A49">
         <v>20085</v>
       </c>
       <c r="B49" t="s">
-        <v>312</v>
+        <v>313</v>
       </c>
       <c r="C49" t="s">
-        <v>313</v>
+        <v>314</v>
       </c>
       <c r="D49" t="s">
-        <v>314</v>
+        <v>315</v>
       </c>
       <c r="E49" t="s">
-        <v>299</v>
+        <v>300</v>
       </c>
       <c r="F49" t="s">
-        <v>300</v>
+        <v>301</v>
       </c>
       <c r="G49" t="s">
-        <v>315</v>
+        <v>316</v>
       </c>
       <c r="H49" t="s">
         <v>89</v>
       </c>
       <c r="I49" t="s">
         <v>90</v>
       </c>
       <c r="J49" t="s">
         <v>25</v>
       </c>
       <c r="K49" t="s">
         <v>26</v>
       </c>
       <c r="L49"/>
       <c r="M49"/>
       <c r="N49" t="s">
         <v>27</v>
       </c>
       <c r="O49"/>
       <c r="P49" t="s">
-        <v>316</v>
+        <v>317</v>
       </c>
       <c r="Q49" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="50" spans="1:17">
       <c r="A50">
         <v>11330</v>
       </c>
       <c r="B50" t="s">
-        <v>317</v>
+        <v>318</v>
       </c>
       <c r="C50" t="s">
-        <v>318</v>
+        <v>319</v>
       </c>
       <c r="D50" t="s">
         <v>197</v>
       </c>
       <c r="E50" t="s">
-        <v>319</v>
+        <v>320</v>
       </c>
       <c r="F50" t="s">
-        <v>320</v>
+        <v>321</v>
       </c>
       <c r="G50" t="s">
-        <v>321</v>
+        <v>322</v>
       </c>
       <c r="H50" t="s">
         <v>23</v>
       </c>
       <c r="I50" t="s">
         <v>49</v>
       </c>
       <c r="J50" t="s">
         <v>91</v>
       </c>
       <c r="K50" t="s">
         <v>92</v>
       </c>
       <c r="L50"/>
       <c r="M50"/>
       <c r="N50"/>
       <c r="O50"/>
       <c r="P50"/>
       <c r="Q50" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="51" spans="1:17">
       <c r="A51">
         <v>5856</v>
       </c>
       <c r="B51" t="s">
-        <v>322</v>
+        <v>323</v>
       </c>
       <c r="C51" t="s">
-        <v>323</v>
+        <v>324</v>
       </c>
       <c r="D51" t="s">
-        <v>324</v>
+        <v>325</v>
       </c>
       <c r="E51" t="s">
-        <v>325</v>
+        <v>326</v>
       </c>
       <c r="F51" t="s">
-        <v>326</v>
+        <v>327</v>
       </c>
       <c r="G51" t="s">
-        <v>327</v>
+        <v>328</v>
       </c>
       <c r="H51" t="s">
         <v>23</v>
       </c>
       <c r="I51" t="s">
         <v>24</v>
       </c>
       <c r="J51" t="s">
         <v>25</v>
       </c>
       <c r="K51" t="s">
         <v>26</v>
       </c>
       <c r="L51"/>
       <c r="M51"/>
       <c r="N51" t="s">
         <v>37</v>
       </c>
       <c r="O51"/>
       <c r="P51" t="s">
-        <v>328</v>
+        <v>329</v>
       </c>
       <c r="Q51" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="52" spans="1:17">
       <c r="A52">
         <v>21351</v>
       </c>
       <c r="B52" t="s">
-        <v>329</v>
+        <v>330</v>
       </c>
       <c r="C52" t="s">
-        <v>330</v>
+        <v>331</v>
       </c>
       <c r="D52" t="s">
         <v>197</v>
       </c>
       <c r="E52" t="s">
-        <v>331</v>
+        <v>332</v>
       </c>
       <c r="F52" t="s">
-        <v>332</v>
+        <v>333</v>
       </c>
       <c r="G52" t="s">
-        <v>333</v>
+        <v>334</v>
       </c>
       <c r="H52" t="s">
         <v>89</v>
       </c>
       <c r="I52" t="s">
         <v>36</v>
       </c>
       <c r="J52" t="s">
         <v>25</v>
       </c>
       <c r="K52" t="s">
         <v>26</v>
       </c>
       <c r="L52"/>
       <c r="M52"/>
       <c r="N52" t="s">
         <v>27</v>
       </c>
       <c r="O52"/>
       <c r="P52"/>
       <c r="Q52" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="53" spans="1:17">
       <c r="A53">
         <v>4179</v>
       </c>
       <c r="B53" t="s">
-        <v>334</v>
+        <v>335</v>
       </c>
       <c r="C53" t="s">
-        <v>335</v>
+        <v>336</v>
       </c>
       <c r="D53" t="s">
         <v>197</v>
       </c>
       <c r="E53" t="s">
         <v>39</v>
       </c>
       <c r="F53" t="s">
         <v>40</v>
       </c>
       <c r="G53"/>
       <c r="H53" t="s">
         <v>23</v>
       </c>
       <c r="I53" t="s">
         <v>24</v>
       </c>
       <c r="J53" t="s">
         <v>25</v>
       </c>
       <c r="K53" t="s">
         <v>26</v>
       </c>
       <c r="L53"/>
       <c r="M53"/>
       <c r="N53" t="s">
         <v>111</v>
       </c>
       <c r="O53"/>
       <c r="P53"/>
       <c r="Q53" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="54" spans="1:17">
       <c r="A54">
         <v>20063</v>
       </c>
       <c r="B54" t="s">
-        <v>336</v>
+        <v>337</v>
       </c>
       <c r="C54" t="s">
-        <v>337</v>
+        <v>338</v>
       </c>
       <c r="D54" t="s">
-        <v>338</v>
+        <v>339</v>
       </c>
       <c r="E54" t="s">
-        <v>339</v>
+        <v>340</v>
       </c>
       <c r="F54" t="s">
         <v>87</v>
       </c>
       <c r="G54"/>
       <c r="H54" t="s">
         <v>89</v>
       </c>
       <c r="I54" t="s">
         <v>90</v>
       </c>
       <c r="J54" t="s">
         <v>25</v>
       </c>
       <c r="K54" t="s">
         <v>162</v>
       </c>
       <c r="L54"/>
       <c r="M54"/>
       <c r="N54" t="s">
         <v>27</v>
       </c>
       <c r="O54"/>
       <c r="P54"/>
       <c r="Q54" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="55" spans="1:17">
       <c r="A55">
         <v>20069</v>
       </c>
       <c r="B55" t="s">
-        <v>340</v>
+        <v>341</v>
       </c>
       <c r="C55" t="s">
-        <v>341</v>
+        <v>342</v>
       </c>
       <c r="D55" t="s">
-        <v>342</v>
+        <v>343</v>
       </c>
       <c r="E55" t="s">
-        <v>343</v>
+        <v>344</v>
       </c>
       <c r="F55" t="s">
         <v>103</v>
       </c>
       <c r="G55"/>
       <c r="H55" t="s">
         <v>89</v>
       </c>
       <c r="I55" t="s">
         <v>90</v>
       </c>
       <c r="J55" t="s">
         <v>25</v>
       </c>
       <c r="K55" t="s">
         <v>92</v>
       </c>
       <c r="L55"/>
       <c r="M55"/>
       <c r="N55" t="s">
         <v>27</v>
       </c>
       <c r="O55"/>
       <c r="P55"/>
       <c r="Q55" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="56" spans="1:17">
       <c r="A56">
         <v>466</v>
       </c>
       <c r="B56" t="s">
-        <v>344</v>
+        <v>345</v>
       </c>
       <c r="C56" t="s">
-        <v>345</v>
+        <v>346</v>
       </c>
       <c r="D56" t="s">
-        <v>346</v>
+        <v>347</v>
       </c>
       <c r="E56" t="s">
-        <v>347</v>
+        <v>348</v>
       </c>
       <c r="F56" t="s">
         <v>178</v>
       </c>
       <c r="G56"/>
       <c r="H56" t="s">
         <v>23</v>
       </c>
       <c r="I56" t="s">
         <v>24</v>
       </c>
       <c r="J56" t="s">
         <v>25</v>
       </c>
       <c r="K56" t="s">
         <v>26</v>
       </c>
       <c r="L56"/>
       <c r="M56"/>
       <c r="N56" t="s">
         <v>42</v>
       </c>
       <c r="O56"/>
       <c r="P56"/>
       <c r="Q56" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="57" spans="1:17">
       <c r="A57">
         <v>8845</v>
       </c>
       <c r="B57" t="s">
-        <v>348</v>
+        <v>349</v>
       </c>
       <c r="C57"/>
       <c r="D57"/>
       <c r="E57" t="s">
         <v>183</v>
       </c>
       <c r="F57" t="s">
         <v>178</v>
       </c>
       <c r="G57"/>
       <c r="H57" t="s">
         <v>23</v>
       </c>
       <c r="I57" t="s">
         <v>24</v>
       </c>
       <c r="J57" t="s">
         <v>25</v>
       </c>
       <c r="K57" t="s">
         <v>26</v>
       </c>
       <c r="L57"/>
       <c r="M57"/>
       <c r="N57" t="s">
         <v>37</v>
       </c>
       <c r="O57"/>
       <c r="P57"/>
       <c r="Q57" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="58" spans="1:17">
       <c r="A58">
         <v>24211</v>
       </c>
       <c r="B58" t="s">
-        <v>349</v>
+        <v>350</v>
       </c>
       <c r="C58" t="s">
-        <v>350</v>
+        <v>351</v>
       </c>
       <c r="D58" t="s">
-        <v>351</v>
+        <v>352</v>
       </c>
       <c r="E58" t="s">
-        <v>352</v>
+        <v>353</v>
       </c>
       <c r="F58" t="s">
         <v>204</v>
       </c>
       <c r="G58"/>
       <c r="H58" t="s">
         <v>23</v>
       </c>
       <c r="I58" t="s">
         <v>70</v>
       </c>
       <c r="J58" t="s">
         <v>25</v>
       </c>
       <c r="K58" t="s">
         <v>26</v>
       </c>
       <c r="L58"/>
       <c r="M58"/>
       <c r="N58" t="s">
         <v>42</v>
       </c>
       <c r="O58"/>
       <c r="P58" t="s">
-        <v>353</v>
+        <v>354</v>
       </c>
       <c r="Q58" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="59" spans="1:17">
       <c r="A59">
         <v>10679</v>
       </c>
       <c r="B59" t="s">
-        <v>354</v>
+        <v>355</v>
       </c>
       <c r="C59" t="s">
-        <v>355</v>
+        <v>356</v>
       </c>
       <c r="D59" t="s">
-        <v>356</v>
+        <v>357</v>
       </c>
       <c r="E59" t="s">
-        <v>357</v>
+        <v>358</v>
       </c>
       <c r="F59" t="s">
         <v>210</v>
       </c>
       <c r="G59"/>
       <c r="H59" t="s">
         <v>23</v>
       </c>
       <c r="I59" t="s">
         <v>36</v>
       </c>
       <c r="J59" t="s">
         <v>25</v>
       </c>
       <c r="K59" t="s">
         <v>26</v>
       </c>
       <c r="L59"/>
       <c r="M59"/>
       <c r="N59" t="s">
         <v>111</v>
       </c>
       <c r="O59"/>
       <c r="P59"/>
       <c r="Q59" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="60" spans="1:17">
       <c r="A60">
         <v>24262</v>
       </c>
       <c r="B60" t="s">
-        <v>358</v>
+        <v>359</v>
       </c>
       <c r="C60" t="s">
-        <v>359</v>
+        <v>360</v>
       </c>
       <c r="D60" t="s">
         <v>197</v>
       </c>
       <c r="E60" t="s">
-        <v>360</v>
+        <v>361</v>
       </c>
       <c r="F60" t="s">
         <v>221</v>
       </c>
       <c r="G60"/>
       <c r="H60" t="s">
         <v>23</v>
       </c>
       <c r="I60" t="s">
         <v>24</v>
       </c>
       <c r="J60" t="s">
         <v>25</v>
       </c>
       <c r="K60" t="s">
         <v>26</v>
       </c>
       <c r="L60"/>
       <c r="M60"/>
       <c r="N60" t="s">
         <v>42</v>
       </c>
       <c r="O60"/>
       <c r="P60"/>
       <c r="Q60" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="61" spans="1:17">
       <c r="A61">
         <v>20931</v>
       </c>
       <c r="B61" t="s">
-        <v>361</v>
+        <v>362</v>
       </c>
       <c r="C61" t="s">
-        <v>362</v>
+        <v>363</v>
       </c>
       <c r="D61" t="s">
         <v>182</v>
       </c>
       <c r="E61" t="s">
-        <v>363</v>
+        <v>364</v>
       </c>
       <c r="F61" t="s">
-        <v>364</v>
+        <v>365</v>
       </c>
       <c r="G61"/>
       <c r="H61" t="s">
         <v>89</v>
       </c>
       <c r="I61" t="s">
         <v>36</v>
       </c>
       <c r="J61" t="s">
         <v>25</v>
       </c>
       <c r="K61" t="s">
         <v>26</v>
       </c>
       <c r="L61"/>
       <c r="M61"/>
       <c r="N61" t="s">
         <v>27</v>
       </c>
       <c r="O61"/>
       <c r="P61"/>
       <c r="Q61" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="62" spans="1:17">
       <c r="A62">
         <v>24131</v>
       </c>
       <c r="B62" t="s">
-        <v>365</v>
+        <v>366</v>
       </c>
       <c r="C62"/>
       <c r="D62"/>
       <c r="E62" t="s">
-        <v>366</v>
+        <v>367</v>
       </c>
       <c r="F62" t="s">
-        <v>367</v>
+        <v>368</v>
       </c>
       <c r="G62"/>
       <c r="H62" t="s">
         <v>23</v>
       </c>
       <c r="I62" t="s">
         <v>227</v>
       </c>
       <c r="J62" t="s">
         <v>25</v>
       </c>
       <c r="K62" t="s">
         <v>26</v>
       </c>
       <c r="L62"/>
       <c r="M62"/>
       <c r="N62" t="s">
         <v>228</v>
       </c>
       <c r="O62"/>
       <c r="P62"/>
       <c r="Q62" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="63" spans="1:17">
       <c r="A63">
         <v>6546</v>
       </c>
       <c r="B63" t="s">
-        <v>368</v>
+        <v>369</v>
       </c>
       <c r="C63"/>
       <c r="D63"/>
       <c r="E63" t="s">
-        <v>369</v>
+        <v>370</v>
       </c>
       <c r="F63" t="s">
-        <v>262</v>
+        <v>263</v>
       </c>
       <c r="G63"/>
       <c r="H63" t="s">
         <v>23</v>
       </c>
       <c r="I63" t="s">
         <v>24</v>
       </c>
       <c r="J63" t="s">
         <v>25</v>
       </c>
       <c r="K63" t="s">
         <v>26</v>
       </c>
       <c r="L63"/>
       <c r="M63"/>
       <c r="N63" t="s">
         <v>37</v>
       </c>
       <c r="O63"/>
       <c r="P63"/>
       <c r="Q63" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="64" spans="1:17">
       <c r="A64">
         <v>24278</v>
       </c>
       <c r="B64" t="s">
-        <v>370</v>
+        <v>371</v>
       </c>
       <c r="C64"/>
       <c r="D64"/>
       <c r="E64" t="s">
-        <v>371</v>
+        <v>372</v>
       </c>
       <c r="F64" t="s">
-        <v>372</v>
+        <v>373</v>
       </c>
       <c r="G64"/>
       <c r="H64" t="s">
         <v>23</v>
       </c>
       <c r="I64" t="s">
         <v>24</v>
       </c>
       <c r="J64" t="s">
         <v>25</v>
       </c>
       <c r="K64" t="s">
         <v>26</v>
       </c>
       <c r="L64"/>
       <c r="M64"/>
       <c r="N64" t="s">
         <v>37</v>
       </c>
       <c r="O64"/>
       <c r="P64"/>
       <c r="Q64" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="65" spans="1:17">
       <c r="A65">
         <v>20089</v>
       </c>
       <c r="B65" t="s">
-        <v>373</v>
+        <v>374</v>
       </c>
       <c r="C65" t="s">
-        <v>374</v>
+        <v>375</v>
       </c>
       <c r="D65" t="s">
-        <v>375</v>
+        <v>376</v>
       </c>
       <c r="E65" t="s">
-        <v>274</v>
+        <v>275</v>
       </c>
       <c r="F65" t="s">
-        <v>275</v>
+        <v>276</v>
       </c>
       <c r="G65"/>
       <c r="H65" t="s">
         <v>89</v>
       </c>
       <c r="I65" t="s">
         <v>90</v>
       </c>
       <c r="J65" t="s">
         <v>25</v>
       </c>
       <c r="K65" t="s">
         <v>26</v>
       </c>
       <c r="L65"/>
       <c r="M65"/>
       <c r="N65" t="s">
         <v>27</v>
       </c>
       <c r="O65"/>
       <c r="P65"/>
       <c r="Q65" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="66" spans="1:17">
       <c r="A66">
         <v>20090</v>
       </c>
       <c r="B66" t="s">
-        <v>376</v>
+        <v>377</v>
       </c>
       <c r="C66" t="s">
-        <v>377</v>
+        <v>378</v>
       </c>
       <c r="D66" t="s">
-        <v>378</v>
+        <v>379</v>
       </c>
       <c r="E66" t="s">
-        <v>274</v>
+        <v>275</v>
       </c>
       <c r="F66" t="s">
-        <v>275</v>
+        <v>276</v>
       </c>
       <c r="G66"/>
       <c r="H66" t="s">
         <v>89</v>
       </c>
       <c r="I66" t="s">
         <v>90</v>
       </c>
       <c r="J66" t="s">
         <v>25</v>
       </c>
       <c r="K66" t="s">
         <v>26</v>
       </c>
       <c r="L66"/>
       <c r="M66"/>
       <c r="N66" t="s">
         <v>27</v>
       </c>
       <c r="O66"/>
       <c r="P66" t="s">
-        <v>379</v>
+        <v>380</v>
       </c>
       <c r="Q66" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="67" spans="1:17">
       <c r="A67">
         <v>20095</v>
       </c>
       <c r="B67" t="s">
-        <v>380</v>
+        <v>381</v>
       </c>
       <c r="C67" t="s">
-        <v>381</v>
+        <v>382</v>
       </c>
       <c r="D67" t="s">
-        <v>382</v>
+        <v>383</v>
       </c>
       <c r="E67" t="s">
-        <v>274</v>
+        <v>275</v>
       </c>
       <c r="F67" t="s">
-        <v>275</v>
+        <v>276</v>
       </c>
       <c r="G67"/>
       <c r="H67" t="s">
         <v>89</v>
       </c>
       <c r="I67" t="s">
         <v>90</v>
       </c>
       <c r="J67" t="s">
         <v>25</v>
       </c>
       <c r="K67" t="s">
         <v>26</v>
       </c>
       <c r="L67"/>
       <c r="M67"/>
       <c r="N67" t="s">
         <v>27</v>
       </c>
       <c r="O67"/>
       <c r="P67"/>
       <c r="Q67" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="68" spans="1:17">
       <c r="A68">
         <v>20093</v>
       </c>
       <c r="B68" t="s">
-        <v>383</v>
+        <v>384</v>
       </c>
       <c r="C68" t="s">
-        <v>384</v>
+        <v>385</v>
       </c>
       <c r="D68" t="s">
-        <v>385</v>
+        <v>386</v>
       </c>
       <c r="E68" t="s">
-        <v>286</v>
+        <v>287</v>
       </c>
       <c r="F68" t="s">
-        <v>287</v>
+        <v>288</v>
       </c>
       <c r="G68"/>
       <c r="H68" t="s">
         <v>89</v>
       </c>
       <c r="I68" t="s">
         <v>90</v>
       </c>
       <c r="J68" t="s">
         <v>25</v>
       </c>
       <c r="K68" t="s">
         <v>26</v>
       </c>
       <c r="L68"/>
       <c r="M68"/>
       <c r="N68" t="s">
         <v>27</v>
       </c>
       <c r="O68"/>
       <c r="P68"/>
       <c r="Q68" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="69" spans="1:17">
       <c r="A69">
         <v>4884</v>
       </c>
       <c r="B69" t="s">
-        <v>386</v>
+        <v>387</v>
       </c>
       <c r="C69" t="s">
-        <v>387</v>
+        <v>388</v>
       </c>
       <c r="D69" t="s">
-        <v>388</v>
+        <v>389</v>
       </c>
       <c r="E69" t="s">
-        <v>389</v>
+        <v>390</v>
       </c>
       <c r="F69" t="s">
-        <v>320</v>
+        <v>321</v>
       </c>
       <c r="G69"/>
       <c r="H69" t="s">
         <v>23</v>
       </c>
       <c r="I69" t="s">
         <v>24</v>
       </c>
       <c r="J69" t="s">
         <v>25</v>
       </c>
       <c r="K69" t="s">
         <v>26</v>
       </c>
       <c r="L69"/>
       <c r="M69"/>
       <c r="N69" t="s">
         <v>42</v>
       </c>
       <c r="O69"/>
       <c r="P69"/>
       <c r="Q69" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="70" spans="1:17">
       <c r="A70">
         <v>24264</v>
       </c>
       <c r="B70" t="s">
-        <v>390</v>
+        <v>391</v>
       </c>
       <c r="C70"/>
       <c r="D70"/>
       <c r="E70" t="s">
-        <v>391</v>
+        <v>392</v>
       </c>
       <c r="F70" t="s">
-        <v>392</v>
+        <v>393</v>
       </c>
       <c r="G70"/>
       <c r="H70" t="s">
         <v>23</v>
       </c>
       <c r="I70" t="s">
         <v>227</v>
       </c>
       <c r="J70" t="s">
         <v>25</v>
       </c>
       <c r="K70" t="s">
         <v>26</v>
       </c>
       <c r="L70"/>
       <c r="M70"/>
       <c r="N70" t="s">
         <v>228</v>
       </c>
       <c r="O70"/>
       <c r="P70"/>
       <c r="Q70" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="71" spans="1:17">
       <c r="A71">
         <v>3360</v>
       </c>
       <c r="B71" t="s">
-        <v>393</v>
+        <v>394</v>
       </c>
       <c r="C71" t="s">
-        <v>394</v>
+        <v>395</v>
       </c>
       <c r="D71" t="s">
-        <v>395</v>
+        <v>396</v>
       </c>
       <c r="E71" t="s">
-        <v>396</v>
+        <v>397</v>
       </c>
       <c r="F71" t="s">
-        <v>397</v>
+        <v>398</v>
       </c>
       <c r="G71"/>
       <c r="H71" t="s">
         <v>23</v>
       </c>
       <c r="I71" t="s">
         <v>24</v>
       </c>
       <c r="J71" t="s">
         <v>91</v>
       </c>
       <c r="K71" t="s">
         <v>26</v>
       </c>
       <c r="L71"/>
       <c r="M71"/>
       <c r="N71"/>
       <c r="O71"/>
       <c r="P71" t="s">
-        <v>398</v>
+        <v>399</v>
       </c>
       <c r="Q71" t="s">
         <v>29</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>