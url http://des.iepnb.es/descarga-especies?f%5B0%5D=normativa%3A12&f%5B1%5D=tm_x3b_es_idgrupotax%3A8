--- v0 (2025-11-13)
+++ v1 (2026-01-11)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="especies" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="415">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="416">
   <si>
     <t>Código de la especie (id taxon)</t>
   </si>
   <si>
     <t>Nombre aceptado</t>
   </si>
   <si>
     <t>Nombres comunes</t>
   </si>
   <si>
     <t>Nombre idioma</t>
   </si>
   <si>
     <t>Categoría de amenaza UICN</t>
   </si>
   <si>
     <t>Categoría de amenaza UICN nacional o mundial</t>
   </si>
   <si>
     <t>Descripción</t>
   </si>
   <si>
     <t>Ámbito</t>
   </si>
   <si>
@@ -990,51 +990,54 @@
   <si>
     <t>Balaenoptera schlegellii Dabbene, 1902</t>
   </si>
   <si>
     <t>Balaenoptera acutorostrata Lacépède, 1804</t>
   </si>
   <si>
     <t>prueba_Minke whale (Inglés), Petit rorqual (Francés), Zwergwal (Alemán), Balenottera minore (Italiano), Baleia-anã (Portugués)</t>
   </si>
   <si>
     <t>Mundial LC (Preocupación menor),  España VU (Vulnerable),  Región Marina Atlántica XX (Desconocido),  Región Marina Macaronésica XX (Desconocido),  Región Marina Mediterránea XX (Desconocido)</t>
   </si>
   <si>
     <t>Mundial, España, Región Marina Atlántica, Región Marina Macaronésica, Región Marina Mediterránea</t>
   </si>
   <si>
     <t>El rorcual aliblanco (Balaenoptera acutorostrata), presenta una coloración gris que varía en tonalidades en todo el cuerpo, siendo siempre la parte inferior de su cuerpo completamente blanca. El roncual aliblanco se distingue de otros rorcuales por la mancha blanca que presentan en las aletas pectorales, con una forma más o menos redondeada. Pertenece al grupo de los cetáceos misticetos ya que presentan barbas. Llegan a alcanzar un tamaño de 7-10 m (recién nacido 2,1 -2,8 m).</t>
   </si>
   <si>
     <t>Agaphelus gibbosus Cope, 1968, Balaena rostrata Fabricius, 1780, Balaenoptera eschrichtius Rasch, 1845, Balaenoptera rostrata (Fabricius, 1780)</t>
   </si>
   <si>
     <t>Phocoena phocoena (Linnaeus, 1758)</t>
   </si>
   <si>
-    <t>prueba_Common Porpoise (Inglés), Marsouin (Francés), Schweinswal (Alemán), Focena (Italiano), Bôto (Portugués)</t>
+    <t>prueba_Marsopa (Castellano), Marsopa común (Castellano), Common Porpoise (Inglés), Marsouin (Francés), Schweinswal (Alemán), Focena (Italiano), Bôto (Portugués)</t>
+  </si>
+  <si>
+    <t>Castellano, Castellano, Inglés, Francés, Alemán, Italiano, Portugués</t>
   </si>
   <si>
     <t>Mundial LC (Preocupación menor),  España VU (Vulnerable),  Región Marina Atlántica U1 (Desfavorable-inadecuado),  Región Marina Macaronésica XX (Desconocido),  Región Marina Mediterránea XX (Desconocido)</t>
   </si>
   <si>
     <t>La marsopa es la especie de cetáceo de menor tamaño en el Atlántico Norte. La longitud total varía generalmente entre 130-180 cm y el peso entre 25 y 90 kg. El tamaño de las hembras es mayor que el de los machos, aunque presenta grandes variaciones geográficas.
 Presentan una cabeza roma, sin el típico pico de algunos delfines. Las aletas pectorales tienen el extremo redondeado y la aleta dorsal se sitúa en la mitad del cuerpo, es baja y triangular, presentando una peculiaridad única en los cetáceos: la existencia en el borde anterior de la aleta dorsal, de algunos ejemplares, de tubérculos epidérmicos a modo de protuberancias que le dan un aspecto aserrado.
 El color dorsolateral es negro acastañado, y en la parte anterior de los flancos presenta un color ceniza que se difumina a blanco centralmente. Destacan las aletas pectorales negras con una línea que las une con la parte inferior de la boca, que es también oscura rodeando el labio inferior. La parte anterior de la cabeza es un poco más clara, haciendo una figura triangular que se abre hacia delante desde el aventador. A pesar de la variación de color individual, y de cierta asimetría bilateral, no se han encontrado diferencias en las distintas poblaciones del mundo. El cráneo es alargado aunque con rostro corto, el paladar es plano y presenta una marcada asimetría orientada a la izquierda general en los cetáceos odontocetos. Los dientes son espatulados, caso único entre los cetáceos en los
 que suelen ser cónicos. Cabe destacar el tamaño de los huesos pélvicos en esta especie que son mucho mayores y voluminosos que en los pequeños delfínidos, estando relacionado con el tamaño de los órganos sexuales, sobre todo en el caso de los machos.</t>
   </si>
   <si>
     <t>Delphinus phocoena Linnaeus, 1758, Phocaena communis Lesson, 1827, Phocaena phocaena Kleinenberg, 1956, Phocena phocena Gray, 1821</t>
   </si>
   <si>
     <t>Microtus cabrerae Thomas, 1906</t>
   </si>
   <si>
     <t>prueba_Topillo de Cabrera (Castellano), Iberón (Castellano), Cabrera-lursagua (Euskera), Cabrera lursagua (Euskera), Talpó de Cabrera (Catalán), Talpó lusitá (Catalán), Cabrera's Vole (Inglés), Campagnol De Cabrera (Francés)</t>
   </si>
   <si>
     <t>Castellano, Castellano, Euskera, Euskera, Catalán, Catalán, Inglés, Francés</t>
   </si>
   <si>
     <t>Mundial NT (Casi amenazado),  España VU (Vulnerable),  Región Mediterránea U2 (Desfavorable-malo)</t>
   </si>
@@ -4165,908 +4168,908 @@
       <c r="K55" t="s">
         <v>74</v>
       </c>
       <c r="L55"/>
       <c r="M55"/>
       <c r="N55"/>
       <c r="O55"/>
       <c r="P55" t="s">
         <v>319</v>
       </c>
       <c r="Q55" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="56" spans="1:17">
       <c r="A56">
         <v>32181</v>
       </c>
       <c r="B56" t="s">
         <v>320</v>
       </c>
       <c r="C56" t="s">
         <v>321</v>
       </c>
       <c r="D56" t="s">
-        <v>154</v>
+        <v>322</v>
       </c>
       <c r="E56" t="s">
-        <v>322</v>
+        <v>323</v>
       </c>
       <c r="F56" t="s">
         <v>317</v>
       </c>
       <c r="G56" t="s">
-        <v>323</v>
+        <v>324</v>
       </c>
       <c r="H56" t="s">
         <v>158</v>
       </c>
       <c r="I56" t="s">
         <v>24</v>
       </c>
       <c r="J56" t="s">
         <v>35</v>
       </c>
       <c r="K56" t="s">
         <v>26</v>
       </c>
       <c r="L56"/>
       <c r="M56"/>
       <c r="N56"/>
       <c r="O56"/>
       <c r="P56" t="s">
-        <v>324</v>
+        <v>325</v>
       </c>
       <c r="Q56" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="57" spans="1:17">
       <c r="A57">
         <v>16235</v>
       </c>
       <c r="B57" t="s">
-        <v>325</v>
+        <v>326</v>
       </c>
       <c r="C57" t="s">
-        <v>326</v>
+        <v>327</v>
       </c>
       <c r="D57" t="s">
-        <v>327</v>
+        <v>328</v>
       </c>
       <c r="E57" t="s">
-        <v>328</v>
+        <v>329</v>
       </c>
       <c r="F57" t="s">
-        <v>329</v>
+        <v>330</v>
       </c>
       <c r="G57" t="s">
-        <v>330</v>
+        <v>331</v>
       </c>
       <c r="H57" t="s">
         <v>23</v>
       </c>
       <c r="I57" t="s">
         <v>24</v>
       </c>
       <c r="J57" t="s">
         <v>25</v>
       </c>
       <c r="K57" t="s">
         <v>74</v>
       </c>
       <c r="L57"/>
       <c r="M57"/>
       <c r="N57" t="s">
         <v>234</v>
       </c>
       <c r="O57"/>
       <c r="P57" t="s">
-        <v>331</v>
+        <v>332</v>
       </c>
       <c r="Q57" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="58" spans="1:17">
       <c r="A58">
         <v>20096</v>
       </c>
       <c r="B58" t="s">
-        <v>332</v>
+        <v>333</v>
       </c>
       <c r="C58" t="s">
-        <v>333</v>
+        <v>334</v>
       </c>
       <c r="D58" t="s">
-        <v>334</v>
+        <v>335</v>
       </c>
       <c r="E58" t="s">
-        <v>335</v>
+        <v>336</v>
       </c>
       <c r="F58" t="s">
-        <v>336</v>
+        <v>337</v>
       </c>
       <c r="G58" t="s">
-        <v>337</v>
+        <v>338</v>
       </c>
       <c r="H58" t="s">
         <v>158</v>
       </c>
       <c r="I58" t="s">
         <v>24</v>
       </c>
       <c r="J58" t="s">
         <v>25</v>
       </c>
       <c r="K58" t="s">
         <v>36</v>
       </c>
       <c r="L58"/>
       <c r="M58"/>
       <c r="N58" t="s">
         <v>52</v>
       </c>
       <c r="O58"/>
       <c r="P58" t="s">
-        <v>338</v>
+        <v>339</v>
       </c>
       <c r="Q58" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="59" spans="1:17">
       <c r="A59">
         <v>20098</v>
       </c>
       <c r="B59" t="s">
-        <v>339</v>
+        <v>340</v>
       </c>
       <c r="C59" t="s">
-        <v>340</v>
+        <v>341</v>
       </c>
       <c r="D59" t="s">
-        <v>341</v>
+        <v>342</v>
       </c>
       <c r="E59" t="s">
-        <v>335</v>
+        <v>336</v>
       </c>
       <c r="F59" t="s">
-        <v>336</v>
+        <v>337</v>
       </c>
       <c r="G59" t="s">
-        <v>342</v>
+        <v>343</v>
       </c>
       <c r="H59" t="s">
         <v>158</v>
       </c>
       <c r="I59" t="s">
         <v>24</v>
       </c>
       <c r="J59" t="s">
         <v>25</v>
       </c>
       <c r="K59" t="s">
         <v>36</v>
       </c>
       <c r="L59"/>
       <c r="M59"/>
       <c r="N59" t="s">
         <v>52</v>
       </c>
       <c r="O59"/>
       <c r="P59" t="s">
-        <v>343</v>
+        <v>344</v>
       </c>
       <c r="Q59" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="60" spans="1:17">
       <c r="A60">
         <v>20080</v>
       </c>
       <c r="B60" t="s">
-        <v>344</v>
+        <v>345</v>
       </c>
       <c r="C60" t="s">
-        <v>345</v>
+        <v>346</v>
       </c>
       <c r="D60" t="s">
-        <v>346</v>
+        <v>347</v>
       </c>
       <c r="E60" t="s">
-        <v>347</v>
+        <v>348</v>
       </c>
       <c r="F60" t="s">
-        <v>348</v>
+        <v>349</v>
       </c>
       <c r="G60" t="s">
-        <v>349</v>
+        <v>350</v>
       </c>
       <c r="H60" t="s">
         <v>158</v>
       </c>
       <c r="I60" t="s">
         <v>24</v>
       </c>
       <c r="J60" t="s">
         <v>25</v>
       </c>
       <c r="K60" t="s">
         <v>36</v>
       </c>
       <c r="L60"/>
       <c r="M60"/>
       <c r="N60" t="s">
         <v>52</v>
       </c>
       <c r="O60"/>
       <c r="P60" t="s">
-        <v>350</v>
+        <v>351</v>
       </c>
       <c r="Q60" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="61" spans="1:17">
       <c r="A61">
         <v>20099</v>
       </c>
       <c r="B61" t="s">
-        <v>351</v>
+        <v>352</v>
       </c>
       <c r="C61" t="s">
-        <v>352</v>
+        <v>353</v>
       </c>
       <c r="D61" t="s">
-        <v>353</v>
+        <v>354</v>
       </c>
       <c r="E61" t="s">
-        <v>354</v>
+        <v>355</v>
       </c>
       <c r="F61" t="s">
-        <v>348</v>
+        <v>349</v>
       </c>
       <c r="G61" t="s">
-        <v>355</v>
+        <v>356</v>
       </c>
       <c r="H61" t="s">
         <v>158</v>
       </c>
       <c r="I61" t="s">
         <v>24</v>
       </c>
       <c r="J61" t="s">
         <v>25</v>
       </c>
       <c r="K61" t="s">
         <v>74</v>
       </c>
       <c r="L61"/>
       <c r="M61"/>
       <c r="N61" t="s">
         <v>52</v>
       </c>
       <c r="O61"/>
       <c r="P61" t="s">
-        <v>356</v>
+        <v>357</v>
       </c>
       <c r="Q61" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="62" spans="1:17">
       <c r="A62">
         <v>20066</v>
       </c>
       <c r="B62" t="s">
-        <v>357</v>
+        <v>358</v>
       </c>
       <c r="C62" t="s">
-        <v>358</v>
+        <v>359</v>
       </c>
       <c r="D62" t="s">
-        <v>359</v>
+        <v>360</v>
       </c>
       <c r="E62" t="s">
-        <v>360</v>
+        <v>361</v>
       </c>
       <c r="F62" t="s">
-        <v>361</v>
+        <v>362</v>
       </c>
       <c r="G62" t="s">
-        <v>362</v>
+        <v>363</v>
       </c>
       <c r="H62" t="s">
         <v>158</v>
       </c>
       <c r="I62" t="s">
         <v>24</v>
       </c>
       <c r="J62" t="s">
         <v>25</v>
       </c>
       <c r="K62" t="s">
         <v>36</v>
       </c>
       <c r="L62"/>
       <c r="M62"/>
       <c r="N62" t="s">
         <v>52</v>
       </c>
       <c r="O62"/>
       <c r="P62" t="s">
-        <v>363</v>
+        <v>364</v>
       </c>
       <c r="Q62" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="63" spans="1:17">
       <c r="A63">
         <v>20076</v>
       </c>
       <c r="B63" t="s">
-        <v>364</v>
+        <v>365</v>
       </c>
       <c r="C63" t="s">
-        <v>365</v>
+        <v>366</v>
       </c>
       <c r="D63" t="s">
-        <v>366</v>
+        <v>367</v>
       </c>
       <c r="E63" t="s">
-        <v>360</v>
+        <v>361</v>
       </c>
       <c r="F63" t="s">
-        <v>361</v>
+        <v>362</v>
       </c>
       <c r="G63" t="s">
-        <v>367</v>
+        <v>368</v>
       </c>
       <c r="H63" t="s">
         <v>158</v>
       </c>
       <c r="I63" t="s">
         <v>24</v>
       </c>
       <c r="J63" t="s">
         <v>25</v>
       </c>
       <c r="K63" t="s">
         <v>36</v>
       </c>
       <c r="L63"/>
       <c r="M63"/>
       <c r="N63" t="s">
         <v>52</v>
       </c>
       <c r="O63"/>
       <c r="P63"/>
       <c r="Q63" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="64" spans="1:17">
       <c r="A64">
         <v>20083</v>
       </c>
       <c r="B64" t="s">
-        <v>368</v>
+        <v>369</v>
       </c>
       <c r="C64" t="s">
-        <v>369</v>
+        <v>370</v>
       </c>
       <c r="D64" t="s">
-        <v>370</v>
+        <v>371</v>
       </c>
       <c r="E64" t="s">
-        <v>360</v>
+        <v>361</v>
       </c>
       <c r="F64" t="s">
-        <v>361</v>
+        <v>362</v>
       </c>
       <c r="G64" t="s">
-        <v>371</v>
+        <v>372</v>
       </c>
       <c r="H64" t="s">
         <v>158</v>
       </c>
       <c r="I64" t="s">
         <v>24</v>
       </c>
       <c r="J64" t="s">
         <v>25</v>
       </c>
       <c r="K64" t="s">
         <v>36</v>
       </c>
       <c r="L64"/>
       <c r="M64"/>
       <c r="N64" t="s">
         <v>52</v>
       </c>
       <c r="O64"/>
       <c r="P64" t="s">
-        <v>372</v>
+        <v>373</v>
       </c>
       <c r="Q64" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="65" spans="1:17">
       <c r="A65">
         <v>20085</v>
       </c>
       <c r="B65" t="s">
-        <v>373</v>
+        <v>374</v>
       </c>
       <c r="C65" t="s">
-        <v>374</v>
+        <v>375</v>
       </c>
       <c r="D65" t="s">
-        <v>375</v>
+        <v>376</v>
       </c>
       <c r="E65" t="s">
-        <v>360</v>
+        <v>361</v>
       </c>
       <c r="F65" t="s">
-        <v>361</v>
+        <v>362</v>
       </c>
       <c r="G65" t="s">
-        <v>376</v>
+        <v>377</v>
       </c>
       <c r="H65" t="s">
         <v>158</v>
       </c>
       <c r="I65" t="s">
         <v>24</v>
       </c>
       <c r="J65" t="s">
         <v>25</v>
       </c>
       <c r="K65" t="s">
         <v>36</v>
       </c>
       <c r="L65"/>
       <c r="M65"/>
       <c r="N65" t="s">
         <v>52</v>
       </c>
       <c r="O65"/>
       <c r="P65" t="s">
-        <v>377</v>
+        <v>378</v>
       </c>
       <c r="Q65" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="66" spans="1:17">
       <c r="A66">
         <v>20063</v>
       </c>
       <c r="B66" t="s">
-        <v>378</v>
+        <v>379</v>
       </c>
       <c r="C66" t="s">
-        <v>379</v>
+        <v>380</v>
       </c>
       <c r="D66" t="s">
-        <v>380</v>
+        <v>381</v>
       </c>
       <c r="E66" t="s">
-        <v>381</v>
+        <v>382</v>
       </c>
       <c r="F66" t="s">
         <v>156</v>
       </c>
       <c r="G66"/>
       <c r="H66" t="s">
         <v>158</v>
       </c>
       <c r="I66" t="s">
         <v>24</v>
       </c>
       <c r="J66" t="s">
         <v>25</v>
       </c>
       <c r="K66" t="s">
         <v>26</v>
       </c>
       <c r="L66"/>
       <c r="M66"/>
       <c r="N66" t="s">
         <v>52</v>
       </c>
       <c r="O66"/>
       <c r="P66"/>
       <c r="Q66" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="67" spans="1:17">
       <c r="A67">
         <v>20069</v>
       </c>
       <c r="B67" t="s">
-        <v>382</v>
+        <v>383</v>
       </c>
       <c r="C67" t="s">
-        <v>383</v>
+        <v>384</v>
       </c>
       <c r="D67" t="s">
-        <v>384</v>
+        <v>385</v>
       </c>
       <c r="E67" t="s">
-        <v>385</v>
+        <v>386</v>
       </c>
       <c r="F67" t="s">
         <v>169</v>
       </c>
       <c r="G67"/>
       <c r="H67" t="s">
         <v>158</v>
       </c>
       <c r="I67" t="s">
         <v>24</v>
       </c>
       <c r="J67" t="s">
         <v>25</v>
       </c>
       <c r="K67" t="s">
         <v>74</v>
       </c>
       <c r="L67"/>
       <c r="M67"/>
       <c r="N67" t="s">
         <v>52</v>
       </c>
       <c r="O67"/>
       <c r="P67"/>
       <c r="Q67" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="68" spans="1:17">
       <c r="A68">
         <v>16227</v>
       </c>
       <c r="B68" t="s">
-        <v>386</v>
+        <v>387</v>
       </c>
       <c r="C68" t="s">
-        <v>387</v>
+        <v>388</v>
       </c>
       <c r="D68" t="s">
         <v>31</v>
       </c>
       <c r="E68" t="s">
-        <v>388</v>
+        <v>389</v>
       </c>
       <c r="F68" t="s">
-        <v>389</v>
+        <v>390</v>
       </c>
       <c r="G68"/>
       <c r="H68" t="s">
         <v>23</v>
       </c>
       <c r="I68" t="s">
         <v>24</v>
       </c>
       <c r="J68" t="s">
         <v>35</v>
       </c>
       <c r="K68" t="s">
         <v>36</v>
       </c>
       <c r="L68"/>
       <c r="M68"/>
       <c r="N68"/>
       <c r="O68"/>
       <c r="P68"/>
       <c r="Q68" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="69" spans="1:17">
       <c r="A69">
         <v>16226</v>
       </c>
       <c r="B69" t="s">
+        <v>391</v>
+      </c>
+      <c r="C69" t="s">
+        <v>392</v>
+      </c>
+      <c r="D69" t="s">
+        <v>393</v>
+      </c>
+      <c r="E69" t="s">
+        <v>389</v>
+      </c>
+      <c r="F69" t="s">
         <v>390</v>
-      </c>
-[...10 lines deleted...]
-        <v>389</v>
       </c>
       <c r="G69"/>
       <c r="H69" t="s">
         <v>23</v>
       </c>
       <c r="I69" t="s">
         <v>24</v>
       </c>
       <c r="J69" t="s">
         <v>35</v>
       </c>
       <c r="K69" t="s">
         <v>36</v>
       </c>
       <c r="L69"/>
       <c r="M69"/>
       <c r="N69"/>
       <c r="O69"/>
       <c r="P69"/>
       <c r="Q69" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="70" spans="1:17">
       <c r="A70">
         <v>16233</v>
       </c>
       <c r="B70" t="s">
-        <v>393</v>
+        <v>394</v>
       </c>
       <c r="C70" t="s">
-        <v>394</v>
+        <v>395</v>
       </c>
       <c r="D70" t="s">
-        <v>395</v>
+        <v>396</v>
       </c>
       <c r="E70" t="s">
-        <v>396</v>
+        <v>397</v>
       </c>
       <c r="F70" t="s">
-        <v>397</v>
+        <v>398</v>
       </c>
       <c r="G70"/>
       <c r="H70" t="s">
         <v>23</v>
       </c>
       <c r="I70" t="s">
         <v>24</v>
       </c>
       <c r="J70" t="s">
         <v>25</v>
       </c>
       <c r="K70" t="s">
         <v>36</v>
       </c>
       <c r="L70"/>
       <c r="M70"/>
       <c r="N70" t="s">
-        <v>398</v>
+        <v>399</v>
       </c>
       <c r="O70"/>
       <c r="P70"/>
       <c r="Q70" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="71" spans="1:17">
       <c r="A71">
         <v>20089</v>
       </c>
       <c r="B71" t="s">
-        <v>399</v>
+        <v>400</v>
       </c>
       <c r="C71" t="s">
-        <v>400</v>
+        <v>401</v>
       </c>
       <c r="D71" t="s">
-        <v>401</v>
+        <v>402</v>
       </c>
       <c r="E71" t="s">
-        <v>335</v>
+        <v>336</v>
       </c>
       <c r="F71" t="s">
-        <v>336</v>
+        <v>337</v>
       </c>
       <c r="G71"/>
       <c r="H71" t="s">
         <v>158</v>
       </c>
       <c r="I71" t="s">
         <v>24</v>
       </c>
       <c r="J71" t="s">
         <v>25</v>
       </c>
       <c r="K71" t="s">
         <v>36</v>
       </c>
       <c r="L71"/>
       <c r="M71"/>
       <c r="N71" t="s">
         <v>52</v>
       </c>
       <c r="O71"/>
       <c r="P71"/>
       <c r="Q71" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="72" spans="1:17">
       <c r="A72">
         <v>20090</v>
       </c>
       <c r="B72" t="s">
-        <v>402</v>
+        <v>403</v>
       </c>
       <c r="C72" t="s">
-        <v>403</v>
+        <v>404</v>
       </c>
       <c r="D72" t="s">
-        <v>395</v>
+        <v>396</v>
       </c>
       <c r="E72" t="s">
-        <v>335</v>
+        <v>336</v>
       </c>
       <c r="F72" t="s">
-        <v>336</v>
+        <v>337</v>
       </c>
       <c r="G72"/>
       <c r="H72" t="s">
         <v>158</v>
       </c>
       <c r="I72" t="s">
         <v>24</v>
       </c>
       <c r="J72" t="s">
         <v>25</v>
       </c>
       <c r="K72" t="s">
         <v>36</v>
       </c>
       <c r="L72"/>
       <c r="M72"/>
       <c r="N72" t="s">
         <v>52</v>
       </c>
       <c r="O72"/>
       <c r="P72" t="s">
-        <v>404</v>
+        <v>405</v>
       </c>
       <c r="Q72" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="73" spans="1:17">
       <c r="A73">
         <v>20095</v>
       </c>
       <c r="B73" t="s">
-        <v>405</v>
+        <v>406</v>
       </c>
       <c r="C73" t="s">
-        <v>406</v>
+        <v>407</v>
       </c>
       <c r="D73" t="s">
-        <v>407</v>
+        <v>408</v>
       </c>
       <c r="E73" t="s">
-        <v>335</v>
+        <v>336</v>
       </c>
       <c r="F73" t="s">
-        <v>336</v>
+        <v>337</v>
       </c>
       <c r="G73"/>
       <c r="H73" t="s">
         <v>158</v>
       </c>
       <c r="I73" t="s">
         <v>24</v>
       </c>
       <c r="J73" t="s">
         <v>25</v>
       </c>
       <c r="K73" t="s">
         <v>36</v>
       </c>
       <c r="L73"/>
       <c r="M73"/>
       <c r="N73" t="s">
         <v>52</v>
       </c>
       <c r="O73"/>
       <c r="P73"/>
       <c r="Q73" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="74" spans="1:17">
       <c r="A74">
         <v>20093</v>
       </c>
       <c r="B74" t="s">
-        <v>408</v>
+        <v>409</v>
       </c>
       <c r="C74" t="s">
-        <v>409</v>
+        <v>410</v>
       </c>
       <c r="D74" t="s">
-        <v>410</v>
+        <v>411</v>
       </c>
       <c r="E74" t="s">
-        <v>347</v>
+        <v>348</v>
       </c>
       <c r="F74" t="s">
-        <v>348</v>
+        <v>349</v>
       </c>
       <c r="G74"/>
       <c r="H74" t="s">
         <v>158</v>
       </c>
       <c r="I74" t="s">
         <v>24</v>
       </c>
       <c r="J74" t="s">
         <v>25</v>
       </c>
       <c r="K74" t="s">
         <v>36</v>
       </c>
       <c r="L74"/>
       <c r="M74"/>
       <c r="N74" t="s">
         <v>52</v>
       </c>
       <c r="O74"/>
       <c r="P74"/>
       <c r="Q74" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="75" spans="1:17">
       <c r="A75">
         <v>16225</v>
       </c>
       <c r="B75" t="s">
-        <v>411</v>
+        <v>412</v>
       </c>
       <c r="C75" t="s">
-        <v>412</v>
+        <v>413</v>
       </c>
       <c r="D75" t="s">
         <v>31</v>
       </c>
       <c r="E75" t="s">
-        <v>413</v>
+        <v>414</v>
       </c>
       <c r="F75" t="s">
-        <v>414</v>
+        <v>415</v>
       </c>
       <c r="G75"/>
       <c r="H75" t="s">
         <v>23</v>
       </c>
       <c r="I75" t="s">
         <v>24</v>
       </c>
       <c r="J75" t="s">
         <v>35</v>
       </c>
       <c r="K75" t="s">
         <v>36</v>
       </c>
       <c r="L75"/>
       <c r="M75"/>
       <c r="N75"/>
       <c r="O75"/>
       <c r="P75"/>
       <c r="Q75" t="s">
         <v>28</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>