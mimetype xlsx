--- v0 (2025-11-13)
+++ v1 (2026-01-01)
@@ -2836,65 +2836,50 @@
   <si>
     <t>prueba_Rabogato (Castellano)</t>
   </si>
   <si>
     <t>Mata media de 60-120 cm. Hojas lanceoladas con el margen aserrado espinoso, con 6-7 pares de dientes, sentadas de inserción opuesta y densamente vellosas, las superiores más estrechas que las inferiores. Flores amarillo-claras, hermafroditas, bilabiadas, agrupadas en densas espigas de 1,5-8 cm de longitud. Brácteas y sépalos espinosos. Fruto en tetraquenio.</t>
   </si>
   <si>
     <t>Sideritis spinosa f. serrata (Lagasca) Willk, Sideritis spinosa var. serrata (Lagasca) Amo</t>
   </si>
   <si>
     <t>Sisymbrium cavanillesianum Castrov. &amp; Valdés Berm.</t>
   </si>
   <si>
     <t>prueba_Rabanillo cornudo (Castellano), Jaramago de Cavanilles (Castellano)</t>
   </si>
   <si>
     <t>España NT (Casi amenazado),  Mundial VU (Vulnerable),  Región Mediterránea U1 (Desfavorable-inadecuado)</t>
   </si>
   <si>
     <t>Hierba anual o bienal. Tallos de 15-60 cm, erectos, pelosos, que parten de una roseta basal de hojas lobuladas. Inflorescencia en racimos densos, ebracteados. Flores amarillo pálidas, sobre pedicelos cortos y gruesos. Frutos 6-11 mm, adpresos, cónicos, a veces curvados, comprimidos en el ápice, con valvas de 3 nervios poco marcados. Estilo cilíndrico, bilobulado. Semillas por silicua 3-6 (hasta 9), algo aplanadas. Sisymbrium runcinatum convive con este taxón, del que se diferencia por tener las inflorescencias foliosas y los tallos no fistulosos.</t>
   </si>
   <si>
     <t>Sisymbrium corniculatum Cav, Sisymbrium matritense P.W. Ball &amp; Heywood</t>
   </si>
   <si>
-    <t>Squalius alburnoides (Steindachner, 1866)</t>
-[...13 lines deleted...]
-  <si>
     <t>Testudo graeca Linnaeus, 1758</t>
   </si>
   <si>
     <t>prueba_Tortuga mora (Castellano), Dortoka greziarra (Euskera), Tortaruga mora (Gallego), Spur-thighed Tortoise (Inglés), Greek Tortoise (Inglés), Common Tortoise (Inglés), Moorish Tortoise (Inglés), Tortue Mauresque (Francés)</t>
   </si>
   <si>
     <t>Castellano, Euskera, Gallego, Inglés, Inglés, Inglés, Inglés, Francés</t>
   </si>
   <si>
     <t>Es un quelonio de caparazón abombado cuyo espaldar es de color amarillento, verde oliva pálido o pardusco, en el que las placas presentan generalmente una mancha central y los bordes de color oscuro o negro. El peto es amarillento, con manchas irregulares negras. En las poblaciones ibéricas, los individuos no suelen sobrepasar los 200 mm de longitud de espaldar, con un tamaño medio, de machos y hembras respectivamente, en Doñana, de 146 y 173 mm y en el sureste ibérico de 113 y 134 mm.</t>
   </si>
   <si>
     <t>Testudo hermanni (Gmelin, 1789)</t>
   </si>
   <si>
     <t>prueba_Tortuga mediterranea (Castellano), Tortuga mediterránea (Castellano), Hermann dortoka (Euskera), Tortuga mediterrania (Catalán), Tortaruga mediterránea (Gallego), Hermann's Tortoise (Inglés), Tortue D'Hermann (Francés)</t>
   </si>
   <si>
     <t>Castellano, Castellano, Euskera, Catalán, Gallego, Inglés, Francés</t>
   </si>
   <si>
     <t>Tortuga terrestre de caparazón bastante redondeado por encima y de una coloración básicamente negra y amarilla. Las manchas negras del caparazón presentan bordes bien definidos, mientras que el fondo amarillo puede variar en tonalidades que van desde los anaranjados hasta los ligeramente verdosos. En el plastrón de las poblaciones ibéricas las manchas negras forman dos bandas longitudinales continuas y paralelas. La placa supracaudal está dividida en dos y en el extremo de la cola presentan una uña córnea. En la cara presentan una mancha subocular amarilla, que se oscurece con la edad. Los machos son más pequeños que las hembras con longitudes máximas de caparazón en ejemplares salvajes de España de 166 mm en machos y 201 mm en hembras. Los machos se caracterizan también por el mayor tamaño de su cola, el plastrón, que es cóncavo, y la forma de las placas supracaudales y anales.</t>
   </si>
   <si>
     <t>LESRPE: En régimen de protección especial, CEEA: En peligro de extinción</t>
@@ -3358,50 +3343,65 @@
   </si>
   <si>
     <t>España EN (En peligro),  Región Mediterránea U1 (Desfavorable-inadecuado),  Región Atlántica XX (Desconocido)</t>
   </si>
   <si>
     <t>España, Región Mediterránea, Región Atlántica</t>
   </si>
   <si>
     <t>Musgo acrocárpico, pequeño, de 0,3-0,6 cm de altura, que forma céspedes laxos o poco compactos de un verde pálido a verde amarillento. Caulidio simple, a menudo con protonema secundario en la base, con cordón central y esclerodermis de 3-4 capas de células. Filidios de erectos a escuarrosos, de 1,5-3 mm de longitud, oval-lanceolados u oblongo-lanceolados, abruptamente subulados, con la base envainadora, margen entero o algo dentado y nervio excurrente, células de la lámina oblongas o hexagonales, 15-20 x 30-40 µm, las marginales más estrechas. Reproducción asexual vía propágulos protonemáticos. Cápsula cleistocárpica (no operculada), gimnóstoma (perístoma indiferenciado), de cilíndrica a piriforme, apiculada, con el cuello largo, seta de 2,5-10 mm de longitud, amarillenta, flexuosa, caliptra mitriforme.
 Se reconoce bien en el campo cuando presenta esporófitos, por sus cápsulas sin opérculo y con el cuello largo y bien diferenciado (Sérgio &amp; Garcia, 2015). Se puede confundir con algunas especies de los géneros Dicranella y Ditrichum. La presencia de un protonema persistente que genera yemas multicelulares es un rasgo poco habitual (Sérgio et al. 1998) que favorece la estrategia colonizadora de esta especie.</t>
   </si>
   <si>
     <t>Narcissus nevadensis subsp. longispathus (Pugsley) Algarra, Blanca, Cueto &amp; J. Fuentes</t>
   </si>
   <si>
     <t>Mundial EN (En peligro),  España EN (En peligro),  Mundial CR (En peligro crítico),  Región Mediterránea U1 (Desfavorable-inadecuado)</t>
   </si>
   <si>
     <t>Mundial, España, Mundial, Región Mediterránea</t>
   </si>
   <si>
     <t>Hierba perenne, bulbosa. Escapo 30-170 cm. Hojas 40-60 cm, todas basales, paralelinervias. Flores solitarias, actinomorfas, hermafroditas, trímeras, de color amarillo pálido. Pedicelos 40-90 mm. Espata 60-100 mm, escariosa, de una sola bráctea. Tubo del periantio 10-15 mm; segmentos 6, de 25-32 mm, patentes, no retorcidos o solo ligeramente; corona 25-30 mm, débilmente sinuosa, ligeramente ensanchada en el ápice, crenada, concolora. Estambres 6. Ovario ínfero. Fruto en cápsula.</t>
   </si>
   <si>
     <t>Narcissus alcaracensis Ríos, D. Rivera, Alcaraz &amp; Obón, Narcissus enemeritoi (Sánchez-Gómez, Carrillo, Hernández, M. Á. Carrión &amp; Güemes), Narcissus hispanicus subsp. longispathus auct, Narcissus longispathus Pugsley, Narcissus major var. longispathus Deg. &amp; Herv, Narcissus pseudonarcissus subsp. longispathus (Pugsley) A. Fernandes, Narcissus segurensis S. Ríos, D. Rivera, Alcaraz &amp; Obón, Narcissus yepesii S. Ríos, D. Rivera, Alcaraz &amp; Obón</t>
+  </si>
+  <si>
+    <t>Squalius alburnoides (Steindachner, 1866)</t>
+  </si>
+  <si>
+    <t>prueba_Calandino (Castellano), Errutilo andaluziarra (Euskera)</t>
+  </si>
+  <si>
+    <t>Mundial CR (En peligro crítico),  España LC (Preocupación menor),  Mundial VU (Vulnerable),  Región Mediterránea U1 (Desfavorable-inadecuado)</t>
+  </si>
+  <si>
+    <t>Es un taxón de pequeño tamaño, que raramente alcanza los 13 cm de longitud total. La cabeza es pequeña y la boca súpera. El cuerpo es alargado con un pedúnculo caudal muy estrecho. Las aletas son pequeñas. La dorsal suele tener siete radios ramificados y la anal de ocho a nueve. Los perfiles distales de estas últimas son rectos o cóncavos. La aleta dorsal está retrasada con respecto a las ventrales. Las escamas son grandes y presentan un número de 38-44 en la línea lateral. El color del peritoneo es gris claro. Este taxón tiene un origen híbrido. Las hembras son mayoritariamente triploides, ya que constan de tres dotaciones cromosómicas. Éstas son de color plateado con el dorso oscuro y una característica banda violácea, más visible en la parte caudal, recorre todo el cuerpo. Los machos son diploides y más pequeños, con una banda negra, que recorre el cuerpo desde el ojo a la aleta caudal y una banda más clara por encima de ésta. También existen individuos tetraploides, de tamaño más pequeño y con la boca menos súpera que los diploides. Los machos presentan tubérculos nupciales en los márgenes distales de las escamas, dorso y en la cabeza en la época reproductiva. Se diferencia de otros ciprínidos del género Squalius por tener 7 radios ramificados en las aletas dorsal y 8-9 en la aleta anal. Suborbitario 3º estrecho. Perfil de la aleta anal recto o cóncavo. Dientes faríngeos en número de 5 ó 4 situados en una sola fila. Holotipo no descrito. Lectotipo conservado en el Naturhistorisches Museum Wien, Viena, (NMW 49749:2.), procedente de arroyos cerca de Mérida.</t>
+  </si>
+  <si>
+    <t>Rutilus alburnoides, Tropidophoxinellus alburnoides (Steindachner, 1866)</t>
   </si>
   <si>
     <t>Phengaris nausithous (Bergsträsser, 1779)</t>
   </si>
   <si>
     <t>prueba_Hormiguera oscura (Castellano), Limbada (Castellano), Dusky Large Blue (Inglés)</t>
   </si>
   <si>
     <t>Mundial NT (Casi amenazado),  España NT (Casi amenazado),  Mundial LC (Preocupación menor),  Región Mediterránea U1 (Desfavorable-inadecuado),  Región Atlántica U2 (Desfavorable-malo)</t>
   </si>
   <si>
     <t>Mundial, España, Mundial, Región Mediterránea, Región Atlántica</t>
   </si>
   <si>
     <t>El macho presenta en el dorso de las alas una extensa área de color azul oscuro brillante que alcanza la zona submarginal y una franja marginal de color castaño. La cara ventral de las alas es de color canela, sin marcas submarginales. La hembra es semejante al macho, pero con dorso alar castaño oscuro y fimbrias pardas.</t>
   </si>
   <si>
     <t>Maculinea nausithous (Bergsträsser, 1779)</t>
   </si>
   <si>
     <t>Iberolacerta aranica (Arribas, 1993)</t>
   </si>
   <si>
     <t>prueba_Lagartija aranesa (Castellano), Sargantana aranesa (Catalán), Aran Rock Lizard (Inglés)</t>
   </si>
@@ -14804,1653 +14804,1653 @@
       </c>
       <c r="I194" t="s">
         <v>45</v>
       </c>
       <c r="J194" t="s">
         <v>25</v>
       </c>
       <c r="K194" t="s">
         <v>26</v>
       </c>
       <c r="L194"/>
       <c r="M194"/>
       <c r="N194" t="s">
         <v>82</v>
       </c>
       <c r="O194"/>
       <c r="P194" t="s">
         <v>935</v>
       </c>
       <c r="Q194" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="195" spans="1:17">
       <c r="A195">
-        <v>10659</v>
+        <v>11385</v>
       </c>
       <c r="B195" t="s">
         <v>936</v>
       </c>
       <c r="C195" t="s">
         <v>937</v>
       </c>
       <c r="D195" t="s">
-        <v>241</v>
+        <v>938</v>
       </c>
       <c r="E195" t="s">
-        <v>938</v>
+        <v>860</v>
       </c>
       <c r="F195" t="s">
         <v>710</v>
       </c>
       <c r="G195" t="s">
         <v>939</v>
       </c>
       <c r="H195" t="s">
         <v>23</v>
       </c>
       <c r="I195" t="s">
-        <v>132</v>
+        <v>68</v>
       </c>
       <c r="J195" t="s">
-        <v>53</v>
-[...1 lines deleted...]
-      <c r="K195"/>
+        <v>25</v>
+      </c>
+      <c r="K195" t="s">
+        <v>115</v>
+      </c>
       <c r="L195"/>
       <c r="M195"/>
       <c r="N195" t="s">
-        <v>122</v>
+        <v>69</v>
       </c>
       <c r="O195"/>
-      <c r="P195" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="P195"/>
       <c r="Q195" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="196" spans="1:17">
       <c r="A196">
-        <v>11385</v>
+        <v>11434</v>
       </c>
       <c r="B196" t="s">
+        <v>940</v>
+      </c>
+      <c r="C196" t="s">
         <v>941</v>
       </c>
-      <c r="C196" t="s">
+      <c r="D196" t="s">
         <v>942</v>
       </c>
-      <c r="D196" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E196" t="s">
-        <v>860</v>
+        <v>845</v>
       </c>
       <c r="F196" t="s">
         <v>710</v>
       </c>
       <c r="G196" t="s">
-        <v>944</v>
+        <v>943</v>
       </c>
       <c r="H196" t="s">
         <v>23</v>
       </c>
       <c r="I196" t="s">
         <v>68</v>
       </c>
       <c r="J196" t="s">
         <v>25</v>
       </c>
       <c r="K196" t="s">
-        <v>115</v>
+        <v>944</v>
       </c>
       <c r="L196"/>
       <c r="M196"/>
       <c r="N196" t="s">
-        <v>69</v>
+        <v>82</v>
       </c>
       <c r="O196"/>
       <c r="P196"/>
       <c r="Q196" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="197" spans="1:17">
       <c r="A197">
-        <v>11434</v>
+        <v>8811</v>
       </c>
       <c r="B197" t="s">
         <v>945</v>
       </c>
       <c r="C197" t="s">
         <v>946</v>
       </c>
       <c r="D197" t="s">
         <v>947</v>
       </c>
       <c r="E197" t="s">
-        <v>845</v>
+        <v>911</v>
       </c>
       <c r="F197" t="s">
         <v>710</v>
       </c>
       <c r="G197" t="s">
         <v>948</v>
       </c>
       <c r="H197" t="s">
         <v>23</v>
       </c>
       <c r="I197" t="s">
-        <v>68</v>
+        <v>45</v>
       </c>
       <c r="J197" t="s">
         <v>25</v>
       </c>
       <c r="K197" t="s">
-        <v>949</v>
+        <v>115</v>
       </c>
       <c r="L197"/>
       <c r="M197"/>
       <c r="N197" t="s">
         <v>82</v>
       </c>
       <c r="O197"/>
       <c r="P197"/>
       <c r="Q197" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="198" spans="1:17">
       <c r="A198">
-        <v>8811</v>
+        <v>8902</v>
       </c>
       <c r="B198" t="s">
+        <v>949</v>
+      </c>
+      <c r="C198" t="s">
         <v>950</v>
       </c>
-      <c r="C198" t="s">
+      <c r="D198" t="s">
         <v>951</v>
       </c>
-      <c r="D198" t="s">
+      <c r="E198" t="s">
         <v>952</v>
-      </c>
-[...1 lines deleted...]
-        <v>911</v>
       </c>
       <c r="F198" t="s">
         <v>710</v>
       </c>
       <c r="G198" t="s">
         <v>953</v>
       </c>
       <c r="H198" t="s">
         <v>23</v>
       </c>
       <c r="I198" t="s">
         <v>45</v>
       </c>
       <c r="J198" t="s">
         <v>25</v>
       </c>
       <c r="K198" t="s">
-        <v>115</v>
+        <v>26</v>
       </c>
       <c r="L198"/>
       <c r="M198"/>
       <c r="N198" t="s">
-        <v>82</v>
+        <v>69</v>
       </c>
       <c r="O198"/>
-      <c r="P198"/>
+      <c r="P198" t="s">
+        <v>954</v>
+      </c>
       <c r="Q198" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="199" spans="1:17">
       <c r="A199">
-        <v>8902</v>
+        <v>10696</v>
       </c>
       <c r="B199" t="s">
-        <v>954</v>
+        <v>955</v>
       </c>
       <c r="C199" t="s">
-        <v>955</v>
+        <v>956</v>
       </c>
       <c r="D199" t="s">
-        <v>956</v>
+        <v>957</v>
       </c>
       <c r="E199" t="s">
-        <v>957</v>
+        <v>952</v>
       </c>
       <c r="F199" t="s">
         <v>710</v>
       </c>
       <c r="G199" t="s">
         <v>958</v>
       </c>
       <c r="H199" t="s">
         <v>23</v>
       </c>
       <c r="I199" t="s">
-        <v>45</v>
+        <v>81</v>
       </c>
       <c r="J199" t="s">
         <v>25</v>
       </c>
       <c r="K199" t="s">
         <v>26</v>
       </c>
       <c r="L199"/>
       <c r="M199"/>
       <c r="N199" t="s">
-        <v>69</v>
+        <v>122</v>
       </c>
       <c r="O199"/>
-      <c r="P199" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="P199"/>
       <c r="Q199" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="200" spans="1:17">
       <c r="A200">
-        <v>10696</v>
+        <v>11398</v>
       </c>
       <c r="B200" t="s">
+        <v>959</v>
+      </c>
+      <c r="C200" t="s">
         <v>960</v>
       </c>
-      <c r="C200" t="s">
+      <c r="D200" t="s">
+        <v>73</v>
+      </c>
+      <c r="E200" t="s">
         <v>961</v>
       </c>
-      <c r="D200" t="s">
+      <c r="F200" t="s">
         <v>962</v>
-      </c>
-[...4 lines deleted...]
-        <v>710</v>
       </c>
       <c r="G200" t="s">
         <v>963</v>
       </c>
       <c r="H200" t="s">
         <v>23</v>
       </c>
       <c r="I200" t="s">
         <v>81</v>
       </c>
       <c r="J200" t="s">
         <v>25</v>
       </c>
       <c r="K200" t="s">
         <v>26</v>
       </c>
       <c r="L200"/>
       <c r="M200"/>
       <c r="N200" t="s">
-        <v>122</v>
+        <v>69</v>
       </c>
       <c r="O200"/>
       <c r="P200"/>
       <c r="Q200" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="201" spans="1:17">
       <c r="A201">
-        <v>11398</v>
+        <v>12168</v>
       </c>
       <c r="B201" t="s">
         <v>964</v>
       </c>
       <c r="C201" t="s">
         <v>965</v>
       </c>
       <c r="D201" t="s">
-        <v>73</v>
+        <v>966</v>
       </c>
       <c r="E201" t="s">
-        <v>966</v>
+        <v>967</v>
       </c>
       <c r="F201" t="s">
-        <v>967</v>
+        <v>962</v>
       </c>
       <c r="G201" t="s">
         <v>968</v>
       </c>
       <c r="H201" t="s">
         <v>23</v>
       </c>
       <c r="I201" t="s">
-        <v>81</v>
+        <v>68</v>
       </c>
       <c r="J201" t="s">
         <v>25</v>
       </c>
       <c r="K201" t="s">
         <v>26</v>
       </c>
       <c r="L201"/>
       <c r="M201"/>
       <c r="N201" t="s">
-        <v>69</v>
+        <v>82</v>
       </c>
       <c r="O201"/>
       <c r="P201"/>
       <c r="Q201" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="202" spans="1:17">
       <c r="A202">
-        <v>12168</v>
+        <v>12402</v>
       </c>
       <c r="B202" t="s">
         <v>969</v>
       </c>
       <c r="C202" t="s">
         <v>970</v>
       </c>
       <c r="D202" t="s">
         <v>971</v>
       </c>
       <c r="E202" t="s">
         <v>972</v>
       </c>
       <c r="F202" t="s">
-        <v>967</v>
+        <v>973</v>
       </c>
       <c r="G202" t="s">
-        <v>973</v>
+        <v>974</v>
       </c>
       <c r="H202" t="s">
         <v>23</v>
       </c>
       <c r="I202" t="s">
         <v>68</v>
       </c>
       <c r="J202" t="s">
-        <v>25</v>
+        <v>295</v>
       </c>
       <c r="K202" t="s">
         <v>26</v>
       </c>
-      <c r="L202"/>
+      <c r="L202" t="s">
+        <v>296</v>
+      </c>
       <c r="M202"/>
       <c r="N202" t="s">
-        <v>82</v>
+        <v>27</v>
       </c>
       <c r="O202"/>
-      <c r="P202"/>
+      <c r="P202" t="s">
+        <v>975</v>
+      </c>
       <c r="Q202" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="203" spans="1:17">
       <c r="A203">
-        <v>12402</v>
+        <v>10661</v>
       </c>
       <c r="B203" t="s">
-        <v>974</v>
+        <v>976</v>
       </c>
       <c r="C203" t="s">
-        <v>975</v>
+        <v>977</v>
       </c>
       <c r="D203" t="s">
-        <v>976</v>
+        <v>292</v>
       </c>
       <c r="E203" t="s">
-        <v>977</v>
+        <v>978</v>
       </c>
       <c r="F203" t="s">
-        <v>978</v>
+        <v>973</v>
       </c>
       <c r="G203" t="s">
         <v>979</v>
       </c>
       <c r="H203" t="s">
         <v>23</v>
       </c>
       <c r="I203" t="s">
-        <v>68</v>
+        <v>36</v>
       </c>
       <c r="J203" t="s">
-        <v>295</v>
+        <v>25</v>
       </c>
       <c r="K203" t="s">
         <v>26</v>
       </c>
-      <c r="L203" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L203"/>
       <c r="M203"/>
       <c r="N203" t="s">
         <v>27</v>
       </c>
       <c r="O203"/>
-      <c r="P203" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="P203"/>
       <c r="Q203" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="204" spans="1:17">
       <c r="A204">
-        <v>10661</v>
+        <v>10669</v>
       </c>
       <c r="B204" t="s">
+        <v>980</v>
+      </c>
+      <c r="C204" t="s">
         <v>981</v>
       </c>
-      <c r="C204" t="s">
+      <c r="D204" t="s">
         <v>982</v>
-      </c>
-[...1 lines deleted...]
-        <v>292</v>
       </c>
       <c r="E204" t="s">
         <v>983</v>
       </c>
       <c r="F204" t="s">
-        <v>978</v>
+        <v>984</v>
       </c>
       <c r="G204" t="s">
-        <v>984</v>
+        <v>985</v>
       </c>
       <c r="H204" t="s">
         <v>23</v>
       </c>
       <c r="I204" t="s">
         <v>36</v>
       </c>
       <c r="J204" t="s">
         <v>25</v>
       </c>
       <c r="K204" t="s">
         <v>26</v>
       </c>
       <c r="L204"/>
       <c r="M204"/>
       <c r="N204" t="s">
         <v>27</v>
       </c>
       <c r="O204"/>
-      <c r="P204"/>
+      <c r="P204" t="s">
+        <v>986</v>
+      </c>
       <c r="Q204" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="205" spans="1:17">
       <c r="A205">
-        <v>10669</v>
+        <v>12400</v>
       </c>
       <c r="B205" t="s">
-        <v>985</v>
-[...4 lines deleted...]
-      <c r="D205" t="s">
         <v>987</v>
       </c>
+      <c r="C205"/>
+      <c r="D205"/>
       <c r="E205" t="s">
         <v>988</v>
       </c>
       <c r="F205" t="s">
         <v>989</v>
       </c>
       <c r="G205" t="s">
         <v>990</v>
       </c>
       <c r="H205" t="s">
         <v>23</v>
       </c>
       <c r="I205" t="s">
-        <v>36</v>
+        <v>991</v>
       </c>
       <c r="J205" t="s">
-        <v>25</v>
-[...3 lines deleted...]
-      </c>
+        <v>53</v>
+      </c>
+      <c r="K205"/>
       <c r="L205"/>
       <c r="M205"/>
       <c r="N205" t="s">
-        <v>27</v>
+        <v>122</v>
       </c>
       <c r="O205"/>
-      <c r="P205" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="P205"/>
       <c r="Q205" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="206" spans="1:17">
       <c r="A206">
-        <v>12400</v>
+        <v>4157</v>
       </c>
       <c r="B206" t="s">
         <v>992</v>
       </c>
-      <c r="C206"/>
-      <c r="D206"/>
+      <c r="C206" t="s">
+        <v>993</v>
+      </c>
+      <c r="D206" t="s">
+        <v>204</v>
+      </c>
       <c r="E206" t="s">
-        <v>993</v>
+        <v>994</v>
       </c>
       <c r="F206" t="s">
-        <v>994</v>
+        <v>989</v>
       </c>
       <c r="G206" t="s">
         <v>995</v>
       </c>
       <c r="H206" t="s">
         <v>23</v>
       </c>
       <c r="I206" t="s">
-        <v>996</v>
+        <v>45</v>
       </c>
       <c r="J206" t="s">
-        <v>53</v>
-[...1 lines deleted...]
-      <c r="K206"/>
+        <v>25</v>
+      </c>
+      <c r="K206" t="s">
+        <v>37</v>
+      </c>
       <c r="L206"/>
       <c r="M206"/>
       <c r="N206" t="s">
-        <v>122</v>
+        <v>82</v>
       </c>
       <c r="O206"/>
       <c r="P206"/>
       <c r="Q206" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="207" spans="1:17">
       <c r="A207">
-        <v>4157</v>
+        <v>78634</v>
       </c>
       <c r="B207" t="s">
+        <v>996</v>
+      </c>
+      <c r="C207"/>
+      <c r="D207"/>
+      <c r="E207" t="s">
         <v>997</v>
       </c>
-      <c r="C207" t="s">
+      <c r="F207" t="s">
         <v>998</v>
       </c>
-      <c r="D207" t="s">
-[...2 lines deleted...]
-      <c r="E207" t="s">
+      <c r="G207" t="s">
         <v>999</v>
       </c>
-      <c r="F207" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="H207" t="s">
         <v>23</v>
       </c>
       <c r="I207" t="s">
-        <v>45</v>
+        <v>991</v>
       </c>
       <c r="J207" t="s">
         <v>25</v>
       </c>
       <c r="K207" t="s">
-        <v>37</v>
+        <v>26</v>
       </c>
       <c r="L207"/>
       <c r="M207"/>
       <c r="N207" t="s">
-        <v>82</v>
+        <v>122</v>
       </c>
       <c r="O207"/>
-      <c r="P207"/>
+      <c r="P207" t="s">
+        <v>1000</v>
+      </c>
       <c r="Q207" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="208" spans="1:17">
       <c r="A208">
-        <v>78634</v>
+        <v>11008</v>
       </c>
       <c r="B208" t="s">
         <v>1001</v>
       </c>
       <c r="C208"/>
       <c r="D208"/>
       <c r="E208" t="s">
         <v>1002</v>
       </c>
       <c r="F208" t="s">
         <v>1003</v>
       </c>
       <c r="G208" t="s">
         <v>1004</v>
       </c>
       <c r="H208" t="s">
         <v>23</v>
       </c>
       <c r="I208" t="s">
-        <v>996</v>
+        <v>81</v>
       </c>
       <c r="J208" t="s">
         <v>25</v>
       </c>
       <c r="K208" t="s">
         <v>26</v>
       </c>
       <c r="L208"/>
       <c r="M208"/>
       <c r="N208" t="s">
-        <v>122</v>
+        <v>27</v>
       </c>
       <c r="O208"/>
-      <c r="P208" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="P208"/>
       <c r="Q208" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="209" spans="1:17">
       <c r="A209">
-        <v>11008</v>
+        <v>4808</v>
       </c>
       <c r="B209" t="s">
+        <v>1005</v>
+      </c>
+      <c r="C209" t="s">
         <v>1006</v>
       </c>
-      <c r="C209"/>
-      <c r="D209"/>
+      <c r="D209" t="s">
+        <v>1007</v>
+      </c>
       <c r="E209" t="s">
-        <v>1007</v>
+        <v>1008</v>
       </c>
       <c r="F209" t="s">
-        <v>1008</v>
+        <v>1009</v>
       </c>
       <c r="G209" t="s">
-        <v>1009</v>
+        <v>1010</v>
       </c>
       <c r="H209" t="s">
         <v>23</v>
       </c>
       <c r="I209" t="s">
-        <v>81</v>
+        <v>45</v>
       </c>
       <c r="J209" t="s">
-        <v>25</v>
-[...3 lines deleted...]
-      </c>
+        <v>53</v>
+      </c>
+      <c r="K209"/>
       <c r="L209"/>
       <c r="M209"/>
       <c r="N209" t="s">
-        <v>27</v>
+        <v>54</v>
       </c>
       <c r="O209"/>
       <c r="P209"/>
       <c r="Q209" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="210" spans="1:17">
       <c r="A210">
-        <v>4808</v>
+        <v>8606</v>
       </c>
       <c r="B210" t="s">
-        <v>1010</v>
+        <v>1011</v>
       </c>
       <c r="C210" t="s">
-        <v>1011</v>
+        <v>1012</v>
       </c>
       <c r="D210" t="s">
-        <v>1012</v>
+        <v>1013</v>
       </c>
       <c r="E210" t="s">
-        <v>1013</v>
+        <v>1014</v>
       </c>
       <c r="F210" t="s">
-        <v>1014</v>
+        <v>1009</v>
       </c>
       <c r="G210" t="s">
         <v>1015</v>
       </c>
       <c r="H210" t="s">
         <v>23</v>
       </c>
       <c r="I210" t="s">
         <v>45</v>
       </c>
       <c r="J210" t="s">
-        <v>53</v>
-[...1 lines deleted...]
-      <c r="K210"/>
+        <v>25</v>
+      </c>
+      <c r="K210" t="s">
+        <v>26</v>
+      </c>
       <c r="L210"/>
       <c r="M210"/>
       <c r="N210" t="s">
-        <v>54</v>
+        <v>27</v>
       </c>
       <c r="O210"/>
       <c r="P210"/>
       <c r="Q210" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="211" spans="1:17">
       <c r="A211">
-        <v>8606</v>
+        <v>9455</v>
       </c>
       <c r="B211" t="s">
         <v>1016</v>
       </c>
       <c r="C211" t="s">
         <v>1017</v>
       </c>
       <c r="D211" t="s">
+        <v>432</v>
+      </c>
+      <c r="E211" t="s">
         <v>1018</v>
       </c>
-      <c r="E211" t="s">
+      <c r="F211" t="s">
         <v>1019</v>
-      </c>
-[...1 lines deleted...]
-        <v>1014</v>
       </c>
       <c r="G211" t="s">
         <v>1020</v>
       </c>
       <c r="H211" t="s">
         <v>23</v>
       </c>
       <c r="I211" t="s">
         <v>45</v>
       </c>
       <c r="J211" t="s">
         <v>25</v>
       </c>
       <c r="K211" t="s">
         <v>26</v>
       </c>
       <c r="L211"/>
       <c r="M211"/>
       <c r="N211" t="s">
-        <v>27</v>
+        <v>82</v>
       </c>
       <c r="O211"/>
       <c r="P211"/>
       <c r="Q211" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="212" spans="1:17">
       <c r="A212">
-        <v>9455</v>
+        <v>10029</v>
       </c>
       <c r="B212" t="s">
         <v>1021</v>
       </c>
       <c r="C212" t="s">
         <v>1022</v>
       </c>
       <c r="D212" t="s">
-        <v>432</v>
+        <v>112</v>
       </c>
       <c r="E212" t="s">
         <v>1023</v>
       </c>
       <c r="F212" t="s">
         <v>1024</v>
       </c>
       <c r="G212" t="s">
         <v>1025</v>
       </c>
       <c r="H212" t="s">
         <v>23</v>
       </c>
       <c r="I212" t="s">
         <v>45</v>
       </c>
       <c r="J212" t="s">
         <v>25</v>
       </c>
       <c r="K212" t="s">
         <v>26</v>
       </c>
       <c r="L212"/>
       <c r="M212"/>
       <c r="N212" t="s">
         <v>82</v>
       </c>
       <c r="O212"/>
       <c r="P212"/>
       <c r="Q212" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="213" spans="1:17">
       <c r="A213">
-        <v>10029</v>
+        <v>2235</v>
       </c>
       <c r="B213" t="s">
         <v>1026</v>
       </c>
       <c r="C213" t="s">
         <v>1027</v>
       </c>
       <c r="D213" t="s">
-        <v>112</v>
+        <v>501</v>
       </c>
       <c r="E213" t="s">
         <v>1028</v>
       </c>
       <c r="F213" t="s">
+        <v>1024</v>
+      </c>
+      <c r="G213" t="s">
         <v>1029</v>
-      </c>
-[...1 lines deleted...]
-        <v>1030</v>
       </c>
       <c r="H213" t="s">
         <v>23</v>
       </c>
       <c r="I213" t="s">
         <v>45</v>
       </c>
       <c r="J213" t="s">
         <v>25</v>
       </c>
       <c r="K213" t="s">
         <v>26</v>
       </c>
       <c r="L213"/>
       <c r="M213"/>
       <c r="N213" t="s">
-        <v>82</v>
+        <v>69</v>
       </c>
       <c r="O213"/>
-      <c r="P213"/>
+      <c r="P213" t="s">
+        <v>1030</v>
+      </c>
       <c r="Q213" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="214" spans="1:17">
       <c r="A214">
-        <v>2235</v>
+        <v>11585</v>
       </c>
       <c r="B214" t="s">
         <v>1031</v>
       </c>
       <c r="C214" t="s">
         <v>1032</v>
       </c>
       <c r="D214" t="s">
-        <v>501</v>
+        <v>834</v>
       </c>
       <c r="E214" t="s">
         <v>1033</v>
       </c>
       <c r="F214" t="s">
-        <v>1029</v>
+        <v>1024</v>
       </c>
       <c r="G214" t="s">
         <v>1034</v>
       </c>
       <c r="H214" t="s">
         <v>23</v>
       </c>
       <c r="I214" t="s">
-        <v>45</v>
+        <v>68</v>
       </c>
       <c r="J214" t="s">
         <v>25</v>
       </c>
       <c r="K214" t="s">
         <v>26</v>
       </c>
       <c r="L214"/>
       <c r="M214"/>
       <c r="N214" t="s">
         <v>69</v>
       </c>
       <c r="O214"/>
-      <c r="P214" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="P214"/>
       <c r="Q214" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="215" spans="1:17">
       <c r="A215">
-        <v>11585</v>
+        <v>2541</v>
       </c>
       <c r="B215" t="s">
+        <v>1035</v>
+      </c>
+      <c r="C215" t="s">
         <v>1036</v>
       </c>
-      <c r="C215" t="s">
+      <c r="D215" t="s">
         <v>1037</v>
-      </c>
-[...1 lines deleted...]
-        <v>834</v>
       </c>
       <c r="E215" t="s">
         <v>1038</v>
       </c>
       <c r="F215" t="s">
-        <v>1029</v>
+        <v>1039</v>
       </c>
       <c r="G215" t="s">
-        <v>1039</v>
+        <v>1040</v>
       </c>
       <c r="H215" t="s">
         <v>23</v>
       </c>
       <c r="I215" t="s">
-        <v>68</v>
+        <v>45</v>
       </c>
       <c r="J215" t="s">
         <v>25</v>
       </c>
       <c r="K215" t="s">
         <v>26</v>
       </c>
       <c r="L215"/>
       <c r="M215"/>
       <c r="N215" t="s">
-        <v>69</v>
+        <v>27</v>
       </c>
       <c r="O215"/>
       <c r="P215"/>
       <c r="Q215" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="216" spans="1:17">
       <c r="A216">
-        <v>2541</v>
+        <v>881</v>
       </c>
       <c r="B216" t="s">
-        <v>1040</v>
+        <v>1041</v>
       </c>
       <c r="C216" t="s">
-        <v>1041</v>
+        <v>1042</v>
       </c>
       <c r="D216" t="s">
-        <v>1042</v>
+        <v>432</v>
       </c>
       <c r="E216" t="s">
         <v>1043</v>
       </c>
       <c r="F216" t="s">
+        <v>1039</v>
+      </c>
+      <c r="G216" t="s">
         <v>1044</v>
-      </c>
-[...1 lines deleted...]
-        <v>1045</v>
       </c>
       <c r="H216" t="s">
         <v>23</v>
       </c>
       <c r="I216" t="s">
         <v>45</v>
       </c>
       <c r="J216" t="s">
         <v>25</v>
       </c>
       <c r="K216" t="s">
-        <v>26</v>
+        <v>115</v>
       </c>
       <c r="L216"/>
       <c r="M216"/>
       <c r="N216" t="s">
-        <v>27</v>
+        <v>38</v>
       </c>
       <c r="O216"/>
-      <c r="P216"/>
+      <c r="P216" t="s">
+        <v>1045</v>
+      </c>
       <c r="Q216" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="217" spans="1:17">
       <c r="A217">
-        <v>881</v>
+        <v>22057</v>
       </c>
       <c r="B217" t="s">
         <v>1046</v>
       </c>
       <c r="C217" t="s">
         <v>1047</v>
       </c>
       <c r="D217" t="s">
-        <v>432</v>
+        <v>1048</v>
       </c>
       <c r="E217" t="s">
-        <v>1048</v>
+        <v>1049</v>
       </c>
       <c r="F217" t="s">
-        <v>1044</v>
+        <v>1050</v>
       </c>
       <c r="G217" t="s">
-        <v>1049</v>
+        <v>1051</v>
       </c>
       <c r="H217" t="s">
-        <v>23</v>
+        <v>646</v>
       </c>
       <c r="I217" t="s">
-        <v>45</v>
+        <v>81</v>
       </c>
       <c r="J217" t="s">
         <v>25</v>
       </c>
       <c r="K217" t="s">
-        <v>115</v>
+        <v>37</v>
       </c>
       <c r="L217"/>
       <c r="M217"/>
       <c r="N217" t="s">
-        <v>38</v>
+        <v>27</v>
       </c>
       <c r="O217"/>
       <c r="P217" t="s">
-        <v>1050</v>
+        <v>1052</v>
       </c>
       <c r="Q217" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="218" spans="1:17">
       <c r="A218">
-        <v>22057</v>
+        <v>2499</v>
       </c>
       <c r="B218" t="s">
-        <v>1051</v>
+        <v>1053</v>
       </c>
       <c r="C218" t="s">
-        <v>1052</v>
+        <v>1054</v>
       </c>
       <c r="D218" t="s">
-        <v>1053</v>
+        <v>204</v>
       </c>
       <c r="E218" t="s">
-        <v>1054</v>
+        <v>1055</v>
       </c>
       <c r="F218" t="s">
-        <v>1055</v>
+        <v>1056</v>
       </c>
       <c r="G218" t="s">
-        <v>1056</v>
+        <v>1057</v>
       </c>
       <c r="H218" t="s">
-        <v>646</v>
+        <v>23</v>
       </c>
       <c r="I218" t="s">
-        <v>81</v>
+        <v>45</v>
       </c>
       <c r="J218" t="s">
         <v>25</v>
       </c>
       <c r="K218" t="s">
-        <v>37</v>
+        <v>26</v>
       </c>
       <c r="L218"/>
       <c r="M218"/>
       <c r="N218" t="s">
-        <v>27</v>
+        <v>82</v>
       </c>
       <c r="O218"/>
-      <c r="P218" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="P218"/>
       <c r="Q218" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="219" spans="1:17">
       <c r="A219">
-        <v>2499</v>
+        <v>2723</v>
       </c>
       <c r="B219" t="s">
         <v>1058</v>
       </c>
       <c r="C219" t="s">
         <v>1059</v>
       </c>
       <c r="D219" t="s">
-        <v>204</v>
+        <v>438</v>
       </c>
       <c r="E219" t="s">
+        <v>1055</v>
+      </c>
+      <c r="F219" t="s">
+        <v>1056</v>
+      </c>
+      <c r="G219" t="s">
         <v>1060</v>
-      </c>
-[...4 lines deleted...]
-        <v>1062</v>
       </c>
       <c r="H219" t="s">
         <v>23</v>
       </c>
       <c r="I219" t="s">
         <v>45</v>
       </c>
       <c r="J219" t="s">
         <v>25</v>
       </c>
       <c r="K219" t="s">
-        <v>26</v>
+        <v>37</v>
       </c>
       <c r="L219"/>
       <c r="M219"/>
       <c r="N219" t="s">
-        <v>82</v>
+        <v>429</v>
       </c>
       <c r="O219"/>
-      <c r="P219"/>
+      <c r="P219" t="s">
+        <v>1061</v>
+      </c>
       <c r="Q219" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="220" spans="1:17">
       <c r="A220">
-        <v>2723</v>
+        <v>2916</v>
       </c>
       <c r="B220" t="s">
+        <v>1062</v>
+      </c>
+      <c r="C220" t="s">
         <v>1063</v>
       </c>
-      <c r="C220" t="s">
+      <c r="D220" t="s">
+        <v>204</v>
+      </c>
+      <c r="E220" t="s">
         <v>1064</v>
       </c>
-      <c r="D220" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F220" t="s">
-        <v>1061</v>
+        <v>1056</v>
       </c>
       <c r="G220" t="s">
         <v>1065</v>
       </c>
       <c r="H220" t="s">
         <v>23</v>
       </c>
       <c r="I220" t="s">
         <v>45</v>
       </c>
       <c r="J220" t="s">
         <v>25</v>
       </c>
       <c r="K220" t="s">
-        <v>37</v>
+        <v>26</v>
       </c>
       <c r="L220"/>
       <c r="M220"/>
       <c r="N220" t="s">
-        <v>429</v>
+        <v>38</v>
       </c>
       <c r="O220"/>
       <c r="P220" t="s">
         <v>1066</v>
       </c>
       <c r="Q220" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="221" spans="1:17">
       <c r="A221">
-        <v>2916</v>
+        <v>4970</v>
       </c>
       <c r="B221" t="s">
         <v>1067</v>
       </c>
       <c r="C221" t="s">
         <v>1068</v>
       </c>
       <c r="D221" t="s">
-        <v>204</v>
+        <v>1069</v>
       </c>
       <c r="E221" t="s">
-        <v>1069</v>
+        <v>1070</v>
       </c>
       <c r="F221" t="s">
-        <v>1061</v>
+        <v>1056</v>
       </c>
       <c r="G221" t="s">
-        <v>1070</v>
+        <v>1071</v>
       </c>
       <c r="H221" t="s">
         <v>23</v>
       </c>
       <c r="I221" t="s">
         <v>45</v>
       </c>
       <c r="J221" t="s">
         <v>25</v>
       </c>
       <c r="K221" t="s">
-        <v>26</v>
+        <v>115</v>
       </c>
       <c r="L221"/>
       <c r="M221"/>
       <c r="N221" t="s">
-        <v>38</v>
+        <v>69</v>
       </c>
       <c r="O221"/>
       <c r="P221" t="s">
-        <v>1071</v>
+        <v>1072</v>
       </c>
       <c r="Q221" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="222" spans="1:17">
       <c r="A222">
-        <v>4970</v>
+        <v>10941</v>
       </c>
       <c r="B222" t="s">
-        <v>1072</v>
+        <v>1073</v>
       </c>
       <c r="C222" t="s">
-        <v>1073</v>
+        <v>1074</v>
       </c>
       <c r="D222" t="s">
-        <v>1074</v>
+        <v>204</v>
       </c>
       <c r="E222" t="s">
+        <v>1070</v>
+      </c>
+      <c r="F222" t="s">
+        <v>1056</v>
+      </c>
+      <c r="G222" t="s">
         <v>1075</v>
       </c>
-      <c r="F222" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="H222" t="s">
         <v>23</v>
       </c>
       <c r="I222" t="s">
-        <v>45</v>
+        <v>81</v>
       </c>
       <c r="J222" t="s">
         <v>25</v>
       </c>
       <c r="K222" t="s">
-        <v>115</v>
+        <v>26</v>
       </c>
       <c r="L222"/>
       <c r="M222"/>
       <c r="N222" t="s">
-        <v>69</v>
+        <v>27</v>
       </c>
       <c r="O222"/>
-      <c r="P222" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="P222"/>
       <c r="Q222" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="223" spans="1:17">
       <c r="A223">
-        <v>10941</v>
+        <v>6227</v>
       </c>
       <c r="B223" t="s">
+        <v>1076</v>
+      </c>
+      <c r="C223" t="s">
+        <v>1077</v>
+      </c>
+      <c r="D223" t="s">
+        <v>353</v>
+      </c>
+      <c r="E223" t="s">
+        <v>1070</v>
+      </c>
+      <c r="F223" t="s">
+        <v>1056</v>
+      </c>
+      <c r="G223" t="s">
         <v>1078</v>
       </c>
-      <c r="C223" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="H223" t="s">
         <v>23</v>
       </c>
       <c r="I223" t="s">
-        <v>81</v>
+        <v>45</v>
       </c>
       <c r="J223" t="s">
         <v>25</v>
       </c>
       <c r="K223" t="s">
         <v>26</v>
       </c>
       <c r="L223"/>
       <c r="M223"/>
       <c r="N223" t="s">
-        <v>27</v>
+        <v>82</v>
       </c>
       <c r="O223"/>
       <c r="P223"/>
       <c r="Q223" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="224" spans="1:17">
       <c r="A224">
-        <v>6227</v>
+        <v>6912</v>
       </c>
       <c r="B224" t="s">
+        <v>1079</v>
+      </c>
+      <c r="C224" t="s">
+        <v>1080</v>
+      </c>
+      <c r="D224" t="s">
         <v>1081</v>
       </c>
-      <c r="C224" t="s">
+      <c r="E224" t="s">
         <v>1082</v>
       </c>
-      <c r="D224" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F224" t="s">
-        <v>1061</v>
+        <v>1056</v>
       </c>
       <c r="G224" t="s">
         <v>1083</v>
       </c>
       <c r="H224" t="s">
         <v>23</v>
       </c>
       <c r="I224" t="s">
         <v>45</v>
       </c>
       <c r="J224" t="s">
         <v>25</v>
       </c>
       <c r="K224" t="s">
         <v>26</v>
       </c>
       <c r="L224"/>
       <c r="M224"/>
       <c r="N224" t="s">
-        <v>82</v>
+        <v>69</v>
       </c>
       <c r="O224"/>
       <c r="P224"/>
       <c r="Q224" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="225" spans="1:17">
       <c r="A225">
-        <v>6912</v>
+        <v>7756</v>
       </c>
       <c r="B225" t="s">
         <v>1084</v>
       </c>
-      <c r="C225" t="s">
+      <c r="C225"/>
+      <c r="D225"/>
+      <c r="E225" t="s">
+        <v>1055</v>
+      </c>
+      <c r="F225" t="s">
+        <v>1056</v>
+      </c>
+      <c r="G225" t="s">
         <v>1085</v>
-      </c>
-[...10 lines deleted...]
-        <v>1088</v>
       </c>
       <c r="H225" t="s">
         <v>23</v>
       </c>
       <c r="I225" t="s">
         <v>45</v>
       </c>
       <c r="J225" t="s">
-        <v>25</v>
-[...3 lines deleted...]
-      </c>
+        <v>53</v>
+      </c>
+      <c r="K225"/>
       <c r="L225"/>
       <c r="M225"/>
       <c r="N225" t="s">
-        <v>69</v>
+        <v>54</v>
       </c>
       <c r="O225"/>
-      <c r="P225"/>
+      <c r="P225" t="s">
+        <v>1086</v>
+      </c>
       <c r="Q225" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="226" spans="1:17">
       <c r="A226">
-        <v>7756</v>
+        <v>24099</v>
       </c>
       <c r="B226" t="s">
-        <v>1089</v>
+        <v>1087</v>
       </c>
       <c r="C226"/>
       <c r="D226"/>
       <c r="E226" t="s">
-        <v>1060</v>
+        <v>1088</v>
       </c>
       <c r="F226" t="s">
-        <v>1061</v>
+        <v>1056</v>
       </c>
       <c r="G226" t="s">
-        <v>1090</v>
+        <v>1089</v>
       </c>
       <c r="H226" t="s">
         <v>23</v>
       </c>
       <c r="I226" t="s">
-        <v>45</v>
+        <v>991</v>
       </c>
       <c r="J226" t="s">
-        <v>53</v>
-[...1 lines deleted...]
-      <c r="K226"/>
+        <v>25</v>
+      </c>
+      <c r="K226" t="s">
+        <v>26</v>
+      </c>
       <c r="L226"/>
       <c r="M226"/>
       <c r="N226" t="s">
-        <v>54</v>
+        <v>122</v>
       </c>
       <c r="O226"/>
-      <c r="P226" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="P226"/>
       <c r="Q226" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="227" spans="1:17">
       <c r="A227">
-        <v>24099</v>
+        <v>8328</v>
       </c>
       <c r="B227" t="s">
+        <v>1090</v>
+      </c>
+      <c r="C227" t="s">
+        <v>1091</v>
+      </c>
+      <c r="D227" t="s">
         <v>1092</v>
       </c>
-      <c r="C227"/>
-      <c r="D227"/>
       <c r="E227" t="s">
         <v>1093</v>
       </c>
       <c r="F227" t="s">
-        <v>1061</v>
+        <v>1056</v>
       </c>
       <c r="G227" t="s">
         <v>1094</v>
       </c>
       <c r="H227" t="s">
         <v>23</v>
       </c>
       <c r="I227" t="s">
-        <v>996</v>
+        <v>45</v>
       </c>
       <c r="J227" t="s">
         <v>25</v>
       </c>
       <c r="K227" t="s">
         <v>26</v>
       </c>
       <c r="L227"/>
       <c r="M227"/>
       <c r="N227" t="s">
-        <v>122</v>
+        <v>82</v>
       </c>
       <c r="O227"/>
-      <c r="P227"/>
+      <c r="P227" t="s">
+        <v>1095</v>
+      </c>
       <c r="Q227" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="228" spans="1:17">
       <c r="A228">
-        <v>8328</v>
+        <v>23812</v>
       </c>
       <c r="B228" t="s">
-        <v>1095</v>
-[...1 lines deleted...]
-      <c r="C228" t="s">
         <v>1096</v>
       </c>
-      <c r="D228" t="s">
+      <c r="C228"/>
+      <c r="D228"/>
+      <c r="E228" t="s">
         <v>1097</v>
       </c>
-      <c r="E228" t="s">
+      <c r="F228" t="s">
         <v>1098</v>
-      </c>
-[...1 lines deleted...]
-        <v>1061</v>
       </c>
       <c r="G228" t="s">
         <v>1099</v>
       </c>
       <c r="H228" t="s">
         <v>23</v>
       </c>
       <c r="I228" t="s">
-        <v>45</v>
+        <v>991</v>
       </c>
       <c r="J228" t="s">
         <v>25</v>
       </c>
       <c r="K228" t="s">
         <v>26</v>
       </c>
       <c r="L228"/>
       <c r="M228"/>
       <c r="N228" t="s">
-        <v>82</v>
+        <v>122</v>
       </c>
       <c r="O228"/>
-      <c r="P228" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="P228"/>
       <c r="Q228" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="229" spans="1:17">
       <c r="A229">
-        <v>23812</v>
+        <v>33101</v>
       </c>
       <c r="B229" t="s">
-        <v>1101</v>
+        <v>1100</v>
       </c>
       <c r="C229"/>
       <c r="D229"/>
       <c r="E229" t="s">
+        <v>1101</v>
+      </c>
+      <c r="F229" t="s">
         <v>1102</v>
       </c>
-      <c r="F229" t="s">
+      <c r="G229" t="s">
         <v>1103</v>
       </c>
-      <c r="G229" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H229" t="s">
         <v>23</v>
       </c>
       <c r="I229" t="s">
-        <v>996</v>
+        <v>45</v>
       </c>
       <c r="J229" t="s">
         <v>25</v>
       </c>
       <c r="K229" t="s">
-        <v>26</v>
+        <v>37</v>
       </c>
       <c r="L229"/>
       <c r="M229"/>
       <c r="N229" t="s">
-        <v>122</v>
+        <v>27</v>
       </c>
       <c r="O229"/>
-      <c r="P229"/>
+      <c r="P229" t="s">
+        <v>1104</v>
+      </c>
       <c r="Q229" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="230" spans="1:17">
       <c r="A230">
-        <v>33101</v>
+        <v>10659</v>
       </c>
       <c r="B230" t="s">
         <v>1105</v>
       </c>
-      <c r="C230"/>
-      <c r="D230"/>
+      <c r="C230" t="s">
+        <v>1106</v>
+      </c>
+      <c r="D230" t="s">
+        <v>241</v>
+      </c>
       <c r="E230" t="s">
-        <v>1106</v>
+        <v>1107</v>
       </c>
       <c r="F230" t="s">
-        <v>1107</v>
+        <v>1102</v>
       </c>
       <c r="G230" t="s">
         <v>1108</v>
       </c>
       <c r="H230" t="s">
         <v>23</v>
       </c>
       <c r="I230" t="s">
-        <v>45</v>
+        <v>132</v>
       </c>
       <c r="J230" t="s">
-        <v>25</v>
-[...3 lines deleted...]
-      </c>
+        <v>53</v>
+      </c>
+      <c r="K230"/>
       <c r="L230"/>
       <c r="M230"/>
       <c r="N230" t="s">
-        <v>27</v>
+        <v>122</v>
       </c>
       <c r="O230"/>
       <c r="P230" t="s">
         <v>1109</v>
       </c>
       <c r="Q230" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="231" spans="1:17">
       <c r="A231">
         <v>11818</v>
       </c>
       <c r="B231" t="s">
         <v>1110</v>
       </c>
       <c r="C231" t="s">
         <v>1111</v>
       </c>
       <c r="D231" t="s">
         <v>512</v>
       </c>
       <c r="E231" t="s">
         <v>1112</v>
       </c>
@@ -16568,51 +16568,51 @@
       </c>
       <c r="L233"/>
       <c r="M233"/>
       <c r="N233" t="s">
         <v>69</v>
       </c>
       <c r="O233"/>
       <c r="P233" t="s">
         <v>1126</v>
       </c>
       <c r="Q233" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="234" spans="1:17">
       <c r="A234">
         <v>11718</v>
       </c>
       <c r="B234" t="s">
         <v>1127</v>
       </c>
       <c r="C234" t="s">
         <v>1128</v>
       </c>
       <c r="D234" t="s">
-        <v>976</v>
+        <v>971</v>
       </c>
       <c r="E234" t="s">
         <v>1129</v>
       </c>
       <c r="F234" t="s">
         <v>1130</v>
       </c>
       <c r="G234" t="s">
         <v>1131</v>
       </c>
       <c r="H234" t="s">
         <v>23</v>
       </c>
       <c r="I234" t="s">
         <v>132</v>
       </c>
       <c r="J234" t="s">
         <v>53</v>
       </c>
       <c r="K234"/>
       <c r="L234"/>
       <c r="M234"/>
       <c r="N234" t="s">
         <v>145</v>
       </c>
@@ -18464,51 +18464,51 @@
       </c>
       <c r="L275"/>
       <c r="M275"/>
       <c r="N275" t="s">
         <v>27</v>
       </c>
       <c r="O275"/>
       <c r="P275" t="s">
         <v>1321</v>
       </c>
       <c r="Q275" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="276" spans="1:17">
       <c r="A276">
         <v>1719</v>
       </c>
       <c r="B276" t="s">
         <v>1322</v>
       </c>
       <c r="C276" t="s">
         <v>1323</v>
       </c>
       <c r="D276" t="s">
-        <v>1097</v>
+        <v>1092</v>
       </c>
       <c r="E276" t="s">
         <v>1324</v>
       </c>
       <c r="F276" t="s">
         <v>1319</v>
       </c>
       <c r="G276" t="s">
         <v>1325</v>
       </c>
       <c r="H276" t="s">
         <v>23</v>
       </c>
       <c r="I276" t="s">
         <v>45</v>
       </c>
       <c r="J276" t="s">
         <v>25</v>
       </c>
       <c r="K276" t="s">
         <v>26</v>
       </c>
       <c r="L276"/>
       <c r="M276"/>
       <c r="N276" t="s">
@@ -21272,51 +21272,51 @@
         <v>53</v>
       </c>
       <c r="K337"/>
       <c r="L337"/>
       <c r="M337"/>
       <c r="N337" t="s">
         <v>54</v>
       </c>
       <c r="O337"/>
       <c r="P337"/>
       <c r="Q337" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="338" spans="1:17">
       <c r="A338">
         <v>5856</v>
       </c>
       <c r="B338" t="s">
         <v>1604</v>
       </c>
       <c r="C338" t="s">
         <v>1605</v>
       </c>
       <c r="D338" t="s">
-        <v>952</v>
+        <v>947</v>
       </c>
       <c r="E338" t="s">
         <v>1606</v>
       </c>
       <c r="F338" t="s">
         <v>1607</v>
       </c>
       <c r="G338" t="s">
         <v>1608</v>
       </c>
       <c r="H338" t="s">
         <v>23</v>
       </c>
       <c r="I338" t="s">
         <v>45</v>
       </c>
       <c r="J338" t="s">
         <v>25</v>
       </c>
       <c r="K338" t="s">
         <v>26</v>
       </c>
       <c r="L338"/>
       <c r="M338"/>
       <c r="N338" t="s">
@@ -22302,51 +22302,51 @@
       <c r="K361" t="s">
         <v>26</v>
       </c>
       <c r="L361"/>
       <c r="M361"/>
       <c r="N361" t="s">
         <v>69</v>
       </c>
       <c r="O361"/>
       <c r="P361"/>
       <c r="Q361" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="362" spans="1:17">
       <c r="A362">
         <v>7576</v>
       </c>
       <c r="B362" t="s">
         <v>1678</v>
       </c>
       <c r="C362" t="s">
         <v>1679</v>
       </c>
       <c r="D362" t="s">
-        <v>1097</v>
+        <v>1092</v>
       </c>
       <c r="E362" t="s">
         <v>746</v>
       </c>
       <c r="F362" t="s">
         <v>710</v>
       </c>
       <c r="G362"/>
       <c r="H362" t="s">
         <v>23</v>
       </c>
       <c r="I362" t="s">
         <v>45</v>
       </c>
       <c r="J362" t="s">
         <v>25</v>
       </c>
       <c r="K362" t="s">
         <v>115</v>
       </c>
       <c r="L362"/>
       <c r="M362"/>
       <c r="N362" t="s">
         <v>38</v>
       </c>
@@ -22433,135 +22433,135 @@
         <v>82</v>
       </c>
       <c r="O364"/>
       <c r="P364"/>
       <c r="Q364" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="365" spans="1:17">
       <c r="A365">
         <v>24211</v>
       </c>
       <c r="B365" t="s">
         <v>1683</v>
       </c>
       <c r="C365" t="s">
         <v>1684</v>
       </c>
       <c r="D365" t="s">
         <v>512</v>
       </c>
       <c r="E365" t="s">
         <v>1685</v>
       </c>
       <c r="F365" t="s">
-        <v>967</v>
+        <v>962</v>
       </c>
       <c r="G365"/>
       <c r="H365" t="s">
         <v>23</v>
       </c>
       <c r="I365" t="s">
         <v>24</v>
       </c>
       <c r="J365" t="s">
         <v>25</v>
       </c>
       <c r="K365" t="s">
         <v>26</v>
       </c>
       <c r="L365"/>
       <c r="M365"/>
       <c r="N365" t="s">
         <v>69</v>
       </c>
       <c r="O365"/>
       <c r="P365" t="s">
         <v>1686</v>
       </c>
       <c r="Q365" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="366" spans="1:17">
       <c r="A366">
         <v>10679</v>
       </c>
       <c r="B366" t="s">
         <v>1687</v>
       </c>
       <c r="C366" t="s">
         <v>1688</v>
       </c>
       <c r="D366" t="s">
         <v>461</v>
       </c>
       <c r="E366" t="s">
         <v>1689</v>
       </c>
       <c r="F366" t="s">
-        <v>978</v>
+        <v>973</v>
       </c>
       <c r="G366"/>
       <c r="H366" t="s">
         <v>23</v>
       </c>
       <c r="I366" t="s">
         <v>81</v>
       </c>
       <c r="J366" t="s">
         <v>25</v>
       </c>
       <c r="K366" t="s">
         <v>26</v>
       </c>
       <c r="L366"/>
       <c r="M366"/>
       <c r="N366" t="s">
         <v>429</v>
       </c>
       <c r="O366"/>
       <c r="P366"/>
       <c r="Q366" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="367" spans="1:17">
       <c r="A367">
         <v>24419</v>
       </c>
       <c r="B367" t="s">
         <v>1690</v>
       </c>
       <c r="C367"/>
       <c r="D367"/>
       <c r="E367" t="s">
         <v>1691</v>
       </c>
       <c r="F367" t="s">
-        <v>994</v>
+        <v>989</v>
       </c>
       <c r="G367"/>
       <c r="H367" t="s">
         <v>23</v>
       </c>
       <c r="I367" t="s">
         <v>36</v>
       </c>
       <c r="J367" t="s">
         <v>53</v>
       </c>
       <c r="K367"/>
       <c r="L367"/>
       <c r="M367"/>
       <c r="N367" t="s">
         <v>429</v>
       </c>
       <c r="O367"/>
       <c r="P367"/>
       <c r="Q367" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="368" spans="1:17">
       <c r="A368">
@@ -22606,304 +22606,304 @@
       </c>
       <c r="Q368" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="369" spans="1:17">
       <c r="A369">
         <v>23853</v>
       </c>
       <c r="B369" t="s">
         <v>1697</v>
       </c>
       <c r="C369"/>
       <c r="D369"/>
       <c r="E369" t="s">
         <v>1698</v>
       </c>
       <c r="F369" t="s">
         <v>1695</v>
       </c>
       <c r="G369"/>
       <c r="H369" t="s">
         <v>23</v>
       </c>
       <c r="I369" t="s">
-        <v>996</v>
+        <v>991</v>
       </c>
       <c r="J369" t="s">
         <v>25</v>
       </c>
       <c r="K369" t="s">
         <v>115</v>
       </c>
       <c r="L369"/>
       <c r="M369"/>
       <c r="N369" t="s">
         <v>122</v>
       </c>
       <c r="O369"/>
       <c r="P369"/>
       <c r="Q369" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="370" spans="1:17">
       <c r="A370">
         <v>11002</v>
       </c>
       <c r="B370" t="s">
         <v>1699</v>
       </c>
       <c r="C370" t="s">
         <v>1700</v>
       </c>
       <c r="D370" t="s">
         <v>353</v>
       </c>
       <c r="E370" t="s">
         <v>1701</v>
       </c>
       <c r="F370" t="s">
-        <v>1014</v>
+        <v>1009</v>
       </c>
       <c r="G370"/>
       <c r="H370" t="s">
         <v>23</v>
       </c>
       <c r="I370" t="s">
         <v>81</v>
       </c>
       <c r="J370" t="s">
         <v>25</v>
       </c>
       <c r="K370" t="s">
         <v>26</v>
       </c>
       <c r="L370"/>
       <c r="M370"/>
       <c r="N370" t="s">
         <v>122</v>
       </c>
       <c r="O370"/>
       <c r="P370"/>
       <c r="Q370" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="371" spans="1:17">
       <c r="A371">
         <v>12389</v>
       </c>
       <c r="B371" t="s">
         <v>1702</v>
       </c>
       <c r="C371"/>
       <c r="D371"/>
       <c r="E371" t="s">
         <v>1703</v>
       </c>
       <c r="F371" t="s">
-        <v>1029</v>
+        <v>1024</v>
       </c>
       <c r="G371"/>
       <c r="H371" t="s">
         <v>23</v>
       </c>
       <c r="I371" t="s">
-        <v>996</v>
+        <v>991</v>
       </c>
       <c r="J371" t="s">
         <v>25</v>
       </c>
       <c r="K371" t="s">
         <v>26</v>
       </c>
       <c r="L371"/>
       <c r="M371"/>
       <c r="N371" t="s">
         <v>122</v>
       </c>
       <c r="O371"/>
       <c r="P371" t="s">
         <v>1704</v>
       </c>
       <c r="Q371" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="372" spans="1:17">
       <c r="A372">
         <v>1208</v>
       </c>
       <c r="B372" t="s">
         <v>1705</v>
       </c>
       <c r="C372" t="s">
         <v>1706</v>
       </c>
       <c r="D372" t="s">
         <v>204</v>
       </c>
       <c r="E372" t="s">
         <v>1707</v>
       </c>
       <c r="F372" t="s">
-        <v>1044</v>
+        <v>1039</v>
       </c>
       <c r="G372"/>
       <c r="H372" t="s">
         <v>23</v>
       </c>
       <c r="I372" t="s">
         <v>45</v>
       </c>
       <c r="J372" t="s">
         <v>25</v>
       </c>
       <c r="K372" t="s">
         <v>26</v>
       </c>
       <c r="L372"/>
       <c r="M372"/>
       <c r="N372" t="s">
         <v>69</v>
       </c>
       <c r="O372"/>
       <c r="P372" t="s">
         <v>1708</v>
       </c>
       <c r="Q372" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="373" spans="1:17">
       <c r="A373">
         <v>1237</v>
       </c>
       <c r="B373" t="s">
         <v>1709</v>
       </c>
       <c r="C373" t="s">
         <v>1710</v>
       </c>
       <c r="D373" t="s">
         <v>204</v>
       </c>
       <c r="E373" t="s">
         <v>1711</v>
       </c>
       <c r="F373" t="s">
-        <v>1044</v>
+        <v>1039</v>
       </c>
       <c r="G373"/>
       <c r="H373" t="s">
         <v>23</v>
       </c>
       <c r="I373" t="s">
         <v>45</v>
       </c>
       <c r="J373" t="s">
         <v>25</v>
       </c>
       <c r="K373" t="s">
         <v>115</v>
       </c>
       <c r="L373"/>
       <c r="M373"/>
       <c r="N373" t="s">
         <v>82</v>
       </c>
       <c r="O373"/>
       <c r="P373" t="s">
         <v>1712</v>
       </c>
       <c r="Q373" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="374" spans="1:17">
       <c r="A374">
         <v>24239</v>
       </c>
       <c r="B374" t="s">
         <v>1713</v>
       </c>
       <c r="C374" t="s">
         <v>1714</v>
       </c>
       <c r="D374" t="s">
         <v>432</v>
       </c>
       <c r="E374" t="s">
         <v>1715</v>
       </c>
       <c r="F374" t="s">
-        <v>1044</v>
+        <v>1039</v>
       </c>
       <c r="G374"/>
       <c r="H374" t="s">
         <v>23</v>
       </c>
       <c r="I374" t="s">
         <v>68</v>
       </c>
       <c r="J374" t="s">
         <v>25</v>
       </c>
       <c r="K374" t="s">
         <v>115</v>
       </c>
       <c r="L374"/>
       <c r="M374"/>
       <c r="N374" t="s">
         <v>69</v>
       </c>
       <c r="O374"/>
       <c r="P374"/>
       <c r="Q374" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="375" spans="1:17">
       <c r="A375">
         <v>24262</v>
       </c>
       <c r="B375" t="s">
         <v>1716</v>
       </c>
       <c r="C375" t="s">
         <v>1717</v>
       </c>
       <c r="D375" t="s">
         <v>204</v>
       </c>
       <c r="E375" t="s">
         <v>1718</v>
       </c>
       <c r="F375" t="s">
-        <v>1044</v>
+        <v>1039</v>
       </c>
       <c r="G375"/>
       <c r="H375" t="s">
         <v>23</v>
       </c>
       <c r="I375" t="s">
         <v>45</v>
       </c>
       <c r="J375" t="s">
         <v>25</v>
       </c>
       <c r="K375" t="s">
         <v>26</v>
       </c>
       <c r="L375"/>
       <c r="M375"/>
       <c r="N375" t="s">
         <v>69</v>
       </c>
       <c r="O375"/>
       <c r="P375"/>
       <c r="Q375" t="s">
         <v>29</v>
       </c>
     </row>
@@ -22938,295 +22938,295 @@
       </c>
       <c r="K376" t="s">
         <v>26</v>
       </c>
       <c r="L376"/>
       <c r="M376"/>
       <c r="N376" t="s">
         <v>27</v>
       </c>
       <c r="O376"/>
       <c r="P376"/>
       <c r="Q376" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="377" spans="1:17">
       <c r="A377">
         <v>9873</v>
       </c>
       <c r="B377" t="s">
         <v>1723</v>
       </c>
       <c r="C377"/>
       <c r="D377"/>
       <c r="E377" t="s">
-        <v>1075</v>
+        <v>1070</v>
       </c>
       <c r="F377" t="s">
-        <v>1061</v>
+        <v>1056</v>
       </c>
       <c r="G377"/>
       <c r="H377" t="s">
         <v>23</v>
       </c>
       <c r="I377" t="s">
         <v>45</v>
       </c>
       <c r="J377" t="s">
         <v>25</v>
       </c>
       <c r="K377" t="s">
         <v>26</v>
       </c>
       <c r="L377"/>
       <c r="M377"/>
       <c r="N377" t="s">
         <v>82</v>
       </c>
       <c r="O377"/>
       <c r="P377"/>
       <c r="Q377" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="378" spans="1:17">
       <c r="A378">
         <v>5984</v>
       </c>
       <c r="B378" t="s">
         <v>1724</v>
       </c>
       <c r="C378"/>
       <c r="D378"/>
       <c r="E378" t="s">
         <v>1725</v>
       </c>
       <c r="F378" t="s">
-        <v>1061</v>
+        <v>1056</v>
       </c>
       <c r="G378"/>
       <c r="H378" t="s">
         <v>23</v>
       </c>
       <c r="I378" t="s">
         <v>45</v>
       </c>
       <c r="J378" t="s">
         <v>25</v>
       </c>
       <c r="K378" t="s">
         <v>115</v>
       </c>
       <c r="L378"/>
       <c r="M378"/>
       <c r="N378" t="s">
         <v>38</v>
       </c>
       <c r="O378"/>
       <c r="P378"/>
       <c r="Q378" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="379" spans="1:17">
       <c r="A379">
         <v>24131</v>
       </c>
       <c r="B379" t="s">
         <v>1726</v>
       </c>
       <c r="C379"/>
       <c r="D379"/>
       <c r="E379" t="s">
         <v>1727</v>
       </c>
       <c r="F379" t="s">
-        <v>1061</v>
+        <v>1056</v>
       </c>
       <c r="G379"/>
       <c r="H379" t="s">
         <v>23</v>
       </c>
       <c r="I379" t="s">
-        <v>996</v>
+        <v>991</v>
       </c>
       <c r="J379" t="s">
         <v>25</v>
       </c>
       <c r="K379" t="s">
         <v>26</v>
       </c>
       <c r="L379"/>
       <c r="M379"/>
       <c r="N379" t="s">
         <v>122</v>
       </c>
       <c r="O379"/>
       <c r="P379"/>
       <c r="Q379" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="380" spans="1:17">
       <c r="A380">
         <v>740</v>
       </c>
       <c r="B380" t="s">
         <v>1728</v>
       </c>
       <c r="C380"/>
       <c r="D380"/>
       <c r="E380" t="s">
         <v>1729</v>
       </c>
       <c r="F380" t="s">
-        <v>1061</v>
+        <v>1056</v>
       </c>
       <c r="G380"/>
       <c r="H380" t="s">
         <v>23</v>
       </c>
       <c r="I380" t="s">
         <v>45</v>
       </c>
       <c r="J380" t="s">
         <v>25</v>
       </c>
       <c r="K380" t="s">
         <v>26</v>
       </c>
       <c r="L380"/>
       <c r="M380"/>
       <c r="N380" t="s">
         <v>82</v>
       </c>
       <c r="O380"/>
       <c r="P380"/>
       <c r="Q380" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="381" spans="1:17">
       <c r="A381">
         <v>9390</v>
       </c>
       <c r="B381" t="s">
         <v>1730</v>
       </c>
       <c r="C381"/>
       <c r="D381"/>
       <c r="E381" t="s">
         <v>1729</v>
       </c>
       <c r="F381" t="s">
-        <v>1061</v>
+        <v>1056</v>
       </c>
       <c r="G381"/>
       <c r="H381" t="s">
         <v>23</v>
       </c>
       <c r="I381" t="s">
         <v>45</v>
       </c>
       <c r="J381" t="s">
         <v>25</v>
       </c>
       <c r="K381" t="s">
         <v>26</v>
       </c>
       <c r="L381"/>
       <c r="M381"/>
       <c r="N381" t="s">
         <v>27</v>
       </c>
       <c r="O381"/>
       <c r="P381"/>
       <c r="Q381" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="382" spans="1:17">
       <c r="A382">
         <v>9396</v>
       </c>
       <c r="B382" t="s">
         <v>1731</v>
       </c>
       <c r="C382"/>
       <c r="D382"/>
       <c r="E382" t="s">
-        <v>1087</v>
+        <v>1082</v>
       </c>
       <c r="F382" t="s">
-        <v>1061</v>
+        <v>1056</v>
       </c>
       <c r="G382"/>
       <c r="H382" t="s">
         <v>23</v>
       </c>
       <c r="I382" t="s">
         <v>45</v>
       </c>
       <c r="J382" t="s">
         <v>25</v>
       </c>
       <c r="K382" t="s">
         <v>26</v>
       </c>
       <c r="L382"/>
       <c r="M382"/>
       <c r="N382" t="s">
         <v>69</v>
       </c>
       <c r="O382"/>
       <c r="P382"/>
       <c r="Q382" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="383" spans="1:17">
       <c r="A383">
         <v>23960</v>
       </c>
       <c r="B383" t="s">
         <v>1732</v>
       </c>
       <c r="C383"/>
       <c r="D383"/>
       <c r="E383" t="s">
         <v>1733</v>
       </c>
       <c r="F383" t="s">
         <v>1734</v>
       </c>
       <c r="G383"/>
       <c r="H383" t="s">
         <v>23</v>
       </c>
       <c r="I383" t="s">
-        <v>996</v>
+        <v>991</v>
       </c>
       <c r="J383" t="s">
         <v>53</v>
       </c>
       <c r="K383"/>
       <c r="L383"/>
       <c r="M383"/>
       <c r="N383" t="s">
         <v>54</v>
       </c>
       <c r="O383"/>
       <c r="P383"/>
       <c r="Q383" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="384" spans="1:17">
       <c r="A384">
         <v>24248</v>
       </c>
       <c r="B384" t="s">
         <v>1735</v>
       </c>
       <c r="C384" t="s">
         <v>1736</v>
@@ -23262,51 +23262,51 @@
       <c r="P384"/>
       <c r="Q384" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="385" spans="1:17">
       <c r="A385">
         <v>24254</v>
       </c>
       <c r="B385" t="s">
         <v>1739</v>
       </c>
       <c r="C385"/>
       <c r="D385"/>
       <c r="E385" t="s">
         <v>1740</v>
       </c>
       <c r="F385" t="s">
         <v>1738</v>
       </c>
       <c r="G385"/>
       <c r="H385" t="s">
         <v>23</v>
       </c>
       <c r="I385" t="s">
-        <v>996</v>
+        <v>991</v>
       </c>
       <c r="J385" t="s">
         <v>25</v>
       </c>
       <c r="K385" t="s">
         <v>26</v>
       </c>
       <c r="L385"/>
       <c r="M385"/>
       <c r="N385" t="s">
         <v>1591</v>
       </c>
       <c r="O385"/>
       <c r="P385"/>
       <c r="Q385" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="386" spans="1:17">
       <c r="A386">
         <v>24257</v>
       </c>
       <c r="B386" t="s">
         <v>1741</v>
       </c>
@@ -23335,51 +23335,51 @@
       <c r="M386"/>
       <c r="N386" t="s">
         <v>82</v>
       </c>
       <c r="O386"/>
       <c r="P386" t="s">
         <v>1743</v>
       </c>
       <c r="Q386" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="387" spans="1:17">
       <c r="A387">
         <v>7146</v>
       </c>
       <c r="B387" t="s">
         <v>1744</v>
       </c>
       <c r="C387"/>
       <c r="D387"/>
       <c r="E387" t="s">
         <v>1745</v>
       </c>
       <c r="F387" t="s">
-        <v>1107</v>
+        <v>1102</v>
       </c>
       <c r="G387"/>
       <c r="H387" t="s">
         <v>23</v>
       </c>
       <c r="I387" t="s">
         <v>45</v>
       </c>
       <c r="J387" t="s">
         <v>25</v>
       </c>
       <c r="K387" t="s">
         <v>26</v>
       </c>
       <c r="L387"/>
       <c r="M387"/>
       <c r="N387" t="s">
         <v>69</v>
       </c>
       <c r="O387"/>
       <c r="P387" t="s">
         <v>1746</v>
       </c>
       <c r="Q387" t="s">
         <v>29</v>
@@ -23465,51 +23465,51 @@
       <c r="P389"/>
       <c r="Q389" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="390" spans="1:17">
       <c r="A390">
         <v>12232</v>
       </c>
       <c r="B390" t="s">
         <v>1752</v>
       </c>
       <c r="C390"/>
       <c r="D390"/>
       <c r="E390" t="s">
         <v>1753</v>
       </c>
       <c r="F390" t="s">
         <v>1264</v>
       </c>
       <c r="G390"/>
       <c r="H390" t="s">
         <v>23</v>
       </c>
       <c r="I390" t="s">
-        <v>996</v>
+        <v>991</v>
       </c>
       <c r="J390" t="s">
         <v>25</v>
       </c>
       <c r="K390" t="s">
         <v>26</v>
       </c>
       <c r="L390"/>
       <c r="M390"/>
       <c r="N390" t="s">
         <v>1591</v>
       </c>
       <c r="O390"/>
       <c r="P390" t="s">
         <v>1754</v>
       </c>
       <c r="Q390" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="391" spans="1:17">
       <c r="A391">
         <v>21446</v>
       </c>
       <c r="B391" t="s">
@@ -23962,51 +23962,51 @@
       <c r="K401" t="s">
         <v>503</v>
       </c>
       <c r="L401"/>
       <c r="M401"/>
       <c r="N401" t="s">
         <v>38</v>
       </c>
       <c r="O401"/>
       <c r="P401"/>
       <c r="Q401" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="402" spans="1:17">
       <c r="A402">
         <v>20089</v>
       </c>
       <c r="B402" t="s">
         <v>1793</v>
       </c>
       <c r="C402" t="s">
         <v>1794</v>
       </c>
       <c r="D402" t="s">
-        <v>947</v>
+        <v>942</v>
       </c>
       <c r="E402" t="s">
         <v>1530</v>
       </c>
       <c r="F402" t="s">
         <v>1531</v>
       </c>
       <c r="G402"/>
       <c r="H402" t="s">
         <v>646</v>
       </c>
       <c r="I402" t="s">
         <v>36</v>
       </c>
       <c r="J402" t="s">
         <v>25</v>
       </c>
       <c r="K402" t="s">
         <v>26</v>
       </c>
       <c r="L402"/>
       <c r="M402"/>
       <c r="N402" t="s">
         <v>27</v>
       </c>
@@ -24173,51 +24173,51 @@
         <v>53</v>
       </c>
       <c r="K406"/>
       <c r="L406"/>
       <c r="M406"/>
       <c r="N406" t="s">
         <v>429</v>
       </c>
       <c r="O406"/>
       <c r="P406"/>
       <c r="Q406" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="407" spans="1:17">
       <c r="A407">
         <v>4508</v>
       </c>
       <c r="B407" t="s">
         <v>1805</v>
       </c>
       <c r="C407" t="s">
         <v>1806</v>
       </c>
       <c r="D407" t="s">
-        <v>1097</v>
+        <v>1092</v>
       </c>
       <c r="E407" t="s">
         <v>1807</v>
       </c>
       <c r="F407" t="s">
         <v>1581</v>
       </c>
       <c r="G407"/>
       <c r="H407" t="s">
         <v>23</v>
       </c>
       <c r="I407" t="s">
         <v>45</v>
       </c>
       <c r="J407" t="s">
         <v>53</v>
       </c>
       <c r="K407"/>
       <c r="L407"/>
       <c r="M407"/>
       <c r="N407" t="s">
         <v>27</v>
       </c>
       <c r="O407"/>
       <c r="P407"/>
@@ -24309,51 +24309,51 @@
       </c>
       <c r="Q409" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="410" spans="1:17">
       <c r="A410">
         <v>24264</v>
       </c>
       <c r="B410" t="s">
         <v>1817</v>
       </c>
       <c r="C410"/>
       <c r="D410"/>
       <c r="E410" t="s">
         <v>1818</v>
       </c>
       <c r="F410" t="s">
         <v>1819</v>
       </c>
       <c r="G410"/>
       <c r="H410" t="s">
         <v>23</v>
       </c>
       <c r="I410" t="s">
-        <v>996</v>
+        <v>991</v>
       </c>
       <c r="J410" t="s">
         <v>25</v>
       </c>
       <c r="K410" t="s">
         <v>26</v>
       </c>
       <c r="L410"/>
       <c r="M410"/>
       <c r="N410" t="s">
         <v>122</v>
       </c>
       <c r="O410"/>
       <c r="P410"/>
       <c r="Q410" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="411" spans="1:17">
       <c r="A411">
         <v>13359</v>
       </c>
       <c r="B411" t="s">
         <v>1820</v>
       </c>