--- v0 (2025-11-14)
+++ v1 (2026-01-07)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="especies" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="405">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="411">
   <si>
     <t>Código de la especie (id taxon)</t>
   </si>
   <si>
     <t>Nombre aceptado</t>
   </si>
   <si>
     <t>Nombres comunes</t>
   </si>
   <si>
     <t>Nombre idioma</t>
   </si>
   <si>
     <t>Categoría de amenaza UICN</t>
   </si>
   <si>
     <t>Categoría de amenaza UICN nacional o mundial</t>
   </si>
   <si>
     <t>Descripción</t>
   </si>
   <si>
     <t>Ámbito</t>
   </si>
   <si>
@@ -937,50 +937,68 @@
     <t>España CR (En peligro crítico),  Región Mediterránea U1 (Desfavorable-inadecuado)</t>
   </si>
   <si>
     <t>España, Región Mediterránea</t>
   </si>
   <si>
     <t>Planta anual de 15-100 cm. Tallo glabrescente, simple o ramificado en la parte superior. Hojas basales oblanceoladas, pinnatífidas, asimétricas, con 8-12 pares de lóbulos a su vez profundamente lobulados, con espinas hasta de 4,5 mm. Capítulos solitarios o en grupos de 2-3, sentados o subsentados. Involucro 15-20 x 6-11 mm, ovoideo, aracnoideo. Brácteas medias oblanceoladas, atenuadas desde la base, erecto-patentes, con margen escarioso en el tercio inferior y espina apical hasta de 2 mm. Flores 13-17 mm, purpúreas. Aquenios 4-5 x c. 2 mm, obcónicos. Vilano 13-17 mm, escábrido, blanco.</t>
   </si>
   <si>
     <t>Carduus balansae Boiss. &amp; Reut</t>
   </si>
   <si>
     <t>Narcissus nevadensis subsp. longispathus (Pugsley) Algarra, Blanca, Cueto &amp; J. Fuentes</t>
   </si>
   <si>
     <t>Mundial EN (En peligro),  España EN (En peligro),  Mundial CR (En peligro crítico),  Región Mediterránea U1 (Desfavorable-inadecuado)</t>
   </si>
   <si>
     <t>Mundial, España, Mundial, Región Mediterránea</t>
   </si>
   <si>
     <t>Hierba perenne, bulbosa. Escapo 30-170 cm. Hojas 40-60 cm, todas basales, paralelinervias. Flores solitarias, actinomorfas, hermafroditas, trímeras, de color amarillo pálido. Pedicelos 40-90 mm. Espata 60-100 mm, escariosa, de una sola bráctea. Tubo del periantio 10-15 mm; segmentos 6, de 25-32 mm, patentes, no retorcidos o solo ligeramente; corona 25-30 mm, débilmente sinuosa, ligeramente ensanchada en el ápice, crenada, concolora. Estambres 6. Ovario ínfero. Fruto en cápsula.</t>
   </si>
   <si>
     <t>Narcissus alcaracensis Ríos, D. Rivera, Alcaraz &amp; Obón, Narcissus enemeritoi (Sánchez-Gómez, Carrillo, Hernández, M. Á. Carrión &amp; Güemes), Narcissus hispanicus subsp. longispathus auct, Narcissus longispathus Pugsley, Narcissus major var. longispathus Deg. &amp; Herv, Narcissus pseudonarcissus subsp. longispathus (Pugsley) A. Fernandes, Narcissus segurensis S. Ríos, D. Rivera, Alcaraz &amp; Obón, Narcissus yepesii S. Ríos, D. Rivera, Alcaraz &amp; Obón</t>
+  </si>
+  <si>
+    <t>Squalius alburnoides (Steindachner, 1866)</t>
+  </si>
+  <si>
+    <t>prueba_Calandino (Castellano), Errutilo andaluziarra (Euskera)</t>
+  </si>
+  <si>
+    <t>Castellano, Euskera</t>
+  </si>
+  <si>
+    <t>Mundial CR (En peligro crítico),  España LC (Preocupación menor),  Mundial VU (Vulnerable),  Región Mediterránea U1 (Desfavorable-inadecuado)</t>
+  </si>
+  <si>
+    <t>Es un taxón de pequeño tamaño, que raramente alcanza los 13 cm de longitud total. La cabeza es pequeña y la boca súpera. El cuerpo es alargado con un pedúnculo caudal muy estrecho. Las aletas son pequeñas. La dorsal suele tener siete radios ramificados y la anal de ocho a nueve. Los perfiles distales de estas últimas son rectos o cóncavos. La aleta dorsal está retrasada con respecto a las ventrales. Las escamas son grandes y presentan un número de 38-44 en la línea lateral. El color del peritoneo es gris claro. Este taxón tiene un origen híbrido. Las hembras son mayoritariamente triploides, ya que constan de tres dotaciones cromosómicas. Éstas son de color plateado con el dorso oscuro y una característica banda violácea, más visible en la parte caudal, recorre todo el cuerpo. Los machos son diploides y más pequeños, con una banda negra, que recorre el cuerpo desde el ojo a la aleta caudal y una banda más clara por encima de ésta. También existen individuos tetraploides, de tamaño más pequeño y con la boca menos súpera que los diploides. Los machos presentan tubérculos nupciales en los márgenes distales de las escamas, dorso y en la cabeza en la época reproductiva. Se diferencia de otros ciprínidos del género Squalius por tener 7 radios ramificados en las aletas dorsal y 8-9 en la aleta anal. Suborbitario 3º estrecho. Perfil de la aleta anal recto o cóncavo. Dientes faríngeos en número de 5 ó 4 situados en una sola fila. Holotipo no descrito. Lectotipo conservado en el Naturhistorisches Museum Wien, Viena, (NMW 49749:2.), procedente de arroyos cerca de Mérida.</t>
+  </si>
+  <si>
+    <t>Rutilus alburnoides, Tropidophoxinellus alburnoides (Steindachner, 1866)</t>
   </si>
   <si>
     <t>Iberolacerta aranica (Arribas, 1993)</t>
   </si>
   <si>
     <t>prueba_Lagartija aranesa (Castellano), Sargantana aranesa (Catalán), Aran Rock Lizard (Inglés)</t>
   </si>
   <si>
     <t>Castellano, Catalán, Inglés</t>
   </si>
   <si>
     <t>Mundial EN (En peligro),  España CR (En peligro crítico),  Región Alpina U2 (Desfavorable-malo)</t>
   </si>
   <si>
     <t>Mundial, España, Región Alpina</t>
   </si>
   <si>
     <t>Lagartija pequeña con las escamas rostral e internasal están siempre en amplio contacto, la escama postocular y la parietal se encuentran usualmente en contacto, así como la supranasal y loreal. Usualmente sólo existe una escama entre la masetérica y la timpànica. Posee 0 a 9 gránulos supraciliares, 18 a 27 escamas gulares, 7 a 14 escamas en el collar y 35 a 48 escamas dorsales. Coloración dorsal de tono pardogrisáceo, ocasionalmente con un reflejo oliváceo claro. Algunos machos presentan el dorso de color verde malaquita (un tono verdeazulado). A lo largo del dorso, dos bandas paravertebrales oscuras. Pecho y vientre sin pigmento de color, habitualmente en diversos tonos de blanco, ocasionalmente con un reflejo verdoso o azulado. La región ventral está frecuentemente moteada de negro en los rebordes anteriores de las escamas, especialmente en los machos.</t>
   </si>
   <si>
     <t>Lacerta aranica Arribas, 1993</t>
   </si>
   <si>
     <t>Anagyris latifolia Willd.</t>
   </si>
@@ -1575,51 +1593,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:Q80"/>
+  <dimension ref="A1:Q81"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="37.705" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="102.546" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="769.098" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="308.925" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="270.077" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="114.258" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="3964.889" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="22.28" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="192.239" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="49.417" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="35.277" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="88.407" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="50.559" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="113.115" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="524.872" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="76.553" bestFit="true" customWidth="true" style="0"/>
   </cols>
@@ -4383,902 +4401,947 @@
       </c>
       <c r="I61" t="s">
         <v>72</v>
       </c>
       <c r="J61" t="s">
         <v>25</v>
       </c>
       <c r="K61" t="s">
         <v>26</v>
       </c>
       <c r="L61"/>
       <c r="M61"/>
       <c r="N61" t="s">
         <v>73</v>
       </c>
       <c r="O61"/>
       <c r="P61" t="s">
         <v>307</v>
       </c>
       <c r="Q61" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="62" spans="1:17">
       <c r="A62">
-        <v>10748</v>
+        <v>10659</v>
       </c>
       <c r="B62" t="s">
         <v>308</v>
       </c>
       <c r="C62" t="s">
         <v>309</v>
       </c>
       <c r="D62" t="s">
         <v>310</v>
       </c>
       <c r="E62" t="s">
         <v>311</v>
       </c>
       <c r="F62" t="s">
+        <v>305</v>
+      </c>
+      <c r="G62" t="s">
         <v>312</v>
       </c>
-      <c r="G62" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H62" t="s">
         <v>23</v>
       </c>
       <c r="I62" t="s">
-        <v>107</v>
+        <v>51</v>
       </c>
       <c r="J62" t="s">
-        <v>25</v>
-[...3 lines deleted...]
-      </c>
+        <v>274</v>
+      </c>
+      <c r="K62"/>
       <c r="L62"/>
       <c r="M62"/>
       <c r="N62" t="s">
-        <v>37</v>
+        <v>44</v>
       </c>
       <c r="O62"/>
       <c r="P62" t="s">
-        <v>314</v>
+        <v>313</v>
       </c>
       <c r="Q62" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="63" spans="1:17">
       <c r="A63">
-        <v>11</v>
+        <v>10748</v>
       </c>
       <c r="B63" t="s">
+        <v>314</v>
+      </c>
+      <c r="C63" t="s">
         <v>315</v>
       </c>
-      <c r="C63" t="s">
+      <c r="D63" t="s">
         <v>316</v>
-      </c>
-[...1 lines deleted...]
-        <v>98</v>
       </c>
       <c r="E63" t="s">
         <v>317</v>
       </c>
       <c r="F63" t="s">
         <v>318</v>
       </c>
       <c r="G63" t="s">
         <v>319</v>
       </c>
       <c r="H63" t="s">
         <v>23</v>
       </c>
       <c r="I63" t="s">
-        <v>72</v>
+        <v>107</v>
       </c>
       <c r="J63" t="s">
         <v>25</v>
       </c>
       <c r="K63" t="s">
         <v>26</v>
       </c>
       <c r="L63"/>
       <c r="M63"/>
       <c r="N63" t="s">
-        <v>91</v>
+        <v>37</v>
       </c>
       <c r="O63"/>
-      <c r="P63"/>
+      <c r="P63" t="s">
+        <v>320</v>
+      </c>
       <c r="Q63" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="64" spans="1:17">
       <c r="A64">
-        <v>26765</v>
+        <v>11</v>
       </c>
       <c r="B64" t="s">
-        <v>320</v>
+        <v>321</v>
       </c>
       <c r="C64" t="s">
-        <v>321</v>
+        <v>322</v>
       </c>
       <c r="D64" t="s">
-        <v>136</v>
+        <v>98</v>
       </c>
       <c r="E64" t="s">
-        <v>317</v>
+        <v>323</v>
       </c>
       <c r="F64" t="s">
-        <v>318</v>
+        <v>324</v>
       </c>
       <c r="G64" t="s">
-        <v>322</v>
+        <v>325</v>
       </c>
       <c r="H64" t="s">
         <v>23</v>
       </c>
       <c r="I64" t="s">
         <v>72</v>
       </c>
       <c r="J64" t="s">
         <v>25</v>
       </c>
       <c r="K64" t="s">
         <v>26</v>
       </c>
       <c r="L64"/>
       <c r="M64"/>
       <c r="N64" t="s">
-        <v>95</v>
+        <v>91</v>
       </c>
       <c r="O64"/>
-      <c r="P64" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="P64"/>
       <c r="Q64" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="65" spans="1:17">
       <c r="A65">
-        <v>6</v>
+        <v>26765</v>
       </c>
       <c r="B65" t="s">
+        <v>326</v>
+      </c>
+      <c r="C65" t="s">
+        <v>327</v>
+      </c>
+      <c r="D65" t="s">
+        <v>136</v>
+      </c>
+      <c r="E65" t="s">
+        <v>323</v>
+      </c>
+      <c r="F65" t="s">
         <v>324</v>
       </c>
-      <c r="C65" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="G65" t="s">
-        <v>327</v>
+        <v>328</v>
       </c>
       <c r="H65" t="s">
         <v>23</v>
       </c>
       <c r="I65" t="s">
         <v>72</v>
       </c>
       <c r="J65" t="s">
         <v>25</v>
       </c>
       <c r="K65" t="s">
         <v>26</v>
       </c>
       <c r="L65"/>
       <c r="M65"/>
       <c r="N65" t="s">
-        <v>91</v>
+        <v>95</v>
       </c>
       <c r="O65"/>
       <c r="P65" t="s">
-        <v>328</v>
+        <v>329</v>
       </c>
       <c r="Q65" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="66" spans="1:17">
       <c r="A66">
-        <v>11505</v>
+        <v>6</v>
       </c>
       <c r="B66" t="s">
-        <v>329</v>
+        <v>330</v>
       </c>
       <c r="C66" t="s">
-        <v>330</v>
+        <v>331</v>
       </c>
       <c r="D66" t="s">
-        <v>331</v>
+        <v>332</v>
       </c>
       <c r="E66" t="s">
-        <v>332</v>
+        <v>323</v>
       </c>
       <c r="F66" t="s">
+        <v>324</v>
+      </c>
+      <c r="G66" t="s">
         <v>333</v>
       </c>
-      <c r="G66" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H66" t="s">
-        <v>186</v>
+        <v>23</v>
       </c>
       <c r="I66" t="s">
-        <v>107</v>
+        <v>72</v>
       </c>
       <c r="J66" t="s">
         <v>25</v>
       </c>
       <c r="K66" t="s">
-        <v>36</v>
+        <v>26</v>
       </c>
       <c r="L66"/>
       <c r="M66"/>
       <c r="N66" t="s">
-        <v>73</v>
+        <v>91</v>
       </c>
       <c r="O66"/>
       <c r="P66" t="s">
-        <v>335</v>
+        <v>334</v>
       </c>
       <c r="Q66" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="67" spans="1:17">
       <c r="A67">
-        <v>11545</v>
+        <v>11505</v>
       </c>
       <c r="B67" t="s">
+        <v>335</v>
+      </c>
+      <c r="C67" t="s">
         <v>336</v>
       </c>
-      <c r="C67" t="s">
+      <c r="D67" t="s">
         <v>337</v>
       </c>
-      <c r="D67" t="s">
+      <c r="E67" t="s">
         <v>338</v>
       </c>
-      <c r="E67" t="s">
+      <c r="F67" t="s">
         <v>339</v>
       </c>
-      <c r="F67" t="s">
+      <c r="G67" t="s">
         <v>340</v>
-      </c>
-[...1 lines deleted...]
-        <v>341</v>
       </c>
       <c r="H67" t="s">
         <v>186</v>
       </c>
       <c r="I67" t="s">
         <v>107</v>
       </c>
       <c r="J67" t="s">
         <v>25</v>
       </c>
       <c r="K67" t="s">
         <v>36</v>
       </c>
       <c r="L67"/>
       <c r="M67"/>
       <c r="N67" t="s">
         <v>73</v>
       </c>
       <c r="O67"/>
       <c r="P67" t="s">
-        <v>342</v>
+        <v>341</v>
       </c>
       <c r="Q67" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="68" spans="1:17">
       <c r="A68">
-        <v>11790</v>
+        <v>11545</v>
       </c>
       <c r="B68" t="s">
+        <v>342</v>
+      </c>
+      <c r="C68" t="s">
         <v>343</v>
       </c>
-      <c r="C68" t="s">
+      <c r="D68" t="s">
         <v>344</v>
       </c>
-      <c r="D68" t="s">
+      <c r="E68" t="s">
         <v>345</v>
       </c>
-      <c r="E68" t="s">
+      <c r="F68" t="s">
         <v>346</v>
       </c>
-      <c r="F68" t="s">
+      <c r="G68" t="s">
         <v>347</v>
       </c>
-      <c r="G68" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H68" t="s">
-        <v>23</v>
+        <v>186</v>
       </c>
       <c r="I68" t="s">
-        <v>349</v>
+        <v>107</v>
       </c>
       <c r="J68" t="s">
         <v>25</v>
       </c>
       <c r="K68" t="s">
-        <v>26</v>
+        <v>36</v>
       </c>
       <c r="L68"/>
       <c r="M68"/>
       <c r="N68" t="s">
-        <v>91</v>
+        <v>73</v>
       </c>
       <c r="O68"/>
-      <c r="P68"/>
+      <c r="P68" t="s">
+        <v>348</v>
+      </c>
       <c r="Q68" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="69" spans="1:17">
       <c r="A69">
-        <v>9918</v>
+        <v>11790</v>
       </c>
       <c r="B69" t="s">
+        <v>349</v>
+      </c>
+      <c r="C69" t="s">
         <v>350</v>
       </c>
-      <c r="C69" t="s">
+      <c r="D69" t="s">
         <v>351</v>
       </c>
-      <c r="D69" t="s">
+      <c r="E69" t="s">
         <v>352</v>
       </c>
-      <c r="E69" t="s">
+      <c r="F69" t="s">
         <v>353</v>
-      </c>
-[...1 lines deleted...]
-        <v>347</v>
       </c>
       <c r="G69" t="s">
         <v>354</v>
       </c>
       <c r="H69" t="s">
         <v>23</v>
       </c>
       <c r="I69" t="s">
-        <v>72</v>
+        <v>355</v>
       </c>
       <c r="J69" t="s">
         <v>25</v>
       </c>
       <c r="K69" t="s">
         <v>26</v>
       </c>
       <c r="L69"/>
       <c r="M69"/>
       <c r="N69" t="s">
-        <v>27</v>
+        <v>91</v>
       </c>
       <c r="O69"/>
       <c r="P69"/>
       <c r="Q69" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="70" spans="1:17">
       <c r="A70">
-        <v>2230</v>
+        <v>9918</v>
       </c>
       <c r="B70" t="s">
-        <v>355</v>
+        <v>356</v>
       </c>
       <c r="C70" t="s">
-        <v>356</v>
+        <v>357</v>
       </c>
       <c r="D70" t="s">
-        <v>357</v>
+        <v>358</v>
       </c>
       <c r="E70" t="s">
-        <v>358</v>
+        <v>359</v>
       </c>
       <c r="F70" t="s">
-        <v>347</v>
+        <v>353</v>
       </c>
       <c r="G70" t="s">
-        <v>359</v>
+        <v>360</v>
       </c>
       <c r="H70" t="s">
         <v>23</v>
       </c>
       <c r="I70" t="s">
         <v>72</v>
       </c>
       <c r="J70" t="s">
         <v>25</v>
       </c>
       <c r="K70" t="s">
         <v>26</v>
       </c>
       <c r="L70"/>
       <c r="M70"/>
       <c r="N70" t="s">
-        <v>91</v>
+        <v>27</v>
       </c>
       <c r="O70"/>
-      <c r="P70" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="P70"/>
       <c r="Q70" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="71" spans="1:17">
       <c r="A71">
-        <v>10765</v>
+        <v>2230</v>
       </c>
       <c r="B71" t="s">
         <v>361</v>
       </c>
       <c r="C71" t="s">
         <v>362</v>
       </c>
       <c r="D71" t="s">
         <v>363</v>
       </c>
       <c r="E71" t="s">
-        <v>358</v>
+        <v>364</v>
       </c>
       <c r="F71" t="s">
-        <v>347</v>
+        <v>353</v>
       </c>
       <c r="G71" t="s">
-        <v>364</v>
+        <v>365</v>
       </c>
       <c r="H71" t="s">
         <v>23</v>
       </c>
       <c r="I71" t="s">
-        <v>51</v>
+        <v>72</v>
       </c>
       <c r="J71" t="s">
         <v>25</v>
       </c>
       <c r="K71" t="s">
         <v>26</v>
       </c>
       <c r="L71"/>
       <c r="M71"/>
       <c r="N71" t="s">
-        <v>44</v>
+        <v>91</v>
       </c>
       <c r="O71"/>
       <c r="P71" t="s">
-        <v>365</v>
+        <v>366</v>
       </c>
       <c r="Q71" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="72" spans="1:17">
       <c r="A72">
-        <v>31929</v>
+        <v>10765</v>
       </c>
       <c r="B72" t="s">
-        <v>366</v>
-[...2 lines deleted...]
-      <c r="D72"/>
+        <v>367</v>
+      </c>
+      <c r="C72" t="s">
+        <v>368</v>
+      </c>
+      <c r="D72" t="s">
+        <v>369</v>
+      </c>
       <c r="E72" t="s">
+        <v>364</v>
+      </c>
+      <c r="F72" t="s">
         <v>353</v>
       </c>
-      <c r="F72" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G72" t="s">
-        <v>367</v>
+        <v>370</v>
       </c>
       <c r="H72" t="s">
         <v>23</v>
       </c>
       <c r="I72" t="s">
-        <v>72</v>
+        <v>51</v>
       </c>
       <c r="J72" t="s">
         <v>25</v>
       </c>
       <c r="K72" t="s">
-        <v>36</v>
+        <v>26</v>
       </c>
       <c r="L72"/>
       <c r="M72"/>
       <c r="N72" t="s">
-        <v>73</v>
+        <v>44</v>
       </c>
       <c r="O72"/>
       <c r="P72" t="s">
-        <v>368</v>
+        <v>371</v>
       </c>
       <c r="Q72" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="73" spans="1:17">
       <c r="A73">
-        <v>11925</v>
+        <v>31929</v>
       </c>
       <c r="B73" t="s">
-        <v>369</v>
-[...6 lines deleted...]
-      </c>
+        <v>372</v>
+      </c>
+      <c r="C73"/>
+      <c r="D73"/>
       <c r="E73" t="s">
-        <v>358</v>
+        <v>359</v>
       </c>
       <c r="F73" t="s">
-        <v>347</v>
+        <v>353</v>
       </c>
       <c r="G73" t="s">
-        <v>371</v>
+        <v>373</v>
       </c>
       <c r="H73" t="s">
         <v>23</v>
       </c>
       <c r="I73" t="s">
-        <v>51</v>
+        <v>72</v>
       </c>
       <c r="J73" t="s">
         <v>25</v>
       </c>
       <c r="K73" t="s">
-        <v>26</v>
+        <v>36</v>
       </c>
       <c r="L73"/>
       <c r="M73"/>
       <c r="N73" t="s">
-        <v>44</v>
+        <v>73</v>
       </c>
       <c r="O73"/>
       <c r="P73" t="s">
-        <v>372</v>
+        <v>374</v>
       </c>
       <c r="Q73" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="74" spans="1:17">
       <c r="A74">
-        <v>11455</v>
+        <v>11925</v>
       </c>
       <c r="B74" t="s">
-        <v>373</v>
+        <v>375</v>
       </c>
       <c r="C74" t="s">
-        <v>374</v>
+        <v>376</v>
       </c>
       <c r="D74" t="s">
-        <v>375</v>
+        <v>136</v>
       </c>
       <c r="E74" t="s">
-        <v>376</v>
+        <v>364</v>
       </c>
       <c r="F74" t="s">
-        <v>347</v>
+        <v>353</v>
       </c>
       <c r="G74" t="s">
         <v>377</v>
       </c>
       <c r="H74" t="s">
         <v>23</v>
       </c>
       <c r="I74" t="s">
         <v>51</v>
       </c>
       <c r="J74" t="s">
         <v>25</v>
       </c>
       <c r="K74" t="s">
         <v>26</v>
       </c>
       <c r="L74"/>
       <c r="M74"/>
       <c r="N74" t="s">
-        <v>27</v>
+        <v>44</v>
       </c>
       <c r="O74"/>
       <c r="P74" t="s">
         <v>378</v>
       </c>
       <c r="Q74" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="75" spans="1:17">
       <c r="A75">
-        <v>10762</v>
+        <v>11455</v>
       </c>
       <c r="B75" t="s">
         <v>379</v>
       </c>
       <c r="C75" t="s">
         <v>380</v>
       </c>
       <c r="D75" t="s">
         <v>381</v>
       </c>
       <c r="E75" t="s">
         <v>382</v>
       </c>
       <c r="F75" t="s">
+        <v>353</v>
+      </c>
+      <c r="G75" t="s">
         <v>383</v>
       </c>
-      <c r="G75" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H75" t="s">
         <v>23</v>
       </c>
       <c r="I75" t="s">
-        <v>349</v>
+        <v>51</v>
       </c>
       <c r="J75" t="s">
         <v>25</v>
       </c>
       <c r="K75" t="s">
         <v>26</v>
       </c>
       <c r="L75"/>
       <c r="M75"/>
       <c r="N75" t="s">
-        <v>73</v>
+        <v>27</v>
       </c>
       <c r="O75"/>
-      <c r="P75"/>
+      <c r="P75" t="s">
+        <v>384</v>
+      </c>
       <c r="Q75" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="76" spans="1:17">
       <c r="A76">
-        <v>20063</v>
+        <v>10762</v>
       </c>
       <c r="B76" t="s">
         <v>385</v>
       </c>
       <c r="C76" t="s">
         <v>386</v>
       </c>
       <c r="D76" t="s">
         <v>387</v>
       </c>
       <c r="E76" t="s">
         <v>388</v>
       </c>
       <c r="F76" t="s">
         <v>389</v>
       </c>
-      <c r="G76"/>
+      <c r="G76" t="s">
+        <v>390</v>
+      </c>
       <c r="H76" t="s">
-        <v>186</v>
+        <v>23</v>
       </c>
       <c r="I76" t="s">
-        <v>24</v>
+        <v>355</v>
       </c>
       <c r="J76" t="s">
         <v>25</v>
       </c>
       <c r="K76" t="s">
         <v>26</v>
       </c>
       <c r="L76"/>
       <c r="M76"/>
       <c r="N76" t="s">
         <v>73</v>
       </c>
       <c r="O76"/>
       <c r="P76"/>
       <c r="Q76" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="77" spans="1:17">
       <c r="A77">
-        <v>15035</v>
+        <v>20063</v>
       </c>
       <c r="B77" t="s">
-        <v>390</v>
+        <v>391</v>
       </c>
       <c r="C77" t="s">
-        <v>391</v>
+        <v>392</v>
       </c>
       <c r="D77" t="s">
-        <v>392</v>
+        <v>393</v>
       </c>
       <c r="E77" t="s">
-        <v>202</v>
+        <v>394</v>
       </c>
       <c r="F77" t="s">
-        <v>198</v>
+        <v>395</v>
       </c>
       <c r="G77"/>
       <c r="H77" t="s">
-        <v>393</v>
+        <v>186</v>
       </c>
       <c r="I77" t="s">
-        <v>51</v>
+        <v>24</v>
       </c>
       <c r="J77" t="s">
         <v>25</v>
       </c>
       <c r="K77" t="s">
         <v>26</v>
       </c>
       <c r="L77"/>
       <c r="M77"/>
       <c r="N77" t="s">
-        <v>27</v>
+        <v>73</v>
       </c>
       <c r="O77"/>
       <c r="P77"/>
       <c r="Q77" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="78" spans="1:17">
       <c r="A78">
-        <v>7146</v>
+        <v>15035</v>
       </c>
       <c r="B78" t="s">
-        <v>394</v>
-[...2 lines deleted...]
-      <c r="D78"/>
+        <v>396</v>
+      </c>
+      <c r="C78" t="s">
+        <v>397</v>
+      </c>
+      <c r="D78" t="s">
+        <v>398</v>
+      </c>
       <c r="E78" t="s">
-        <v>395</v>
+        <v>202</v>
       </c>
       <c r="F78" t="s">
-        <v>305</v>
+        <v>198</v>
       </c>
       <c r="G78"/>
       <c r="H78" t="s">
-        <v>23</v>
+        <v>399</v>
       </c>
       <c r="I78" t="s">
-        <v>72</v>
+        <v>51</v>
       </c>
       <c r="J78" t="s">
         <v>25</v>
       </c>
       <c r="K78" t="s">
-        <v>36</v>
+        <v>26</v>
       </c>
       <c r="L78"/>
       <c r="M78"/>
       <c r="N78" t="s">
-        <v>95</v>
+        <v>27</v>
       </c>
       <c r="O78"/>
-      <c r="P78" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="P78"/>
       <c r="Q78" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="79" spans="1:17">
       <c r="A79">
-        <v>12232</v>
+        <v>7146</v>
       </c>
       <c r="B79" t="s">
-        <v>397</v>
+        <v>400</v>
       </c>
       <c r="C79"/>
       <c r="D79"/>
       <c r="E79" t="s">
-        <v>398</v>
+        <v>401</v>
       </c>
       <c r="F79" t="s">
-        <v>318</v>
+        <v>305</v>
       </c>
       <c r="G79"/>
       <c r="H79" t="s">
         <v>23</v>
       </c>
       <c r="I79" t="s">
-        <v>295</v>
+        <v>72</v>
       </c>
       <c r="J79" t="s">
         <v>25</v>
       </c>
       <c r="K79" t="s">
         <v>36</v>
       </c>
       <c r="L79"/>
       <c r="M79"/>
       <c r="N79" t="s">
-        <v>399</v>
+        <v>95</v>
       </c>
       <c r="O79"/>
       <c r="P79" t="s">
-        <v>400</v>
+        <v>402</v>
       </c>
       <c r="Q79" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="80" spans="1:17">
       <c r="A80">
-        <v>21446</v>
+        <v>12232</v>
       </c>
       <c r="B80" t="s">
-        <v>401</v>
-[...6 lines deleted...]
-      </c>
+        <v>403</v>
+      </c>
+      <c r="C80"/>
+      <c r="D80"/>
       <c r="E80" t="s">
-        <v>403</v>
+        <v>404</v>
       </c>
       <c r="F80" t="s">
-        <v>404</v>
+        <v>324</v>
       </c>
       <c r="G80"/>
       <c r="H80" t="s">
-        <v>186</v>
+        <v>23</v>
       </c>
       <c r="I80" t="s">
-        <v>35</v>
+        <v>295</v>
       </c>
       <c r="J80" t="s">
         <v>25</v>
       </c>
       <c r="K80" t="s">
-        <v>26</v>
+        <v>36</v>
       </c>
       <c r="L80"/>
       <c r="M80"/>
       <c r="N80" t="s">
+        <v>405</v>
+      </c>
+      <c r="O80"/>
+      <c r="P80" t="s">
+        <v>406</v>
+      </c>
+      <c r="Q80" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="81" spans="1:17">
+      <c r="A81">
+        <v>21446</v>
+      </c>
+      <c r="B81" t="s">
+        <v>407</v>
+      </c>
+      <c r="C81" t="s">
+        <v>408</v>
+      </c>
+      <c r="D81" t="s">
+        <v>82</v>
+      </c>
+      <c r="E81" t="s">
+        <v>409</v>
+      </c>
+      <c r="F81" t="s">
+        <v>410</v>
+      </c>
+      <c r="G81"/>
+      <c r="H81" t="s">
+        <v>186</v>
+      </c>
+      <c r="I81" t="s">
+        <v>35</v>
+      </c>
+      <c r="J81" t="s">
+        <v>25</v>
+      </c>
+      <c r="K81" t="s">
+        <v>26</v>
+      </c>
+      <c r="L81"/>
+      <c r="M81"/>
+      <c r="N81" t="s">
         <v>73</v>
       </c>
-      <c r="O80"/>
-[...1 lines deleted...]
-      <c r="Q80" t="s">
+      <c r="O81"/>
+      <c r="P81"/>
+      <c r="Q81" t="s">
         <v>28</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>