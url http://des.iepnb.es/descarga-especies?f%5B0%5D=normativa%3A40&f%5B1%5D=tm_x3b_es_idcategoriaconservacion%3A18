--- v0 (2025-11-13)
+++ v1 (2026-01-10)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="especies" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="702">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="703">
   <si>
     <t>Código de la especie (id taxon)</t>
   </si>
   <si>
     <t>Nombre aceptado</t>
   </si>
   <si>
     <t>Nombres comunes</t>
   </si>
   <si>
     <t>Nombre idioma</t>
   </si>
   <si>
     <t>Categoría de amenaza UICN</t>
   </si>
   <si>
     <t>Categoría de amenaza UICN nacional o mundial</t>
   </si>
   <si>
     <t>Descripción</t>
   </si>
   <si>
     <t>Ámbito</t>
   </si>
   <si>
@@ -1316,156 +1316,159 @@
   <si>
     <t>prueba_Murciélago de Nathusius (Castellano), Murciélago enano de bosque (Castellano), Nathusius pipistrelo (Euskera), Nathusius pipistreloa (Euskera), Rat penat de Nathusius (Catalán), Rat penat de Natterer (Catalán), Morcego de Nathusius (Gallego), Nathusius' Pipistrelle (Inglés), Pipistrelle De Nathusius (Francés)</t>
   </si>
   <si>
     <t>Castellano, Castellano, Euskera, Euskera, Catalán, Catalán, Gallego, Inglés, Francés</t>
   </si>
   <si>
     <t>España NT (Casi amenazado),  Mundial LC (Preocupación menor),  Región Mediterránea U2 (Desfavorable-malo)</t>
   </si>
   <si>
     <t>El pelaje dorsal de los adultos es de color pardo rojizo durante el verano y pardo oscuro con tonos grises durante el invierno. El vientre es pardo claro o amarillento. Los juveniles tienen el dorso pardo oscuro, careciendo de los tonos grises del pelaje invernal de los adultos. Superficie dorsal del uropatagio cubierta de pelo al menos hasta la mitad. Como en los otros Pipistrellus, las orejas son cortas y el trago es un poco más largo que ancho y de punta redondeada. No se dispone de información sobre dimorfismo sexual. ANT: 32,0-37,0 mm; Ps: 6,0-15,5. Fórmula dentaria: 2.1.2.3/3.1.2.3. Los caninos son grandes, especialmente los inferiores, cuya anchura antero-posterior supera la mitad de su altura. El P1 es claramente visible y está alineado exteriormente con el resto de los dientes. El I2 es mayor que la longitud de la segunda cúspide del I1. Los incisivos inferiores no están imbricados y existe un diastema entre I2 e I3. Número de cromosomas (2n) = 44. Puede confundirse con las otras especies del mismo género. El color de Hypsugo savii es muy diferente. En cualquier caso, la identificación es sencilla utilizando los caracteres dentarios indicados. ULTRASONIDOS Emite pulsos de FM, con un máximo de intensidad en torno a 40 kHz. La llamada social consta de dos partes, la primera con cinco a ocho pulsos de FM cuyo máximo de intensidad se produce a 18 kHz y la segunda con tres a siete y con un máximo de intensidad a 34 kHz. Su duración total media es de 206 ms y son emitidas con un ritmo de 1,40 llamadas por segundo. Los sonidos de ecolocalización pueden ser confundidos con los emitidos por P. kuhlii, aunque existen pequeñas diferencias entre ambas especies. La determinación resulta sencilla utilizando las llamadas sociales.</t>
   </si>
   <si>
     <t>Pseudochondrostoma polylepis (Steindachner, 1864)</t>
   </si>
   <si>
     <t>prueba_Boga de Río (Castellano), Boga del Tajo (Castellano), Loína iberiarra (Euskera), Iberian Nase (Inglés)</t>
   </si>
   <si>
     <t>La especie es diploide (2n=50). Especie de talla media que no suele alcanzar los 50 cm de longitud total. Cuerpo alargado más que otras especies de ciprínidos. La abertura bucal es inferior y recta. El labio inferior es grueso y presenta una lámina córnea bien desarrollada. Las aletas dorsal y anal son largas, la primera de ellas tiene entre 8 y 9 radios ramificados y la segunda entre 8 y 9. Escamas pequeñas, en la línea lateral se cuentan entre 64 y 78. El número más frecuente de dientes faríngeos es de 6-5. No existe dimorfismo sexual marcado, aunque se han descrito algunas diferencias de tipo morfométrico relativas al tamaño de las aletas y longitud de la cabeza. La coloración es plateada o algo parda en el dorso con las aletas más oscuras y la línea lateral muy marcada. Se diferencia de otros ciprínidos por tener los ejemplares adultos un hocico puntiagudo con boca ínfera y lámina córnea recta, muy llamativa, en el labio inferior. De otras especies del género Pseudochondrostoma se diferencia por los siguientes caracteres: 6-5 dientes faríngeos, individuos adultos no moteados de negro, de 19 a 31 branquispinas, 8-9 radios en las aletas anal y dorsal y de 64 a 78 escamas en la línea lateral. Holotipo no descrito, Sintipos conservados en el Naturhistorisches Museum Wien, Viena, Austria (NMW 52589, 2) procedentes de Crato, Portugal.</t>
   </si>
   <si>
     <t>Chondrostoma polylepis Steindachner, 1864</t>
   </si>
   <si>
+    <t>Hierophis viridiflavus (Lacépède, 1789)</t>
+  </si>
+  <si>
+    <t>prueba_Culebra verdiamarilla (Castellano), Suge berde-horia (Euskera), Serp verd groga (Catalán), Green Whip Snake (Inglés), Western Whip Snake (Inglés)</t>
+  </si>
+  <si>
+    <t>Castellano, Euskera, Catalán, Inglés, Inglés</t>
+  </si>
+  <si>
+    <t>España LC (Preocupación menor),  Mundial LC (Preocupación menor),  Región Mediterránea U1 (Desfavorable-inadecuado),  Región Atlántica XX (Desconocido),  Región Alpina XX (Desconocido)</t>
+  </si>
+  <si>
+    <t>España, Mundial, Región Mediterránea, Región Atlántica, Región Alpina</t>
+  </si>
+  <si>
+    <t>La culebra verdiamarilla es un ofidio de tamaño medio que alcanza entre 1.000 y 1.500 mm de longitud total cabeza – cloaca. El cuerpo es largo y esbelto, igual que la cola, hecho que le confiere una notable agilidad. La coloración dorsal es negra o verde oscura con pequeñas manchas amarillas en el píleo y parte anterior del cuerpo. El vientre y los flancos son claros: amarillos, verdosos o blanquecinos. Algunos ejemplares son mucho más oscuros o melánicos. En los juveniles destaca la presencia de un manifiesto contraste en la cabeza con machas oscuras y bien delimitadas por gruesas líneas amarillas que dibujan un diseño muy simétrico a ambos lados de la cabeza. Los machos son mayores que las hembras aunque presentan un número de escamas ventrales menor. Los machos también tienen mayor número de escamas subcaudales debido a la presencia de los hemipenes y músculos retractores en la base de la cola.</t>
+  </si>
+  <si>
+    <t>Coluber viridiflavus</t>
+  </si>
+  <si>
+    <t>Atelerix algirus (Lereboullet, 1842)</t>
+  </si>
+  <si>
+    <t>prueba_Erizo moruno (Castellano), Triku mairua (Euskera), Eriçó africà (Catalán), Eriçó clar (Catalán), Ourizo lourido (Gallego), Algerian Hedgehog (Inglés), North African Hedgehog (Inglés), Hérisson D'Algérie (Francés)</t>
+  </si>
+  <si>
+    <t>Castellano, Euskera, Catalán, Catalán, Gallego, Inglés, Inglés, Francés</t>
+  </si>
+  <si>
+    <t>España LC (Preocupación menor),  Mundial LC (Preocupación menor),  Región Mediterránea U1 (Desfavorable-inadecuado),  Región Macaronésica U1 (Desfavorable-inadecuado)</t>
+  </si>
+  <si>
+    <t>España, Mundial, Región Mediterránea, Región Macaronésica</t>
+  </si>
+  <si>
+    <t>Algo más pequeño que los otros erizos europeos (Erinaceus europaeus y Erinaceus concolor). En las Baleares y la Península Ibérica los adultos de mayor edad presentan un pelaje blanquecino, con la cara, las extremidades y, a veces, la zona genital algo oscurecidas. Los ejemplares juveniles presentan un pelaje parcialmente pardo oscuro, principalmente en su parte ventral posterior. Las púas de los ejemplares adultos son de color muy claro, con un anillo oscuro hacia la mitad, algo más cercano a la raíz que al ápice. Las púas de la cabeza se hallan separadas por una franja central relativamente ancha. El pulgar del pie posterior es pequeño, sin que su ápice alcance la base del segundo dedo. Las callosidades de los pies son características. El borde posterior del paladar es ancho y engloba a la espina media posterior. Las bullas timpánicas están reducidas. El PM2 carece de cúspide lingual. Medidas corporales de ejemplares adultos de Mallorca, CC: 194,0-245,0 mm; C: 20,0-40,0 mm; P: 36,0-42,0 mm; Ps: 280,0-657,0 g. Fórmula dentaria: 3.1.3.3/2.1.2.3. Número de cromosomas (2n) = 48.</t>
+  </si>
+  <si>
+    <t>Aethechinus algirus Lereboullet, 1842, Erinaceus algirus</t>
+  </si>
+  <si>
+    <t>Gentiana lutea L.</t>
+  </si>
+  <si>
+    <t>prueba_Xanzana (Castellano), Agenciana (Castellano), Cenjana (Castellano), Funciana (Castellano), Janciana (Castellano), Jenciana (Castellano), Jonzana (Castellano), Junciana (Castellano), Junzana (Castellano), Xanzà (Castellano), Genciana (Castellano), Henciana (Castellano), Hunciana (Castellano), Jansana (Castellano), Janzana (Castellano), Genciana amarilla (Castellano), Genciana mayor (Castellano), Chanzaina (Castellano), genciana (Castellano), errotxa (Euskera), Errosta (Euskera), Renciana (Catalán), Llenciana (Catalán), Ranciana (Catalán), genciana (Catalán), Argençana (Catalán), Gençana (Catalán), Geniçana (Catalán), Geniçana groga (Catalán), Geniçana negra (Catalán), Herba geniçana (Catalán), Llecenciana (Catalán), Llençana (Catalán), Xanzá (Gallego), Gonza (Gallego), Xenciana (Gallego), Xensá (Gallego), Xenzá (Gallego), Xenzo (Gallego), Xianzana (Gallego), Chansana (Altoaragonés), Chanzana (Altoaragonés), Chonzana (Altoaragonés), Ajenciana (Altoaragonés)</t>
+  </si>
+  <si>
+    <t>Castellano, Castellano, Castellano, Castellano, Castellano, Castellano, Castellano, Castellano, Castellano, Castellano, Castellano, Castellano, Castellano, Castellano, Castellano, Castellano, Castellano, Castellano, Castellano, Euskera, Euskera, Catalán, Catalán, Catalán, Catalán, Catalán, Catalán, Catalán, Catalán, Catalán, Catalán, Catalán, Catalán, Gallego, Gallego, Gallego, Gallego, Gallego, Gallego, Gallego, Altoaragonés, Altoaragonés, Altoaragonés, Altoaragonés</t>
+  </si>
+  <si>
+    <t>España LC (Preocupación menor),  Región Atlántica FV (Favorable),  Región Alpina FV (Favorable),  Región Mediterránea FV (Favorable)</t>
+  </si>
+  <si>
+    <t>España, Región Atlántica, Región Alpina, Región Mediterránea</t>
+  </si>
+  <si>
+    <t>Hemicriptófito o geófito rizomatoso que puede llegar a los 150 cm de altura, aunque por lo general no sobrepasa el metro. Las hojas son opuestas en la base, enteramente lampiñas. Los tallos son de color verde claro y fistulosos. Corola de hasta 4 cm, de color amarillo vivo, anaranjada o rojiza.</t>
+  </si>
+  <si>
+    <t>Festuca elegans Boiss.</t>
+  </si>
+  <si>
+    <t>prueba_Cerrillón (Castellano), Cañuela elegante (Castellano)</t>
+  </si>
+  <si>
+    <t>España LC (Preocupación menor),  Región Atlántica FV (Favorable),  Región Mediterránea FV (Favorable)</t>
+  </si>
+  <si>
+    <t>España, Región Atlántica, Región Mediterránea</t>
+  </si>
+  <si>
+    <t>Hemicriptófito cespitoso, con renuevos intravaginales. Hojas de los renuevos plegadas y vaina abierta, escabriúscula; lígula (2,5)3–4(5,7) mm, lanceolada, aguda; lámina 0,5–0,6 mm de diámetro, subsetácea, escábrida, de sección transversal oval–elíptica, con 5–7 nervios y 1 costilla. Panícula (7,5)8–14(17,5) cm, oblongoidea. Espiguillas (5)5,5–6,5(8,5) mm, elíptico–oblongas, con 4–6 flores verdes o variegado– violáceas; glumas lanceoladas, con margen escarioso, desiguales, la inferior algo menor que la superior (2,5)3–4(5) mm; lema 3,5–4,5 mm, obovado–oblongo, mútico, con margen escarioso; pálea de la misma longitud que el lema, oblongo–lanceolada, bidentada. Ápice del ovario pubescente o glabro. Hilo igualando la mitad de la cariopsis. Cariopsis no adherente a la pálea.</t>
+  </si>
+  <si>
+    <t>Helosciadium repens (Jacq.) W.D.J. Koch</t>
+  </si>
+  <si>
+    <t>prueba_Apio bordo (Castellano), Apio de río (Castellano), Apio salvaje (Castellano), Apio silvestre (Castellano), Apio rastrero (Castellano)</t>
+  </si>
+  <si>
+    <t>Castellano, Castellano, Castellano, Castellano, Castellano</t>
+  </si>
+  <si>
+    <t>España LC (Preocupación menor),  Región Atlántica U1 (Desfavorable-inadecuado),  Región Mediterránea U1 (Desfavorable-inadecuado)</t>
+  </si>
+  <si>
+    <t>Hierba perenne. Tallos prostrados de los que solo emergen las hojas y los pedúnculos umbelares, y enraízan en cada nudo. Hojas una vez pinnatisectas, con 5-11 segmentos, de 0,2-1 cm, suborbiculares, poco profundamente lobados o dentados, sésiles. Umbelas compuestas, opuestas a las hojas, con 4-7 radios de 0,5-3 cm, generalmente subiguales, lisos, con pedúnculos de 20-30(50) mm, más largos que los radios. Brácteas 3-7, lanceoladas u ovadas, reflejas. Umbélulas con radios de 1-2 mm en la fructificación. Bractéolas similares a las brácteas, más cortas que las flores. Cáliz sin dientes. Pétalos blancos. Frutos c. 1 mm, suborbiculares, mericarpos con costillas finas pero prominentes. Se diferencia de Apium nodiflorum por la presencia de 3-7 brácteas, sus pedúnculos umbelares más largos y su fruto más pequeño.</t>
+  </si>
+  <si>
+    <t>Apium repens (Jacq.) Lag.</t>
+  </si>
+  <si>
     <t>Squalius alburnoides (Steindachner, 1866)</t>
   </si>
   <si>
     <t>prueba_Calandino (Castellano), Errutilo andaluziarra (Euskera)</t>
   </si>
   <si>
-    <t>España LC (Preocupación menor),  Mundial VU (Vulnerable),  Región Mediterránea U1 (Desfavorable-inadecuado)</t>
+    <t>Mundial CR (En peligro crítico),  España LC (Preocupación menor),  Mundial VU (Vulnerable),  Región Mediterránea U1 (Desfavorable-inadecuado)</t>
+  </si>
+  <si>
+    <t>Mundial, España, Mundial, Región Mediterránea</t>
   </si>
   <si>
     <t>Es un taxón de pequeño tamaño, que raramente alcanza los 13 cm de longitud total. La cabeza es pequeña y la boca súpera. El cuerpo es alargado con un pedúnculo caudal muy estrecho. Las aletas son pequeñas. La dorsal suele tener siete radios ramificados y la anal de ocho a nueve. Los perfiles distales de estas últimas son rectos o cóncavos. La aleta dorsal está retrasada con respecto a las ventrales. Las escamas son grandes y presentan un número de 38-44 en la línea lateral. El color del peritoneo es gris claro. Este taxón tiene un origen híbrido. Las hembras son mayoritariamente triploides, ya que constan de tres dotaciones cromosómicas. Éstas son de color plateado con el dorso oscuro y una característica banda violácea, más visible en la parte caudal, recorre todo el cuerpo. Los machos son diploides y más pequeños, con una banda negra, que recorre el cuerpo desde el ojo a la aleta caudal y una banda más clara por encima de ésta. También existen individuos tetraploides, de tamaño más pequeño y con la boca menos súpera que los diploides. Los machos presentan tubérculos nupciales en los márgenes distales de las escamas, dorso y en la cabeza en la época reproductiva. Se diferencia de otros ciprínidos del género Squalius por tener 7 radios ramificados en las aletas dorsal y 8-9 en la aleta anal. Suborbitario 3º estrecho. Perfil de la aleta anal recto o cóncavo. Dientes faríngeos en número de 5 ó 4 situados en una sola fila. Holotipo no descrito. Lectotipo conservado en el Naturhistorisches Museum Wien, Viena, (NMW 49749:2.), procedente de arroyos cerca de Mérida.</t>
   </si>
   <si>
     <t>Rutilus alburnoides, Tropidophoxinellus alburnoides (Steindachner, 1866)</t>
-  </si>
-[...91 lines deleted...]
-    <t>Apium repens (Jacq.) Lag.</t>
   </si>
   <si>
     <t>Phengaris nausithous (Bergsträsser, 1779)</t>
   </si>
   <si>
     <t>prueba_Hormiguera oscura (Castellano), Limbada (Castellano), Dusky Large Blue (Inglés)</t>
   </si>
   <si>
     <t>Mundial NT (Casi amenazado),  España NT (Casi amenazado),  Mundial LC (Preocupación menor),  Región Mediterránea U1 (Desfavorable-inadecuado),  Región Atlántica U2 (Desfavorable-malo)</t>
   </si>
   <si>
     <t>Mundial, España, Mundial, Región Mediterránea, Región Atlántica</t>
   </si>
   <si>
     <t>El macho presenta en el dorso de las alas una extensa área de color azul oscuro brillante que alcanza la zona submarginal y una franja marginal de color castaño. La cara ventral de las alas es de color canela, sin marcas submarginales. La hembra es semejante al macho, pero con dorso alar castaño oscuro y fimbrias pardas.</t>
   </si>
   <si>
     <t>Maculinea nausithous (Bergsträsser, 1779)</t>
   </si>
   <si>
     <t>Galanthus nivalis L.</t>
   </si>
   <si>
     <t>prueba_Flor de Nieve (Castellano), Campanilla de invierno (Castellano), Negu-txilintxa (Euskera), Flor de neu (Catalán), Herba del cap blanc (Catalán), Llàgrimes de sant josep (Catalán), Flower of Hope (Inglés), Bucaneve (Inglés), Common Snowdrop (Inglés), Snowdrop (Inglés), Perceneige (Francés), Niveole (Francés), Galantine d'Hiver (Francés)</t>
   </si>
@@ -6057,2629 +6060,2629 @@
       <c r="H78" t="s">
         <v>23</v>
       </c>
       <c r="I78" t="s">
         <v>110</v>
       </c>
       <c r="J78" t="s">
         <v>53</v>
       </c>
       <c r="K78"/>
       <c r="L78"/>
       <c r="M78"/>
       <c r="N78" t="s">
         <v>112</v>
       </c>
       <c r="O78"/>
       <c r="P78" t="s">
         <v>430</v>
       </c>
       <c r="Q78" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="79" spans="1:17">
       <c r="A79">
-        <v>10659</v>
+        <v>12402</v>
       </c>
       <c r="B79" t="s">
         <v>431</v>
       </c>
       <c r="C79" t="s">
         <v>432</v>
       </c>
       <c r="D79" t="s">
-        <v>191</v>
+        <v>433</v>
       </c>
       <c r="E79" t="s">
-        <v>433</v>
+        <v>434</v>
       </c>
       <c r="F79" t="s">
-        <v>374</v>
+        <v>435</v>
       </c>
       <c r="G79" t="s">
-        <v>434</v>
+        <v>436</v>
       </c>
       <c r="H79" t="s">
         <v>23</v>
       </c>
       <c r="I79" t="s">
-        <v>110</v>
+        <v>68</v>
       </c>
       <c r="J79" t="s">
-        <v>53</v>
-[...2 lines deleted...]
-      <c r="L79"/>
+        <v>235</v>
+      </c>
+      <c r="K79" t="s">
+        <v>26</v>
+      </c>
+      <c r="L79" t="s">
+        <v>236</v>
+      </c>
       <c r="M79"/>
       <c r="N79" t="s">
-        <v>112</v>
+        <v>27</v>
       </c>
       <c r="O79"/>
       <c r="P79" t="s">
-        <v>435</v>
+        <v>437</v>
       </c>
       <c r="Q79" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="80" spans="1:17">
       <c r="A80">
-        <v>12402</v>
+        <v>10669</v>
       </c>
       <c r="B80" t="s">
-        <v>436</v>
+        <v>438</v>
       </c>
       <c r="C80" t="s">
-        <v>437</v>
+        <v>439</v>
       </c>
       <c r="D80" t="s">
-        <v>438</v>
+        <v>440</v>
       </c>
       <c r="E80" t="s">
-        <v>439</v>
+        <v>441</v>
       </c>
       <c r="F80" t="s">
-        <v>440</v>
+        <v>442</v>
       </c>
       <c r="G80" t="s">
-        <v>441</v>
+        <v>443</v>
       </c>
       <c r="H80" t="s">
         <v>23</v>
       </c>
       <c r="I80" t="s">
-        <v>68</v>
+        <v>36</v>
       </c>
       <c r="J80" t="s">
-        <v>235</v>
+        <v>25</v>
       </c>
       <c r="K80" t="s">
         <v>26</v>
       </c>
-      <c r="L80" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L80"/>
       <c r="M80"/>
       <c r="N80" t="s">
         <v>27</v>
       </c>
       <c r="O80"/>
       <c r="P80" t="s">
-        <v>442</v>
+        <v>444</v>
       </c>
       <c r="Q80" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="81" spans="1:17">
       <c r="A81">
-        <v>10669</v>
+        <v>4808</v>
       </c>
       <c r="B81" t="s">
-        <v>443</v>
+        <v>445</v>
       </c>
       <c r="C81" t="s">
-        <v>444</v>
+        <v>446</v>
       </c>
       <c r="D81" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="E81" t="s">
-        <v>446</v>
+        <v>448</v>
       </c>
       <c r="F81" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="G81" t="s">
-        <v>448</v>
+        <v>450</v>
       </c>
       <c r="H81" t="s">
         <v>23</v>
       </c>
       <c r="I81" t="s">
-        <v>36</v>
+        <v>45</v>
       </c>
       <c r="J81" t="s">
-        <v>25</v>
-[...3 lines deleted...]
-      </c>
+        <v>53</v>
+      </c>
+      <c r="K81"/>
       <c r="L81"/>
       <c r="M81"/>
       <c r="N81" t="s">
-        <v>27</v>
+        <v>54</v>
       </c>
       <c r="O81"/>
-      <c r="P81" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="P81"/>
       <c r="Q81" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="82" spans="1:17">
       <c r="A82">
-        <v>4808</v>
+        <v>10029</v>
       </c>
       <c r="B82" t="s">
-        <v>450</v>
+        <v>451</v>
       </c>
       <c r="C82" t="s">
-        <v>451</v>
+        <v>452</v>
       </c>
       <c r="D82" t="s">
-        <v>452</v>
+        <v>419</v>
       </c>
       <c r="E82" t="s">
         <v>453</v>
       </c>
       <c r="F82" t="s">
         <v>454</v>
       </c>
       <c r="G82" t="s">
         <v>455</v>
       </c>
       <c r="H82" t="s">
         <v>23</v>
       </c>
       <c r="I82" t="s">
         <v>45</v>
       </c>
       <c r="J82" t="s">
-        <v>53</v>
-[...1 lines deleted...]
-      <c r="K82"/>
+        <v>25</v>
+      </c>
+      <c r="K82" t="s">
+        <v>26</v>
+      </c>
       <c r="L82"/>
       <c r="M82"/>
       <c r="N82" t="s">
-        <v>54</v>
+        <v>75</v>
       </c>
       <c r="O82"/>
       <c r="P82"/>
       <c r="Q82" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="83" spans="1:17">
       <c r="A83">
-        <v>10029</v>
+        <v>2235</v>
       </c>
       <c r="B83" t="s">
         <v>456</v>
       </c>
       <c r="C83" t="s">
         <v>457</v>
       </c>
       <c r="D83" t="s">
-        <v>419</v>
+        <v>458</v>
       </c>
       <c r="E83" t="s">
-        <v>458</v>
+        <v>459</v>
       </c>
       <c r="F83" t="s">
-        <v>459</v>
+        <v>454</v>
       </c>
       <c r="G83" t="s">
         <v>460</v>
       </c>
       <c r="H83" t="s">
         <v>23</v>
       </c>
       <c r="I83" t="s">
         <v>45</v>
       </c>
       <c r="J83" t="s">
         <v>25</v>
       </c>
       <c r="K83" t="s">
         <v>26</v>
       </c>
       <c r="L83"/>
       <c r="M83"/>
       <c r="N83" t="s">
-        <v>75</v>
+        <v>103</v>
       </c>
       <c r="O83"/>
-      <c r="P83"/>
+      <c r="P83" t="s">
+        <v>461</v>
+      </c>
       <c r="Q83" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="84" spans="1:17">
       <c r="A84">
-        <v>2235</v>
+        <v>10659</v>
       </c>
       <c r="B84" t="s">
-        <v>461</v>
+        <v>462</v>
       </c>
       <c r="C84" t="s">
-        <v>462</v>
+        <v>463</v>
       </c>
       <c r="D84" t="s">
-        <v>463</v>
+        <v>191</v>
       </c>
       <c r="E84" t="s">
         <v>464</v>
       </c>
       <c r="F84" t="s">
-        <v>459</v>
+        <v>465</v>
       </c>
       <c r="G84" t="s">
-        <v>465</v>
+        <v>466</v>
       </c>
       <c r="H84" t="s">
         <v>23</v>
       </c>
       <c r="I84" t="s">
-        <v>45</v>
+        <v>110</v>
       </c>
       <c r="J84" t="s">
-        <v>25</v>
-[...3 lines deleted...]
-      </c>
+        <v>53</v>
+      </c>
+      <c r="K84"/>
       <c r="L84"/>
       <c r="M84"/>
       <c r="N84" t="s">
-        <v>103</v>
+        <v>112</v>
       </c>
       <c r="O84"/>
       <c r="P84" t="s">
-        <v>466</v>
+        <v>467</v>
       </c>
       <c r="Q84" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="85" spans="1:17">
       <c r="A85">
         <v>11818</v>
       </c>
       <c r="B85" t="s">
-        <v>467</v>
+        <v>468</v>
       </c>
       <c r="C85" t="s">
-        <v>468</v>
+        <v>469</v>
       </c>
       <c r="D85" t="s">
         <v>311</v>
       </c>
       <c r="E85" t="s">
-        <v>469</v>
+        <v>470</v>
       </c>
       <c r="F85" t="s">
-        <v>470</v>
+        <v>471</v>
       </c>
       <c r="G85" t="s">
-        <v>471</v>
+        <v>472</v>
       </c>
       <c r="H85" t="s">
         <v>23</v>
       </c>
       <c r="I85" t="s">
         <v>74</v>
       </c>
       <c r="J85" t="s">
         <v>25</v>
       </c>
       <c r="K85" t="s">
         <v>111</v>
       </c>
       <c r="L85"/>
       <c r="M85"/>
       <c r="N85" t="s">
         <v>103</v>
       </c>
       <c r="O85"/>
       <c r="P85" t="s">
-        <v>472</v>
+        <v>473</v>
       </c>
       <c r="Q85" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="86" spans="1:17">
       <c r="A86">
         <v>4713</v>
       </c>
       <c r="B86" t="s">
-        <v>473</v>
+        <v>474</v>
       </c>
       <c r="C86" t="s">
-        <v>474</v>
+        <v>475</v>
       </c>
       <c r="D86" t="s">
-        <v>475</v>
+        <v>476</v>
       </c>
       <c r="E86" t="s">
-        <v>476</v>
+        <v>477</v>
       </c>
       <c r="F86" t="s">
-        <v>477</v>
+        <v>478</v>
       </c>
       <c r="G86" t="s">
-        <v>478</v>
+        <v>479</v>
       </c>
       <c r="H86" t="s">
         <v>23</v>
       </c>
       <c r="I86" t="s">
         <v>45</v>
       </c>
       <c r="J86" t="s">
         <v>53</v>
       </c>
       <c r="K86"/>
       <c r="L86"/>
       <c r="M86"/>
       <c r="N86" t="s">
         <v>54</v>
       </c>
       <c r="O86"/>
       <c r="P86"/>
       <c r="Q86" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="87" spans="1:17">
       <c r="A87">
         <v>11637</v>
       </c>
       <c r="B87" t="s">
-        <v>479</v>
+        <v>480</v>
       </c>
       <c r="C87" t="s">
-        <v>480</v>
+        <v>481</v>
       </c>
       <c r="D87" t="s">
-        <v>481</v>
+        <v>482</v>
       </c>
       <c r="E87" t="s">
-        <v>476</v>
+        <v>477</v>
       </c>
       <c r="F87" t="s">
-        <v>477</v>
+        <v>478</v>
       </c>
       <c r="G87" t="s">
-        <v>482</v>
+        <v>483</v>
       </c>
       <c r="H87" t="s">
         <v>23</v>
       </c>
       <c r="I87" t="s">
         <v>36</v>
       </c>
       <c r="J87" t="s">
         <v>25</v>
       </c>
       <c r="K87" t="s">
         <v>26</v>
       </c>
       <c r="L87"/>
       <c r="M87"/>
       <c r="N87" t="s">
         <v>103</v>
       </c>
       <c r="O87"/>
       <c r="P87"/>
       <c r="Q87" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="88" spans="1:17">
       <c r="A88">
         <v>10866</v>
       </c>
       <c r="B88" t="s">
-        <v>483</v>
+        <v>484</v>
       </c>
       <c r="C88" t="s">
-        <v>484</v>
+        <v>485</v>
       </c>
       <c r="D88" t="s">
-        <v>485</v>
+        <v>486</v>
       </c>
       <c r="E88" t="s">
-        <v>486</v>
+        <v>487</v>
       </c>
       <c r="F88" t="s">
-        <v>477</v>
+        <v>478</v>
       </c>
       <c r="G88" t="s">
-        <v>487</v>
+        <v>488</v>
       </c>
       <c r="H88" t="s">
         <v>23</v>
       </c>
       <c r="I88" t="s">
         <v>36</v>
       </c>
       <c r="J88" t="s">
         <v>25</v>
       </c>
       <c r="K88" t="s">
         <v>111</v>
       </c>
       <c r="L88"/>
       <c r="M88"/>
       <c r="N88" t="s">
         <v>75</v>
       </c>
       <c r="O88"/>
       <c r="P88"/>
       <c r="Q88" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="89" spans="1:17">
       <c r="A89">
         <v>11206</v>
       </c>
       <c r="B89" t="s">
-        <v>488</v>
+        <v>489</v>
       </c>
       <c r="C89" t="s">
-        <v>489</v>
+        <v>490</v>
       </c>
       <c r="D89" t="s">
-        <v>490</v>
+        <v>491</v>
       </c>
       <c r="E89" t="s">
-        <v>486</v>
+        <v>487</v>
       </c>
       <c r="F89" t="s">
-        <v>477</v>
+        <v>478</v>
       </c>
       <c r="G89" t="s">
-        <v>491</v>
+        <v>492</v>
       </c>
       <c r="H89" t="s">
         <v>23</v>
       </c>
       <c r="I89" t="s">
         <v>36</v>
       </c>
       <c r="J89" t="s">
         <v>25</v>
       </c>
       <c r="K89" t="s">
         <v>111</v>
       </c>
       <c r="L89"/>
       <c r="M89"/>
       <c r="N89" t="s">
         <v>75</v>
       </c>
       <c r="O89"/>
       <c r="P89"/>
       <c r="Q89" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="90" spans="1:17">
       <c r="A90">
         <v>11803</v>
       </c>
       <c r="B90" t="s">
-        <v>492</v>
+        <v>493</v>
       </c>
       <c r="C90" t="s">
-        <v>493</v>
+        <v>494</v>
       </c>
       <c r="D90" t="s">
-        <v>494</v>
+        <v>495</v>
       </c>
       <c r="E90" t="s">
-        <v>486</v>
+        <v>487</v>
       </c>
       <c r="F90" t="s">
-        <v>477</v>
+        <v>478</v>
       </c>
       <c r="G90" t="s">
-        <v>495</v>
+        <v>496</v>
       </c>
       <c r="H90" t="s">
         <v>23</v>
       </c>
       <c r="I90" t="s">
         <v>36</v>
       </c>
       <c r="J90" t="s">
         <v>25</v>
       </c>
       <c r="K90" t="s">
         <v>111</v>
       </c>
       <c r="L90"/>
       <c r="M90"/>
       <c r="N90" t="s">
         <v>75</v>
       </c>
       <c r="O90"/>
       <c r="P90"/>
       <c r="Q90" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="91" spans="1:17">
       <c r="A91">
         <v>6543</v>
       </c>
       <c r="B91" t="s">
-        <v>496</v>
+        <v>497</v>
       </c>
       <c r="C91" t="s">
-        <v>497</v>
+        <v>498</v>
       </c>
       <c r="D91" t="s">
-        <v>498</v>
+        <v>499</v>
       </c>
       <c r="E91" t="s">
-        <v>499</v>
+        <v>500</v>
       </c>
       <c r="F91" t="s">
-        <v>477</v>
+        <v>478</v>
       </c>
       <c r="G91" t="s">
-        <v>500</v>
+        <v>501</v>
       </c>
       <c r="H91" t="s">
         <v>23</v>
       </c>
       <c r="I91" t="s">
         <v>45</v>
       </c>
       <c r="J91" t="s">
         <v>25</v>
       </c>
       <c r="K91" t="s">
         <v>26</v>
       </c>
       <c r="L91"/>
       <c r="M91"/>
       <c r="N91" t="s">
         <v>27</v>
       </c>
       <c r="O91"/>
       <c r="P91" t="s">
-        <v>501</v>
+        <v>502</v>
       </c>
       <c r="Q91" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="92" spans="1:17">
       <c r="A92">
         <v>10675</v>
       </c>
       <c r="B92" t="s">
-        <v>502</v>
+        <v>503</v>
       </c>
       <c r="C92" t="s">
-        <v>503</v>
+        <v>504</v>
       </c>
       <c r="D92" t="s">
-        <v>504</v>
+        <v>505</v>
       </c>
       <c r="E92" t="s">
-        <v>505</v>
+        <v>506</v>
       </c>
       <c r="F92" t="s">
-        <v>506</v>
+        <v>507</v>
       </c>
       <c r="G92" t="s">
-        <v>507</v>
+        <v>508</v>
       </c>
       <c r="H92" t="s">
-        <v>508</v>
+        <v>509</v>
       </c>
       <c r="I92" t="s">
         <v>110</v>
       </c>
       <c r="J92" t="s">
         <v>53</v>
       </c>
       <c r="K92"/>
       <c r="L92"/>
       <c r="M92"/>
       <c r="N92" t="s">
-        <v>509</v>
+        <v>510</v>
       </c>
       <c r="O92"/>
       <c r="P92"/>
       <c r="Q92" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="93" spans="1:17">
       <c r="A93">
         <v>11249</v>
       </c>
       <c r="B93" t="s">
-        <v>510</v>
+        <v>511</v>
       </c>
       <c r="C93" t="s">
-        <v>511</v>
+        <v>512</v>
       </c>
       <c r="D93" t="s">
-        <v>512</v>
+        <v>513</v>
       </c>
       <c r="E93" t="s">
-        <v>505</v>
+        <v>506</v>
       </c>
       <c r="F93" t="s">
-        <v>506</v>
+        <v>507</v>
       </c>
       <c r="G93" t="s">
-        <v>513</v>
+        <v>514</v>
       </c>
       <c r="H93" t="s">
-        <v>508</v>
+        <v>509</v>
       </c>
       <c r="I93" t="s">
         <v>110</v>
       </c>
       <c r="J93" t="s">
         <v>53</v>
       </c>
       <c r="K93"/>
       <c r="L93"/>
       <c r="M93"/>
       <c r="N93" t="s">
-        <v>509</v>
+        <v>510</v>
       </c>
       <c r="O93"/>
       <c r="P93"/>
       <c r="Q93" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="94" spans="1:17">
       <c r="A94">
         <v>24238</v>
       </c>
       <c r="B94" t="s">
-        <v>514</v>
+        <v>515</v>
       </c>
       <c r="C94" t="s">
-        <v>515</v>
+        <v>516</v>
       </c>
       <c r="D94" t="s">
-        <v>516</v>
+        <v>517</v>
       </c>
       <c r="E94" t="s">
-        <v>517</v>
+        <v>518</v>
       </c>
       <c r="F94" t="s">
-        <v>506</v>
+        <v>507</v>
       </c>
       <c r="G94" t="s">
-        <v>518</v>
+        <v>519</v>
       </c>
       <c r="H94" t="s">
         <v>23</v>
       </c>
       <c r="I94" t="s">
         <v>45</v>
       </c>
       <c r="J94" t="s">
         <v>25</v>
       </c>
       <c r="K94" t="s">
         <v>26</v>
       </c>
       <c r="L94"/>
       <c r="M94"/>
       <c r="N94" t="s">
         <v>75</v>
       </c>
       <c r="O94"/>
       <c r="P94" t="s">
-        <v>519</v>
+        <v>520</v>
       </c>
       <c r="Q94" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="95" spans="1:17">
       <c r="A95">
         <v>11644</v>
       </c>
       <c r="B95" t="s">
-        <v>520</v>
+        <v>521</v>
       </c>
       <c r="C95" t="s">
-        <v>521</v>
+        <v>522</v>
       </c>
       <c r="D95" t="s">
-        <v>522</v>
+        <v>523</v>
       </c>
       <c r="E95" t="s">
-        <v>523</v>
+        <v>524</v>
       </c>
       <c r="F95" t="s">
-        <v>506</v>
+        <v>507</v>
       </c>
       <c r="G95" t="s">
-        <v>524</v>
+        <v>525</v>
       </c>
       <c r="H95" t="s">
         <v>23</v>
       </c>
       <c r="I95" t="s">
         <v>74</v>
       </c>
       <c r="J95" t="s">
         <v>25</v>
       </c>
       <c r="K95" t="s">
         <v>26</v>
       </c>
       <c r="L95"/>
       <c r="M95"/>
       <c r="N95" t="s">
         <v>75</v>
       </c>
       <c r="O95"/>
       <c r="P95"/>
       <c r="Q95" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="96" spans="1:17">
       <c r="A96">
         <v>11862</v>
       </c>
       <c r="B96" t="s">
-        <v>525</v>
+        <v>526</v>
       </c>
       <c r="C96" t="s">
-        <v>526</v>
+        <v>527</v>
       </c>
       <c r="D96" t="s">
         <v>200</v>
       </c>
       <c r="E96" t="s">
-        <v>505</v>
+        <v>506</v>
       </c>
       <c r="F96" t="s">
-        <v>506</v>
+        <v>507</v>
       </c>
       <c r="G96" t="s">
-        <v>527</v>
+        <v>528</v>
       </c>
       <c r="H96" t="s">
         <v>23</v>
       </c>
       <c r="I96" t="s">
         <v>36</v>
       </c>
       <c r="J96" t="s">
         <v>25</v>
       </c>
       <c r="K96" t="s">
         <v>111</v>
       </c>
       <c r="L96"/>
       <c r="M96"/>
       <c r="N96" t="s">
         <v>27</v>
       </c>
       <c r="O96"/>
       <c r="P96"/>
       <c r="Q96" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="97" spans="1:17">
       <c r="A97">
         <v>11115</v>
       </c>
       <c r="B97" t="s">
-        <v>528</v>
+        <v>529</v>
       </c>
       <c r="C97" t="s">
-        <v>529</v>
+        <v>530</v>
       </c>
       <c r="D97" t="s">
         <v>65</v>
       </c>
       <c r="E97" t="s">
-        <v>523</v>
+        <v>524</v>
       </c>
       <c r="F97" t="s">
-        <v>506</v>
+        <v>507</v>
       </c>
       <c r="G97" t="s">
-        <v>530</v>
+        <v>531</v>
       </c>
       <c r="H97" t="s">
         <v>23</v>
       </c>
       <c r="I97" t="s">
         <v>74</v>
       </c>
       <c r="J97" t="s">
         <v>25</v>
       </c>
       <c r="K97" t="s">
         <v>111</v>
       </c>
       <c r="L97"/>
       <c r="M97"/>
       <c r="N97" t="s">
         <v>75</v>
       </c>
       <c r="O97"/>
       <c r="P97"/>
       <c r="Q97" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="98" spans="1:17">
       <c r="A98">
         <v>11673</v>
       </c>
       <c r="B98" t="s">
-        <v>531</v>
+        <v>532</v>
       </c>
       <c r="C98" t="s">
-        <v>532</v>
+        <v>533</v>
       </c>
       <c r="D98" t="s">
         <v>294</v>
       </c>
       <c r="E98" t="s">
-        <v>533</v>
+        <v>534</v>
       </c>
       <c r="F98" t="s">
-        <v>506</v>
+        <v>507</v>
       </c>
       <c r="G98" t="s">
-        <v>534</v>
+        <v>535</v>
       </c>
       <c r="H98" t="s">
-        <v>508</v>
+        <v>509</v>
       </c>
       <c r="I98" t="s">
         <v>110</v>
       </c>
       <c r="J98" t="s">
         <v>25</v>
       </c>
       <c r="K98" t="s">
         <v>37</v>
       </c>
       <c r="L98"/>
       <c r="M98"/>
       <c r="N98" t="s">
         <v>112</v>
       </c>
       <c r="O98"/>
       <c r="P98"/>
       <c r="Q98" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="99" spans="1:17">
       <c r="A99">
         <v>9258</v>
       </c>
       <c r="B99" t="s">
-        <v>535</v>
+        <v>536</v>
       </c>
       <c r="C99" t="s">
-        <v>536</v>
+        <v>537</v>
       </c>
       <c r="D99" t="s">
-        <v>537</v>
+        <v>538</v>
       </c>
       <c r="E99" t="s">
-        <v>538</v>
+        <v>539</v>
       </c>
       <c r="F99" t="s">
-        <v>539</v>
+        <v>540</v>
       </c>
       <c r="G99" t="s">
-        <v>540</v>
+        <v>541</v>
       </c>
       <c r="H99" t="s">
         <v>23</v>
       </c>
       <c r="I99" t="s">
         <v>45</v>
       </c>
       <c r="J99" t="s">
         <v>25</v>
       </c>
       <c r="K99" t="s">
         <v>26</v>
       </c>
       <c r="L99"/>
       <c r="M99"/>
       <c r="N99" t="s">
         <v>103</v>
       </c>
       <c r="O99"/>
       <c r="P99" t="s">
-        <v>541</v>
+        <v>542</v>
       </c>
       <c r="Q99" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="100" spans="1:17">
       <c r="A100">
         <v>1719</v>
       </c>
       <c r="B100" t="s">
-        <v>542</v>
+        <v>543</v>
       </c>
       <c r="C100" t="s">
-        <v>543</v>
+        <v>544</v>
       </c>
       <c r="D100" t="s">
-        <v>544</v>
+        <v>545</v>
       </c>
       <c r="E100" t="s">
-        <v>545</v>
+        <v>546</v>
       </c>
       <c r="F100" t="s">
-        <v>546</v>
+        <v>547</v>
       </c>
       <c r="G100" t="s">
-        <v>547</v>
+        <v>548</v>
       </c>
       <c r="H100" t="s">
         <v>23</v>
       </c>
       <c r="I100" t="s">
         <v>45</v>
       </c>
       <c r="J100" t="s">
         <v>25</v>
       </c>
       <c r="K100" t="s">
         <v>26</v>
       </c>
       <c r="L100"/>
       <c r="M100"/>
       <c r="N100" t="s">
         <v>75</v>
       </c>
       <c r="O100"/>
       <c r="P100"/>
       <c r="Q100" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="101" spans="1:17">
       <c r="A101">
         <v>10742</v>
       </c>
       <c r="B101" t="s">
-        <v>548</v>
+        <v>549</v>
       </c>
       <c r="C101" t="s">
-        <v>549</v>
+        <v>550</v>
       </c>
       <c r="D101" t="s">
-        <v>522</v>
+        <v>523</v>
       </c>
       <c r="E101" t="s">
-        <v>550</v>
+        <v>551</v>
       </c>
       <c r="F101" t="s">
-        <v>546</v>
+        <v>547</v>
       </c>
       <c r="G101" t="s">
-        <v>551</v>
+        <v>552</v>
       </c>
       <c r="H101" t="s">
         <v>23</v>
       </c>
       <c r="I101" t="s">
         <v>74</v>
       </c>
       <c r="J101" t="s">
         <v>25</v>
       </c>
       <c r="K101" t="s">
         <v>26</v>
       </c>
       <c r="L101"/>
       <c r="M101"/>
       <c r="N101" t="s">
         <v>75</v>
       </c>
       <c r="O101"/>
       <c r="P101"/>
       <c r="Q101" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="102" spans="1:17">
       <c r="A102">
         <v>16220</v>
       </c>
       <c r="B102" t="s">
-        <v>552</v>
+        <v>553</v>
       </c>
       <c r="C102" t="s">
-        <v>553</v>
+        <v>554</v>
       </c>
       <c r="D102" t="s">
-        <v>554</v>
+        <v>555</v>
       </c>
       <c r="E102" t="s">
-        <v>545</v>
+        <v>546</v>
       </c>
       <c r="F102" t="s">
-        <v>546</v>
+        <v>547</v>
       </c>
       <c r="G102" t="s">
-        <v>555</v>
+        <v>556</v>
       </c>
       <c r="H102" t="s">
         <v>23</v>
       </c>
       <c r="I102" t="s">
         <v>24</v>
       </c>
       <c r="J102" t="s">
         <v>25</v>
       </c>
       <c r="K102" t="s">
         <v>26</v>
       </c>
       <c r="L102"/>
       <c r="M102"/>
       <c r="N102" t="s">
         <v>27</v>
       </c>
       <c r="O102"/>
       <c r="P102" t="s">
-        <v>556</v>
+        <v>557</v>
       </c>
       <c r="Q102" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="103" spans="1:17">
       <c r="A103">
         <v>4118</v>
       </c>
       <c r="B103" t="s">
-        <v>557</v>
+        <v>558</v>
       </c>
       <c r="C103" t="s">
-        <v>558</v>
+        <v>559</v>
       </c>
       <c r="D103" t="s">
-        <v>559</v>
+        <v>560</v>
       </c>
       <c r="E103" t="s">
-        <v>560</v>
+        <v>561</v>
       </c>
       <c r="F103" t="s">
-        <v>546</v>
+        <v>547</v>
       </c>
       <c r="G103" t="s">
-        <v>561</v>
+        <v>562</v>
       </c>
       <c r="H103" t="s">
         <v>23</v>
       </c>
       <c r="I103" t="s">
         <v>45</v>
       </c>
       <c r="J103" t="s">
         <v>25</v>
       </c>
       <c r="K103" t="s">
         <v>26</v>
       </c>
       <c r="L103"/>
       <c r="M103"/>
       <c r="N103" t="s">
         <v>103</v>
       </c>
       <c r="O103"/>
       <c r="P103"/>
       <c r="Q103" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="104" spans="1:17">
       <c r="A104">
         <v>8063</v>
       </c>
       <c r="B104" t="s">
-        <v>562</v>
+        <v>563</v>
       </c>
       <c r="C104" t="s">
-        <v>563</v>
+        <v>564</v>
       </c>
       <c r="D104" t="s">
-        <v>559</v>
+        <v>560</v>
       </c>
       <c r="E104" t="s">
-        <v>560</v>
+        <v>561</v>
       </c>
       <c r="F104" t="s">
-        <v>546</v>
+        <v>547</v>
       </c>
       <c r="G104" t="s">
-        <v>564</v>
+        <v>565</v>
       </c>
       <c r="H104" t="s">
         <v>23</v>
       </c>
       <c r="I104" t="s">
         <v>45</v>
       </c>
       <c r="J104" t="s">
         <v>25</v>
       </c>
       <c r="K104" t="s">
         <v>26</v>
       </c>
       <c r="L104"/>
       <c r="M104"/>
       <c r="N104" t="s">
         <v>27</v>
       </c>
       <c r="O104"/>
       <c r="P104"/>
       <c r="Q104" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="105" spans="1:17">
       <c r="A105">
         <v>32074</v>
       </c>
       <c r="B105" t="s">
-        <v>565</v>
+        <v>566</v>
       </c>
       <c r="C105" t="s">
-        <v>566</v>
+        <v>567</v>
       </c>
       <c r="D105" t="s">
         <v>419</v>
       </c>
       <c r="E105" t="s">
-        <v>560</v>
+        <v>561</v>
       </c>
       <c r="F105" t="s">
-        <v>546</v>
+        <v>547</v>
       </c>
       <c r="G105" t="s">
-        <v>567</v>
+        <v>568</v>
       </c>
       <c r="H105" t="s">
         <v>23</v>
       </c>
       <c r="I105" t="s">
         <v>45</v>
       </c>
       <c r="J105" t="s">
         <v>25</v>
       </c>
       <c r="K105" t="s">
         <v>26</v>
       </c>
       <c r="L105"/>
       <c r="M105"/>
       <c r="N105" t="s">
         <v>103</v>
       </c>
       <c r="O105"/>
       <c r="P105" t="s">
-        <v>568</v>
+        <v>569</v>
       </c>
       <c r="Q105" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="106" spans="1:17">
       <c r="A106">
         <v>11903</v>
       </c>
       <c r="B106" t="s">
-        <v>569</v>
+        <v>570</v>
       </c>
       <c r="C106" t="s">
-        <v>570</v>
+        <v>571</v>
       </c>
       <c r="D106" t="s">
-        <v>571</v>
+        <v>572</v>
       </c>
       <c r="E106" t="s">
-        <v>572</v>
+        <v>573</v>
       </c>
       <c r="F106" t="s">
-        <v>573</v>
+        <v>574</v>
       </c>
       <c r="G106" t="s">
-        <v>574</v>
+        <v>575</v>
       </c>
       <c r="H106" t="s">
         <v>23</v>
       </c>
       <c r="I106" t="s">
         <v>68</v>
       </c>
       <c r="J106" t="s">
         <v>25</v>
       </c>
       <c r="K106" t="s">
         <v>111</v>
       </c>
       <c r="L106"/>
       <c r="M106"/>
       <c r="N106" t="s">
         <v>103</v>
       </c>
       <c r="O106"/>
       <c r="P106"/>
       <c r="Q106" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="107" spans="1:17">
       <c r="A107">
         <v>33112</v>
       </c>
       <c r="B107" t="s">
-        <v>575</v>
+        <v>576</v>
       </c>
       <c r="C107" t="s">
-        <v>576</v>
+        <v>577</v>
       </c>
       <c r="D107" t="s">
         <v>316</v>
       </c>
       <c r="E107" t="s">
-        <v>577</v>
+        <v>578</v>
       </c>
       <c r="F107" t="s">
-        <v>578</v>
+        <v>579</v>
       </c>
       <c r="G107" t="s">
-        <v>579</v>
+        <v>580</v>
       </c>
       <c r="H107" t="s">
         <v>23</v>
       </c>
       <c r="I107" t="s">
         <v>74</v>
       </c>
       <c r="J107" t="s">
         <v>25</v>
       </c>
       <c r="K107" t="s">
         <v>26</v>
       </c>
       <c r="L107"/>
       <c r="M107"/>
       <c r="N107" t="s">
         <v>27</v>
       </c>
       <c r="O107"/>
       <c r="P107" t="s">
-        <v>580</v>
+        <v>581</v>
       </c>
       <c r="Q107" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="108" spans="1:17">
       <c r="A108">
         <v>20096</v>
       </c>
       <c r="B108" t="s">
-        <v>581</v>
+        <v>582</v>
       </c>
       <c r="C108" t="s">
-        <v>582</v>
+        <v>583</v>
       </c>
       <c r="D108" t="s">
-        <v>583</v>
+        <v>584</v>
       </c>
       <c r="E108" t="s">
-        <v>584</v>
+        <v>585</v>
       </c>
       <c r="F108" t="s">
-        <v>585</v>
+        <v>586</v>
       </c>
       <c r="G108" t="s">
-        <v>586</v>
+        <v>587</v>
       </c>
       <c r="H108" t="s">
         <v>350</v>
       </c>
       <c r="I108" t="s">
         <v>36</v>
       </c>
       <c r="J108" t="s">
         <v>25</v>
       </c>
       <c r="K108" t="s">
         <v>26</v>
       </c>
       <c r="L108"/>
       <c r="M108"/>
       <c r="N108" t="s">
         <v>27</v>
       </c>
       <c r="O108"/>
       <c r="P108" t="s">
-        <v>587</v>
+        <v>588</v>
       </c>
       <c r="Q108" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="109" spans="1:17">
       <c r="A109">
         <v>20098</v>
       </c>
       <c r="B109" t="s">
-        <v>588</v>
+        <v>589</v>
       </c>
       <c r="C109" t="s">
-        <v>589</v>
+        <v>590</v>
       </c>
       <c r="D109" t="s">
-        <v>590</v>
+        <v>591</v>
       </c>
       <c r="E109" t="s">
-        <v>584</v>
+        <v>585</v>
       </c>
       <c r="F109" t="s">
-        <v>585</v>
+        <v>586</v>
       </c>
       <c r="G109" t="s">
-        <v>591</v>
+        <v>592</v>
       </c>
       <c r="H109" t="s">
         <v>350</v>
       </c>
       <c r="I109" t="s">
         <v>36</v>
       </c>
       <c r="J109" t="s">
         <v>25</v>
       </c>
       <c r="K109" t="s">
         <v>26</v>
       </c>
       <c r="L109"/>
       <c r="M109"/>
       <c r="N109" t="s">
         <v>27</v>
       </c>
       <c r="O109"/>
       <c r="P109" t="s">
-        <v>592</v>
+        <v>593</v>
       </c>
       <c r="Q109" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="110" spans="1:17">
       <c r="A110">
         <v>20099</v>
       </c>
       <c r="B110" t="s">
-        <v>593</v>
+        <v>594</v>
       </c>
       <c r="C110" t="s">
-        <v>594</v>
+        <v>595</v>
       </c>
       <c r="D110" t="s">
-        <v>595</v>
+        <v>596</v>
       </c>
       <c r="E110" t="s">
-        <v>596</v>
+        <v>597</v>
       </c>
       <c r="F110" t="s">
-        <v>597</v>
+        <v>598</v>
       </c>
       <c r="G110" t="s">
-        <v>598</v>
+        <v>599</v>
       </c>
       <c r="H110" t="s">
         <v>350</v>
       </c>
       <c r="I110" t="s">
         <v>36</v>
       </c>
       <c r="J110" t="s">
         <v>25</v>
       </c>
       <c r="K110" t="s">
         <v>111</v>
       </c>
       <c r="L110"/>
       <c r="M110"/>
       <c r="N110" t="s">
         <v>27</v>
       </c>
       <c r="O110"/>
       <c r="P110" t="s">
-        <v>599</v>
+        <v>600</v>
       </c>
       <c r="Q110" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="111" spans="1:17">
       <c r="A111">
         <v>20066</v>
       </c>
       <c r="B111" t="s">
-        <v>600</v>
+        <v>601</v>
       </c>
       <c r="C111" t="s">
-        <v>601</v>
+        <v>602</v>
       </c>
       <c r="D111" t="s">
-        <v>602</v>
+        <v>603</v>
       </c>
       <c r="E111" t="s">
-        <v>603</v>
+        <v>604</v>
       </c>
       <c r="F111" t="s">
-        <v>604</v>
+        <v>605</v>
       </c>
       <c r="G111" t="s">
-        <v>605</v>
+        <v>606</v>
       </c>
       <c r="H111" t="s">
         <v>350</v>
       </c>
       <c r="I111" t="s">
         <v>36</v>
       </c>
       <c r="J111" t="s">
         <v>25</v>
       </c>
       <c r="K111" t="s">
         <v>26</v>
       </c>
       <c r="L111"/>
       <c r="M111"/>
       <c r="N111" t="s">
         <v>27</v>
       </c>
       <c r="O111"/>
       <c r="P111" t="s">
-        <v>606</v>
+        <v>607</v>
       </c>
       <c r="Q111" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="112" spans="1:17">
       <c r="A112">
         <v>20076</v>
       </c>
       <c r="B112" t="s">
-        <v>607</v>
+        <v>608</v>
       </c>
       <c r="C112" t="s">
-        <v>608</v>
+        <v>609</v>
       </c>
       <c r="D112" t="s">
-        <v>609</v>
+        <v>610</v>
       </c>
       <c r="E112" t="s">
-        <v>603</v>
+        <v>604</v>
       </c>
       <c r="F112" t="s">
-        <v>604</v>
+        <v>605</v>
       </c>
       <c r="G112" t="s">
-        <v>610</v>
+        <v>611</v>
       </c>
       <c r="H112" t="s">
         <v>350</v>
       </c>
       <c r="I112" t="s">
         <v>36</v>
       </c>
       <c r="J112" t="s">
         <v>25</v>
       </c>
       <c r="K112" t="s">
         <v>26</v>
       </c>
       <c r="L112"/>
       <c r="M112"/>
       <c r="N112" t="s">
         <v>27</v>
       </c>
       <c r="O112"/>
       <c r="P112"/>
       <c r="Q112" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="113" spans="1:17">
       <c r="A113">
         <v>20083</v>
       </c>
       <c r="B113" t="s">
-        <v>611</v>
+        <v>612</v>
       </c>
       <c r="C113" t="s">
-        <v>612</v>
+        <v>613</v>
       </c>
       <c r="D113" t="s">
-        <v>613</v>
+        <v>614</v>
       </c>
       <c r="E113" t="s">
-        <v>603</v>
+        <v>604</v>
       </c>
       <c r="F113" t="s">
-        <v>604</v>
+        <v>605</v>
       </c>
       <c r="G113" t="s">
-        <v>614</v>
+        <v>615</v>
       </c>
       <c r="H113" t="s">
         <v>350</v>
       </c>
       <c r="I113" t="s">
         <v>36</v>
       </c>
       <c r="J113" t="s">
         <v>25</v>
       </c>
       <c r="K113" t="s">
         <v>26</v>
       </c>
       <c r="L113"/>
       <c r="M113"/>
       <c r="N113" t="s">
         <v>27</v>
       </c>
       <c r="O113"/>
       <c r="P113" t="s">
-        <v>615</v>
+        <v>616</v>
       </c>
       <c r="Q113" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="114" spans="1:17">
       <c r="A114">
         <v>20085</v>
       </c>
       <c r="B114" t="s">
-        <v>616</v>
+        <v>617</v>
       </c>
       <c r="C114" t="s">
-        <v>617</v>
+        <v>618</v>
       </c>
       <c r="D114" t="s">
-        <v>618</v>
+        <v>619</v>
       </c>
       <c r="E114" t="s">
-        <v>603</v>
+        <v>604</v>
       </c>
       <c r="F114" t="s">
-        <v>604</v>
+        <v>605</v>
       </c>
       <c r="G114" t="s">
-        <v>619</v>
+        <v>620</v>
       </c>
       <c r="H114" t="s">
         <v>350</v>
       </c>
       <c r="I114" t="s">
         <v>36</v>
       </c>
       <c r="J114" t="s">
         <v>25</v>
       </c>
       <c r="K114" t="s">
         <v>26</v>
       </c>
       <c r="L114"/>
       <c r="M114"/>
       <c r="N114" t="s">
         <v>27</v>
       </c>
       <c r="O114"/>
       <c r="P114" t="s">
-        <v>620</v>
+        <v>621</v>
       </c>
       <c r="Q114" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="115" spans="1:17">
       <c r="A115">
         <v>24263</v>
       </c>
       <c r="B115" t="s">
-        <v>621</v>
+        <v>622</v>
       </c>
       <c r="C115" t="s">
-        <v>622</v>
+        <v>623</v>
       </c>
       <c r="D115" t="s">
         <v>65</v>
       </c>
       <c r="E115" t="s">
-        <v>623</v>
+        <v>624</v>
       </c>
       <c r="F115" t="s">
-        <v>624</v>
+        <v>625</v>
       </c>
       <c r="G115"/>
       <c r="H115" t="s">
         <v>23</v>
       </c>
       <c r="I115" t="s">
         <v>74</v>
       </c>
       <c r="J115" t="s">
         <v>25</v>
       </c>
       <c r="K115" t="s">
         <v>37</v>
       </c>
       <c r="L115"/>
       <c r="M115"/>
       <c r="N115" t="s">
         <v>75</v>
       </c>
       <c r="O115"/>
       <c r="P115"/>
       <c r="Q115" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="116" spans="1:17">
       <c r="A116">
         <v>2155</v>
       </c>
       <c r="B116" t="s">
-        <v>625</v>
+        <v>626</v>
       </c>
       <c r="C116" t="s">
-        <v>626</v>
+        <v>627</v>
       </c>
       <c r="D116" t="s">
         <v>41</v>
       </c>
       <c r="E116" t="s">
         <v>59</v>
       </c>
       <c r="F116" t="s">
         <v>60</v>
       </c>
       <c r="G116"/>
       <c r="H116" t="s">
         <v>23</v>
       </c>
       <c r="I116" t="s">
         <v>45</v>
       </c>
       <c r="J116" t="s">
         <v>25</v>
       </c>
       <c r="K116" t="s">
         <v>111</v>
       </c>
       <c r="L116"/>
       <c r="M116"/>
       <c r="N116" t="s">
         <v>75</v>
       </c>
       <c r="O116"/>
       <c r="P116"/>
       <c r="Q116" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="117" spans="1:17">
       <c r="A117">
         <v>4179</v>
       </c>
       <c r="B117" t="s">
-        <v>627</v>
+        <v>628</v>
       </c>
       <c r="C117" t="s">
-        <v>628</v>
+        <v>629</v>
       </c>
       <c r="D117" t="s">
         <v>168</v>
       </c>
       <c r="E117" t="s">
         <v>114</v>
       </c>
       <c r="F117" t="s">
         <v>108</v>
       </c>
       <c r="G117"/>
       <c r="H117" t="s">
         <v>23</v>
       </c>
       <c r="I117" t="s">
         <v>45</v>
       </c>
       <c r="J117" t="s">
         <v>25</v>
       </c>
       <c r="K117" t="s">
         <v>26</v>
       </c>
       <c r="L117"/>
       <c r="M117"/>
       <c r="N117" t="s">
-        <v>629</v>
+        <v>630</v>
       </c>
       <c r="O117"/>
       <c r="P117"/>
       <c r="Q117" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="118" spans="1:17">
       <c r="A118">
         <v>12079</v>
       </c>
       <c r="B118" t="s">
-        <v>630</v>
+        <v>631</v>
       </c>
       <c r="C118" t="s">
-        <v>631</v>
+        <v>632</v>
       </c>
       <c r="D118" t="s">
-        <v>522</v>
+        <v>523</v>
       </c>
       <c r="E118" t="s">
-        <v>632</v>
+        <v>633</v>
       </c>
       <c r="F118" t="s">
         <v>269</v>
       </c>
       <c r="G118"/>
       <c r="H118" t="s">
         <v>23</v>
       </c>
       <c r="I118" t="s">
         <v>74</v>
       </c>
       <c r="J118" t="s">
         <v>25</v>
       </c>
       <c r="K118" t="s">
         <v>26</v>
       </c>
       <c r="L118"/>
       <c r="M118"/>
       <c r="N118" t="s">
         <v>103</v>
       </c>
       <c r="O118"/>
       <c r="P118"/>
       <c r="Q118" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="119" spans="1:17">
       <c r="A119">
         <v>20069</v>
       </c>
       <c r="B119" t="s">
-        <v>633</v>
+        <v>634</v>
       </c>
       <c r="C119" t="s">
-        <v>634</v>
+        <v>635</v>
       </c>
       <c r="D119" t="s">
-        <v>635</v>
+        <v>636</v>
       </c>
       <c r="E119" t="s">
-        <v>636</v>
+        <v>637</v>
       </c>
       <c r="F119" t="s">
         <v>356</v>
       </c>
       <c r="G119"/>
       <c r="H119" t="s">
         <v>350</v>
       </c>
       <c r="I119" t="s">
         <v>36</v>
       </c>
       <c r="J119" t="s">
         <v>25</v>
       </c>
       <c r="K119" t="s">
         <v>111</v>
       </c>
       <c r="L119"/>
       <c r="M119"/>
       <c r="N119" t="s">
         <v>27</v>
       </c>
       <c r="O119"/>
       <c r="P119"/>
       <c r="Q119" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="120" spans="1:17">
       <c r="A120">
         <v>2051</v>
       </c>
       <c r="B120" t="s">
-        <v>637</v>
+        <v>638</v>
       </c>
       <c r="C120" t="s">
-        <v>638</v>
+        <v>639</v>
       </c>
       <c r="D120" t="s">
-        <v>639</v>
+        <v>640</v>
       </c>
       <c r="E120" t="s">
         <v>378</v>
       </c>
       <c r="F120" t="s">
         <v>374</v>
       </c>
       <c r="G120"/>
       <c r="H120" t="s">
         <v>23</v>
       </c>
       <c r="I120" t="s">
         <v>45</v>
       </c>
       <c r="J120" t="s">
         <v>25</v>
       </c>
       <c r="K120" t="s">
         <v>26</v>
       </c>
       <c r="L120"/>
       <c r="M120"/>
       <c r="N120" t="s">
         <v>103</v>
       </c>
       <c r="O120"/>
       <c r="P120"/>
       <c r="Q120" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="121" spans="1:17">
       <c r="A121">
         <v>9468</v>
       </c>
       <c r="B121" t="s">
-        <v>640</v>
+        <v>641</v>
       </c>
       <c r="C121" t="s">
-        <v>641</v>
+        <v>642</v>
       </c>
       <c r="D121" t="s">
-        <v>642</v>
+        <v>643</v>
       </c>
       <c r="E121" t="s">
-        <v>643</v>
+        <v>644</v>
       </c>
       <c r="F121" t="s">
         <v>374</v>
       </c>
       <c r="G121"/>
       <c r="H121" t="s">
         <v>23</v>
       </c>
       <c r="I121" t="s">
         <v>45</v>
       </c>
       <c r="J121" t="s">
         <v>53</v>
       </c>
       <c r="K121"/>
       <c r="L121"/>
       <c r="M121"/>
       <c r="N121" t="s">
         <v>54</v>
       </c>
       <c r="O121"/>
       <c r="P121" t="s">
-        <v>644</v>
+        <v>645</v>
       </c>
       <c r="Q121" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="122" spans="1:17">
       <c r="A122">
         <v>10679</v>
       </c>
       <c r="B122" t="s">
-        <v>645</v>
+        <v>646</v>
       </c>
       <c r="C122" t="s">
-        <v>646</v>
+        <v>647</v>
       </c>
       <c r="D122" t="s">
         <v>306</v>
       </c>
       <c r="E122" t="s">
-        <v>647</v>
+        <v>648</v>
       </c>
       <c r="F122" t="s">
-        <v>440</v>
+        <v>435</v>
       </c>
       <c r="G122"/>
       <c r="H122" t="s">
         <v>23</v>
       </c>
       <c r="I122" t="s">
         <v>74</v>
       </c>
       <c r="J122" t="s">
         <v>25</v>
       </c>
       <c r="K122" t="s">
         <v>26</v>
       </c>
       <c r="L122"/>
       <c r="M122"/>
       <c r="N122" t="s">
-        <v>629</v>
+        <v>630</v>
       </c>
       <c r="O122"/>
       <c r="P122"/>
       <c r="Q122" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="123" spans="1:17">
       <c r="A123">
         <v>33010</v>
       </c>
       <c r="B123" t="s">
-        <v>648</v>
+        <v>649</v>
       </c>
       <c r="C123" t="s">
-        <v>649</v>
+        <v>650</v>
       </c>
       <c r="D123" t="s">
         <v>168</v>
       </c>
       <c r="E123" t="s">
-        <v>650</v>
+        <v>651</v>
       </c>
       <c r="F123" t="s">
-        <v>651</v>
+        <v>652</v>
       </c>
       <c r="G123"/>
       <c r="H123" t="s">
         <v>23</v>
       </c>
       <c r="I123" t="s">
         <v>74</v>
       </c>
       <c r="J123" t="s">
         <v>25</v>
       </c>
       <c r="K123" t="s">
         <v>26</v>
       </c>
       <c r="L123"/>
       <c r="M123"/>
       <c r="N123" t="s">
-        <v>509</v>
+        <v>510</v>
       </c>
       <c r="O123"/>
       <c r="P123" t="s">
-        <v>652</v>
+        <v>653</v>
       </c>
       <c r="Q123" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="124" spans="1:17">
       <c r="A124">
         <v>11002</v>
       </c>
       <c r="B124" t="s">
-        <v>653</v>
+        <v>654</v>
       </c>
       <c r="C124" t="s">
-        <v>654</v>
+        <v>655</v>
       </c>
       <c r="D124" t="s">
-        <v>655</v>
+        <v>656</v>
       </c>
       <c r="E124" t="s">
-        <v>656</v>
+        <v>657</v>
       </c>
       <c r="F124" t="s">
-        <v>454</v>
+        <v>449</v>
       </c>
       <c r="G124"/>
       <c r="H124" t="s">
         <v>23</v>
       </c>
       <c r="I124" t="s">
         <v>74</v>
       </c>
       <c r="J124" t="s">
         <v>25</v>
       </c>
       <c r="K124" t="s">
         <v>26</v>
       </c>
       <c r="L124"/>
       <c r="M124"/>
       <c r="N124" t="s">
         <v>112</v>
       </c>
       <c r="O124"/>
       <c r="P124"/>
       <c r="Q124" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="125" spans="1:17">
       <c r="A125">
         <v>24257</v>
       </c>
       <c r="B125" t="s">
-        <v>657</v>
+        <v>658</v>
       </c>
       <c r="C125"/>
       <c r="D125"/>
       <c r="E125" t="s">
-        <v>658</v>
+        <v>659</v>
       </c>
       <c r="F125" t="s">
-        <v>659</v>
+        <v>660</v>
       </c>
       <c r="G125"/>
       <c r="H125" t="s">
         <v>23</v>
       </c>
       <c r="I125" t="s">
         <v>45</v>
       </c>
       <c r="J125" t="s">
         <v>25</v>
       </c>
       <c r="K125" t="s">
         <v>26</v>
       </c>
       <c r="L125"/>
       <c r="M125"/>
       <c r="N125" t="s">
         <v>75</v>
       </c>
       <c r="O125"/>
       <c r="P125" t="s">
-        <v>660</v>
+        <v>661</v>
       </c>
       <c r="Q125" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="126" spans="1:17">
       <c r="A126">
         <v>12023</v>
       </c>
       <c r="B126" t="s">
-        <v>661</v>
+        <v>662</v>
       </c>
       <c r="C126" t="s">
-        <v>662</v>
+        <v>663</v>
       </c>
       <c r="D126" t="s">
         <v>316</v>
       </c>
       <c r="E126" t="s">
-        <v>663</v>
+        <v>664</v>
       </c>
       <c r="F126" t="s">
-        <v>477</v>
+        <v>478</v>
       </c>
       <c r="G126"/>
       <c r="H126" t="s">
         <v>23</v>
       </c>
       <c r="I126" t="s">
         <v>74</v>
       </c>
       <c r="J126" t="s">
         <v>25</v>
       </c>
       <c r="K126" t="s">
         <v>26</v>
       </c>
       <c r="L126"/>
       <c r="M126"/>
       <c r="N126" t="s">
         <v>27</v>
       </c>
       <c r="O126"/>
       <c r="P126"/>
       <c r="Q126" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="127" spans="1:17">
       <c r="A127">
         <v>2144</v>
       </c>
       <c r="B127" t="s">
-        <v>664</v>
+        <v>665</v>
       </c>
       <c r="C127" t="s">
-        <v>665</v>
+        <v>666</v>
       </c>
       <c r="D127" t="s">
         <v>41</v>
       </c>
       <c r="E127" t="s">
-        <v>666</v>
+        <v>667</v>
       </c>
       <c r="F127" t="s">
-        <v>667</v>
+        <v>668</v>
       </c>
       <c r="G127"/>
       <c r="H127" t="s">
         <v>23</v>
       </c>
       <c r="I127" t="s">
         <v>45</v>
       </c>
       <c r="J127" t="s">
         <v>25</v>
       </c>
       <c r="K127" t="s">
         <v>26</v>
       </c>
       <c r="L127"/>
       <c r="M127"/>
       <c r="N127" t="s">
         <v>27</v>
       </c>
       <c r="O127"/>
       <c r="P127"/>
       <c r="Q127" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="128" spans="1:17">
       <c r="A128">
         <v>33078</v>
       </c>
       <c r="B128" t="s">
-        <v>668</v>
+        <v>669</v>
       </c>
       <c r="C128"/>
       <c r="D128"/>
       <c r="E128" t="s">
-        <v>669</v>
+        <v>670</v>
       </c>
       <c r="F128" t="s">
-        <v>670</v>
+        <v>671</v>
       </c>
       <c r="G128"/>
       <c r="H128" t="s">
         <v>23</v>
       </c>
       <c r="I128" t="s">
         <v>45</v>
       </c>
       <c r="J128" t="s">
         <v>53</v>
       </c>
       <c r="K128"/>
       <c r="L128"/>
       <c r="M128"/>
       <c r="N128" t="s">
         <v>38</v>
       </c>
       <c r="O128"/>
       <c r="P128" t="s">
-        <v>671</v>
+        <v>672</v>
       </c>
       <c r="Q128" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="129" spans="1:17">
       <c r="A129">
         <v>6524</v>
       </c>
       <c r="B129" t="s">
-        <v>672</v>
+        <v>673</v>
       </c>
       <c r="C129" t="s">
-        <v>673</v>
+        <v>674</v>
       </c>
       <c r="D129" t="s">
-        <v>674</v>
+        <v>675</v>
       </c>
       <c r="E129" t="s">
-        <v>675</v>
+        <v>676</v>
       </c>
       <c r="F129" t="s">
-        <v>676</v>
+        <v>677</v>
       </c>
       <c r="G129"/>
       <c r="H129" t="s">
         <v>23</v>
       </c>
       <c r="I129" t="s">
         <v>45</v>
       </c>
       <c r="J129" t="s">
         <v>25</v>
       </c>
       <c r="K129" t="s">
         <v>26</v>
       </c>
       <c r="L129"/>
       <c r="M129"/>
       <c r="N129" t="s">
         <v>103</v>
       </c>
       <c r="O129"/>
       <c r="P129" t="s">
-        <v>677</v>
+        <v>678</v>
       </c>
       <c r="Q129" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="130" spans="1:17">
       <c r="A130">
         <v>16233</v>
       </c>
       <c r="B130" t="s">
-        <v>678</v>
+        <v>679</v>
       </c>
       <c r="C130" t="s">
-        <v>679</v>
+        <v>680</v>
       </c>
       <c r="D130" t="s">
         <v>65</v>
       </c>
       <c r="E130" t="s">
-        <v>680</v>
+        <v>681</v>
       </c>
       <c r="F130" t="s">
-        <v>681</v>
+        <v>682</v>
       </c>
       <c r="G130"/>
       <c r="H130" t="s">
         <v>23</v>
       </c>
       <c r="I130" t="s">
         <v>36</v>
       </c>
       <c r="J130" t="s">
         <v>25</v>
       </c>
       <c r="K130" t="s">
         <v>26</v>
       </c>
       <c r="L130"/>
       <c r="M130"/>
       <c r="N130" t="s">
-        <v>682</v>
+        <v>683</v>
       </c>
       <c r="O130"/>
       <c r="P130"/>
       <c r="Q130" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="131" spans="1:17">
       <c r="A131">
         <v>24278</v>
       </c>
       <c r="B131" t="s">
-        <v>683</v>
+        <v>684</v>
       </c>
       <c r="C131"/>
       <c r="D131"/>
       <c r="E131" t="s">
-        <v>684</v>
+        <v>685</v>
       </c>
       <c r="F131" t="s">
-        <v>681</v>
+        <v>682</v>
       </c>
       <c r="G131"/>
       <c r="H131" t="s">
         <v>23</v>
       </c>
       <c r="I131" t="s">
         <v>45</v>
       </c>
       <c r="J131" t="s">
         <v>25</v>
       </c>
       <c r="K131" t="s">
         <v>26</v>
       </c>
       <c r="L131"/>
       <c r="M131"/>
       <c r="N131" t="s">
         <v>75</v>
       </c>
       <c r="O131"/>
       <c r="P131"/>
       <c r="Q131" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="132" spans="1:17">
       <c r="A132">
         <v>20089</v>
       </c>
       <c r="B132" t="s">
-        <v>685</v>
+        <v>686</v>
       </c>
       <c r="C132" t="s">
-        <v>686</v>
+        <v>687</v>
       </c>
       <c r="D132" t="s">
-        <v>687</v>
+        <v>688</v>
       </c>
       <c r="E132" t="s">
-        <v>584</v>
+        <v>585</v>
       </c>
       <c r="F132" t="s">
-        <v>585</v>
+        <v>586</v>
       </c>
       <c r="G132"/>
       <c r="H132" t="s">
         <v>350</v>
       </c>
       <c r="I132" t="s">
         <v>36</v>
       </c>
       <c r="J132" t="s">
         <v>25</v>
       </c>
       <c r="K132" t="s">
         <v>26</v>
       </c>
       <c r="L132"/>
       <c r="M132"/>
       <c r="N132" t="s">
         <v>27</v>
       </c>
       <c r="O132"/>
       <c r="P132"/>
       <c r="Q132" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="133" spans="1:17">
       <c r="A133">
         <v>20090</v>
       </c>
       <c r="B133" t="s">
-        <v>688</v>
+        <v>689</v>
       </c>
       <c r="C133" t="s">
-        <v>689</v>
+        <v>690</v>
       </c>
       <c r="D133" t="s">
         <v>65</v>
       </c>
       <c r="E133" t="s">
-        <v>584</v>
+        <v>585</v>
       </c>
       <c r="F133" t="s">
-        <v>585</v>
+        <v>586</v>
       </c>
       <c r="G133"/>
       <c r="H133" t="s">
         <v>350</v>
       </c>
       <c r="I133" t="s">
         <v>36</v>
       </c>
       <c r="J133" t="s">
         <v>25</v>
       </c>
       <c r="K133" t="s">
         <v>26</v>
       </c>
       <c r="L133"/>
       <c r="M133"/>
       <c r="N133" t="s">
         <v>27</v>
       </c>
       <c r="O133"/>
       <c r="P133" t="s">
-        <v>690</v>
+        <v>691</v>
       </c>
       <c r="Q133" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="134" spans="1:17">
       <c r="A134">
         <v>20095</v>
       </c>
       <c r="B134" t="s">
-        <v>691</v>
+        <v>692</v>
       </c>
       <c r="C134" t="s">
-        <v>692</v>
+        <v>693</v>
       </c>
       <c r="D134" t="s">
         <v>386</v>
       </c>
       <c r="E134" t="s">
-        <v>584</v>
+        <v>585</v>
       </c>
       <c r="F134" t="s">
-        <v>585</v>
+        <v>586</v>
       </c>
       <c r="G134"/>
       <c r="H134" t="s">
         <v>350</v>
       </c>
       <c r="I134" t="s">
         <v>36</v>
       </c>
       <c r="J134" t="s">
         <v>25</v>
       </c>
       <c r="K134" t="s">
         <v>26</v>
       </c>
       <c r="L134"/>
       <c r="M134"/>
       <c r="N134" t="s">
         <v>27</v>
       </c>
       <c r="O134"/>
       <c r="P134"/>
       <c r="Q134" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="135" spans="1:17">
       <c r="A135">
         <v>4508</v>
       </c>
       <c r="B135" t="s">
-        <v>693</v>
+        <v>694</v>
       </c>
       <c r="C135" t="s">
-        <v>694</v>
+        <v>695</v>
       </c>
       <c r="D135" t="s">
-        <v>544</v>
+        <v>545</v>
       </c>
       <c r="E135" t="s">
-        <v>695</v>
+        <v>696</v>
       </c>
       <c r="F135" t="s">
-        <v>696</v>
+        <v>697</v>
       </c>
       <c r="G135"/>
       <c r="H135" t="s">
         <v>23</v>
       </c>
       <c r="I135" t="s">
         <v>45</v>
       </c>
       <c r="J135" t="s">
         <v>53</v>
       </c>
       <c r="K135"/>
       <c r="L135"/>
       <c r="M135"/>
       <c r="N135" t="s">
         <v>27</v>
       </c>
       <c r="O135"/>
       <c r="P135"/>
       <c r="Q135" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="136" spans="1:17">
       <c r="A136">
         <v>7905</v>
       </c>
       <c r="B136" t="s">
+        <v>698</v>
+      </c>
+      <c r="C136" t="s">
+        <v>699</v>
+      </c>
+      <c r="D136" t="s">
+        <v>700</v>
+      </c>
+      <c r="E136" t="s">
+        <v>701</v>
+      </c>
+      <c r="F136" t="s">
         <v>697</v>
-      </c>
-[...10 lines deleted...]
-        <v>696</v>
       </c>
       <c r="G136"/>
       <c r="H136" t="s">
         <v>23</v>
       </c>
       <c r="I136" t="s">
         <v>45</v>
       </c>
       <c r="J136" t="s">
         <v>53</v>
       </c>
       <c r="K136"/>
       <c r="L136"/>
       <c r="M136"/>
       <c r="N136" t="s">
         <v>75</v>
       </c>
       <c r="O136"/>
       <c r="P136" t="s">
-        <v>701</v>
+        <v>702</v>
       </c>
       <c r="Q136" t="s">
         <v>29</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>