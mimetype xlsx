--- v0 (2025-11-13)
+++ v1 (2026-01-07)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="especies" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="587">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="588">
   <si>
     <t>Código de la especie (id taxon)</t>
   </si>
   <si>
     <t>Nombre aceptado</t>
   </si>
   <si>
     <t>Nombres comunes</t>
   </si>
   <si>
     <t>Nombre idioma</t>
   </si>
   <si>
     <t>Categoría de amenaza UICN</t>
   </si>
   <si>
     <t>Categoría de amenaza UICN nacional o mundial</t>
   </si>
   <si>
     <t>Descripción</t>
   </si>
   <si>
     <t>Ámbito</t>
   </si>
   <si>
@@ -724,165 +724,168 @@
   <si>
     <t>Sideritis pungens subsp. javalambrensis (Pau) Obón &amp; D. Rivera</t>
   </si>
   <si>
     <t>Caméfito sufruticoso de hasta 22 cm de alto, con cepa leñosa en la base, muy gruesa en algunos individuos, y tallos ascendentes. Hojas enteras de 10-28 x 2-4 mm, oblanceoladas o espatuladas, mucronadas, con pelosidad esparcida, sin pelos glandulares, inermes, rara vez levemente dentadas en su mitad distal. Inflorescencia de (1)4-6 verticilastros, con seis flores cada uno. Brácteas basales de contorno pentagonal, de 3 a 7 dientes en cada lado, con pelosidad esparcida. Cáliz más corto que la bráctea o igualándola. Corola amarillo pálida.</t>
   </si>
   <si>
     <t>Sideritis javalambrensis Pau</t>
   </si>
   <si>
     <t>Sisymbrium cavanillesianum Castrov. &amp; Valdés Berm.</t>
   </si>
   <si>
     <t>prueba_Rabanillo cornudo (Castellano), Jaramago de Cavanilles (Castellano)</t>
   </si>
   <si>
     <t>España NT (Casi amenazado),  Mundial VU (Vulnerable),  Región Mediterránea U1 (Desfavorable-inadecuado)</t>
   </si>
   <si>
     <t>Hierba anual o bienal. Tallos de 15-60 cm, erectos, pelosos, que parten de una roseta basal de hojas lobuladas. Inflorescencia en racimos densos, ebracteados. Flores amarillo pálidas, sobre pedicelos cortos y gruesos. Frutos 6-11 mm, adpresos, cónicos, a veces curvados, comprimidos en el ápice, con valvas de 3 nervios poco marcados. Estilo cilíndrico, bilobulado. Semillas por silicua 3-6 (hasta 9), algo aplanadas. Sisymbrium runcinatum convive con este taxón, del que se diferencia por tener las inflorescencias foliosas y los tallos no fistulosos.</t>
   </si>
   <si>
     <t>Sisymbrium corniculatum Cav, Sisymbrium matritense P.W. Ball &amp; Heywood</t>
   </si>
   <si>
+    <t>Testudo graeca Linnaeus, 1758</t>
+  </si>
+  <si>
+    <t>prueba_Tortuga mora (Castellano), Dortoka greziarra (Euskera), Tortaruga mora (Gallego), Spur-thighed Tortoise (Inglés), Greek Tortoise (Inglés), Common Tortoise (Inglés), Moorish Tortoise (Inglés), Tortue Mauresque (Francés)</t>
+  </si>
+  <si>
+    <t>Castellano, Euskera, Gallego, Inglés, Inglés, Inglés, Inglés, Francés</t>
+  </si>
+  <si>
+    <t>Es un quelonio de caparazón abombado cuyo espaldar es de color amarillento, verde oliva pálido o pardusco, en el que las placas presentan generalmente una mancha central y los bordes de color oscuro o negro. El peto es amarillento, con manchas irregulares negras. En las poblaciones ibéricas, los individuos no suelen sobrepasar los 200 mm de longitud de espaldar, con un tamaño medio, de machos y hembras respectivamente, en Doñana, de 146 y 173 mm y en el sureste ibérico de 113 y 134 mm.</t>
+  </si>
+  <si>
+    <t>Dicranum viride (Sull. &amp; Lesq.) Lindb.</t>
+  </si>
+  <si>
+    <t>España VU (Vulnerable),  Región Alpina XX (Desconocido)</t>
+  </si>
+  <si>
+    <t>España, Región Alpina</t>
+  </si>
+  <si>
+    <t>Musgo acrocárpico, verde oscuro a negruzco, céspedes de hasta 3 mm de altura. Caulidio ramificado; filidios de 4-5 mm, largamente subulados, de margen entero o ligeramente dentado en el ápice, falciformes secundos, frágiles, muchos de ellos quebrados por encima de la base. Lámina uniestratificada, salvo hacia al ápice que puede presentar algunas porciones biestratificadas; células basales cortamente rectangulares o subcuadradas hasta 30 µm de largo; células alares extendiéndose hasta el nervio, de color pardusco; células medianas y superiores no porosas, moderadamente alargadas. Nervio ancho 90-140 um en la base, extendiéndose hasta el ápice y ocupando casi toda la súbula. Sección transversal con estereidas.</t>
+  </si>
+  <si>
+    <t>Plantas no vasculares</t>
+  </si>
+  <si>
+    <t>Lopinga achine (Scopoli, 1763)</t>
+  </si>
+  <si>
+    <t>España VU (Vulnerable),  Región Atlántica U1 (Desfavorable-inadecuado),  Región Alpina U1 (Desfavorable-inadecuado)</t>
+  </si>
+  <si>
+    <t>España, Región Atlántica, Región Alpina</t>
+  </si>
+  <si>
+    <t>Mariposa diurna mediana (ala anterior: 24-28 mm). adulto de alas pardas, dorso con gruesos lunares postdiscales negros de orla leonada. cara ventral con prominentes ocelos negros postdiscales, de pupila blanca al menos en el ala posterior, con orla amarilla; banda postdiscal amarilla en el ala anterior, blanca en la posterior.</t>
+  </si>
+  <si>
+    <t>Mauremys leprosa (Schweigger, 1812)</t>
+  </si>
+  <si>
+    <t>prueba_Galápago (Castellano), Tortuga (Castellano), Galápago leproso (Castellano), Apoarmatu korrontazalea (Euskera)</t>
+  </si>
+  <si>
+    <t>Castellano, Castellano, Castellano, Euskera</t>
+  </si>
+  <si>
+    <t>España VU (Vulnerable),  Región Atlántica U1 (Desfavorable-inadecuado),  Región Mediterránea U1 (Desfavorable-inadecuado)</t>
+  </si>
+  <si>
+    <t>España, Región Atlántica, Región Mediterránea</t>
+  </si>
+  <si>
+    <t>Quelonio con caparazón alargado y deprimido dorso-ventralmente, con el borde liso y de color entre verde oliváceo y pardo con manchas pardo rojizas. El peto es amarillo o crema y está fuertemente unido al espaldar por un ancho puente óseo. El cuello presenta rayas anaranjadas sobre fondo verdoso en juveniles y adultos jóvenes. Entre el ojo y el tímpano presenta una mancha circular naranja o amarilla. Estas rayas y manchas son muy conspicuas en los animales jóvenes pero desaparecen o se difuminan con la edad. La longitud del espaldar medido en línea recta varía en la mayoría de los adultos entre los 100 y los 180 mm, con tallas máximas que superan los 200 mm.</t>
+  </si>
+  <si>
+    <t>Helianthemum caput-felis Boiss.</t>
+  </si>
+  <si>
+    <t>prueba_Romer moixí (Castellano), Esteperola cap de gat (Castellano), Jarilla de cabeza de gato (Castellano), Romer moix (Catalán)</t>
+  </si>
+  <si>
+    <t>Castellano, Castellano, Castellano, Catalán</t>
+  </si>
+  <si>
+    <t>España VU (Vulnerable),  Región Mediterránea U1 (Desfavorable-inadecuado)</t>
+  </si>
+  <si>
+    <t>España, Región Mediterránea</t>
+  </si>
+  <si>
+    <t>Planta perenne, sufruticosa, de hasta 40 cm, cenicientoblanquecina en todas sus partes. Hojas 5-15 mm, enteras, simples, opuestas, pecioladas, de elípticas a lanceoladas, obtusas con el margen revoluto, y cubiertas de pelos estrellados por ambas caras; estípulas doble largas que el pecíolo, las inferiores caducas. Inflorescencia simple o ramificada, con 3-10 flores hermafroditas, actinomorfas; botones florales ovoideos, vellosos, con la apariencia de una cabeza de gato. Sépalos internos 8-10 mm, de costillas poco marcadas. Pétalos 9-12 mm, más largos que el cáliz, obovados, de color amarillo, con mácula anaranjada en la base. Cápsula c. 3-4 mm, más pequeña que el cáliz, pilosa, ovado-elipsoidal, dehiscente por tres valvas. Semillas 6 por cápsula, 1-3 mm, foveoladocerebriformes, no papilosas, de color grisáceo-rosado.</t>
+  </si>
+  <si>
+    <t>Helianthemum caput-felis var. alboranense Raynaud, Helianthemum caput-felis var. latifolium Sennen</t>
+  </si>
+  <si>
+    <t>Macrothele calpeiana (Walckenaer, 1805)</t>
+  </si>
+  <si>
+    <t>prueba_Araña negra del alcornocal (Castellano)</t>
+  </si>
+  <si>
+    <t>Especie fácil de identificar ya que se trata de una araña de gran tamaño, posiblemente la mayor de Europa, de color prácticamente negro, y con unas grandes hileras. Las únicas especies españolas con las que se podría confundir son: Cyrtauchenius walckenaeri (Lucas, 1846) (Cyrtauchenidae) de la que se diferencia porque M. calpeiana no presenta rastrellum en los queliceros e Ischnocolus spp. (Theraphosidae) que presenta una coloración más clara, y con las hileras posteriores son más cortas, y con solo dos artejos. Existen fotografías de las misma disponibles en numerosas paginas de Internet, particularmente en el portal de biodiversidad Virtual. De los trabajos moleculares realizados recientemente (Arnedo y Ferrández, 2006) se desprende que la población de sierra de Aracena podría tener el tratamiento de especie críptica, y podría llegar a ser necesaria su valoración en el Libro Rojo como taxon independiente.</t>
+  </si>
+  <si>
+    <t>Marsilea strigosa Willd.</t>
+  </si>
+  <si>
+    <t>prueba_trébol de cuatro hojas peludo (Castellano), trevo de quatro folhas peludo (Gallego)</t>
+  </si>
+  <si>
+    <t>Castellano, Gallego</t>
+  </si>
+  <si>
+    <t>Rizoma rastrero, en ocasiones ramificado, densamente piloso en los nudos. Entrenudos de hasta 50 cm de longitud. Raíces simples. Hojas fasciculadas, solitarias en los estolones. Frondes con cuatro pinnas enteras, generalmente más grandes en las formas acuáticas. Esporocarpos comprimidos, erectos simples y subglobosos; normalmente en dos filas a los lados del estolón.</t>
+  </si>
+  <si>
     <t>Squalius alburnoides (Steindachner, 1866)</t>
   </si>
   <si>
     <t>prueba_Calandino (Castellano), Errutilo andaluziarra (Euskera)</t>
   </si>
   <si>
     <t>Castellano, Euskera</t>
   </si>
   <si>
-    <t>España LC (Preocupación menor),  Mundial VU (Vulnerable),  Región Mediterránea U1 (Desfavorable-inadecuado)</t>
+    <t>Mundial CR (En peligro crítico),  España LC (Preocupación menor),  Mundial VU (Vulnerable),  Región Mediterránea U1 (Desfavorable-inadecuado)</t>
+  </si>
+  <si>
+    <t>Mundial, España, Mundial, Región Mediterránea</t>
   </si>
   <si>
     <t>Es un taxón de pequeño tamaño, que raramente alcanza los 13 cm de longitud total. La cabeza es pequeña y la boca súpera. El cuerpo es alargado con un pedúnculo caudal muy estrecho. Las aletas son pequeñas. La dorsal suele tener siete radios ramificados y la anal de ocho a nueve. Los perfiles distales de estas últimas son rectos o cóncavos. La aleta dorsal está retrasada con respecto a las ventrales. Las escamas son grandes y presentan un número de 38-44 en la línea lateral. El color del peritoneo es gris claro. Este taxón tiene un origen híbrido. Las hembras son mayoritariamente triploides, ya que constan de tres dotaciones cromosómicas. Éstas son de color plateado con el dorso oscuro y una característica banda violácea, más visible en la parte caudal, recorre todo el cuerpo. Los machos son diploides y más pequeños, con una banda negra, que recorre el cuerpo desde el ojo a la aleta caudal y una banda más clara por encima de ésta. También existen individuos tetraploides, de tamaño más pequeño y con la boca menos súpera que los diploides. Los machos presentan tubérculos nupciales en los márgenes distales de las escamas, dorso y en la cabeza en la época reproductiva. Se diferencia de otros ciprínidos del género Squalius por tener 7 radios ramificados en las aletas dorsal y 8-9 en la aleta anal. Suborbitario 3º estrecho. Perfil de la aleta anal recto o cóncavo. Dientes faríngeos en número de 5 ó 4 situados en una sola fila. Holotipo no descrito. Lectotipo conservado en el Naturhistorisches Museum Wien, Viena, (NMW 49749:2.), procedente de arroyos cerca de Mérida.</t>
   </si>
   <si>
     <t>Rutilus alburnoides, Tropidophoxinellus alburnoides (Steindachner, 1866)</t>
-  </si>
-[...97 lines deleted...]
-    <t>Rizoma rastrero, en ocasiones ramificado, densamente piloso en los nudos. Entrenudos de hasta 50 cm de longitud. Raíces simples. Hojas fasciculadas, solitarias en los estolones. Frondes con cuatro pinnas enteras, generalmente más grandes en las formas acuáticas. Esporocarpos comprimidos, erectos simples y subglobosos; normalmente en dos filas a los lados del estolón.</t>
   </si>
   <si>
     <t>Iberolacerta bonnali (Lantz, 1927)</t>
   </si>
   <si>
     <t>prueba_Lagartija pirenaica (Castellano), Sargantana pirinenca (Catalán), Pyrenean Rock Lizard (Inglés)</t>
   </si>
   <si>
     <t>Castellano, Catalán, Inglés</t>
   </si>
   <si>
     <t>Mundial NT (Casi amenazado),  España VU (Vulnerable),  Región Alpina U1 (Desfavorable-inadecuado)</t>
   </si>
   <si>
     <t>Mundial, España, Región Alpina</t>
   </si>
   <si>
     <t>Lagartija pequeña con escamas rostral e internasal generalmente en contacto, postocular y parietal generalmente en contacto, al igual que ocurre entre supranasal y loreal. Generalmente más de una escama entre masetérica y timpánica. Entre 0 y 17 gránulos supraciliares, de 17 a 27 gularia, 5 a 15 collaria, 36 a 48 dorsalia; 25 a 31 escamas ventrales, 9 a 18 poros femorales, 20 a 31 (26,10) lamellae bajo el cuarto dedo del pié y 6 a 15 escamas circumanales. Dorso de color grisáceo o grisáceo-parduzco (pero nunca claramente marrón como en I. aurelioi), ocasionalmente con reflejos oliváceos. Bandas laterales (costales o temporales) de color pardo muy oscuro y generalmente uniforme. Partes inferiores siempre blancas (blanco hueso), con pocas manchas oscuras. Puntos azules en las ventrales externas muy raros.</t>
   </si>
   <si>
     <t>Lacerta bonnali</t>
   </si>
   <si>
     <t>Barbus meridionalis Risso, 1827</t>
   </si>
@@ -3907,3756 +3910,3756 @@
       </c>
       <c r="I38" t="s">
         <v>24</v>
       </c>
       <c r="J38" t="s">
         <v>35</v>
       </c>
       <c r="K38" t="s">
         <v>45</v>
       </c>
       <c r="L38"/>
       <c r="M38"/>
       <c r="N38" t="s">
         <v>53</v>
       </c>
       <c r="O38"/>
       <c r="P38" t="s">
         <v>235</v>
       </c>
       <c r="Q38" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="39" spans="1:17">
       <c r="A39">
-        <v>10659</v>
+        <v>11385</v>
       </c>
       <c r="B39" t="s">
         <v>236</v>
       </c>
       <c r="C39" t="s">
         <v>237</v>
       </c>
       <c r="D39" t="s">
         <v>238</v>
       </c>
       <c r="E39" t="s">
-        <v>239</v>
+        <v>208</v>
       </c>
       <c r="F39" t="s">
         <v>177</v>
       </c>
       <c r="G39" t="s">
-        <v>240</v>
+        <v>239</v>
       </c>
       <c r="H39" t="s">
         <v>23</v>
       </c>
       <c r="I39" t="s">
-        <v>60</v>
+        <v>90</v>
       </c>
       <c r="J39" t="s">
-        <v>25</v>
-[...1 lines deleted...]
-      <c r="K39"/>
+        <v>35</v>
+      </c>
+      <c r="K39" t="s">
+        <v>36</v>
+      </c>
       <c r="L39"/>
       <c r="M39"/>
       <c r="N39" t="s">
-        <v>46</v>
+        <v>37</v>
       </c>
       <c r="O39"/>
-      <c r="P39" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="P39"/>
       <c r="Q39" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="40" spans="1:17">
       <c r="A40">
-        <v>11385</v>
+        <v>12400</v>
       </c>
       <c r="B40" t="s">
+        <v>240</v>
+      </c>
+      <c r="C40"/>
+      <c r="D40"/>
+      <c r="E40" t="s">
+        <v>241</v>
+      </c>
+      <c r="F40" t="s">
         <v>242</v>
       </c>
-      <c r="C40" t="s">
+      <c r="G40" t="s">
         <v>243</v>
       </c>
-      <c r="D40" t="s">
+      <c r="H40" t="s">
+        <v>23</v>
+      </c>
+      <c r="I40" t="s">
         <v>244</v>
       </c>
-      <c r="E40" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="J40" t="s">
-        <v>35</v>
-[...3 lines deleted...]
-      </c>
+        <v>25</v>
+      </c>
+      <c r="K40"/>
       <c r="L40"/>
       <c r="M40"/>
       <c r="N40" t="s">
-        <v>37</v>
+        <v>46</v>
       </c>
       <c r="O40"/>
       <c r="P40"/>
       <c r="Q40" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="41" spans="1:17">
       <c r="A41">
-        <v>12400</v>
+        <v>11008</v>
       </c>
       <c r="B41" t="s">
-        <v>246</v>
+        <v>245</v>
       </c>
       <c r="C41"/>
       <c r="D41"/>
       <c r="E41" t="s">
+        <v>246</v>
+      </c>
+      <c r="F41" t="s">
         <v>247</v>
       </c>
-      <c r="F41" t="s">
+      <c r="G41" t="s">
         <v>248</v>
       </c>
-      <c r="G41" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H41" t="s">
         <v>23</v>
       </c>
       <c r="I41" t="s">
-        <v>250</v>
+        <v>44</v>
       </c>
       <c r="J41" t="s">
-        <v>25</v>
-[...1 lines deleted...]
-      <c r="K41"/>
+        <v>35</v>
+      </c>
+      <c r="K41" t="s">
+        <v>45</v>
+      </c>
       <c r="L41"/>
       <c r="M41"/>
       <c r="N41" t="s">
-        <v>46</v>
+        <v>72</v>
       </c>
       <c r="O41"/>
       <c r="P41"/>
       <c r="Q41" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="42" spans="1:17">
       <c r="A42">
-        <v>11008</v>
+        <v>11585</v>
       </c>
       <c r="B42" t="s">
+        <v>249</v>
+      </c>
+      <c r="C42" t="s">
+        <v>250</v>
+      </c>
+      <c r="D42" t="s">
         <v>251</v>
       </c>
-      <c r="C42"/>
-      <c r="D42"/>
       <c r="E42" t="s">
         <v>252</v>
       </c>
       <c r="F42" t="s">
         <v>253</v>
       </c>
       <c r="G42" t="s">
         <v>254</v>
       </c>
       <c r="H42" t="s">
         <v>23</v>
       </c>
       <c r="I42" t="s">
-        <v>44</v>
+        <v>90</v>
       </c>
       <c r="J42" t="s">
         <v>35</v>
       </c>
       <c r="K42" t="s">
         <v>45</v>
       </c>
       <c r="L42"/>
       <c r="M42"/>
       <c r="N42" t="s">
-        <v>72</v>
+        <v>37</v>
       </c>
       <c r="O42"/>
       <c r="P42"/>
       <c r="Q42" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="43" spans="1:17">
       <c r="A43">
-        <v>11585</v>
+        <v>4970</v>
       </c>
       <c r="B43" t="s">
         <v>255</v>
       </c>
       <c r="C43" t="s">
         <v>256</v>
       </c>
       <c r="D43" t="s">
         <v>257</v>
       </c>
       <c r="E43" t="s">
         <v>258</v>
       </c>
       <c r="F43" t="s">
         <v>259</v>
       </c>
       <c r="G43" t="s">
         <v>260</v>
       </c>
       <c r="H43" t="s">
         <v>23</v>
       </c>
       <c r="I43" t="s">
-        <v>90</v>
+        <v>24</v>
       </c>
       <c r="J43" t="s">
         <v>35</v>
       </c>
       <c r="K43" t="s">
-        <v>45</v>
+        <v>36</v>
       </c>
       <c r="L43"/>
       <c r="M43"/>
       <c r="N43" t="s">
         <v>37</v>
       </c>
       <c r="O43"/>
-      <c r="P43"/>
+      <c r="P43" t="s">
+        <v>261</v>
+      </c>
       <c r="Q43" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="44" spans="1:17">
       <c r="A44">
-        <v>4970</v>
+        <v>10941</v>
       </c>
       <c r="B44" t="s">
-        <v>261</v>
+        <v>262</v>
       </c>
       <c r="C44" t="s">
-        <v>262</v>
+        <v>263</v>
       </c>
       <c r="D44" t="s">
-        <v>263</v>
+        <v>143</v>
       </c>
       <c r="E44" t="s">
+        <v>258</v>
+      </c>
+      <c r="F44" t="s">
+        <v>259</v>
+      </c>
+      <c r="G44" t="s">
         <v>264</v>
       </c>
-      <c r="F44" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="H44" t="s">
         <v>23</v>
       </c>
       <c r="I44" t="s">
-        <v>24</v>
+        <v>44</v>
       </c>
       <c r="J44" t="s">
         <v>35</v>
       </c>
       <c r="K44" t="s">
-        <v>36</v>
+        <v>45</v>
       </c>
       <c r="L44"/>
       <c r="M44"/>
       <c r="N44" t="s">
-        <v>37</v>
+        <v>72</v>
       </c>
       <c r="O44"/>
-      <c r="P44" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="P44"/>
       <c r="Q44" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="45" spans="1:17">
       <c r="A45">
-        <v>10941</v>
+        <v>6227</v>
       </c>
       <c r="B45" t="s">
+        <v>265</v>
+      </c>
+      <c r="C45" t="s">
+        <v>266</v>
+      </c>
+      <c r="D45" t="s">
+        <v>267</v>
+      </c>
+      <c r="E45" t="s">
+        <v>258</v>
+      </c>
+      <c r="F45" t="s">
+        <v>259</v>
+      </c>
+      <c r="G45" t="s">
         <v>268</v>
       </c>
-      <c r="C45" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="H45" t="s">
         <v>23</v>
       </c>
       <c r="I45" t="s">
-        <v>44</v>
+        <v>24</v>
       </c>
       <c r="J45" t="s">
         <v>35</v>
       </c>
       <c r="K45" t="s">
         <v>45</v>
       </c>
       <c r="L45"/>
       <c r="M45"/>
       <c r="N45" t="s">
-        <v>72</v>
+        <v>53</v>
       </c>
       <c r="O45"/>
       <c r="P45"/>
       <c r="Q45" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="46" spans="1:17">
       <c r="A46">
-        <v>6227</v>
+        <v>10659</v>
       </c>
       <c r="B46" t="s">
+        <v>269</v>
+      </c>
+      <c r="C46" t="s">
+        <v>270</v>
+      </c>
+      <c r="D46" t="s">
         <v>271</v>
       </c>
-      <c r="C46" t="s">
+      <c r="E46" t="s">
         <v>272</v>
       </c>
-      <c r="D46" t="s">
+      <c r="F46" t="s">
         <v>273</v>
-      </c>
-[...4 lines deleted...]
-        <v>265</v>
       </c>
       <c r="G46" t="s">
         <v>274</v>
       </c>
       <c r="H46" t="s">
         <v>23</v>
       </c>
       <c r="I46" t="s">
-        <v>24</v>
+        <v>60</v>
       </c>
       <c r="J46" t="s">
-        <v>35</v>
-[...3 lines deleted...]
-      </c>
+        <v>25</v>
+      </c>
+      <c r="K46"/>
       <c r="L46"/>
       <c r="M46"/>
       <c r="N46" t="s">
-        <v>53</v>
+        <v>46</v>
       </c>
       <c r="O46"/>
-      <c r="P46"/>
+      <c r="P46" t="s">
+        <v>275</v>
+      </c>
       <c r="Q46" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="47" spans="1:17">
       <c r="A47">
         <v>10726</v>
       </c>
       <c r="B47" t="s">
-        <v>275</v>
+        <v>276</v>
       </c>
       <c r="C47" t="s">
-        <v>276</v>
+        <v>277</v>
       </c>
       <c r="D47" t="s">
-        <v>277</v>
+        <v>278</v>
       </c>
       <c r="E47" t="s">
-        <v>278</v>
+        <v>279</v>
       </c>
       <c r="F47" t="s">
-        <v>279</v>
+        <v>280</v>
       </c>
       <c r="G47" t="s">
-        <v>280</v>
+        <v>281</v>
       </c>
       <c r="H47" t="s">
         <v>23</v>
       </c>
       <c r="I47" t="s">
         <v>90</v>
       </c>
       <c r="J47" t="s">
         <v>35</v>
       </c>
       <c r="K47" t="s">
         <v>36</v>
       </c>
       <c r="L47"/>
       <c r="M47"/>
       <c r="N47" t="s">
         <v>37</v>
       </c>
       <c r="O47"/>
       <c r="P47" t="s">
-        <v>281</v>
+        <v>282</v>
       </c>
       <c r="Q47" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="48" spans="1:17">
       <c r="A48">
         <v>11718</v>
       </c>
       <c r="B48" t="s">
-        <v>282</v>
+        <v>283</v>
       </c>
       <c r="C48" t="s">
-        <v>283</v>
+        <v>284</v>
       </c>
       <c r="D48" t="s">
-        <v>284</v>
+        <v>285</v>
       </c>
       <c r="E48" t="s">
-        <v>285</v>
+        <v>286</v>
       </c>
       <c r="F48" t="s">
-        <v>286</v>
+        <v>287</v>
       </c>
       <c r="G48" t="s">
-        <v>287</v>
+        <v>288</v>
       </c>
       <c r="H48" t="s">
         <v>23</v>
       </c>
       <c r="I48" t="s">
         <v>60</v>
       </c>
       <c r="J48" t="s">
         <v>25</v>
       </c>
       <c r="K48"/>
       <c r="L48"/>
       <c r="M48"/>
       <c r="N48" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
       <c r="O48"/>
       <c r="P48"/>
       <c r="Q48" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="49" spans="1:17">
       <c r="A49">
         <v>852</v>
       </c>
       <c r="B49" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="C49" t="s">
-        <v>290</v>
+        <v>291</v>
       </c>
       <c r="D49" t="s">
-        <v>291</v>
+        <v>292</v>
       </c>
       <c r="E49" t="s">
-        <v>292</v>
+        <v>293</v>
       </c>
       <c r="F49" t="s">
-        <v>293</v>
+        <v>294</v>
       </c>
       <c r="G49" t="s">
-        <v>294</v>
+        <v>295</v>
       </c>
       <c r="H49" t="s">
         <v>23</v>
       </c>
       <c r="I49" t="s">
         <v>24</v>
       </c>
       <c r="J49" t="s">
         <v>35</v>
       </c>
       <c r="K49" t="s">
         <v>97</v>
       </c>
       <c r="L49"/>
       <c r="M49"/>
       <c r="N49" t="s">
         <v>120</v>
       </c>
       <c r="O49"/>
       <c r="P49"/>
       <c r="Q49" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="50" spans="1:17">
       <c r="A50">
         <v>3364</v>
       </c>
       <c r="B50" t="s">
-        <v>295</v>
+        <v>296</v>
       </c>
       <c r="C50" t="s">
-        <v>296</v>
+        <v>297</v>
       </c>
       <c r="D50" t="s">
         <v>31</v>
       </c>
       <c r="E50" t="s">
-        <v>297</v>
+        <v>298</v>
       </c>
       <c r="F50" t="s">
-        <v>293</v>
+        <v>294</v>
       </c>
       <c r="G50" t="s">
-        <v>298</v>
+        <v>299</v>
       </c>
       <c r="H50" t="s">
         <v>23</v>
       </c>
       <c r="I50" t="s">
         <v>24</v>
       </c>
       <c r="J50" t="s">
         <v>35</v>
       </c>
       <c r="K50" t="s">
         <v>36</v>
       </c>
       <c r="L50"/>
       <c r="M50"/>
       <c r="N50" t="s">
         <v>120</v>
       </c>
       <c r="O50"/>
       <c r="P50" t="s">
-        <v>299</v>
+        <v>300</v>
       </c>
       <c r="Q50" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="51" spans="1:17">
       <c r="A51">
         <v>8495</v>
       </c>
       <c r="B51" t="s">
-        <v>300</v>
+        <v>301</v>
       </c>
       <c r="C51" t="s">
-        <v>301</v>
+        <v>302</v>
       </c>
       <c r="D51" t="s">
         <v>175</v>
       </c>
       <c r="E51" t="s">
-        <v>297</v>
+        <v>298</v>
       </c>
       <c r="F51" t="s">
-        <v>293</v>
+        <v>294</v>
       </c>
       <c r="G51" t="s">
-        <v>302</v>
+        <v>303</v>
       </c>
       <c r="H51" t="s">
         <v>23</v>
       </c>
       <c r="I51" t="s">
         <v>24</v>
       </c>
       <c r="J51" t="s">
         <v>35</v>
       </c>
       <c r="K51" t="s">
         <v>45</v>
       </c>
       <c r="L51"/>
       <c r="M51"/>
       <c r="N51" t="s">
         <v>37</v>
       </c>
       <c r="O51"/>
       <c r="P51"/>
       <c r="Q51" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="52" spans="1:17">
       <c r="A52">
         <v>11415</v>
       </c>
       <c r="B52" t="s">
-        <v>303</v>
+        <v>304</v>
       </c>
       <c r="C52" t="s">
-        <v>304</v>
+        <v>305</v>
       </c>
       <c r="D52" t="s">
-        <v>305</v>
+        <v>306</v>
       </c>
       <c r="E52" t="s">
-        <v>306</v>
+        <v>307</v>
       </c>
       <c r="F52" t="s">
-        <v>307</v>
+        <v>308</v>
       </c>
       <c r="G52" t="s">
-        <v>308</v>
+        <v>309</v>
       </c>
       <c r="H52" t="s">
         <v>23</v>
       </c>
       <c r="I52" t="s">
         <v>60</v>
       </c>
       <c r="J52" t="s">
         <v>25</v>
       </c>
       <c r="K52"/>
       <c r="L52"/>
       <c r="M52"/>
       <c r="N52" t="s">
         <v>26</v>
       </c>
       <c r="O52"/>
       <c r="P52"/>
       <c r="Q52" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="53" spans="1:17">
       <c r="A53">
         <v>10939</v>
       </c>
       <c r="B53" t="s">
-        <v>309</v>
+        <v>310</v>
       </c>
       <c r="C53" t="s">
-        <v>310</v>
+        <v>311</v>
       </c>
       <c r="D53" t="s">
-        <v>311</v>
+        <v>312</v>
       </c>
       <c r="E53" t="s">
-        <v>312</v>
+        <v>313</v>
       </c>
       <c r="F53" t="s">
-        <v>307</v>
+        <v>308</v>
       </c>
       <c r="G53" t="s">
-        <v>313</v>
+        <v>314</v>
       </c>
       <c r="H53" t="s">
         <v>23</v>
       </c>
       <c r="I53" t="s">
         <v>60</v>
       </c>
       <c r="J53" t="s">
         <v>25</v>
       </c>
       <c r="K53"/>
       <c r="L53"/>
       <c r="M53"/>
       <c r="N53" t="s">
         <v>46</v>
       </c>
       <c r="O53"/>
       <c r="P53"/>
       <c r="Q53" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="54" spans="1:17">
       <c r="A54">
         <v>12059</v>
       </c>
       <c r="B54" t="s">
-        <v>314</v>
+        <v>315</v>
       </c>
       <c r="C54" t="s">
-        <v>315</v>
+        <v>316</v>
       </c>
       <c r="D54" t="s">
-        <v>316</v>
+        <v>317</v>
       </c>
       <c r="E54" t="s">
-        <v>312</v>
+        <v>313</v>
       </c>
       <c r="F54" t="s">
-        <v>307</v>
+        <v>308</v>
       </c>
       <c r="G54" t="s">
-        <v>317</v>
+        <v>318</v>
       </c>
       <c r="H54" t="s">
         <v>23</v>
       </c>
       <c r="I54" t="s">
         <v>66</v>
       </c>
       <c r="J54" t="s">
         <v>35</v>
       </c>
       <c r="K54" t="s">
         <v>97</v>
       </c>
       <c r="L54"/>
       <c r="M54"/>
       <c r="N54" t="s">
         <v>53</v>
       </c>
       <c r="O54"/>
       <c r="P54"/>
       <c r="Q54" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="55" spans="1:17">
       <c r="A55">
         <v>10826</v>
       </c>
       <c r="B55" t="s">
-        <v>318</v>
+        <v>319</v>
       </c>
       <c r="C55" t="s">
-        <v>319</v>
+        <v>320</v>
       </c>
       <c r="D55" t="s">
-        <v>320</v>
+        <v>321</v>
       </c>
       <c r="E55" t="s">
-        <v>321</v>
+        <v>322</v>
       </c>
       <c r="F55" t="s">
-        <v>307</v>
+        <v>308</v>
       </c>
       <c r="G55" t="s">
-        <v>322</v>
+        <v>323</v>
       </c>
       <c r="H55" t="s">
         <v>23</v>
       </c>
       <c r="I55" t="s">
         <v>66</v>
       </c>
       <c r="J55" t="s">
         <v>35</v>
       </c>
       <c r="K55" t="s">
         <v>36</v>
       </c>
       <c r="L55"/>
       <c r="M55"/>
       <c r="N55" t="s">
         <v>37</v>
       </c>
       <c r="O55"/>
       <c r="P55"/>
       <c r="Q55" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="56" spans="1:17">
       <c r="A56">
         <v>10866</v>
       </c>
       <c r="B56" t="s">
-        <v>323</v>
+        <v>324</v>
       </c>
       <c r="C56" t="s">
-        <v>324</v>
+        <v>325</v>
       </c>
       <c r="D56" t="s">
-        <v>325</v>
+        <v>326</v>
       </c>
       <c r="E56" t="s">
-        <v>326</v>
+        <v>327</v>
       </c>
       <c r="F56" t="s">
-        <v>307</v>
+        <v>308</v>
       </c>
       <c r="G56" t="s">
-        <v>327</v>
+        <v>328</v>
       </c>
       <c r="H56" t="s">
         <v>23</v>
       </c>
       <c r="I56" t="s">
         <v>66</v>
       </c>
       <c r="J56" t="s">
         <v>35</v>
       </c>
       <c r="K56" t="s">
         <v>36</v>
       </c>
       <c r="L56"/>
       <c r="M56"/>
       <c r="N56" t="s">
         <v>53</v>
       </c>
       <c r="O56"/>
       <c r="P56"/>
       <c r="Q56" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="57" spans="1:17">
       <c r="A57">
         <v>11206</v>
       </c>
       <c r="B57" t="s">
-        <v>328</v>
+        <v>329</v>
       </c>
       <c r="C57" t="s">
-        <v>329</v>
+        <v>330</v>
       </c>
       <c r="D57" t="s">
         <v>69</v>
       </c>
       <c r="E57" t="s">
-        <v>326</v>
+        <v>327</v>
       </c>
       <c r="F57" t="s">
-        <v>307</v>
+        <v>308</v>
       </c>
       <c r="G57" t="s">
-        <v>330</v>
+        <v>331</v>
       </c>
       <c r="H57" t="s">
         <v>23</v>
       </c>
       <c r="I57" t="s">
         <v>66</v>
       </c>
       <c r="J57" t="s">
         <v>35</v>
       </c>
       <c r="K57" t="s">
         <v>36</v>
       </c>
       <c r="L57"/>
       <c r="M57"/>
       <c r="N57" t="s">
         <v>53</v>
       </c>
       <c r="O57"/>
       <c r="P57"/>
       <c r="Q57" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="58" spans="1:17">
       <c r="A58">
         <v>11803</v>
       </c>
       <c r="B58" t="s">
-        <v>331</v>
+        <v>332</v>
       </c>
       <c r="C58" t="s">
-        <v>332</v>
+        <v>333</v>
       </c>
       <c r="D58" t="s">
-        <v>333</v>
+        <v>334</v>
       </c>
       <c r="E58" t="s">
-        <v>326</v>
+        <v>327</v>
       </c>
       <c r="F58" t="s">
-        <v>307</v>
+        <v>308</v>
       </c>
       <c r="G58" t="s">
-        <v>334</v>
+        <v>335</v>
       </c>
       <c r="H58" t="s">
         <v>23</v>
       </c>
       <c r="I58" t="s">
         <v>66</v>
       </c>
       <c r="J58" t="s">
         <v>35</v>
       </c>
       <c r="K58" t="s">
         <v>36</v>
       </c>
       <c r="L58"/>
       <c r="M58"/>
       <c r="N58" t="s">
         <v>53</v>
       </c>
       <c r="O58"/>
       <c r="P58"/>
       <c r="Q58" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="59" spans="1:17">
       <c r="A59">
         <v>11213</v>
       </c>
       <c r="B59" t="s">
-        <v>335</v>
+        <v>336</v>
       </c>
       <c r="C59" t="s">
-        <v>336</v>
+        <v>337</v>
       </c>
       <c r="D59" t="s">
-        <v>337</v>
+        <v>338</v>
       </c>
       <c r="E59" t="s">
-        <v>338</v>
+        <v>339</v>
       </c>
       <c r="F59" t="s">
-        <v>307</v>
+        <v>308</v>
       </c>
       <c r="G59" t="s">
-        <v>339</v>
+        <v>340</v>
       </c>
       <c r="H59" t="s">
         <v>23</v>
       </c>
       <c r="I59" t="s">
         <v>44</v>
       </c>
       <c r="J59" t="s">
         <v>35</v>
       </c>
       <c r="K59" t="s">
         <v>36</v>
       </c>
       <c r="L59"/>
       <c r="M59"/>
       <c r="N59" t="s">
         <v>120</v>
       </c>
       <c r="O59"/>
       <c r="P59"/>
       <c r="Q59" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="60" spans="1:17">
       <c r="A60">
         <v>11230</v>
       </c>
       <c r="B60" t="s">
-        <v>340</v>
+        <v>341</v>
       </c>
       <c r="C60" t="s">
-        <v>341</v>
+        <v>342</v>
       </c>
       <c r="D60" t="s">
-        <v>342</v>
+        <v>343</v>
       </c>
       <c r="E60" t="s">
-        <v>338</v>
+        <v>339</v>
       </c>
       <c r="F60" t="s">
-        <v>307</v>
+        <v>308</v>
       </c>
       <c r="G60" t="s">
-        <v>343</v>
+        <v>344</v>
       </c>
       <c r="H60" t="s">
         <v>23</v>
       </c>
       <c r="I60" t="s">
         <v>66</v>
       </c>
       <c r="J60" t="s">
         <v>35</v>
       </c>
       <c r="K60" t="s">
         <v>36</v>
       </c>
       <c r="L60"/>
       <c r="M60"/>
       <c r="N60" t="s">
         <v>37</v>
       </c>
       <c r="O60"/>
       <c r="P60"/>
       <c r="Q60" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="61" spans="1:17">
       <c r="A61">
         <v>10675</v>
       </c>
       <c r="B61" t="s">
-        <v>344</v>
+        <v>345</v>
       </c>
       <c r="C61" t="s">
-        <v>345</v>
+        <v>346</v>
       </c>
       <c r="D61" t="s">
-        <v>346</v>
+        <v>347</v>
       </c>
       <c r="E61" t="s">
-        <v>347</v>
+        <v>348</v>
       </c>
       <c r="F61" t="s">
-        <v>348</v>
+        <v>349</v>
       </c>
       <c r="G61" t="s">
-        <v>349</v>
+        <v>350</v>
       </c>
       <c r="H61" t="s">
-        <v>350</v>
+        <v>351</v>
       </c>
       <c r="I61" t="s">
         <v>60</v>
       </c>
       <c r="J61" t="s">
         <v>25</v>
       </c>
       <c r="K61"/>
       <c r="L61"/>
       <c r="M61"/>
       <c r="N61" t="s">
-        <v>351</v>
+        <v>352</v>
       </c>
       <c r="O61"/>
       <c r="P61"/>
       <c r="Q61" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="62" spans="1:17">
       <c r="A62">
         <v>11249</v>
       </c>
       <c r="B62" t="s">
-        <v>352</v>
+        <v>353</v>
       </c>
       <c r="C62" t="s">
-        <v>353</v>
+        <v>354</v>
       </c>
       <c r="D62" t="s">
-        <v>354</v>
+        <v>355</v>
       </c>
       <c r="E62" t="s">
-        <v>347</v>
+        <v>348</v>
       </c>
       <c r="F62" t="s">
-        <v>348</v>
+        <v>349</v>
       </c>
       <c r="G62" t="s">
-        <v>355</v>
+        <v>356</v>
       </c>
       <c r="H62" t="s">
-        <v>350</v>
+        <v>351</v>
       </c>
       <c r="I62" t="s">
         <v>60</v>
       </c>
       <c r="J62" t="s">
         <v>25</v>
       </c>
       <c r="K62"/>
       <c r="L62"/>
       <c r="M62"/>
       <c r="N62" t="s">
-        <v>351</v>
+        <v>352</v>
       </c>
       <c r="O62"/>
       <c r="P62"/>
       <c r="Q62" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="63" spans="1:17">
       <c r="A63">
         <v>11632</v>
       </c>
       <c r="B63" t="s">
-        <v>356</v>
+        <v>357</v>
       </c>
       <c r="C63" t="s">
-        <v>357</v>
+        <v>358</v>
       </c>
       <c r="D63" t="s">
         <v>105</v>
       </c>
       <c r="E63" t="s">
-        <v>358</v>
+        <v>359</v>
       </c>
       <c r="F63" t="s">
-        <v>348</v>
+        <v>349</v>
       </c>
       <c r="G63" t="s">
-        <v>359</v>
+        <v>360</v>
       </c>
       <c r="H63" t="s">
         <v>23</v>
       </c>
       <c r="I63" t="s">
         <v>78</v>
       </c>
       <c r="J63" t="s">
         <v>35</v>
       </c>
       <c r="K63" t="s">
         <v>36</v>
       </c>
       <c r="L63"/>
       <c r="M63"/>
       <c r="N63" t="s">
         <v>37</v>
       </c>
       <c r="O63"/>
       <c r="P63"/>
       <c r="Q63" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="64" spans="1:17">
       <c r="A64">
         <v>11931</v>
       </c>
       <c r="B64" t="s">
-        <v>360</v>
+        <v>361</v>
       </c>
       <c r="C64" t="s">
-        <v>361</v>
+        <v>362</v>
       </c>
       <c r="D64" t="s">
-        <v>311</v>
+        <v>312</v>
       </c>
       <c r="E64" t="s">
-        <v>362</v>
+        <v>363</v>
       </c>
       <c r="F64" t="s">
-        <v>348</v>
+        <v>349</v>
       </c>
       <c r="G64" t="s">
-        <v>363</v>
+        <v>364</v>
       </c>
       <c r="H64" t="s">
         <v>23</v>
       </c>
       <c r="I64" t="s">
         <v>60</v>
       </c>
       <c r="J64" t="s">
         <v>25</v>
       </c>
       <c r="K64"/>
       <c r="L64"/>
       <c r="M64"/>
       <c r="N64" t="s">
         <v>46</v>
       </c>
       <c r="O64"/>
       <c r="P64"/>
       <c r="Q64" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="65" spans="1:17">
       <c r="A65">
         <v>11644</v>
       </c>
       <c r="B65" t="s">
-        <v>364</v>
+        <v>365</v>
       </c>
       <c r="C65" t="s">
-        <v>365</v>
+        <v>366</v>
       </c>
       <c r="D65" t="s">
         <v>41</v>
       </c>
       <c r="E65" t="s">
-        <v>366</v>
+        <v>367</v>
       </c>
       <c r="F65" t="s">
-        <v>348</v>
+        <v>349</v>
       </c>
       <c r="G65" t="s">
-        <v>367</v>
+        <v>368</v>
       </c>
       <c r="H65" t="s">
         <v>23</v>
       </c>
       <c r="I65" t="s">
         <v>44</v>
       </c>
       <c r="J65" t="s">
         <v>35</v>
       </c>
       <c r="K65" t="s">
         <v>45</v>
       </c>
       <c r="L65"/>
       <c r="M65"/>
       <c r="N65" t="s">
         <v>53</v>
       </c>
       <c r="O65"/>
       <c r="P65"/>
       <c r="Q65" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="66" spans="1:17">
       <c r="A66">
         <v>12397</v>
       </c>
       <c r="B66" t="s">
-        <v>368</v>
+        <v>369</v>
       </c>
       <c r="C66" t="s">
-        <v>369</v>
+        <v>370</v>
       </c>
       <c r="D66" t="s">
         <v>143</v>
       </c>
       <c r="E66" t="s">
-        <v>370</v>
+        <v>371</v>
       </c>
       <c r="F66" t="s">
-        <v>348</v>
+        <v>349</v>
       </c>
       <c r="G66" t="s">
-        <v>371</v>
+        <v>372</v>
       </c>
       <c r="H66" t="s">
         <v>23</v>
       </c>
       <c r="I66" t="s">
         <v>44</v>
       </c>
       <c r="J66" t="s">
         <v>35</v>
       </c>
       <c r="K66" t="s">
         <v>36</v>
       </c>
       <c r="L66"/>
       <c r="M66"/>
       <c r="N66" t="s">
         <v>46</v>
       </c>
       <c r="O66"/>
       <c r="P66"/>
       <c r="Q66" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="67" spans="1:17">
       <c r="A67">
         <v>11862</v>
       </c>
       <c r="B67" t="s">
-        <v>372</v>
+        <v>373</v>
       </c>
       <c r="C67" t="s">
-        <v>373</v>
+        <v>374</v>
       </c>
       <c r="D67" t="s">
-        <v>374</v>
+        <v>375</v>
       </c>
       <c r="E67" t="s">
-        <v>347</v>
+        <v>348</v>
       </c>
       <c r="F67" t="s">
-        <v>348</v>
+        <v>349</v>
       </c>
       <c r="G67" t="s">
-        <v>375</v>
+        <v>376</v>
       </c>
       <c r="H67" t="s">
         <v>23</v>
       </c>
       <c r="I67" t="s">
         <v>66</v>
       </c>
       <c r="J67" t="s">
         <v>35</v>
       </c>
       <c r="K67" t="s">
         <v>36</v>
       </c>
       <c r="L67"/>
       <c r="M67"/>
       <c r="N67" t="s">
         <v>72</v>
       </c>
       <c r="O67"/>
       <c r="P67"/>
       <c r="Q67" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="68" spans="1:17">
       <c r="A68">
         <v>11115</v>
       </c>
       <c r="B68" t="s">
-        <v>376</v>
+        <v>377</v>
       </c>
       <c r="C68" t="s">
-        <v>377</v>
+        <v>378</v>
       </c>
       <c r="D68" t="s">
         <v>49</v>
       </c>
       <c r="E68" t="s">
-        <v>366</v>
+        <v>367</v>
       </c>
       <c r="F68" t="s">
-        <v>348</v>
+        <v>349</v>
       </c>
       <c r="G68" t="s">
-        <v>378</v>
+        <v>379</v>
       </c>
       <c r="H68" t="s">
         <v>23</v>
       </c>
       <c r="I68" t="s">
         <v>44</v>
       </c>
       <c r="J68" t="s">
         <v>35</v>
       </c>
       <c r="K68" t="s">
         <v>36</v>
       </c>
       <c r="L68"/>
       <c r="M68"/>
       <c r="N68" t="s">
         <v>53</v>
       </c>
       <c r="O68"/>
       <c r="P68"/>
       <c r="Q68" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="69" spans="1:17">
       <c r="A69">
         <v>11673</v>
       </c>
       <c r="B69" t="s">
-        <v>379</v>
+        <v>380</v>
       </c>
       <c r="C69" t="s">
-        <v>380</v>
+        <v>381</v>
       </c>
       <c r="D69" t="s">
-        <v>381</v>
+        <v>382</v>
       </c>
       <c r="E69" t="s">
-        <v>382</v>
+        <v>383</v>
       </c>
       <c r="F69" t="s">
-        <v>348</v>
+        <v>349</v>
       </c>
       <c r="G69" t="s">
-        <v>383</v>
+        <v>384</v>
       </c>
       <c r="H69" t="s">
-        <v>350</v>
+        <v>351</v>
       </c>
       <c r="I69" t="s">
         <v>60</v>
       </c>
       <c r="J69" t="s">
         <v>35</v>
       </c>
       <c r="K69" t="s">
         <v>97</v>
       </c>
       <c r="L69"/>
       <c r="M69"/>
       <c r="N69" t="s">
         <v>46</v>
       </c>
       <c r="O69"/>
       <c r="P69"/>
       <c r="Q69" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="70" spans="1:17">
       <c r="A70">
         <v>11183</v>
       </c>
       <c r="B70" t="s">
-        <v>384</v>
+        <v>385</v>
       </c>
       <c r="C70" t="s">
-        <v>385</v>
+        <v>386</v>
       </c>
       <c r="D70" t="s">
         <v>31</v>
       </c>
       <c r="E70" t="s">
-        <v>362</v>
+        <v>363</v>
       </c>
       <c r="F70" t="s">
-        <v>348</v>
+        <v>349</v>
       </c>
       <c r="G70" t="s">
-        <v>386</v>
+        <v>387</v>
       </c>
       <c r="H70" t="s">
         <v>23</v>
       </c>
       <c r="I70" t="s">
         <v>60</v>
       </c>
       <c r="J70" t="s">
         <v>25</v>
       </c>
       <c r="K70"/>
       <c r="L70"/>
       <c r="M70"/>
       <c r="N70" t="s">
         <v>46</v>
       </c>
       <c r="O70"/>
       <c r="P70" t="s">
-        <v>387</v>
+        <v>388</v>
       </c>
       <c r="Q70" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="71" spans="1:17">
       <c r="A71">
         <v>9258</v>
       </c>
       <c r="B71" t="s">
-        <v>388</v>
+        <v>389</v>
       </c>
       <c r="C71" t="s">
-        <v>389</v>
+        <v>390</v>
       </c>
       <c r="D71" t="s">
-        <v>390</v>
+        <v>391</v>
       </c>
       <c r="E71" t="s">
-        <v>391</v>
+        <v>392</v>
       </c>
       <c r="F71" t="s">
-        <v>392</v>
+        <v>393</v>
       </c>
       <c r="G71" t="s">
-        <v>393</v>
+        <v>394</v>
       </c>
       <c r="H71" t="s">
         <v>23</v>
       </c>
       <c r="I71" t="s">
         <v>24</v>
       </c>
       <c r="J71" t="s">
         <v>35</v>
       </c>
       <c r="K71" t="s">
         <v>45</v>
       </c>
       <c r="L71"/>
       <c r="M71"/>
       <c r="N71" t="s">
         <v>37</v>
       </c>
       <c r="O71"/>
       <c r="P71" t="s">
-        <v>394</v>
+        <v>395</v>
       </c>
       <c r="Q71" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="72" spans="1:17">
       <c r="A72">
         <v>832</v>
       </c>
       <c r="B72" t="s">
-        <v>395</v>
+        <v>396</v>
       </c>
       <c r="C72" t="s">
-        <v>396</v>
+        <v>397</v>
       </c>
       <c r="D72" t="s">
         <v>143</v>
       </c>
       <c r="E72" t="s">
-        <v>397</v>
+        <v>398</v>
       </c>
       <c r="F72" t="s">
-        <v>398</v>
+        <v>399</v>
       </c>
       <c r="G72" t="s">
-        <v>399</v>
+        <v>400</v>
       </c>
       <c r="H72" t="s">
         <v>23</v>
       </c>
       <c r="I72" t="s">
         <v>24</v>
       </c>
       <c r="J72" t="s">
         <v>35</v>
       </c>
       <c r="K72" t="s">
         <v>45</v>
       </c>
       <c r="L72"/>
       <c r="M72"/>
       <c r="N72" t="s">
         <v>53</v>
       </c>
       <c r="O72"/>
       <c r="P72" t="s">
-        <v>400</v>
+        <v>401</v>
       </c>
       <c r="Q72" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="73" spans="1:17">
       <c r="A73">
         <v>866</v>
       </c>
       <c r="B73" t="s">
-        <v>401</v>
+        <v>402</v>
       </c>
       <c r="C73" t="s">
-        <v>402</v>
+        <v>403</v>
       </c>
       <c r="D73" t="s">
-        <v>403</v>
+        <v>404</v>
       </c>
       <c r="E73" t="s">
-        <v>397</v>
+        <v>398</v>
       </c>
       <c r="F73" t="s">
-        <v>398</v>
+        <v>399</v>
       </c>
       <c r="G73" t="s">
-        <v>404</v>
+        <v>405</v>
       </c>
       <c r="H73" t="s">
         <v>23</v>
       </c>
       <c r="I73" t="s">
         <v>24</v>
       </c>
       <c r="J73" t="s">
         <v>35</v>
       </c>
       <c r="K73" t="s">
         <v>45</v>
       </c>
       <c r="L73"/>
       <c r="M73"/>
       <c r="N73" t="s">
         <v>120</v>
       </c>
       <c r="O73"/>
       <c r="P73" t="s">
-        <v>405</v>
+        <v>406</v>
       </c>
       <c r="Q73" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="74" spans="1:17">
       <c r="A74">
         <v>12218</v>
       </c>
       <c r="B74" t="s">
-        <v>406</v>
+        <v>407</v>
       </c>
       <c r="C74" t="s">
-        <v>407</v>
+        <v>408</v>
       </c>
       <c r="D74" t="s">
         <v>143</v>
       </c>
       <c r="E74" t="s">
-        <v>408</v>
+        <v>409</v>
       </c>
       <c r="F74" t="s">
-        <v>398</v>
+        <v>399</v>
       </c>
       <c r="G74" t="s">
-        <v>409</v>
+        <v>410</v>
       </c>
       <c r="H74" t="s">
         <v>23</v>
       </c>
       <c r="I74" t="s">
         <v>90</v>
       </c>
       <c r="J74" t="s">
         <v>35</v>
       </c>
       <c r="K74" t="s">
         <v>36</v>
       </c>
       <c r="L74"/>
       <c r="M74"/>
       <c r="N74" t="s">
         <v>53</v>
       </c>
       <c r="O74"/>
       <c r="P74"/>
       <c r="Q74" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="75" spans="1:17">
       <c r="A75">
         <v>10948</v>
       </c>
       <c r="B75" t="s">
-        <v>410</v>
+        <v>411</v>
       </c>
       <c r="C75" t="s">
-        <v>411</v>
+        <v>412</v>
       </c>
       <c r="D75" t="s">
-        <v>412</v>
+        <v>413</v>
       </c>
       <c r="E75" t="s">
-        <v>408</v>
+        <v>409</v>
       </c>
       <c r="F75" t="s">
-        <v>398</v>
+        <v>399</v>
       </c>
       <c r="G75" t="s">
-        <v>413</v>
+        <v>414</v>
       </c>
       <c r="H75" t="s">
         <v>23</v>
       </c>
       <c r="I75" t="s">
         <v>66</v>
       </c>
       <c r="J75" t="s">
         <v>35</v>
       </c>
       <c r="K75" t="s">
         <v>36</v>
       </c>
       <c r="L75"/>
       <c r="M75"/>
       <c r="N75" t="s">
         <v>72</v>
       </c>
       <c r="O75"/>
       <c r="P75"/>
       <c r="Q75" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="76" spans="1:17">
       <c r="A76">
         <v>79803</v>
       </c>
       <c r="B76" t="s">
-        <v>414</v>
+        <v>415</v>
       </c>
       <c r="C76" t="s">
-        <v>415</v>
+        <v>416</v>
       </c>
       <c r="D76" t="s">
-        <v>416</v>
+        <v>417</v>
       </c>
       <c r="E76" t="s">
-        <v>397</v>
+        <v>398</v>
       </c>
       <c r="F76" t="s">
-        <v>398</v>
+        <v>399</v>
       </c>
       <c r="G76" t="s">
-        <v>417</v>
+        <v>418</v>
       </c>
       <c r="H76" t="s">
         <v>23</v>
       </c>
       <c r="I76" t="s">
         <v>24</v>
       </c>
       <c r="J76" t="s">
         <v>35</v>
       </c>
       <c r="K76" t="s">
         <v>45</v>
       </c>
       <c r="L76"/>
       <c r="M76"/>
       <c r="N76" t="s">
         <v>72</v>
       </c>
       <c r="O76"/>
       <c r="P76" t="s">
-        <v>418</v>
+        <v>419</v>
       </c>
       <c r="Q76" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="77" spans="1:17">
       <c r="A77">
         <v>11660</v>
       </c>
       <c r="B77" t="s">
-        <v>419</v>
+        <v>420</v>
       </c>
       <c r="C77" t="s">
-        <v>420</v>
+        <v>421</v>
       </c>
       <c r="D77" t="s">
-        <v>421</v>
+        <v>422</v>
       </c>
       <c r="E77" t="s">
-        <v>422</v>
+        <v>423</v>
       </c>
       <c r="F77" t="s">
-        <v>423</v>
+        <v>424</v>
       </c>
       <c r="G77" t="s">
-        <v>424</v>
+        <v>425</v>
       </c>
       <c r="H77" t="s">
         <v>23</v>
       </c>
       <c r="I77" t="s">
         <v>90</v>
       </c>
       <c r="J77" t="s">
         <v>35</v>
       </c>
       <c r="K77" t="s">
         <v>36</v>
       </c>
       <c r="L77"/>
       <c r="M77"/>
       <c r="N77" t="s">
         <v>72</v>
       </c>
       <c r="O77"/>
       <c r="P77" t="s">
-        <v>425</v>
+        <v>426</v>
       </c>
       <c r="Q77" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="78" spans="1:17">
       <c r="A78">
         <v>1719</v>
       </c>
       <c r="B78" t="s">
-        <v>426</v>
+        <v>427</v>
       </c>
       <c r="C78" t="s">
-        <v>427</v>
+        <v>428</v>
       </c>
       <c r="D78" t="s">
-        <v>428</v>
+        <v>429</v>
       </c>
       <c r="E78" t="s">
-        <v>429</v>
+        <v>430</v>
       </c>
       <c r="F78" t="s">
-        <v>423</v>
+        <v>424</v>
       </c>
       <c r="G78" t="s">
-        <v>430</v>
+        <v>431</v>
       </c>
       <c r="H78" t="s">
         <v>23</v>
       </c>
       <c r="I78" t="s">
         <v>24</v>
       </c>
       <c r="J78" t="s">
         <v>35</v>
       </c>
       <c r="K78" t="s">
         <v>45</v>
       </c>
       <c r="L78"/>
       <c r="M78"/>
       <c r="N78" t="s">
         <v>53</v>
       </c>
       <c r="O78"/>
       <c r="P78"/>
       <c r="Q78" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="79" spans="1:17">
       <c r="A79">
         <v>10742</v>
       </c>
       <c r="B79" t="s">
-        <v>431</v>
+        <v>432</v>
       </c>
       <c r="C79" t="s">
-        <v>432</v>
+        <v>433</v>
       </c>
       <c r="D79" t="s">
         <v>41</v>
       </c>
       <c r="E79" t="s">
-        <v>433</v>
+        <v>434</v>
       </c>
       <c r="F79" t="s">
-        <v>423</v>
+        <v>424</v>
       </c>
       <c r="G79" t="s">
-        <v>434</v>
+        <v>435</v>
       </c>
       <c r="H79" t="s">
         <v>23</v>
       </c>
       <c r="I79" t="s">
         <v>44</v>
       </c>
       <c r="J79" t="s">
         <v>35</v>
       </c>
       <c r="K79" t="s">
         <v>45</v>
       </c>
       <c r="L79"/>
       <c r="M79"/>
       <c r="N79" t="s">
         <v>53</v>
       </c>
       <c r="O79"/>
       <c r="P79"/>
       <c r="Q79" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="80" spans="1:17">
       <c r="A80">
         <v>12373</v>
       </c>
       <c r="B80" t="s">
-        <v>435</v>
+        <v>436</v>
       </c>
       <c r="C80"/>
       <c r="D80"/>
       <c r="E80" t="s">
-        <v>436</v>
+        <v>437</v>
       </c>
       <c r="F80" t="s">
-        <v>423</v>
+        <v>424</v>
       </c>
       <c r="G80" t="s">
-        <v>437</v>
+        <v>438</v>
       </c>
       <c r="H80" t="s">
         <v>23</v>
       </c>
       <c r="I80" t="s">
         <v>44</v>
       </c>
       <c r="J80" t="s">
         <v>35</v>
       </c>
       <c r="K80" t="s">
         <v>36</v>
       </c>
       <c r="L80"/>
       <c r="M80"/>
       <c r="N80" t="s">
         <v>53</v>
       </c>
       <c r="O80"/>
       <c r="P80"/>
       <c r="Q80" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="81" spans="1:17">
       <c r="A81">
         <v>16220</v>
       </c>
       <c r="B81" t="s">
-        <v>438</v>
+        <v>439</v>
       </c>
       <c r="C81" t="s">
-        <v>439</v>
+        <v>440</v>
       </c>
       <c r="D81" t="s">
-        <v>440</v>
+        <v>441</v>
       </c>
       <c r="E81" t="s">
-        <v>429</v>
+        <v>430</v>
       </c>
       <c r="F81" t="s">
-        <v>423</v>
+        <v>424</v>
       </c>
       <c r="G81" t="s">
-        <v>441</v>
+        <v>442</v>
       </c>
       <c r="H81" t="s">
         <v>23</v>
       </c>
       <c r="I81" t="s">
         <v>78</v>
       </c>
       <c r="J81" t="s">
         <v>35</v>
       </c>
       <c r="K81" t="s">
         <v>45</v>
       </c>
       <c r="L81"/>
       <c r="M81"/>
       <c r="N81" t="s">
         <v>72</v>
       </c>
       <c r="O81"/>
       <c r="P81" t="s">
-        <v>442</v>
+        <v>443</v>
       </c>
       <c r="Q81" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="82" spans="1:17">
       <c r="A82">
         <v>12235</v>
       </c>
       <c r="B82" t="s">
-        <v>443</v>
+        <v>444</v>
       </c>
       <c r="C82" t="s">
-        <v>444</v>
+        <v>445</v>
       </c>
       <c r="D82" t="s">
         <v>41</v>
       </c>
       <c r="E82" t="s">
-        <v>436</v>
+        <v>437</v>
       </c>
       <c r="F82" t="s">
-        <v>423</v>
+        <v>424</v>
       </c>
       <c r="G82" t="s">
-        <v>445</v>
+        <v>446</v>
       </c>
       <c r="H82" t="s">
         <v>23</v>
       </c>
       <c r="I82" t="s">
         <v>44</v>
       </c>
       <c r="J82" t="s">
         <v>35</v>
       </c>
       <c r="K82" t="s">
         <v>36</v>
       </c>
       <c r="L82"/>
       <c r="M82"/>
       <c r="N82" t="s">
         <v>53</v>
       </c>
       <c r="O82"/>
       <c r="P82"/>
       <c r="Q82" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="83" spans="1:17">
       <c r="A83">
         <v>2137</v>
       </c>
       <c r="B83" t="s">
-        <v>446</v>
+        <v>447</v>
       </c>
       <c r="C83" t="s">
-        <v>447</v>
+        <v>448</v>
       </c>
       <c r="D83" t="s">
-        <v>416</v>
+        <v>417</v>
       </c>
       <c r="E83" t="s">
-        <v>448</v>
+        <v>449</v>
       </c>
       <c r="F83" t="s">
-        <v>423</v>
+        <v>424</v>
       </c>
       <c r="G83" t="s">
-        <v>449</v>
+        <v>450</v>
       </c>
       <c r="H83" t="s">
         <v>23</v>
       </c>
       <c r="I83" t="s">
         <v>24</v>
       </c>
       <c r="J83" t="s">
         <v>35</v>
       </c>
       <c r="K83" t="s">
         <v>45</v>
       </c>
       <c r="L83"/>
       <c r="M83"/>
       <c r="N83" t="s">
         <v>72</v>
       </c>
       <c r="O83"/>
       <c r="P83" t="s">
-        <v>450</v>
+        <v>451</v>
       </c>
       <c r="Q83" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="84" spans="1:17">
       <c r="A84">
         <v>3969</v>
       </c>
       <c r="B84" t="s">
-        <v>451</v>
+        <v>452</v>
       </c>
       <c r="C84" t="s">
-        <v>452</v>
+        <v>453</v>
       </c>
       <c r="D84" t="s">
-        <v>453</v>
+        <v>454</v>
       </c>
       <c r="E84" t="s">
-        <v>436</v>
+        <v>437</v>
       </c>
       <c r="F84" t="s">
-        <v>423</v>
+        <v>424</v>
       </c>
       <c r="G84" t="s">
-        <v>454</v>
+        <v>455</v>
       </c>
       <c r="H84" t="s">
         <v>23</v>
       </c>
       <c r="I84" t="s">
         <v>24</v>
       </c>
       <c r="J84" t="s">
         <v>35</v>
       </c>
       <c r="K84" t="s">
         <v>36</v>
       </c>
       <c r="L84"/>
       <c r="M84"/>
       <c r="N84" t="s">
         <v>115</v>
       </c>
       <c r="O84"/>
       <c r="P84"/>
       <c r="Q84" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="85" spans="1:17">
       <c r="A85">
         <v>11576</v>
       </c>
       <c r="B85" t="s">
-        <v>455</v>
+        <v>456</v>
       </c>
       <c r="C85" t="s">
-        <v>456</v>
+        <v>457</v>
       </c>
       <c r="D85" t="s">
-        <v>238</v>
+        <v>271</v>
       </c>
       <c r="E85" t="s">
-        <v>457</v>
+        <v>458</v>
       </c>
       <c r="F85" t="s">
-        <v>423</v>
+        <v>424</v>
       </c>
       <c r="G85" t="s">
-        <v>458</v>
+        <v>459</v>
       </c>
       <c r="H85" t="s">
         <v>23</v>
       </c>
       <c r="I85" t="s">
         <v>60</v>
       </c>
       <c r="J85" t="s">
         <v>25</v>
       </c>
       <c r="K85"/>
       <c r="L85"/>
       <c r="M85"/>
       <c r="N85" t="s">
         <v>46</v>
       </c>
       <c r="O85"/>
       <c r="P85" t="s">
-        <v>459</v>
+        <v>460</v>
       </c>
       <c r="Q85" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="86" spans="1:17">
       <c r="A86">
         <v>5944</v>
       </c>
       <c r="B86" t="s">
-        <v>460</v>
+        <v>461</v>
       </c>
       <c r="C86" t="s">
-        <v>461</v>
+        <v>462</v>
       </c>
       <c r="D86" t="s">
         <v>143</v>
       </c>
       <c r="E86" t="s">
-        <v>462</v>
+        <v>463</v>
       </c>
       <c r="F86" t="s">
-        <v>423</v>
+        <v>424</v>
       </c>
       <c r="G86" t="s">
-        <v>463</v>
+        <v>464</v>
       </c>
       <c r="H86" t="s">
         <v>23</v>
       </c>
       <c r="I86" t="s">
         <v>24</v>
       </c>
       <c r="J86" t="s">
         <v>25</v>
       </c>
       <c r="K86"/>
       <c r="L86"/>
       <c r="M86"/>
       <c r="N86" t="s">
         <v>37</v>
       </c>
       <c r="O86"/>
       <c r="P86" t="s">
-        <v>464</v>
+        <v>465</v>
       </c>
       <c r="Q86" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="87" spans="1:17">
       <c r="A87">
         <v>11060</v>
       </c>
       <c r="B87" t="s">
-        <v>465</v>
+        <v>466</v>
       </c>
       <c r="C87" t="s">
-        <v>466</v>
+        <v>467</v>
       </c>
       <c r="D87" t="s">
-        <v>467</v>
+        <v>468</v>
       </c>
       <c r="E87" t="s">
-        <v>457</v>
+        <v>458</v>
       </c>
       <c r="F87" t="s">
-        <v>423</v>
+        <v>424</v>
       </c>
       <c r="G87" t="s">
-        <v>468</v>
+        <v>469</v>
       </c>
       <c r="H87" t="s">
         <v>23</v>
       </c>
       <c r="I87" t="s">
         <v>60</v>
       </c>
       <c r="J87" t="s">
         <v>25</v>
       </c>
       <c r="K87"/>
       <c r="L87"/>
       <c r="M87"/>
       <c r="N87" t="s">
-        <v>351</v>
+        <v>352</v>
       </c>
       <c r="O87"/>
       <c r="P87" t="s">
-        <v>469</v>
+        <v>470</v>
       </c>
       <c r="Q87" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="88" spans="1:17">
       <c r="A88">
         <v>11408</v>
       </c>
       <c r="B88" t="s">
-        <v>470</v>
+        <v>471</v>
       </c>
       <c r="C88" t="s">
-        <v>471</v>
+        <v>472</v>
       </c>
       <c r="D88" t="s">
-        <v>337</v>
+        <v>338</v>
       </c>
       <c r="E88" t="s">
-        <v>457</v>
+        <v>458</v>
       </c>
       <c r="F88" t="s">
-        <v>423</v>
+        <v>424</v>
       </c>
       <c r="G88" t="s">
-        <v>472</v>
+        <v>473</v>
       </c>
       <c r="H88" t="s">
         <v>23</v>
       </c>
       <c r="I88" t="s">
         <v>60</v>
       </c>
       <c r="J88" t="s">
         <v>25</v>
       </c>
       <c r="K88"/>
       <c r="L88"/>
       <c r="M88"/>
       <c r="N88" t="s">
         <v>26</v>
       </c>
       <c r="O88"/>
       <c r="P88" t="s">
-        <v>473</v>
+        <v>474</v>
       </c>
       <c r="Q88" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="89" spans="1:17">
       <c r="A89">
         <v>11730</v>
       </c>
       <c r="B89" t="s">
-        <v>474</v>
+        <v>475</v>
       </c>
       <c r="C89" t="s">
-        <v>475</v>
+        <v>476</v>
       </c>
       <c r="D89" t="s">
         <v>143</v>
       </c>
       <c r="E89" t="s">
-        <v>457</v>
+        <v>458</v>
       </c>
       <c r="F89" t="s">
-        <v>423</v>
+        <v>424</v>
       </c>
       <c r="G89" t="s">
-        <v>476</v>
+        <v>477</v>
       </c>
       <c r="H89" t="s">
         <v>23</v>
       </c>
       <c r="I89" t="s">
         <v>60</v>
       </c>
       <c r="J89" t="s">
         <v>25</v>
       </c>
       <c r="K89"/>
       <c r="L89"/>
       <c r="M89"/>
       <c r="N89" t="s">
         <v>26</v>
       </c>
       <c r="O89"/>
       <c r="P89" t="s">
-        <v>477</v>
+        <v>478</v>
       </c>
       <c r="Q89" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="90" spans="1:17">
       <c r="A90">
         <v>16235</v>
       </c>
       <c r="B90" t="s">
-        <v>478</v>
+        <v>479</v>
       </c>
       <c r="C90" t="s">
-        <v>479</v>
+        <v>480</v>
       </c>
       <c r="D90" t="s">
-        <v>480</v>
+        <v>481</v>
       </c>
       <c r="E90" t="s">
-        <v>481</v>
+        <v>482</v>
       </c>
       <c r="F90" t="s">
-        <v>423</v>
+        <v>424</v>
       </c>
       <c r="G90" t="s">
-        <v>482</v>
+        <v>483</v>
       </c>
       <c r="H90" t="s">
         <v>23</v>
       </c>
       <c r="I90" t="s">
         <v>66</v>
       </c>
       <c r="J90" t="s">
         <v>35</v>
       </c>
       <c r="K90" t="s">
         <v>36</v>
       </c>
       <c r="L90"/>
       <c r="M90"/>
       <c r="N90" t="s">
         <v>53</v>
       </c>
       <c r="O90"/>
       <c r="P90" t="s">
-        <v>483</v>
+        <v>484</v>
       </c>
       <c r="Q90" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="91" spans="1:17">
       <c r="A91">
         <v>7040</v>
       </c>
       <c r="B91" t="s">
-        <v>484</v>
+        <v>485</v>
       </c>
       <c r="C91"/>
       <c r="D91"/>
       <c r="E91" t="s">
-        <v>485</v>
+        <v>486</v>
       </c>
       <c r="F91" t="s">
-        <v>423</v>
+        <v>424</v>
       </c>
       <c r="G91" t="s">
-        <v>486</v>
+        <v>487</v>
       </c>
       <c r="H91" t="s">
         <v>23</v>
       </c>
       <c r="I91" t="s">
         <v>24</v>
       </c>
       <c r="J91" t="s">
         <v>35</v>
       </c>
       <c r="K91" t="s">
         <v>45</v>
       </c>
       <c r="L91"/>
       <c r="M91"/>
       <c r="N91" t="s">
         <v>37</v>
       </c>
       <c r="O91"/>
       <c r="P91"/>
       <c r="Q91" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="92" spans="1:17">
       <c r="A92">
         <v>12429</v>
       </c>
       <c r="B92" t="s">
-        <v>487</v>
+        <v>488</v>
       </c>
       <c r="C92" t="s">
-        <v>488</v>
+        <v>489</v>
       </c>
       <c r="D92" t="s">
         <v>31</v>
       </c>
       <c r="E92" t="s">
-        <v>457</v>
+        <v>458</v>
       </c>
       <c r="F92" t="s">
-        <v>423</v>
+        <v>424</v>
       </c>
       <c r="G92" t="s">
-        <v>489</v>
+        <v>490</v>
       </c>
       <c r="H92" t="s">
         <v>23</v>
       </c>
       <c r="I92" t="s">
         <v>60</v>
       </c>
       <c r="J92" t="s">
         <v>25</v>
       </c>
       <c r="K92"/>
       <c r="L92"/>
       <c r="M92"/>
       <c r="N92" t="s">
         <v>46</v>
       </c>
       <c r="O92"/>
       <c r="P92" t="s">
-        <v>490</v>
+        <v>491</v>
       </c>
       <c r="Q92" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="93" spans="1:17">
       <c r="A93">
         <v>661</v>
       </c>
       <c r="B93" t="s">
-        <v>491</v>
+        <v>492</v>
       </c>
       <c r="C93" t="s">
-        <v>492</v>
+        <v>493</v>
       </c>
       <c r="D93" t="s">
-        <v>493</v>
+        <v>494</v>
       </c>
       <c r="E93" t="s">
-        <v>494</v>
+        <v>495</v>
       </c>
       <c r="F93" t="s">
-        <v>423</v>
+        <v>424</v>
       </c>
       <c r="G93" t="s">
-        <v>495</v>
+        <v>496</v>
       </c>
       <c r="H93" t="s">
         <v>23</v>
       </c>
       <c r="I93" t="s">
         <v>24</v>
       </c>
       <c r="J93" t="s">
         <v>35</v>
       </c>
       <c r="K93" t="s">
         <v>45</v>
       </c>
       <c r="L93"/>
       <c r="M93"/>
       <c r="N93" t="s">
         <v>72</v>
       </c>
       <c r="O93"/>
       <c r="P93"/>
       <c r="Q93" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="94" spans="1:17">
       <c r="A94">
         <v>8396</v>
       </c>
       <c r="B94" t="s">
-        <v>496</v>
+        <v>497</v>
       </c>
       <c r="C94" t="s">
-        <v>497</v>
+        <v>498</v>
       </c>
       <c r="D94" t="s">
         <v>128</v>
       </c>
       <c r="E94" t="s">
-        <v>436</v>
+        <v>437</v>
       </c>
       <c r="F94" t="s">
-        <v>423</v>
+        <v>424</v>
       </c>
       <c r="G94" t="s">
-        <v>498</v>
+        <v>499</v>
       </c>
       <c r="H94" t="s">
         <v>23</v>
       </c>
       <c r="I94" t="s">
         <v>24</v>
       </c>
       <c r="J94" t="s">
         <v>35</v>
       </c>
       <c r="K94" t="s">
-        <v>499</v>
+        <v>500</v>
       </c>
       <c r="L94"/>
       <c r="M94"/>
       <c r="N94" t="s">
         <v>37</v>
       </c>
       <c r="O94"/>
       <c r="P94" t="s">
-        <v>500</v>
+        <v>501</v>
       </c>
       <c r="Q94" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="95" spans="1:17">
       <c r="A95">
         <v>12350</v>
       </c>
       <c r="B95" t="s">
-        <v>501</v>
+        <v>502</v>
       </c>
       <c r="C95" t="s">
-        <v>502</v>
+        <v>503</v>
       </c>
       <c r="D95" t="s">
         <v>143</v>
       </c>
       <c r="E95" t="s">
-        <v>436</v>
+        <v>437</v>
       </c>
       <c r="F95" t="s">
-        <v>423</v>
+        <v>424</v>
       </c>
       <c r="G95" t="s">
-        <v>503</v>
+        <v>504</v>
       </c>
       <c r="H95" t="s">
         <v>23</v>
       </c>
       <c r="I95" t="s">
         <v>44</v>
       </c>
       <c r="J95" t="s">
         <v>35</v>
       </c>
       <c r="K95" t="s">
         <v>36</v>
       </c>
       <c r="L95"/>
       <c r="M95"/>
       <c r="N95" t="s">
         <v>37</v>
       </c>
       <c r="O95"/>
       <c r="P95" t="s">
-        <v>504</v>
+        <v>505</v>
       </c>
       <c r="Q95" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="96" spans="1:17">
       <c r="A96">
         <v>9336</v>
       </c>
       <c r="B96" t="s">
-        <v>505</v>
+        <v>506</v>
       </c>
       <c r="C96" t="s">
-        <v>506</v>
+        <v>507</v>
       </c>
       <c r="D96" t="s">
         <v>143</v>
       </c>
       <c r="E96" t="s">
-        <v>507</v>
+        <v>508</v>
       </c>
       <c r="F96" t="s">
-        <v>508</v>
+        <v>509</v>
       </c>
       <c r="G96" t="s">
-        <v>509</v>
+        <v>510</v>
       </c>
       <c r="H96" t="s">
         <v>23</v>
       </c>
       <c r="I96" t="s">
         <v>24</v>
       </c>
       <c r="J96" t="s">
         <v>35</v>
       </c>
       <c r="K96" t="s">
         <v>45</v>
       </c>
       <c r="L96"/>
       <c r="M96"/>
       <c r="N96" t="s">
         <v>53</v>
       </c>
       <c r="O96"/>
       <c r="P96" t="s">
-        <v>510</v>
+        <v>511</v>
       </c>
       <c r="Q96" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="97" spans="1:17">
       <c r="A97">
         <v>11903</v>
       </c>
       <c r="B97" t="s">
-        <v>511</v>
+        <v>512</v>
       </c>
       <c r="C97" t="s">
-        <v>512</v>
+        <v>513</v>
       </c>
       <c r="D97" t="s">
-        <v>513</v>
+        <v>514</v>
       </c>
       <c r="E97" t="s">
-        <v>514</v>
+        <v>515</v>
       </c>
       <c r="F97" t="s">
-        <v>515</v>
+        <v>516</v>
       </c>
       <c r="G97" t="s">
-        <v>516</v>
+        <v>517</v>
       </c>
       <c r="H97" t="s">
         <v>23</v>
       </c>
       <c r="I97" t="s">
         <v>90</v>
       </c>
       <c r="J97" t="s">
         <v>35</v>
       </c>
       <c r="K97" t="s">
         <v>36</v>
       </c>
       <c r="L97"/>
       <c r="M97"/>
       <c r="N97" t="s">
         <v>37</v>
       </c>
       <c r="O97"/>
       <c r="P97"/>
       <c r="Q97" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="98" spans="1:17">
       <c r="A98">
         <v>20064</v>
       </c>
       <c r="B98" t="s">
-        <v>517</v>
+        <v>518</v>
       </c>
       <c r="C98" t="s">
-        <v>518</v>
+        <v>519</v>
       </c>
       <c r="D98" t="s">
-        <v>519</v>
+        <v>520</v>
       </c>
       <c r="E98" t="s">
-        <v>520</v>
+        <v>521</v>
       </c>
       <c r="F98" t="s">
-        <v>521</v>
+        <v>522</v>
       </c>
       <c r="G98"/>
       <c r="H98" t="s">
         <v>152</v>
       </c>
       <c r="I98" t="s">
         <v>66</v>
       </c>
       <c r="J98" t="s">
         <v>25</v>
       </c>
       <c r="K98"/>
       <c r="L98"/>
       <c r="M98"/>
       <c r="N98" t="s">
         <v>72</v>
       </c>
       <c r="O98"/>
       <c r="P98"/>
       <c r="Q98" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="99" spans="1:17">
       <c r="A99">
         <v>20065</v>
       </c>
       <c r="B99" t="s">
+        <v>523</v>
+      </c>
+      <c r="C99" t="s">
+        <v>524</v>
+      </c>
+      <c r="D99" t="s">
+        <v>520</v>
+      </c>
+      <c r="E99" t="s">
+        <v>521</v>
+      </c>
+      <c r="F99" t="s">
         <v>522</v>
-      </c>
-[...10 lines deleted...]
-        <v>521</v>
       </c>
       <c r="G99"/>
       <c r="H99" t="s">
         <v>152</v>
       </c>
       <c r="I99" t="s">
         <v>66</v>
       </c>
       <c r="J99" t="s">
         <v>25</v>
       </c>
       <c r="K99"/>
       <c r="L99"/>
       <c r="M99"/>
       <c r="N99" t="s">
         <v>72</v>
       </c>
       <c r="O99"/>
       <c r="P99"/>
       <c r="Q99" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="100" spans="1:17">
       <c r="A100">
         <v>20068</v>
       </c>
       <c r="B100" t="s">
-        <v>524</v>
+        <v>525</v>
       </c>
       <c r="C100" t="s">
-        <v>525</v>
+        <v>526</v>
       </c>
       <c r="D100" t="s">
-        <v>311</v>
+        <v>312</v>
       </c>
       <c r="E100" t="s">
-        <v>520</v>
+        <v>521</v>
       </c>
       <c r="F100" t="s">
-        <v>521</v>
+        <v>522</v>
       </c>
       <c r="G100"/>
       <c r="H100" t="s">
         <v>152</v>
       </c>
       <c r="I100" t="s">
         <v>66</v>
       </c>
       <c r="J100" t="s">
         <v>25</v>
       </c>
       <c r="K100"/>
       <c r="L100"/>
       <c r="M100"/>
       <c r="N100" t="s">
         <v>72</v>
       </c>
       <c r="O100"/>
       <c r="P100"/>
       <c r="Q100" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="101" spans="1:17">
       <c r="A101">
         <v>1163</v>
       </c>
       <c r="B101" t="s">
-        <v>526</v>
+        <v>527</v>
       </c>
       <c r="C101" t="s">
-        <v>527</v>
+        <v>528</v>
       </c>
       <c r="D101" t="s">
         <v>143</v>
       </c>
       <c r="E101" t="s">
         <v>134</v>
       </c>
       <c r="F101" t="s">
         <v>113</v>
       </c>
       <c r="G101"/>
       <c r="H101" t="s">
         <v>23</v>
       </c>
       <c r="I101" t="s">
         <v>24</v>
       </c>
       <c r="J101" t="s">
         <v>35</v>
       </c>
       <c r="K101" t="s">
         <v>45</v>
       </c>
       <c r="L101"/>
       <c r="M101"/>
       <c r="N101" t="s">
         <v>53</v>
       </c>
       <c r="O101"/>
       <c r="P101"/>
       <c r="Q101" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="102" spans="1:17">
       <c r="A102">
         <v>1278</v>
       </c>
       <c r="B102" t="s">
-        <v>528</v>
+        <v>529</v>
       </c>
       <c r="C102" t="s">
-        <v>529</v>
+        <v>530</v>
       </c>
       <c r="D102" t="s">
         <v>31</v>
       </c>
       <c r="E102" t="s">
         <v>134</v>
       </c>
       <c r="F102" t="s">
         <v>113</v>
       </c>
       <c r="G102"/>
       <c r="H102" t="s">
         <v>23</v>
       </c>
       <c r="I102" t="s">
         <v>24</v>
       </c>
       <c r="J102" t="s">
         <v>35</v>
       </c>
       <c r="K102" t="s">
         <v>45</v>
       </c>
       <c r="L102"/>
       <c r="M102"/>
       <c r="N102" t="s">
         <v>120</v>
       </c>
       <c r="O102"/>
       <c r="P102"/>
       <c r="Q102" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="103" spans="1:17">
       <c r="A103">
         <v>1308</v>
       </c>
       <c r="B103" t="s">
-        <v>530</v>
+        <v>531</v>
       </c>
       <c r="C103" t="s">
-        <v>531</v>
+        <v>532</v>
       </c>
       <c r="D103" t="s">
         <v>128</v>
       </c>
       <c r="E103" t="s">
         <v>112</v>
       </c>
       <c r="F103" t="s">
         <v>113</v>
       </c>
       <c r="G103"/>
       <c r="H103" t="s">
         <v>23</v>
       </c>
       <c r="I103" t="s">
         <v>24</v>
       </c>
       <c r="J103" t="s">
         <v>35</v>
       </c>
       <c r="K103" t="s">
         <v>45</v>
       </c>
       <c r="L103"/>
       <c r="M103"/>
       <c r="N103" t="s">
         <v>53</v>
       </c>
       <c r="O103"/>
       <c r="P103"/>
       <c r="Q103" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="104" spans="1:17">
       <c r="A104">
         <v>1331</v>
       </c>
       <c r="B104" t="s">
-        <v>532</v>
+        <v>533</v>
       </c>
       <c r="C104" t="s">
-        <v>533</v>
+        <v>534</v>
       </c>
       <c r="D104" t="s">
         <v>31</v>
       </c>
       <c r="E104" t="s">
         <v>112</v>
       </c>
       <c r="F104" t="s">
         <v>113</v>
       </c>
       <c r="G104"/>
       <c r="H104" t="s">
         <v>23</v>
       </c>
       <c r="I104" t="s">
         <v>24</v>
       </c>
       <c r="J104" t="s">
         <v>35</v>
       </c>
       <c r="K104" t="s">
         <v>45</v>
       </c>
       <c r="L104"/>
       <c r="M104"/>
       <c r="N104" t="s">
         <v>37</v>
       </c>
       <c r="O104"/>
       <c r="P104"/>
       <c r="Q104" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="105" spans="1:17">
       <c r="A105">
         <v>1382</v>
       </c>
       <c r="B105" t="s">
-        <v>534</v>
+        <v>535</v>
       </c>
       <c r="C105" t="s">
-        <v>535</v>
+        <v>536</v>
       </c>
       <c r="D105" t="s">
         <v>124</v>
       </c>
       <c r="E105" t="s">
         <v>112</v>
       </c>
       <c r="F105" t="s">
         <v>113</v>
       </c>
       <c r="G105"/>
       <c r="H105" t="s">
         <v>23</v>
       </c>
       <c r="I105" t="s">
         <v>24</v>
       </c>
       <c r="J105" t="s">
         <v>35</v>
       </c>
       <c r="K105" t="s">
         <v>45</v>
       </c>
       <c r="L105"/>
       <c r="M105"/>
       <c r="N105" t="s">
         <v>115</v>
       </c>
       <c r="O105"/>
       <c r="P105"/>
       <c r="Q105" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="106" spans="1:17">
       <c r="A106">
         <v>3326</v>
       </c>
       <c r="B106" t="s">
-        <v>536</v>
+        <v>537</v>
       </c>
       <c r="C106" t="s">
-        <v>537</v>
+        <v>538</v>
       </c>
       <c r="D106" t="s">
         <v>143</v>
       </c>
       <c r="E106" t="s">
         <v>182</v>
       </c>
       <c r="F106" t="s">
         <v>177</v>
       </c>
       <c r="G106"/>
       <c r="H106" t="s">
         <v>23</v>
       </c>
       <c r="I106" t="s">
         <v>24</v>
       </c>
       <c r="J106" t="s">
         <v>35</v>
       </c>
       <c r="K106" t="s">
         <v>45</v>
       </c>
       <c r="L106"/>
       <c r="M106"/>
       <c r="N106" t="s">
         <v>37</v>
       </c>
       <c r="O106"/>
       <c r="P106"/>
       <c r="Q106" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="107" spans="1:17">
       <c r="A107">
         <v>7576</v>
       </c>
       <c r="B107" t="s">
-        <v>538</v>
+        <v>539</v>
       </c>
       <c r="C107" t="s">
-        <v>539</v>
+        <v>540</v>
       </c>
       <c r="D107" t="s">
-        <v>428</v>
+        <v>429</v>
       </c>
       <c r="E107" t="s">
         <v>182</v>
       </c>
       <c r="F107" t="s">
         <v>177</v>
       </c>
       <c r="G107"/>
       <c r="H107" t="s">
         <v>23</v>
       </c>
       <c r="I107" t="s">
         <v>24</v>
       </c>
       <c r="J107" t="s">
         <v>35</v>
       </c>
       <c r="K107" t="s">
         <v>36</v>
       </c>
       <c r="L107"/>
       <c r="M107"/>
       <c r="N107" t="s">
         <v>115</v>
       </c>
       <c r="O107"/>
       <c r="P107"/>
       <c r="Q107" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="108" spans="1:17">
       <c r="A108">
         <v>11952</v>
       </c>
       <c r="B108" t="s">
-        <v>540</v>
+        <v>541</v>
       </c>
       <c r="C108" t="s">
-        <v>541</v>
+        <v>542</v>
       </c>
       <c r="D108" t="s">
         <v>41</v>
       </c>
       <c r="E108" t="s">
         <v>222</v>
       </c>
       <c r="F108" t="s">
         <v>177</v>
       </c>
       <c r="G108"/>
       <c r="H108" t="s">
         <v>23</v>
       </c>
       <c r="I108" t="s">
         <v>44</v>
       </c>
       <c r="J108" t="s">
         <v>35</v>
       </c>
       <c r="K108" t="s">
         <v>45</v>
       </c>
       <c r="L108"/>
       <c r="M108"/>
       <c r="N108" t="s">
         <v>72</v>
       </c>
       <c r="O108"/>
       <c r="P108"/>
       <c r="Q108" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="109" spans="1:17">
       <c r="A109">
         <v>8845</v>
       </c>
       <c r="B109" t="s">
-        <v>542</v>
+        <v>543</v>
       </c>
       <c r="C109"/>
       <c r="D109"/>
       <c r="E109" t="s">
         <v>196</v>
       </c>
       <c r="F109" t="s">
         <v>177</v>
       </c>
       <c r="G109"/>
       <c r="H109" t="s">
         <v>23</v>
       </c>
       <c r="I109" t="s">
         <v>24</v>
       </c>
       <c r="J109" t="s">
         <v>35</v>
       </c>
       <c r="K109" t="s">
         <v>45</v>
       </c>
       <c r="L109"/>
       <c r="M109"/>
       <c r="N109" t="s">
         <v>53</v>
       </c>
       <c r="O109"/>
       <c r="P109"/>
       <c r="Q109" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="110" spans="1:17">
       <c r="A110">
         <v>10679</v>
       </c>
       <c r="B110" t="s">
-        <v>543</v>
+        <v>544</v>
       </c>
       <c r="C110" t="s">
-        <v>544</v>
+        <v>545</v>
       </c>
       <c r="D110" t="s">
-        <v>545</v>
+        <v>546</v>
       </c>
       <c r="E110" t="s">
-        <v>546</v>
+        <v>547</v>
       </c>
       <c r="F110" t="s">
-        <v>547</v>
+        <v>548</v>
       </c>
       <c r="G110"/>
       <c r="H110" t="s">
         <v>23</v>
       </c>
       <c r="I110" t="s">
         <v>44</v>
       </c>
       <c r="J110" t="s">
         <v>35</v>
       </c>
       <c r="K110" t="s">
         <v>45</v>
       </c>
       <c r="L110"/>
       <c r="M110"/>
       <c r="N110" t="s">
         <v>120</v>
       </c>
       <c r="O110"/>
       <c r="P110"/>
       <c r="Q110" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="111" spans="1:17">
       <c r="A111">
         <v>23853</v>
       </c>
       <c r="B111" t="s">
-        <v>548</v>
+        <v>549</v>
       </c>
       <c r="C111"/>
       <c r="D111"/>
       <c r="E111" t="s">
-        <v>549</v>
+        <v>550</v>
       </c>
       <c r="F111" t="s">
-        <v>550</v>
+        <v>551</v>
       </c>
       <c r="G111"/>
       <c r="H111" t="s">
         <v>23</v>
       </c>
       <c r="I111" t="s">
-        <v>250</v>
+        <v>244</v>
       </c>
       <c r="J111" t="s">
         <v>35</v>
       </c>
       <c r="K111" t="s">
         <v>36</v>
       </c>
       <c r="L111"/>
       <c r="M111"/>
       <c r="N111" t="s">
         <v>46</v>
       </c>
       <c r="O111"/>
       <c r="P111"/>
       <c r="Q111" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="112" spans="1:17">
       <c r="A112">
         <v>1208</v>
       </c>
       <c r="B112" t="s">
-        <v>551</v>
+        <v>552</v>
       </c>
       <c r="C112" t="s">
-        <v>552</v>
+        <v>553</v>
       </c>
       <c r="D112" t="s">
         <v>143</v>
       </c>
       <c r="E112" t="s">
-        <v>553</v>
+        <v>554</v>
       </c>
       <c r="F112" t="s">
-        <v>554</v>
+        <v>555</v>
       </c>
       <c r="G112"/>
       <c r="H112" t="s">
         <v>23</v>
       </c>
       <c r="I112" t="s">
         <v>24</v>
       </c>
       <c r="J112" t="s">
         <v>35</v>
       </c>
       <c r="K112" t="s">
         <v>45</v>
       </c>
       <c r="L112"/>
       <c r="M112"/>
       <c r="N112" t="s">
         <v>37</v>
       </c>
       <c r="O112"/>
       <c r="P112" t="s">
-        <v>555</v>
+        <v>556</v>
       </c>
       <c r="Q112" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="113" spans="1:17">
       <c r="A113">
         <v>9873</v>
       </c>
       <c r="B113" t="s">
-        <v>556</v>
+        <v>557</v>
       </c>
       <c r="C113"/>
       <c r="D113"/>
       <c r="E113" t="s">
-        <v>264</v>
+        <v>258</v>
       </c>
       <c r="F113" t="s">
-        <v>265</v>
+        <v>259</v>
       </c>
       <c r="G113"/>
       <c r="H113" t="s">
         <v>23</v>
       </c>
       <c r="I113" t="s">
         <v>24</v>
       </c>
       <c r="J113" t="s">
         <v>35</v>
       </c>
       <c r="K113" t="s">
         <v>45</v>
       </c>
       <c r="L113"/>
       <c r="M113"/>
       <c r="N113" t="s">
         <v>53</v>
       </c>
       <c r="O113"/>
       <c r="P113"/>
       <c r="Q113" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="114" spans="1:17">
       <c r="A114">
         <v>5984</v>
       </c>
       <c r="B114" t="s">
-        <v>557</v>
+        <v>558</v>
       </c>
       <c r="C114"/>
       <c r="D114"/>
       <c r="E114" t="s">
-        <v>558</v>
+        <v>559</v>
       </c>
       <c r="F114" t="s">
-        <v>265</v>
+        <v>259</v>
       </c>
       <c r="G114"/>
       <c r="H114" t="s">
         <v>23</v>
       </c>
       <c r="I114" t="s">
         <v>24</v>
       </c>
       <c r="J114" t="s">
         <v>35</v>
       </c>
       <c r="K114" t="s">
         <v>36</v>
       </c>
       <c r="L114"/>
       <c r="M114"/>
       <c r="N114" t="s">
         <v>115</v>
       </c>
       <c r="O114"/>
       <c r="P114"/>
       <c r="Q114" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="115" spans="1:17">
       <c r="A115">
         <v>24131</v>
       </c>
       <c r="B115" t="s">
-        <v>559</v>
+        <v>560</v>
       </c>
       <c r="C115"/>
       <c r="D115"/>
       <c r="E115" t="s">
-        <v>560</v>
+        <v>561</v>
       </c>
       <c r="F115" t="s">
-        <v>265</v>
+        <v>259</v>
       </c>
       <c r="G115"/>
       <c r="H115" t="s">
         <v>23</v>
       </c>
       <c r="I115" t="s">
-        <v>250</v>
+        <v>244</v>
       </c>
       <c r="J115" t="s">
         <v>35</v>
       </c>
       <c r="K115" t="s">
         <v>45</v>
       </c>
       <c r="L115"/>
       <c r="M115"/>
       <c r="N115" t="s">
         <v>46</v>
       </c>
       <c r="O115"/>
       <c r="P115"/>
       <c r="Q115" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="116" spans="1:17">
       <c r="A116">
         <v>740</v>
       </c>
       <c r="B116" t="s">
-        <v>561</v>
+        <v>562</v>
       </c>
       <c r="C116"/>
       <c r="D116"/>
       <c r="E116" t="s">
-        <v>562</v>
+        <v>563</v>
       </c>
       <c r="F116" t="s">
-        <v>265</v>
+        <v>259</v>
       </c>
       <c r="G116"/>
       <c r="H116" t="s">
         <v>23</v>
       </c>
       <c r="I116" t="s">
         <v>24</v>
       </c>
       <c r="J116" t="s">
         <v>35</v>
       </c>
       <c r="K116" t="s">
         <v>45</v>
       </c>
       <c r="L116"/>
       <c r="M116"/>
       <c r="N116" t="s">
         <v>53</v>
       </c>
       <c r="O116"/>
       <c r="P116"/>
       <c r="Q116" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="117" spans="1:17">
       <c r="A117">
         <v>9390</v>
       </c>
       <c r="B117" t="s">
-        <v>563</v>
+        <v>564</v>
       </c>
       <c r="C117"/>
       <c r="D117"/>
       <c r="E117" t="s">
-        <v>562</v>
+        <v>563</v>
       </c>
       <c r="F117" t="s">
-        <v>265</v>
+        <v>259</v>
       </c>
       <c r="G117"/>
       <c r="H117" t="s">
         <v>23</v>
       </c>
       <c r="I117" t="s">
         <v>24</v>
       </c>
       <c r="J117" t="s">
         <v>35</v>
       </c>
       <c r="K117" t="s">
         <v>45</v>
       </c>
       <c r="L117"/>
       <c r="M117"/>
       <c r="N117" t="s">
         <v>72</v>
       </c>
       <c r="O117"/>
       <c r="P117"/>
       <c r="Q117" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="118" spans="1:17">
       <c r="A118">
         <v>24254</v>
       </c>
       <c r="B118" t="s">
-        <v>564</v>
+        <v>565</v>
       </c>
       <c r="C118"/>
       <c r="D118"/>
       <c r="E118" t="s">
-        <v>565</v>
+        <v>566</v>
       </c>
       <c r="F118" t="s">
-        <v>566</v>
+        <v>567</v>
       </c>
       <c r="G118"/>
       <c r="H118" t="s">
         <v>23</v>
       </c>
       <c r="I118" t="s">
-        <v>250</v>
+        <v>244</v>
       </c>
       <c r="J118" t="s">
         <v>35</v>
       </c>
       <c r="K118" t="s">
         <v>45</v>
       </c>
       <c r="L118"/>
       <c r="M118"/>
       <c r="N118" t="s">
-        <v>567</v>
+        <v>568</v>
       </c>
       <c r="O118"/>
       <c r="P118"/>
       <c r="Q118" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="119" spans="1:17">
       <c r="A119">
         <v>2896</v>
       </c>
       <c r="B119" t="s">
-        <v>568</v>
+        <v>569</v>
       </c>
       <c r="C119" t="s">
-        <v>569</v>
+        <v>570</v>
       </c>
       <c r="D119" t="s">
-        <v>570</v>
+        <v>571</v>
       </c>
       <c r="E119" t="s">
-        <v>448</v>
+        <v>449</v>
       </c>
       <c r="F119" t="s">
-        <v>423</v>
+        <v>424</v>
       </c>
       <c r="G119"/>
       <c r="H119" t="s">
         <v>23</v>
       </c>
       <c r="I119" t="s">
         <v>24</v>
       </c>
       <c r="J119" t="s">
         <v>35</v>
       </c>
       <c r="K119" t="s">
         <v>36</v>
       </c>
       <c r="L119"/>
       <c r="M119"/>
       <c r="N119" t="s">
         <v>115</v>
       </c>
       <c r="O119"/>
       <c r="P119" t="s">
-        <v>571</v>
+        <v>572</v>
       </c>
       <c r="Q119" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="120" spans="1:17">
       <c r="A120">
         <v>6546</v>
       </c>
       <c r="B120" t="s">
-        <v>572</v>
+        <v>573</v>
       </c>
       <c r="C120"/>
       <c r="D120"/>
       <c r="E120" t="s">
-        <v>573</v>
+        <v>574</v>
       </c>
       <c r="F120" t="s">
-        <v>423</v>
+        <v>424</v>
       </c>
       <c r="G120"/>
       <c r="H120" t="s">
         <v>23</v>
       </c>
       <c r="I120" t="s">
         <v>24</v>
       </c>
       <c r="J120" t="s">
         <v>35</v>
       </c>
       <c r="K120" t="s">
         <v>45</v>
       </c>
       <c r="L120"/>
       <c r="M120"/>
       <c r="N120" t="s">
         <v>53</v>
       </c>
       <c r="O120"/>
       <c r="P120"/>
       <c r="Q120" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="121" spans="1:17">
       <c r="A121">
         <v>282</v>
       </c>
       <c r="B121" t="s">
-        <v>574</v>
+        <v>575</v>
       </c>
       <c r="C121" t="s">
-        <v>575</v>
+        <v>576</v>
       </c>
       <c r="D121" t="s">
         <v>143</v>
       </c>
       <c r="E121" t="s">
-        <v>576</v>
+        <v>577</v>
       </c>
       <c r="F121" t="s">
-        <v>577</v>
+        <v>578</v>
       </c>
       <c r="G121"/>
       <c r="H121" t="s">
         <v>23</v>
       </c>
       <c r="I121" t="s">
         <v>24</v>
       </c>
       <c r="J121" t="s">
         <v>35</v>
       </c>
       <c r="K121" t="s">
         <v>45</v>
       </c>
       <c r="L121"/>
       <c r="M121"/>
       <c r="N121" t="s">
         <v>37</v>
       </c>
       <c r="O121"/>
       <c r="P121"/>
       <c r="Q121" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="122" spans="1:17">
       <c r="A122">
         <v>24319</v>
       </c>
       <c r="B122" t="s">
-        <v>578</v>
+        <v>579</v>
       </c>
       <c r="C122" t="s">
-        <v>579</v>
+        <v>580</v>
       </c>
       <c r="D122" t="s">
         <v>212</v>
       </c>
       <c r="E122" t="s">
-        <v>580</v>
+        <v>581</v>
       </c>
       <c r="F122" t="s">
-        <v>581</v>
+        <v>582</v>
       </c>
       <c r="G122"/>
       <c r="H122" t="s">
         <v>23</v>
       </c>
       <c r="I122" t="s">
         <v>44</v>
       </c>
       <c r="J122" t="s">
         <v>35</v>
       </c>
       <c r="K122" t="s">
         <v>45</v>
       </c>
       <c r="L122"/>
       <c r="M122"/>
       <c r="N122" t="s">
         <v>37</v>
       </c>
       <c r="O122"/>
       <c r="P122"/>
       <c r="Q122" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="123" spans="1:17">
       <c r="A123">
         <v>4884</v>
       </c>
       <c r="B123" t="s">
-        <v>582</v>
+        <v>583</v>
       </c>
       <c r="C123" t="s">
-        <v>583</v>
+        <v>584</v>
       </c>
       <c r="D123" t="s">
-        <v>584</v>
+        <v>585</v>
       </c>
       <c r="E123" t="s">
-        <v>585</v>
+        <v>586</v>
       </c>
       <c r="F123" t="s">
-        <v>586</v>
+        <v>587</v>
       </c>
       <c r="G123"/>
       <c r="H123" t="s">
         <v>23</v>
       </c>
       <c r="I123" t="s">
         <v>24</v>
       </c>
       <c r="J123" t="s">
         <v>35</v>
       </c>
       <c r="K123" t="s">
         <v>45</v>
       </c>
       <c r="L123"/>
       <c r="M123"/>
       <c r="N123" t="s">
         <v>37</v>
       </c>
       <c r="O123"/>
       <c r="P123"/>
       <c r="Q123" t="s">
         <v>28</v>
       </c>
     </row>