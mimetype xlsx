--- v0 (2025-11-14)
+++ v1 (2026-01-07)
@@ -1314,65 +1314,50 @@
   <si>
     <t>Sideritis pungens subsp. javalambrensis (Pau) Obón &amp; D. Rivera</t>
   </si>
   <si>
     <t>Caméfito sufruticoso de hasta 22 cm de alto, con cepa leñosa en la base, muy gruesa en algunos individuos, y tallos ascendentes. Hojas enteras de 10-28 x 2-4 mm, oblanceoladas o espatuladas, mucronadas, con pelosidad esparcida, sin pelos glandulares, inermes, rara vez levemente dentadas en su mitad distal. Inflorescencia de (1)4-6 verticilastros, con seis flores cada uno. Brácteas basales de contorno pentagonal, de 3 a 7 dientes en cada lado, con pelosidad esparcida. Cáliz más corto que la bráctea o igualándola. Corola amarillo pálida.</t>
   </si>
   <si>
     <t>Sideritis javalambrensis Pau</t>
   </si>
   <si>
     <t>Sisymbrium cavanillesianum Castrov. &amp; Valdés Berm.</t>
   </si>
   <si>
     <t>prueba_Rabanillo cornudo (Castellano), Jaramago de Cavanilles (Castellano)</t>
   </si>
   <si>
     <t>España NT (Casi amenazado),  Mundial VU (Vulnerable),  Región Mediterránea U1 (Desfavorable-inadecuado)</t>
   </si>
   <si>
     <t>Hierba anual o bienal. Tallos de 15-60 cm, erectos, pelosos, que parten de una roseta basal de hojas lobuladas. Inflorescencia en racimos densos, ebracteados. Flores amarillo pálidas, sobre pedicelos cortos y gruesos. Frutos 6-11 mm, adpresos, cónicos, a veces curvados, comprimidos en el ápice, con valvas de 3 nervios poco marcados. Estilo cilíndrico, bilobulado. Semillas por silicua 3-6 (hasta 9), algo aplanadas. Sisymbrium runcinatum convive con este taxón, del que se diferencia por tener las inflorescencias foliosas y los tallos no fistulosos.</t>
   </si>
   <si>
     <t>Sisymbrium corniculatum Cav, Sisymbrium matritense P.W. Ball &amp; Heywood</t>
   </si>
   <si>
-    <t>Squalius alburnoides (Steindachner, 1866)</t>
-[...13 lines deleted...]
-  <si>
     <t>Testudo graeca Linnaeus, 1758</t>
   </si>
   <si>
     <t>prueba_Tortuga mora (Castellano), Dortoka greziarra (Euskera), Tortaruga mora (Gallego), Spur-thighed Tortoise (Inglés), Greek Tortoise (Inglés), Common Tortoise (Inglés), Moorish Tortoise (Inglés), Tortue Mauresque (Francés)</t>
   </si>
   <si>
     <t>Castellano, Euskera, Gallego, Inglés, Inglés, Inglés, Inglés, Francés</t>
   </si>
   <si>
     <t>Es un quelonio de caparazón abombado cuyo espaldar es de color amarillento, verde oliva pálido o pardusco, en el que las placas presentan generalmente una mancha central y los bordes de color oscuro o negro. El peto es amarillento, con manchas irregulares negras. En las poblaciones ibéricas, los individuos no suelen sobrepasar los 200 mm de longitud de espaldar, con un tamaño medio, de machos y hembras respectivamente, en Doñana, de 146 y 173 mm y en el sureste ibérico de 113 y 134 mm.</t>
   </si>
   <si>
     <t>Testudo hermanni (Gmelin, 1789)</t>
   </si>
   <si>
     <t>prueba_Tortuga mediterranea (Castellano), Tortuga mediterránea (Castellano), Hermann dortoka (Euskera), Tortuga mediterrania (Catalán), Tortaruga mediterránea (Gallego), Hermann's Tortoise (Inglés), Tortue D'Hermann (Francés)</t>
   </si>
   <si>
     <t>Castellano, Castellano, Euskera, Catalán, Gallego, Inglés, Francés</t>
   </si>
   <si>
     <t>Tortuga terrestre de caparazón bastante redondeado por encima y de una coloración básicamente negra y amarilla. Las manchas negras del caparazón presentan bordes bien definidos, mientras que el fondo amarillo puede variar en tonalidades que van desde los anaranjados hasta los ligeramente verdosos. En el plastrón de las poblaciones ibéricas las manchas negras forman dos bandas longitudinales continuas y paralelas. La placa supracaudal está dividida en dos y en el extremo de la cola presentan una uña córnea. En la cara presentan una mancha subocular amarilla, que se oscurece con la edad. Los machos son más pequeños que las hembras con longitudes máximas de caparazón en ejemplares salvajes de España de 166 mm en machos y 201 mm en hembras. Los machos se caracterizan también por el mayor tamaño de su cola, el plastrón, que es cóncavo, y la forma de las placas supracaudales y anales.</t>
   </si>
   <si>
     <t>LESRPE: En régimen de protección especial, CEEA: En peligro de extinción</t>
@@ -1671,50 +1656,65 @@
   </si>
   <si>
     <t>España EN (En peligro),  Región Mediterránea U1 (Desfavorable-inadecuado),  Región Atlántica XX (Desconocido)</t>
   </si>
   <si>
     <t>España, Región Mediterránea, Región Atlántica</t>
   </si>
   <si>
     <t>Musgo acrocárpico, pequeño, de 0,3-0,6 cm de altura, que forma céspedes laxos o poco compactos de un verde pálido a verde amarillento. Caulidio simple, a menudo con protonema secundario en la base, con cordón central y esclerodermis de 3-4 capas de células. Filidios de erectos a escuarrosos, de 1,5-3 mm de longitud, oval-lanceolados u oblongo-lanceolados, abruptamente subulados, con la base envainadora, margen entero o algo dentado y nervio excurrente, células de la lámina oblongas o hexagonales, 15-20 x 30-40 µm, las marginales más estrechas. Reproducción asexual vía propágulos protonemáticos. Cápsula cleistocárpica (no operculada), gimnóstoma (perístoma indiferenciado), de cilíndrica a piriforme, apiculada, con el cuello largo, seta de 2,5-10 mm de longitud, amarillenta, flexuosa, caliptra mitriforme.
 Se reconoce bien en el campo cuando presenta esporófitos, por sus cápsulas sin opérculo y con el cuello largo y bien diferenciado (Sérgio &amp; Garcia, 2015). Se puede confundir con algunas especies de los géneros Dicranella y Ditrichum. La presencia de un protonema persistente que genera yemas multicelulares es un rasgo poco habitual (Sérgio et al. 1998) que favorece la estrategia colonizadora de esta especie.</t>
   </si>
   <si>
     <t>Narcissus nevadensis subsp. longispathus (Pugsley) Algarra, Blanca, Cueto &amp; J. Fuentes</t>
   </si>
   <si>
     <t>Mundial EN (En peligro),  España EN (En peligro),  Mundial CR (En peligro crítico),  Región Mediterránea U1 (Desfavorable-inadecuado)</t>
   </si>
   <si>
     <t>Mundial, España, Mundial, Región Mediterránea</t>
   </si>
   <si>
     <t>Hierba perenne, bulbosa. Escapo 30-170 cm. Hojas 40-60 cm, todas basales, paralelinervias. Flores solitarias, actinomorfas, hermafroditas, trímeras, de color amarillo pálido. Pedicelos 40-90 mm. Espata 60-100 mm, escariosa, de una sola bráctea. Tubo del periantio 10-15 mm; segmentos 6, de 25-32 mm, patentes, no retorcidos o solo ligeramente; corona 25-30 mm, débilmente sinuosa, ligeramente ensanchada en el ápice, crenada, concolora. Estambres 6. Ovario ínfero. Fruto en cápsula.</t>
   </si>
   <si>
     <t>Narcissus alcaracensis Ríos, D. Rivera, Alcaraz &amp; Obón, Narcissus enemeritoi (Sánchez-Gómez, Carrillo, Hernández, M. Á. Carrión &amp; Güemes), Narcissus hispanicus subsp. longispathus auct, Narcissus longispathus Pugsley, Narcissus major var. longispathus Deg. &amp; Herv, Narcissus pseudonarcissus subsp. longispathus (Pugsley) A. Fernandes, Narcissus segurensis S. Ríos, D. Rivera, Alcaraz &amp; Obón, Narcissus yepesii S. Ríos, D. Rivera, Alcaraz &amp; Obón</t>
+  </si>
+  <si>
+    <t>Squalius alburnoides (Steindachner, 1866)</t>
+  </si>
+  <si>
+    <t>prueba_Calandino (Castellano), Errutilo andaluziarra (Euskera)</t>
+  </si>
+  <si>
+    <t>Mundial CR (En peligro crítico),  España LC (Preocupación menor),  Mundial VU (Vulnerable),  Región Mediterránea U1 (Desfavorable-inadecuado)</t>
+  </si>
+  <si>
+    <t>Es un taxón de pequeño tamaño, que raramente alcanza los 13 cm de longitud total. La cabeza es pequeña y la boca súpera. El cuerpo es alargado con un pedúnculo caudal muy estrecho. Las aletas son pequeñas. La dorsal suele tener siete radios ramificados y la anal de ocho a nueve. Los perfiles distales de estas últimas son rectos o cóncavos. La aleta dorsal está retrasada con respecto a las ventrales. Las escamas son grandes y presentan un número de 38-44 en la línea lateral. El color del peritoneo es gris claro. Este taxón tiene un origen híbrido. Las hembras son mayoritariamente triploides, ya que constan de tres dotaciones cromosómicas. Éstas son de color plateado con el dorso oscuro y una característica banda violácea, más visible en la parte caudal, recorre todo el cuerpo. Los machos son diploides y más pequeños, con una banda negra, que recorre el cuerpo desde el ojo a la aleta caudal y una banda más clara por encima de ésta. También existen individuos tetraploides, de tamaño más pequeño y con la boca menos súpera que los diploides. Los machos presentan tubérculos nupciales en los márgenes distales de las escamas, dorso y en la cabeza en la época reproductiva. Se diferencia de otros ciprínidos del género Squalius por tener 7 radios ramificados en las aletas dorsal y 8-9 en la aleta anal. Suborbitario 3º estrecho. Perfil de la aleta anal recto o cóncavo. Dientes faríngeos en número de 5 ó 4 situados en una sola fila. Holotipo no descrito. Lectotipo conservado en el Naturhistorisches Museum Wien, Viena, (NMW 49749:2.), procedente de arroyos cerca de Mérida.</t>
+  </si>
+  <si>
+    <t>Rutilus alburnoides, Tropidophoxinellus alburnoides (Steindachner, 1866)</t>
   </si>
   <si>
     <t>Phengaris nausithous (Bergsträsser, 1779)</t>
   </si>
   <si>
     <t>prueba_Hormiguera oscura (Castellano), Limbada (Castellano), Dusky Large Blue (Inglés)</t>
   </si>
   <si>
     <t>Castellano, Castellano, Inglés</t>
   </si>
   <si>
     <t>Mundial NT (Casi amenazado),  España NT (Casi amenazado),  Mundial LC (Preocupación menor),  Región Mediterránea U1 (Desfavorable-inadecuado),  Región Atlántica U2 (Desfavorable-malo)</t>
   </si>
   <si>
     <t>Mundial, España, Mundial, Región Mediterránea, Región Atlántica</t>
   </si>
   <si>
     <t>El macho presenta en el dorso de las alas una extensa área de color azul oscuro brillante que alcanza la zona submarginal y una franja marginal de color castaño. La cara ventral de las alas es de color canela, sin marcas submarginales. La hembra es semejante al macho, pero con dorso alar castaño oscuro y fimbrias pardas.</t>
   </si>
   <si>
     <t>Maculinea nausithous (Bergsträsser, 1779)</t>
   </si>
   <si>
     <t>Iberolacerta bonnali (Lantz, 1927)</t>
   </si>
@@ -6636,1119 +6636,1119 @@
       </c>
       <c r="I85" t="s">
         <v>47</v>
       </c>
       <c r="J85" t="s">
         <v>25</v>
       </c>
       <c r="K85" t="s">
         <v>34</v>
       </c>
       <c r="L85"/>
       <c r="M85"/>
       <c r="N85" t="s">
         <v>79</v>
       </c>
       <c r="O85"/>
       <c r="P85" t="s">
         <v>430</v>
       </c>
       <c r="Q85" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="86" spans="1:17">
       <c r="A86">
-        <v>10659</v>
+        <v>11385</v>
       </c>
       <c r="B86" t="s">
         <v>431</v>
       </c>
       <c r="C86" t="s">
         <v>432</v>
       </c>
       <c r="D86" t="s">
-        <v>124</v>
+        <v>433</v>
       </c>
       <c r="E86" t="s">
-        <v>433</v>
+        <v>402</v>
       </c>
       <c r="F86" t="s">
         <v>322</v>
       </c>
       <c r="G86" t="s">
         <v>434</v>
       </c>
       <c r="H86" t="s">
         <v>23</v>
       </c>
       <c r="I86" t="s">
-        <v>71</v>
+        <v>190</v>
       </c>
       <c r="J86" t="s">
-        <v>48</v>
-[...1 lines deleted...]
-      <c r="K86"/>
+        <v>25</v>
+      </c>
+      <c r="K86" t="s">
+        <v>72</v>
+      </c>
       <c r="L86"/>
       <c r="M86"/>
       <c r="N86" t="s">
-        <v>73</v>
+        <v>64</v>
       </c>
       <c r="O86"/>
-      <c r="P86" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="P86"/>
       <c r="Q86" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="87" spans="1:17">
       <c r="A87">
-        <v>11385</v>
+        <v>11434</v>
       </c>
       <c r="B87" t="s">
+        <v>435</v>
+      </c>
+      <c r="C87" t="s">
         <v>436</v>
       </c>
-      <c r="C87" t="s">
+      <c r="D87" t="s">
         <v>437</v>
       </c>
-      <c r="D87" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E87" t="s">
-        <v>402</v>
+        <v>397</v>
       </c>
       <c r="F87" t="s">
         <v>322</v>
       </c>
       <c r="G87" t="s">
-        <v>439</v>
+        <v>438</v>
       </c>
       <c r="H87" t="s">
         <v>23</v>
       </c>
       <c r="I87" t="s">
         <v>190</v>
       </c>
       <c r="J87" t="s">
         <v>25</v>
       </c>
       <c r="K87" t="s">
-        <v>72</v>
+        <v>439</v>
       </c>
       <c r="L87"/>
       <c r="M87"/>
       <c r="N87" t="s">
-        <v>64</v>
+        <v>79</v>
       </c>
       <c r="O87"/>
       <c r="P87"/>
       <c r="Q87" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="88" spans="1:17">
       <c r="A88">
-        <v>11434</v>
+        <v>11398</v>
       </c>
       <c r="B88" t="s">
         <v>440</v>
       </c>
       <c r="C88" t="s">
         <v>441</v>
       </c>
       <c r="D88" t="s">
+        <v>76</v>
+      </c>
+      <c r="E88" t="s">
         <v>442</v>
       </c>
-      <c r="E88" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F88" t="s">
-        <v>322</v>
+        <v>443</v>
       </c>
       <c r="G88" t="s">
-        <v>443</v>
+        <v>444</v>
       </c>
       <c r="H88" t="s">
         <v>23</v>
       </c>
       <c r="I88" t="s">
-        <v>190</v>
+        <v>33</v>
       </c>
       <c r="J88" t="s">
         <v>25</v>
       </c>
       <c r="K88" t="s">
-        <v>444</v>
+        <v>34</v>
       </c>
       <c r="L88"/>
       <c r="M88"/>
       <c r="N88" t="s">
-        <v>79</v>
+        <v>64</v>
       </c>
       <c r="O88"/>
       <c r="P88"/>
       <c r="Q88" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="89" spans="1:17">
       <c r="A89">
-        <v>11398</v>
+        <v>12168</v>
       </c>
       <c r="B89" t="s">
         <v>445</v>
       </c>
       <c r="C89" t="s">
         <v>446</v>
       </c>
       <c r="D89" t="s">
-        <v>76</v>
+        <v>447</v>
       </c>
       <c r="E89" t="s">
-        <v>447</v>
+        <v>448</v>
       </c>
       <c r="F89" t="s">
-        <v>448</v>
+        <v>443</v>
       </c>
       <c r="G89" t="s">
         <v>449</v>
       </c>
       <c r="H89" t="s">
         <v>23</v>
       </c>
       <c r="I89" t="s">
-        <v>33</v>
+        <v>190</v>
       </c>
       <c r="J89" t="s">
         <v>25</v>
       </c>
       <c r="K89" t="s">
         <v>34</v>
       </c>
       <c r="L89"/>
       <c r="M89"/>
       <c r="N89" t="s">
-        <v>64</v>
+        <v>79</v>
       </c>
       <c r="O89"/>
       <c r="P89"/>
       <c r="Q89" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="90" spans="1:17">
       <c r="A90">
-        <v>12168</v>
+        <v>12402</v>
       </c>
       <c r="B90" t="s">
         <v>450</v>
       </c>
       <c r="C90" t="s">
         <v>451</v>
       </c>
       <c r="D90" t="s">
         <v>452</v>
       </c>
       <c r="E90" t="s">
         <v>453</v>
       </c>
       <c r="F90" t="s">
-        <v>448</v>
+        <v>454</v>
       </c>
       <c r="G90" t="s">
-        <v>454</v>
+        <v>455</v>
       </c>
       <c r="H90" t="s">
         <v>23</v>
       </c>
       <c r="I90" t="s">
         <v>190</v>
       </c>
       <c r="J90" t="s">
-        <v>25</v>
+        <v>240</v>
       </c>
       <c r="K90" t="s">
         <v>34</v>
       </c>
-      <c r="L90"/>
+      <c r="L90" t="s">
+        <v>241</v>
+      </c>
       <c r="M90"/>
       <c r="N90" t="s">
-        <v>79</v>
+        <v>35</v>
       </c>
       <c r="O90"/>
-      <c r="P90"/>
+      <c r="P90" t="s">
+        <v>456</v>
+      </c>
       <c r="Q90" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="91" spans="1:17">
       <c r="A91">
-        <v>12402</v>
+        <v>10661</v>
       </c>
       <c r="B91" t="s">
-        <v>455</v>
+        <v>457</v>
       </c>
       <c r="C91" t="s">
-        <v>456</v>
+        <v>458</v>
       </c>
       <c r="D91" t="s">
-        <v>457</v>
+        <v>459</v>
       </c>
       <c r="E91" t="s">
-        <v>458</v>
+        <v>460</v>
       </c>
       <c r="F91" t="s">
-        <v>459</v>
+        <v>454</v>
       </c>
       <c r="G91" t="s">
-        <v>460</v>
+        <v>461</v>
       </c>
       <c r="H91" t="s">
         <v>23</v>
       </c>
       <c r="I91" t="s">
-        <v>190</v>
+        <v>24</v>
       </c>
       <c r="J91" t="s">
-        <v>240</v>
+        <v>25</v>
       </c>
       <c r="K91" t="s">
         <v>34</v>
       </c>
-      <c r="L91" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L91"/>
       <c r="M91"/>
       <c r="N91" t="s">
         <v>35</v>
       </c>
       <c r="O91"/>
-      <c r="P91" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="P91"/>
       <c r="Q91" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="92" spans="1:17">
       <c r="A92">
-        <v>10661</v>
+        <v>10669</v>
       </c>
       <c r="B92" t="s">
         <v>462</v>
       </c>
       <c r="C92" t="s">
         <v>463</v>
       </c>
       <c r="D92" t="s">
         <v>464</v>
       </c>
       <c r="E92" t="s">
         <v>465</v>
       </c>
       <c r="F92" t="s">
-        <v>459</v>
+        <v>466</v>
       </c>
       <c r="G92" t="s">
-        <v>466</v>
+        <v>467</v>
       </c>
       <c r="H92" t="s">
         <v>23</v>
       </c>
       <c r="I92" t="s">
         <v>24</v>
       </c>
       <c r="J92" t="s">
         <v>25</v>
       </c>
       <c r="K92" t="s">
         <v>34</v>
       </c>
       <c r="L92"/>
       <c r="M92"/>
       <c r="N92" t="s">
         <v>35</v>
       </c>
       <c r="O92"/>
-      <c r="P92"/>
+      <c r="P92" t="s">
+        <v>468</v>
+      </c>
       <c r="Q92" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="93" spans="1:17">
       <c r="A93">
-        <v>10669</v>
+        <v>78634</v>
       </c>
       <c r="B93" t="s">
-        <v>467</v>
-[...4 lines deleted...]
-      <c r="D93" t="s">
         <v>469</v>
       </c>
+      <c r="C93"/>
+      <c r="D93"/>
       <c r="E93" t="s">
         <v>470</v>
       </c>
       <c r="F93" t="s">
         <v>471</v>
       </c>
       <c r="G93" t="s">
         <v>472</v>
       </c>
       <c r="H93" t="s">
         <v>23</v>
       </c>
       <c r="I93" t="s">
-        <v>24</v>
+        <v>473</v>
       </c>
       <c r="J93" t="s">
         <v>25</v>
       </c>
       <c r="K93" t="s">
         <v>34</v>
       </c>
       <c r="L93"/>
       <c r="M93"/>
       <c r="N93" t="s">
-        <v>35</v>
+        <v>73</v>
       </c>
       <c r="O93"/>
       <c r="P93" t="s">
-        <v>473</v>
+        <v>474</v>
       </c>
       <c r="Q93" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="94" spans="1:17">
       <c r="A94">
-        <v>78634</v>
+        <v>11008</v>
       </c>
       <c r="B94" t="s">
-        <v>474</v>
+        <v>475</v>
       </c>
       <c r="C94"/>
       <c r="D94"/>
       <c r="E94" t="s">
-        <v>475</v>
+        <v>476</v>
       </c>
       <c r="F94" t="s">
-        <v>476</v>
+        <v>477</v>
       </c>
       <c r="G94" t="s">
-        <v>477</v>
+        <v>478</v>
       </c>
       <c r="H94" t="s">
         <v>23</v>
       </c>
       <c r="I94" t="s">
-        <v>478</v>
+        <v>33</v>
       </c>
       <c r="J94" t="s">
         <v>25</v>
       </c>
       <c r="K94" t="s">
         <v>34</v>
       </c>
       <c r="L94"/>
       <c r="M94"/>
       <c r="N94" t="s">
-        <v>73</v>
+        <v>35</v>
       </c>
       <c r="O94"/>
-      <c r="P94" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="P94"/>
       <c r="Q94" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="95" spans="1:17">
       <c r="A95">
-        <v>11008</v>
+        <v>8606</v>
       </c>
       <c r="B95" t="s">
+        <v>479</v>
+      </c>
+      <c r="C95" t="s">
         <v>480</v>
       </c>
-      <c r="C95"/>
-      <c r="D95"/>
+      <c r="D95" t="s">
+        <v>481</v>
+      </c>
       <c r="E95" t="s">
-        <v>481</v>
+        <v>482</v>
       </c>
       <c r="F95" t="s">
-        <v>482</v>
+        <v>483</v>
       </c>
       <c r="G95" t="s">
-        <v>483</v>
+        <v>484</v>
       </c>
       <c r="H95" t="s">
         <v>23</v>
       </c>
       <c r="I95" t="s">
-        <v>33</v>
+        <v>47</v>
       </c>
       <c r="J95" t="s">
         <v>25</v>
       </c>
       <c r="K95" t="s">
         <v>34</v>
       </c>
       <c r="L95"/>
       <c r="M95"/>
       <c r="N95" t="s">
         <v>35</v>
       </c>
       <c r="O95"/>
       <c r="P95"/>
       <c r="Q95" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="96" spans="1:17">
       <c r="A96">
-        <v>8606</v>
+        <v>9455</v>
       </c>
       <c r="B96" t="s">
-        <v>484</v>
+        <v>485</v>
       </c>
       <c r="C96" t="s">
-        <v>485</v>
+        <v>486</v>
       </c>
       <c r="D96" t="s">
-        <v>486</v>
+        <v>265</v>
       </c>
       <c r="E96" t="s">
         <v>487</v>
       </c>
       <c r="F96" t="s">
         <v>488</v>
       </c>
       <c r="G96" t="s">
         <v>489</v>
       </c>
       <c r="H96" t="s">
         <v>23</v>
       </c>
       <c r="I96" t="s">
         <v>47</v>
       </c>
       <c r="J96" t="s">
         <v>25</v>
       </c>
       <c r="K96" t="s">
         <v>34</v>
       </c>
       <c r="L96"/>
       <c r="M96"/>
       <c r="N96" t="s">
-        <v>35</v>
+        <v>79</v>
       </c>
       <c r="O96"/>
       <c r="P96"/>
       <c r="Q96" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="97" spans="1:17">
       <c r="A97">
-        <v>9455</v>
+        <v>2235</v>
       </c>
       <c r="B97" t="s">
         <v>490</v>
       </c>
       <c r="C97" t="s">
         <v>491</v>
       </c>
       <c r="D97" t="s">
-        <v>265</v>
+        <v>492</v>
       </c>
       <c r="E97" t="s">
-        <v>492</v>
+        <v>493</v>
       </c>
       <c r="F97" t="s">
-        <v>493</v>
+        <v>494</v>
       </c>
       <c r="G97" t="s">
-        <v>494</v>
+        <v>495</v>
       </c>
       <c r="H97" t="s">
         <v>23</v>
       </c>
       <c r="I97" t="s">
         <v>47</v>
       </c>
       <c r="J97" t="s">
         <v>25</v>
       </c>
       <c r="K97" t="s">
         <v>34</v>
       </c>
       <c r="L97"/>
       <c r="M97"/>
       <c r="N97" t="s">
-        <v>79</v>
+        <v>64</v>
       </c>
       <c r="O97"/>
-      <c r="P97"/>
+      <c r="P97" t="s">
+        <v>496</v>
+      </c>
       <c r="Q97" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="98" spans="1:17">
       <c r="A98">
-        <v>2235</v>
+        <v>11585</v>
       </c>
       <c r="B98" t="s">
-        <v>495</v>
+        <v>497</v>
       </c>
       <c r="C98" t="s">
-        <v>496</v>
+        <v>498</v>
       </c>
       <c r="D98" t="s">
-        <v>497</v>
+        <v>386</v>
       </c>
       <c r="E98" t="s">
-        <v>498</v>
+        <v>499</v>
       </c>
       <c r="F98" t="s">
-        <v>499</v>
+        <v>494</v>
       </c>
       <c r="G98" t="s">
         <v>500</v>
       </c>
       <c r="H98" t="s">
         <v>23</v>
       </c>
       <c r="I98" t="s">
-        <v>47</v>
+        <v>190</v>
       </c>
       <c r="J98" t="s">
         <v>25</v>
       </c>
       <c r="K98" t="s">
         <v>34</v>
       </c>
       <c r="L98"/>
       <c r="M98"/>
       <c r="N98" t="s">
         <v>64</v>
       </c>
       <c r="O98"/>
-      <c r="P98" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="P98"/>
       <c r="Q98" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="99" spans="1:17">
       <c r="A99">
-        <v>11585</v>
+        <v>2499</v>
       </c>
       <c r="B99" t="s">
+        <v>501</v>
+      </c>
+      <c r="C99" t="s">
         <v>502</v>
       </c>
-      <c r="C99" t="s">
+      <c r="D99" t="s">
+        <v>225</v>
+      </c>
+      <c r="E99" t="s">
         <v>503</v>
       </c>
-      <c r="D99" t="s">
-[...2 lines deleted...]
-      <c r="E99" t="s">
+      <c r="F99" t="s">
         <v>504</v>
-      </c>
-[...1 lines deleted...]
-        <v>499</v>
       </c>
       <c r="G99" t="s">
         <v>505</v>
       </c>
       <c r="H99" t="s">
         <v>23</v>
       </c>
       <c r="I99" t="s">
-        <v>190</v>
+        <v>47</v>
       </c>
       <c r="J99" t="s">
         <v>25</v>
       </c>
       <c r="K99" t="s">
         <v>34</v>
       </c>
       <c r="L99"/>
       <c r="M99"/>
       <c r="N99" t="s">
-        <v>64</v>
+        <v>79</v>
       </c>
       <c r="O99"/>
       <c r="P99"/>
       <c r="Q99" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="100" spans="1:17">
       <c r="A100">
-        <v>2499</v>
+        <v>2723</v>
       </c>
       <c r="B100" t="s">
         <v>506</v>
       </c>
       <c r="C100" t="s">
         <v>507</v>
       </c>
       <c r="D100" t="s">
-        <v>225</v>
+        <v>251</v>
       </c>
       <c r="E100" t="s">
+        <v>503</v>
+      </c>
+      <c r="F100" t="s">
+        <v>504</v>
+      </c>
+      <c r="G100" t="s">
         <v>508</v>
-      </c>
-[...4 lines deleted...]
-        <v>510</v>
       </c>
       <c r="H100" t="s">
         <v>23</v>
       </c>
       <c r="I100" t="s">
         <v>47</v>
       </c>
       <c r="J100" t="s">
         <v>25</v>
       </c>
       <c r="K100" t="s">
-        <v>34</v>
+        <v>26</v>
       </c>
       <c r="L100"/>
       <c r="M100"/>
       <c r="N100" t="s">
-        <v>79</v>
+        <v>286</v>
       </c>
       <c r="O100"/>
-      <c r="P100"/>
+      <c r="P100" t="s">
+        <v>509</v>
+      </c>
       <c r="Q100" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="101" spans="1:17">
       <c r="A101">
-        <v>2723</v>
+        <v>2916</v>
       </c>
       <c r="B101" t="s">
+        <v>510</v>
+      </c>
+      <c r="C101" t="s">
         <v>511</v>
       </c>
-      <c r="C101" t="s">
+      <c r="D101" t="s">
+        <v>225</v>
+      </c>
+      <c r="E101" t="s">
         <v>512</v>
       </c>
-      <c r="D101" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F101" t="s">
-        <v>509</v>
+        <v>504</v>
       </c>
       <c r="G101" t="s">
         <v>513</v>
       </c>
       <c r="H101" t="s">
         <v>23</v>
       </c>
       <c r="I101" t="s">
         <v>47</v>
       </c>
       <c r="J101" t="s">
         <v>25</v>
       </c>
       <c r="K101" t="s">
-        <v>26</v>
+        <v>34</v>
       </c>
       <c r="L101"/>
       <c r="M101"/>
       <c r="N101" t="s">
-        <v>286</v>
+        <v>27</v>
       </c>
       <c r="O101"/>
       <c r="P101" t="s">
         <v>514</v>
       </c>
       <c r="Q101" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="102" spans="1:17">
       <c r="A102">
-        <v>2916</v>
+        <v>4970</v>
       </c>
       <c r="B102" t="s">
         <v>515</v>
       </c>
       <c r="C102" t="s">
         <v>516</v>
       </c>
       <c r="D102" t="s">
-        <v>225</v>
+        <v>517</v>
       </c>
       <c r="E102" t="s">
-        <v>517</v>
+        <v>518</v>
       </c>
       <c r="F102" t="s">
-        <v>509</v>
+        <v>504</v>
       </c>
       <c r="G102" t="s">
-        <v>518</v>
+        <v>519</v>
       </c>
       <c r="H102" t="s">
         <v>23</v>
       </c>
       <c r="I102" t="s">
         <v>47</v>
       </c>
       <c r="J102" t="s">
         <v>25</v>
       </c>
       <c r="K102" t="s">
-        <v>34</v>
+        <v>72</v>
       </c>
       <c r="L102"/>
       <c r="M102"/>
       <c r="N102" t="s">
-        <v>27</v>
+        <v>64</v>
       </c>
       <c r="O102"/>
       <c r="P102" t="s">
-        <v>519</v>
+        <v>520</v>
       </c>
       <c r="Q102" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="103" spans="1:17">
       <c r="A103">
-        <v>4970</v>
+        <v>10941</v>
       </c>
       <c r="B103" t="s">
-        <v>520</v>
+        <v>521</v>
       </c>
       <c r="C103" t="s">
-        <v>521</v>
+        <v>522</v>
       </c>
       <c r="D103" t="s">
-        <v>522</v>
+        <v>225</v>
       </c>
       <c r="E103" t="s">
+        <v>518</v>
+      </c>
+      <c r="F103" t="s">
+        <v>504</v>
+      </c>
+      <c r="G103" t="s">
         <v>523</v>
       </c>
-      <c r="F103" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="H103" t="s">
         <v>23</v>
       </c>
       <c r="I103" t="s">
-        <v>47</v>
+        <v>33</v>
       </c>
       <c r="J103" t="s">
         <v>25</v>
       </c>
       <c r="K103" t="s">
-        <v>72</v>
+        <v>34</v>
       </c>
       <c r="L103"/>
       <c r="M103"/>
       <c r="N103" t="s">
-        <v>64</v>
+        <v>35</v>
       </c>
       <c r="O103"/>
-      <c r="P103" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="P103"/>
       <c r="Q103" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="104" spans="1:17">
       <c r="A104">
-        <v>10941</v>
+        <v>6227</v>
       </c>
       <c r="B104" t="s">
+        <v>524</v>
+      </c>
+      <c r="C104" t="s">
+        <v>525</v>
+      </c>
+      <c r="D104" t="s">
+        <v>204</v>
+      </c>
+      <c r="E104" t="s">
+        <v>518</v>
+      </c>
+      <c r="F104" t="s">
+        <v>504</v>
+      </c>
+      <c r="G104" t="s">
         <v>526</v>
       </c>
-      <c r="C104" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="H104" t="s">
         <v>23</v>
       </c>
       <c r="I104" t="s">
-        <v>33</v>
+        <v>47</v>
       </c>
       <c r="J104" t="s">
         <v>25</v>
       </c>
       <c r="K104" t="s">
         <v>34</v>
       </c>
       <c r="L104"/>
       <c r="M104"/>
       <c r="N104" t="s">
-        <v>35</v>
+        <v>79</v>
       </c>
       <c r="O104"/>
       <c r="P104"/>
       <c r="Q104" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="105" spans="1:17">
       <c r="A105">
-        <v>6227</v>
+        <v>7756</v>
       </c>
       <c r="B105" t="s">
-        <v>529</v>
-[...6 lines deleted...]
-      </c>
+        <v>527</v>
+      </c>
+      <c r="C105"/>
+      <c r="D105"/>
       <c r="E105" t="s">
-        <v>523</v>
+        <v>503</v>
       </c>
       <c r="F105" t="s">
-        <v>509</v>
+        <v>504</v>
       </c>
       <c r="G105" t="s">
-        <v>531</v>
+        <v>528</v>
       </c>
       <c r="H105" t="s">
         <v>23</v>
       </c>
       <c r="I105" t="s">
         <v>47</v>
       </c>
       <c r="J105" t="s">
-        <v>25</v>
-[...3 lines deleted...]
-      </c>
+        <v>48</v>
+      </c>
+      <c r="K105"/>
       <c r="L105"/>
       <c r="M105"/>
       <c r="N105" t="s">
-        <v>79</v>
+        <v>49</v>
       </c>
       <c r="O105"/>
-      <c r="P105"/>
+      <c r="P105" t="s">
+        <v>529</v>
+      </c>
       <c r="Q105" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="106" spans="1:17">
       <c r="A106">
-        <v>7756</v>
+        <v>8328</v>
       </c>
       <c r="B106" t="s">
+        <v>530</v>
+      </c>
+      <c r="C106" t="s">
+        <v>531</v>
+      </c>
+      <c r="D106" t="s">
         <v>532</v>
       </c>
-      <c r="C106"/>
-      <c r="D106"/>
       <c r="E106" t="s">
-        <v>508</v>
+        <v>533</v>
       </c>
       <c r="F106" t="s">
-        <v>509</v>
+        <v>504</v>
       </c>
       <c r="G106" t="s">
-        <v>533</v>
+        <v>534</v>
       </c>
       <c r="H106" t="s">
         <v>23</v>
       </c>
       <c r="I106" t="s">
         <v>47</v>
       </c>
       <c r="J106" t="s">
-        <v>48</v>
-[...1 lines deleted...]
-      <c r="K106"/>
+        <v>25</v>
+      </c>
+      <c r="K106" t="s">
+        <v>34</v>
+      </c>
       <c r="L106"/>
       <c r="M106"/>
       <c r="N106" t="s">
-        <v>49</v>
+        <v>79</v>
       </c>
       <c r="O106"/>
       <c r="P106" t="s">
-        <v>534</v>
+        <v>535</v>
       </c>
       <c r="Q106" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="107" spans="1:17">
       <c r="A107">
-        <v>8328</v>
+        <v>23812</v>
       </c>
       <c r="B107" t="s">
-        <v>535</v>
-[...1 lines deleted...]
-      <c r="C107" t="s">
         <v>536</v>
       </c>
-      <c r="D107" t="s">
+      <c r="C107"/>
+      <c r="D107"/>
+      <c r="E107" t="s">
         <v>537</v>
       </c>
-      <c r="E107" t="s">
+      <c r="F107" t="s">
         <v>538</v>
-      </c>
-[...1 lines deleted...]
-        <v>509</v>
       </c>
       <c r="G107" t="s">
         <v>539</v>
       </c>
       <c r="H107" t="s">
         <v>23</v>
       </c>
       <c r="I107" t="s">
-        <v>47</v>
+        <v>473</v>
       </c>
       <c r="J107" t="s">
         <v>25</v>
       </c>
       <c r="K107" t="s">
         <v>34</v>
       </c>
       <c r="L107"/>
       <c r="M107"/>
       <c r="N107" t="s">
-        <v>79</v>
+        <v>73</v>
       </c>
       <c r="O107"/>
-      <c r="P107" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="P107"/>
       <c r="Q107" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="108" spans="1:17">
       <c r="A108">
-        <v>23812</v>
+        <v>33101</v>
       </c>
       <c r="B108" t="s">
-        <v>541</v>
+        <v>540</v>
       </c>
       <c r="C108"/>
       <c r="D108"/>
       <c r="E108" t="s">
+        <v>541</v>
+      </c>
+      <c r="F108" t="s">
         <v>542</v>
       </c>
-      <c r="F108" t="s">
+      <c r="G108" t="s">
         <v>543</v>
       </c>
-      <c r="G108" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H108" t="s">
         <v>23</v>
       </c>
       <c r="I108" t="s">
-        <v>478</v>
+        <v>47</v>
       </c>
       <c r="J108" t="s">
         <v>25</v>
       </c>
       <c r="K108" t="s">
-        <v>34</v>
+        <v>26</v>
       </c>
       <c r="L108"/>
       <c r="M108"/>
       <c r="N108" t="s">
-        <v>73</v>
+        <v>35</v>
       </c>
       <c r="O108"/>
-      <c r="P108"/>
+      <c r="P108" t="s">
+        <v>544</v>
+      </c>
       <c r="Q108" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="109" spans="1:17">
       <c r="A109">
-        <v>33101</v>
+        <v>10659</v>
       </c>
       <c r="B109" t="s">
         <v>545</v>
       </c>
-      <c r="C109"/>
-      <c r="D109"/>
+      <c r="C109" t="s">
+        <v>546</v>
+      </c>
+      <c r="D109" t="s">
+        <v>124</v>
+      </c>
       <c r="E109" t="s">
-        <v>546</v>
+        <v>547</v>
       </c>
       <c r="F109" t="s">
-        <v>547</v>
+        <v>542</v>
       </c>
       <c r="G109" t="s">
         <v>548</v>
       </c>
       <c r="H109" t="s">
         <v>23</v>
       </c>
       <c r="I109" t="s">
-        <v>47</v>
+        <v>71</v>
       </c>
       <c r="J109" t="s">
-        <v>25</v>
-[...3 lines deleted...]
-      </c>
+        <v>48</v>
+      </c>
+      <c r="K109"/>
       <c r="L109"/>
       <c r="M109"/>
       <c r="N109" t="s">
-        <v>35</v>
+        <v>73</v>
       </c>
       <c r="O109"/>
       <c r="P109" t="s">
         <v>549</v>
       </c>
       <c r="Q109" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="110" spans="1:17">
       <c r="A110">
         <v>11818</v>
       </c>
       <c r="B110" t="s">
         <v>550</v>
       </c>
       <c r="C110" t="s">
         <v>551</v>
       </c>
       <c r="D110" t="s">
         <v>552</v>
       </c>
       <c r="E110" t="s">
         <v>553</v>
       </c>
@@ -7819,51 +7819,51 @@
       </c>
       <c r="L111"/>
       <c r="M111"/>
       <c r="N111" t="s">
         <v>64</v>
       </c>
       <c r="O111"/>
       <c r="P111" t="s">
         <v>563</v>
       </c>
       <c r="Q111" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="112" spans="1:17">
       <c r="A112">
         <v>11718</v>
       </c>
       <c r="B112" t="s">
         <v>564</v>
       </c>
       <c r="C112" t="s">
         <v>565</v>
       </c>
       <c r="D112" t="s">
-        <v>457</v>
+        <v>452</v>
       </c>
       <c r="E112" t="s">
         <v>566</v>
       </c>
       <c r="F112" t="s">
         <v>567</v>
       </c>
       <c r="G112" t="s">
         <v>568</v>
       </c>
       <c r="H112" t="s">
         <v>23</v>
       </c>
       <c r="I112" t="s">
         <v>71</v>
       </c>
       <c r="J112" t="s">
         <v>48</v>
       </c>
       <c r="K112"/>
       <c r="L112"/>
       <c r="M112"/>
       <c r="N112" t="s">
         <v>569</v>
       </c>
@@ -8686,51 +8686,51 @@
       </c>
       <c r="L130"/>
       <c r="M130"/>
       <c r="N130" t="s">
         <v>35</v>
       </c>
       <c r="O130"/>
       <c r="P130" t="s">
         <v>656</v>
       </c>
       <c r="Q130" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="131" spans="1:17">
       <c r="A131">
         <v>1719</v>
       </c>
       <c r="B131" t="s">
         <v>657</v>
       </c>
       <c r="C131" t="s">
         <v>658</v>
       </c>
       <c r="D131" t="s">
-        <v>537</v>
+        <v>532</v>
       </c>
       <c r="E131" t="s">
         <v>659</v>
       </c>
       <c r="F131" t="s">
         <v>654</v>
       </c>
       <c r="G131" t="s">
         <v>660</v>
       </c>
       <c r="H131" t="s">
         <v>23</v>
       </c>
       <c r="I131" t="s">
         <v>47</v>
       </c>
       <c r="J131" t="s">
         <v>25</v>
       </c>
       <c r="K131" t="s">
         <v>34</v>
       </c>
       <c r="L131"/>
       <c r="M131"/>
       <c r="N131" t="s">
@@ -9631,262 +9631,262 @@
       <c r="K151" t="s">
         <v>34</v>
       </c>
       <c r="L151"/>
       <c r="M151"/>
       <c r="N151" t="s">
         <v>64</v>
       </c>
       <c r="O151"/>
       <c r="P151"/>
       <c r="Q151" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="152" spans="1:17">
       <c r="A152">
         <v>7576</v>
       </c>
       <c r="B152" t="s">
         <v>750</v>
       </c>
       <c r="C152" t="s">
         <v>751</v>
       </c>
       <c r="D152" t="s">
-        <v>537</v>
+        <v>532</v>
       </c>
       <c r="E152" t="s">
         <v>344</v>
       </c>
       <c r="F152" t="s">
         <v>322</v>
       </c>
       <c r="G152"/>
       <c r="H152" t="s">
         <v>23</v>
       </c>
       <c r="I152" t="s">
         <v>47</v>
       </c>
       <c r="J152" t="s">
         <v>25</v>
       </c>
       <c r="K152" t="s">
         <v>72</v>
       </c>
       <c r="L152"/>
       <c r="M152"/>
       <c r="N152" t="s">
         <v>27</v>
       </c>
       <c r="O152"/>
       <c r="P152"/>
       <c r="Q152" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="153" spans="1:17">
       <c r="A153">
         <v>10679</v>
       </c>
       <c r="B153" t="s">
         <v>752</v>
       </c>
       <c r="C153" t="s">
         <v>753</v>
       </c>
       <c r="D153" t="s">
         <v>754</v>
       </c>
       <c r="E153" t="s">
         <v>755</v>
       </c>
       <c r="F153" t="s">
-        <v>459</v>
+        <v>454</v>
       </c>
       <c r="G153"/>
       <c r="H153" t="s">
         <v>23</v>
       </c>
       <c r="I153" t="s">
         <v>33</v>
       </c>
       <c r="J153" t="s">
         <v>25</v>
       </c>
       <c r="K153" t="s">
         <v>34</v>
       </c>
       <c r="L153"/>
       <c r="M153"/>
       <c r="N153" t="s">
         <v>286</v>
       </c>
       <c r="O153"/>
       <c r="P153"/>
       <c r="Q153" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="154" spans="1:17">
       <c r="A154">
         <v>23853</v>
       </c>
       <c r="B154" t="s">
         <v>756</v>
       </c>
       <c r="C154"/>
       <c r="D154"/>
       <c r="E154" t="s">
         <v>757</v>
       </c>
       <c r="F154" t="s">
         <v>758</v>
       </c>
       <c r="G154"/>
       <c r="H154" t="s">
         <v>23</v>
       </c>
       <c r="I154" t="s">
-        <v>478</v>
+        <v>473</v>
       </c>
       <c r="J154" t="s">
         <v>25</v>
       </c>
       <c r="K154" t="s">
         <v>72</v>
       </c>
       <c r="L154"/>
       <c r="M154"/>
       <c r="N154" t="s">
         <v>73</v>
       </c>
       <c r="O154"/>
       <c r="P154"/>
       <c r="Q154" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="155" spans="1:17">
       <c r="A155">
         <v>11002</v>
       </c>
       <c r="B155" t="s">
         <v>759</v>
       </c>
       <c r="C155" t="s">
         <v>760</v>
       </c>
       <c r="D155" t="s">
         <v>204</v>
       </c>
       <c r="E155" t="s">
         <v>761</v>
       </c>
       <c r="F155" t="s">
-        <v>488</v>
+        <v>483</v>
       </c>
       <c r="G155"/>
       <c r="H155" t="s">
         <v>23</v>
       </c>
       <c r="I155" t="s">
         <v>33</v>
       </c>
       <c r="J155" t="s">
         <v>25</v>
       </c>
       <c r="K155" t="s">
         <v>34</v>
       </c>
       <c r="L155"/>
       <c r="M155"/>
       <c r="N155" t="s">
         <v>73</v>
       </c>
       <c r="O155"/>
       <c r="P155"/>
       <c r="Q155" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="156" spans="1:17">
       <c r="A156">
         <v>12389</v>
       </c>
       <c r="B156" t="s">
         <v>762</v>
       </c>
       <c r="C156"/>
       <c r="D156"/>
       <c r="E156" t="s">
         <v>763</v>
       </c>
       <c r="F156" t="s">
-        <v>499</v>
+        <v>494</v>
       </c>
       <c r="G156"/>
       <c r="H156" t="s">
         <v>23</v>
       </c>
       <c r="I156" t="s">
-        <v>478</v>
+        <v>473</v>
       </c>
       <c r="J156" t="s">
         <v>25</v>
       </c>
       <c r="K156" t="s">
         <v>34</v>
       </c>
       <c r="L156"/>
       <c r="M156"/>
       <c r="N156" t="s">
         <v>73</v>
       </c>
       <c r="O156"/>
       <c r="P156" t="s">
         <v>764</v>
       </c>
       <c r="Q156" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="157" spans="1:17">
       <c r="A157">
         <v>9873</v>
       </c>
       <c r="B157" t="s">
         <v>765</v>
       </c>
       <c r="C157"/>
       <c r="D157"/>
       <c r="E157" t="s">
-        <v>523</v>
+        <v>518</v>
       </c>
       <c r="F157" t="s">
-        <v>509</v>
+        <v>504</v>
       </c>
       <c r="G157"/>
       <c r="H157" t="s">
         <v>23</v>
       </c>
       <c r="I157" t="s">
         <v>47</v>
       </c>
       <c r="J157" t="s">
         <v>25</v>
       </c>
       <c r="K157" t="s">
         <v>34</v>
       </c>
       <c r="L157"/>
       <c r="M157"/>
       <c r="N157" t="s">
         <v>79</v>
       </c>
       <c r="O157"/>
       <c r="P157"/>
       <c r="Q157" t="s">
         <v>28</v>
       </c>
     </row>