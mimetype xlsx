--- v0 (2025-11-13)
+++ v1 (2026-01-07)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="especies" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="196">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="197">
   <si>
     <t>Código de la especie (id taxon)</t>
   </si>
   <si>
     <t>Nombre aceptado</t>
   </si>
   <si>
     <t>Nombres comunes</t>
   </si>
   <si>
     <t>Nombre idioma</t>
   </si>
   <si>
     <t>Categoría de amenaza UICN</t>
   </si>
   <si>
     <t>Categoría de amenaza UICN nacional o mundial</t>
   </si>
   <si>
     <t>Descripción</t>
   </si>
   <si>
     <t>Ámbito</t>
   </si>
   <si>
@@ -275,51 +275,54 @@
   <si>
     <t>Barbus sclateri Günther, 1868</t>
   </si>
   <si>
     <t>Pseudochondrostoma polylepis (Steindachner, 1864)</t>
   </si>
   <si>
     <t>prueba_Boga de Río (Castellano), Boga del Tajo (Castellano), Loína iberiarra (Euskera), Iberian Nase (Inglés)</t>
   </si>
   <si>
     <t>España NT (Casi amenazado),  Mundial LC (Preocupación menor),  Región Mediterránea U2 (Desfavorable-malo)</t>
   </si>
   <si>
     <t>La especie es diploide (2n=50). Especie de talla media que no suele alcanzar los 50 cm de longitud total. Cuerpo alargado más que otras especies de ciprínidos. La abertura bucal es inferior y recta. El labio inferior es grueso y presenta una lámina córnea bien desarrollada. Las aletas dorsal y anal son largas, la primera de ellas tiene entre 8 y 9 radios ramificados y la segunda entre 8 y 9. Escamas pequeñas, en la línea lateral se cuentan entre 64 y 78. El número más frecuente de dientes faríngeos es de 6-5. No existe dimorfismo sexual marcado, aunque se han descrito algunas diferencias de tipo morfométrico relativas al tamaño de las aletas y longitud de la cabeza. La coloración es plateada o algo parda en el dorso con las aletas más oscuras y la línea lateral muy marcada. Se diferencia de otros ciprínidos por tener los ejemplares adultos un hocico puntiagudo con boca ínfera y lámina córnea recta, muy llamativa, en el labio inferior. De otras especies del género Pseudochondrostoma se diferencia por los siguientes caracteres: 6-5 dientes faríngeos, individuos adultos no moteados de negro, de 19 a 31 branquispinas, 8-9 radios en las aletas anal y dorsal y de 64 a 78 escamas en la línea lateral. Holotipo no descrito, Sintipos conservados en el Naturhistorisches Museum Wien, Viena, Austria (NMW 52589, 2) procedentes de Crato, Portugal.</t>
   </si>
   <si>
     <t>Chondrostoma polylepis Steindachner, 1864</t>
   </si>
   <si>
     <t>Squalius alburnoides (Steindachner, 1866)</t>
   </si>
   <si>
     <t>prueba_Calandino (Castellano), Errutilo andaluziarra (Euskera)</t>
   </si>
   <si>
-    <t>España LC (Preocupación menor),  Mundial VU (Vulnerable),  Región Mediterránea U1 (Desfavorable-inadecuado)</t>
+    <t>Mundial CR (En peligro crítico),  España LC (Preocupación menor),  Mundial VU (Vulnerable),  Región Mediterránea U1 (Desfavorable-inadecuado)</t>
+  </si>
+  <si>
+    <t>Mundial, España, Mundial, Región Mediterránea</t>
   </si>
   <si>
     <t>Es un taxón de pequeño tamaño, que raramente alcanza los 13 cm de longitud total. La cabeza es pequeña y la boca súpera. El cuerpo es alargado con un pedúnculo caudal muy estrecho. Las aletas son pequeñas. La dorsal suele tener siete radios ramificados y la anal de ocho a nueve. Los perfiles distales de estas últimas son rectos o cóncavos. La aleta dorsal está retrasada con respecto a las ventrales. Las escamas son grandes y presentan un número de 38-44 en la línea lateral. El color del peritoneo es gris claro. Este taxón tiene un origen híbrido. Las hembras son mayoritariamente triploides, ya que constan de tres dotaciones cromosómicas. Éstas son de color plateado con el dorso oscuro y una característica banda violácea, más visible en la parte caudal, recorre todo el cuerpo. Los machos son diploides y más pequeños, con una banda negra, que recorre el cuerpo desde el ojo a la aleta caudal y una banda más clara por encima de ésta. También existen individuos tetraploides, de tamaño más pequeño y con la boca menos súpera que los diploides. Los machos presentan tubérculos nupciales en los márgenes distales de las escamas, dorso y en la cabeza en la época reproductiva. Se diferencia de otros ciprínidos del género Squalius por tener 7 radios ramificados en las aletas dorsal y 8-9 en la aleta anal. Suborbitario 3º estrecho. Perfil de la aleta anal recto o cóncavo. Dientes faríngeos en número de 5 ó 4 situados en una sola fila. Holotipo no descrito. Lectotipo conservado en el Naturhistorisches Museum Wien, Viena, (NMW 49749:2.), procedente de arroyos cerca de Mérida.</t>
   </si>
   <si>
     <t>Rutilus alburnoides, Tropidophoxinellus alburnoides (Steindachner, 1866)</t>
   </si>
   <si>
     <t>Barbus meridionalis Risso, 1827</t>
   </si>
   <si>
     <t>prueba_Barbo de montaña (Castellano), Barbo mediterraniarra (Euskera), Barb de muntanya (Catalán), Mediterranean Barbel (Inglés), Southern Barbel (Inglés)</t>
   </si>
   <si>
     <t>Castellano, Euskera, Catalán, Inglés, Inglés</t>
   </si>
   <si>
     <t>Mundial NT (Casi amenazado),  España VU (Vulnerable),  Región Alpina U1 (Desfavorable-inadecuado),  Región Mediterránea U1 (Desfavorable-inadecuado)</t>
   </si>
   <si>
     <t>Mundial, España, Región Alpina, Región Mediterránea</t>
   </si>
   <si>
     <t>Se diferencia de otras especies del género Barbus por la ausencia de denticulaciones en el último radio sencillo de la aleta dorsal, caudal no teñida de rojo en los ejemplares adultos. Cabeza más pequeña que en el caso del barbo colirrojo (Barbus haasi). Lectotipo conservado en el Muséum National d’Histoire Naturelle de Paris (MNHN 0000-0070) procedente del río Var en Niza, Francia. Descripción: La especie es tetraploide (2n=100). La coloración del cuerpo en los adultos es pardogrisácea y se encuentra profusamente moteado de manchas negras, tanto en adultos como en juveniles. Este patrón de coloración es similar al que ostentan los individuos jóvenes de otras especies de barbos, prestándose a confusión. No se ha descrito la existencia de tubérculos nupciales en esta especie. La cabeza es relativamente pequeña, mucho más que en el barbo colirrojo (B. haasi). Los labios son muy variables aunque normalmente son anchos, presentando un lóbulo medio algo visible. Las barbillas son cortas y finas. El último radio sencillo de la aleta dorsal no presenta denticulaciones. Las aletas son bajas y la dorsal presenta un perfil normalmente recto. Barbo relativamente pequeño, que en España raramente alcanza los 30 cm de longitud total y 200 g de peso.</t>
   </si>
@@ -1451,1053 +1454,1053 @@
       <c r="O10"/>
       <c r="P10" t="s">
         <v>84</v>
       </c>
       <c r="Q10" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="11" spans="1:17">
       <c r="A11">
         <v>10659</v>
       </c>
       <c r="B11" t="s">
         <v>85</v>
       </c>
       <c r="C11" t="s">
         <v>86</v>
       </c>
       <c r="D11" t="s">
         <v>55</v>
       </c>
       <c r="E11" t="s">
         <v>87</v>
       </c>
       <c r="F11" t="s">
-        <v>77</v>
+        <v>88</v>
       </c>
       <c r="G11" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="H11" t="s">
         <v>23</v>
       </c>
       <c r="I11" t="s">
         <v>24</v>
       </c>
       <c r="J11" t="s">
         <v>35</v>
       </c>
       <c r="K11"/>
       <c r="L11"/>
       <c r="M11"/>
       <c r="N11" t="s">
         <v>27</v>
       </c>
       <c r="O11"/>
       <c r="P11" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="Q11" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="12" spans="1:17">
       <c r="A12">
         <v>11718</v>
       </c>
       <c r="B12" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="C12" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="D12" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="E12" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="F12" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="G12" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="H12" t="s">
         <v>23</v>
       </c>
       <c r="I12" t="s">
         <v>24</v>
       </c>
       <c r="J12" t="s">
         <v>35</v>
       </c>
       <c r="K12"/>
       <c r="L12"/>
       <c r="M12"/>
       <c r="N12" t="s">
         <v>36</v>
       </c>
       <c r="O12"/>
       <c r="P12"/>
       <c r="Q12" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="13" spans="1:17">
       <c r="A13">
         <v>11415</v>
       </c>
       <c r="B13" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="C13" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="D13" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="E13" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="F13" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="G13" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="H13" t="s">
         <v>23</v>
       </c>
       <c r="I13" t="s">
         <v>24</v>
       </c>
       <c r="J13" t="s">
         <v>35</v>
       </c>
       <c r="K13"/>
       <c r="L13"/>
       <c r="M13"/>
       <c r="N13" t="s">
         <v>64</v>
       </c>
       <c r="O13"/>
       <c r="P13"/>
       <c r="Q13" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="14" spans="1:17">
       <c r="A14">
         <v>10939</v>
       </c>
       <c r="B14" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="C14" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="D14" t="s">
         <v>68</v>
       </c>
       <c r="E14" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="F14" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="G14" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="H14" t="s">
         <v>23</v>
       </c>
       <c r="I14" t="s">
         <v>24</v>
       </c>
       <c r="J14" t="s">
         <v>35</v>
       </c>
       <c r="K14"/>
       <c r="L14"/>
       <c r="M14"/>
       <c r="N14" t="s">
         <v>27</v>
       </c>
       <c r="O14"/>
       <c r="P14"/>
       <c r="Q14" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="15" spans="1:17">
       <c r="A15">
         <v>10675</v>
       </c>
       <c r="B15" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
       <c r="C15" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="D15" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="E15" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
       <c r="F15" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
       <c r="G15" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="H15" t="s">
         <v>34</v>
       </c>
       <c r="I15" t="s">
         <v>24</v>
       </c>
       <c r="J15" t="s">
         <v>35</v>
       </c>
       <c r="K15"/>
       <c r="L15"/>
       <c r="M15"/>
       <c r="N15" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
       <c r="O15"/>
       <c r="P15"/>
       <c r="Q15" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="16" spans="1:17">
       <c r="A16">
         <v>11249</v>
       </c>
       <c r="B16" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
       <c r="C16" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
       <c r="D16" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
       <c r="E16" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
       <c r="F16" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
       <c r="G16" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="H16" t="s">
         <v>34</v>
       </c>
       <c r="I16" t="s">
         <v>24</v>
       </c>
       <c r="J16" t="s">
         <v>35</v>
       </c>
       <c r="K16"/>
       <c r="L16"/>
       <c r="M16"/>
       <c r="N16" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
       <c r="O16"/>
       <c r="P16"/>
       <c r="Q16" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="17" spans="1:17">
       <c r="A17">
         <v>11931</v>
       </c>
       <c r="B17" t="s">
-        <v>117</v>
+        <v>118</v>
       </c>
       <c r="C17" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
       <c r="D17" t="s">
         <v>68</v>
       </c>
       <c r="E17" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
       <c r="F17" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
       <c r="G17" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="H17" t="s">
         <v>23</v>
       </c>
       <c r="I17" t="s">
         <v>24</v>
       </c>
       <c r="J17" t="s">
         <v>35</v>
       </c>
       <c r="K17"/>
       <c r="L17"/>
       <c r="M17"/>
       <c r="N17" t="s">
         <v>27</v>
       </c>
       <c r="O17"/>
       <c r="P17"/>
       <c r="Q17" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="18" spans="1:17">
       <c r="A18">
         <v>11673</v>
       </c>
       <c r="B18" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
       <c r="C18" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
       <c r="D18" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
       <c r="E18" t="s">
-        <v>124</v>
+        <v>125</v>
       </c>
       <c r="F18" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
       <c r="G18" t="s">
-        <v>125</v>
+        <v>126</v>
       </c>
       <c r="H18" t="s">
         <v>34</v>
       </c>
       <c r="I18" t="s">
         <v>24</v>
       </c>
       <c r="J18" t="s">
         <v>25</v>
       </c>
       <c r="K18" t="s">
         <v>43</v>
       </c>
       <c r="L18"/>
       <c r="M18"/>
       <c r="N18" t="s">
         <v>27</v>
       </c>
       <c r="O18"/>
       <c r="P18"/>
       <c r="Q18" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="19" spans="1:17">
       <c r="A19">
         <v>11183</v>
       </c>
       <c r="B19" t="s">
-        <v>126</v>
+        <v>127</v>
       </c>
       <c r="C19" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
       <c r="D19" t="s">
-        <v>128</v>
+        <v>129</v>
       </c>
       <c r="E19" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
       <c r="F19" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
       <c r="G19" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="H19" t="s">
         <v>23</v>
       </c>
       <c r="I19" t="s">
         <v>24</v>
       </c>
       <c r="J19" t="s">
         <v>35</v>
       </c>
       <c r="K19"/>
       <c r="L19"/>
       <c r="M19"/>
       <c r="N19" t="s">
         <v>27</v>
       </c>
       <c r="O19"/>
       <c r="P19" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="Q19" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="20" spans="1:17">
       <c r="A20">
         <v>11454</v>
       </c>
       <c r="B20" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="C20" t="s">
-        <v>132</v>
+        <v>133</v>
       </c>
       <c r="D20" t="s">
-        <v>133</v>
+        <v>134</v>
       </c>
       <c r="E20" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
       <c r="F20" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="G20" t="s">
-        <v>136</v>
+        <v>137</v>
       </c>
       <c r="H20" t="s">
         <v>23</v>
       </c>
       <c r="I20" t="s">
         <v>24</v>
       </c>
       <c r="J20" t="s">
         <v>25</v>
       </c>
       <c r="K20" t="s">
         <v>43</v>
       </c>
       <c r="L20"/>
       <c r="M20"/>
       <c r="N20" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="O20"/>
       <c r="P20"/>
       <c r="Q20" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="21" spans="1:17">
       <c r="A21">
         <v>10807</v>
       </c>
       <c r="B21" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="C21" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="D21" t="s">
-        <v>128</v>
+        <v>129</v>
       </c>
       <c r="E21" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
       <c r="F21" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="G21" t="s">
-        <v>140</v>
+        <v>141</v>
       </c>
       <c r="H21" t="s">
         <v>23</v>
       </c>
       <c r="I21" t="s">
         <v>24</v>
       </c>
       <c r="J21" t="s">
         <v>25</v>
       </c>
       <c r="K21" t="s">
         <v>43</v>
       </c>
       <c r="L21"/>
       <c r="M21"/>
       <c r="N21" t="s">
         <v>27</v>
       </c>
       <c r="O21"/>
       <c r="P21"/>
       <c r="Q21" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="22" spans="1:17">
       <c r="A22">
         <v>11495</v>
       </c>
       <c r="B22" t="s">
-        <v>141</v>
+        <v>142</v>
       </c>
       <c r="C22" t="s">
-        <v>142</v>
+        <v>143</v>
       </c>
       <c r="D22" t="s">
         <v>19</v>
       </c>
       <c r="E22" t="s">
-        <v>143</v>
+        <v>144</v>
       </c>
       <c r="F22" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="G22" t="s">
-        <v>144</v>
+        <v>145</v>
       </c>
       <c r="H22" t="s">
         <v>23</v>
       </c>
       <c r="I22" t="s">
         <v>24</v>
       </c>
       <c r="J22" t="s">
         <v>25</v>
       </c>
       <c r="K22" t="s">
         <v>43</v>
       </c>
       <c r="L22"/>
       <c r="M22"/>
       <c r="N22" t="s">
         <v>27</v>
       </c>
       <c r="O22"/>
       <c r="P22" t="s">
-        <v>145</v>
+        <v>146</v>
       </c>
       <c r="Q22" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="23" spans="1:17">
       <c r="A23">
         <v>12393</v>
       </c>
       <c r="B23" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="C23" t="s">
-        <v>147</v>
+        <v>148</v>
       </c>
       <c r="D23" t="s">
-        <v>133</v>
+        <v>134</v>
       </c>
       <c r="E23" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
       <c r="F23" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="G23" t="s">
-        <v>148</v>
+        <v>149</v>
       </c>
       <c r="H23" t="s">
         <v>23</v>
       </c>
       <c r="I23" t="s">
         <v>24</v>
       </c>
       <c r="J23" t="s">
         <v>35</v>
       </c>
       <c r="K23"/>
       <c r="L23"/>
       <c r="M23"/>
       <c r="N23" t="s">
         <v>27</v>
       </c>
       <c r="O23"/>
       <c r="P23"/>
       <c r="Q23" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="24" spans="1:17">
       <c r="A24">
         <v>11576</v>
       </c>
       <c r="B24" t="s">
-        <v>149</v>
+        <v>150</v>
       </c>
       <c r="C24" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="D24" t="s">
         <v>55</v>
       </c>
       <c r="E24" t="s">
-        <v>151</v>
+        <v>152</v>
       </c>
       <c r="F24" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="G24" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="H24" t="s">
         <v>23</v>
       </c>
       <c r="I24" t="s">
         <v>24</v>
       </c>
       <c r="J24" t="s">
         <v>35</v>
       </c>
       <c r="K24"/>
       <c r="L24"/>
       <c r="M24"/>
       <c r="N24" t="s">
         <v>27</v>
       </c>
       <c r="O24"/>
       <c r="P24" t="s">
-        <v>153</v>
+        <v>154</v>
       </c>
       <c r="Q24" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="25" spans="1:17">
       <c r="A25">
         <v>11060</v>
       </c>
       <c r="B25" t="s">
-        <v>154</v>
+        <v>155</v>
       </c>
       <c r="C25" t="s">
-        <v>155</v>
+        <v>156</v>
       </c>
       <c r="D25" t="s">
         <v>19</v>
       </c>
       <c r="E25" t="s">
-        <v>151</v>
+        <v>152</v>
       </c>
       <c r="F25" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="G25" t="s">
-        <v>156</v>
+        <v>157</v>
       </c>
       <c r="H25" t="s">
         <v>23</v>
       </c>
       <c r="I25" t="s">
         <v>24</v>
       </c>
       <c r="J25" t="s">
         <v>35</v>
       </c>
       <c r="K25"/>
       <c r="L25"/>
       <c r="M25"/>
       <c r="N25" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
       <c r="O25"/>
       <c r="P25" t="s">
-        <v>157</v>
+        <v>158</v>
       </c>
       <c r="Q25" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="26" spans="1:17">
       <c r="A26">
         <v>11408</v>
       </c>
       <c r="B26" t="s">
-        <v>158</v>
+        <v>159</v>
       </c>
       <c r="C26" t="s">
-        <v>159</v>
+        <v>160</v>
       </c>
       <c r="D26" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
       <c r="E26" t="s">
-        <v>151</v>
+        <v>152</v>
       </c>
       <c r="F26" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="G26" t="s">
-        <v>161</v>
+        <v>162</v>
       </c>
       <c r="H26" t="s">
         <v>23</v>
       </c>
       <c r="I26" t="s">
         <v>24</v>
       </c>
       <c r="J26" t="s">
         <v>35</v>
       </c>
       <c r="K26"/>
       <c r="L26"/>
       <c r="M26"/>
       <c r="N26" t="s">
         <v>64</v>
       </c>
       <c r="O26"/>
       <c r="P26" t="s">
-        <v>162</v>
+        <v>163</v>
       </c>
       <c r="Q26" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="27" spans="1:17">
       <c r="A27">
         <v>11730</v>
       </c>
       <c r="B27" t="s">
-        <v>163</v>
+        <v>164</v>
       </c>
       <c r="C27" t="s">
-        <v>164</v>
+        <v>165</v>
       </c>
       <c r="D27" t="s">
-        <v>133</v>
+        <v>134</v>
       </c>
       <c r="E27" t="s">
-        <v>151</v>
+        <v>152</v>
       </c>
       <c r="F27" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="G27" t="s">
-        <v>165</v>
+        <v>166</v>
       </c>
       <c r="H27" t="s">
         <v>23</v>
       </c>
       <c r="I27" t="s">
         <v>24</v>
       </c>
       <c r="J27" t="s">
         <v>35</v>
       </c>
       <c r="K27"/>
       <c r="L27"/>
       <c r="M27"/>
       <c r="N27" t="s">
         <v>64</v>
       </c>
       <c r="O27"/>
       <c r="P27" t="s">
-        <v>166</v>
+        <v>167</v>
       </c>
       <c r="Q27" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="28" spans="1:17">
       <c r="A28">
         <v>10765</v>
       </c>
       <c r="B28" t="s">
-        <v>167</v>
+        <v>168</v>
       </c>
       <c r="C28" t="s">
-        <v>168</v>
+        <v>169</v>
       </c>
       <c r="D28" t="s">
-        <v>169</v>
+        <v>170</v>
       </c>
       <c r="E28" t="s">
-        <v>170</v>
+        <v>171</v>
       </c>
       <c r="F28" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="G28" t="s">
-        <v>171</v>
+        <v>172</v>
       </c>
       <c r="H28" t="s">
         <v>23</v>
       </c>
       <c r="I28" t="s">
         <v>24</v>
       </c>
       <c r="J28" t="s">
         <v>25</v>
       </c>
       <c r="K28" t="s">
         <v>43</v>
       </c>
       <c r="L28"/>
       <c r="M28"/>
       <c r="N28" t="s">
         <v>27</v>
       </c>
       <c r="O28"/>
       <c r="P28" t="s">
-        <v>172</v>
+        <v>173</v>
       </c>
       <c r="Q28" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="29" spans="1:17">
       <c r="A29">
         <v>12354</v>
       </c>
       <c r="B29" t="s">
-        <v>173</v>
+        <v>174</v>
       </c>
       <c r="C29" t="s">
-        <v>174</v>
+        <v>175</v>
       </c>
       <c r="D29" t="s">
         <v>68</v>
       </c>
       <c r="E29" t="s">
-        <v>143</v>
+        <v>144</v>
       </c>
       <c r="F29" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="G29" t="s">
-        <v>175</v>
+        <v>176</v>
       </c>
       <c r="H29" t="s">
         <v>23</v>
       </c>
       <c r="I29" t="s">
         <v>24</v>
       </c>
       <c r="J29" t="s">
         <v>35</v>
       </c>
       <c r="K29"/>
       <c r="L29"/>
       <c r="M29"/>
       <c r="N29" t="s">
         <v>27</v>
       </c>
       <c r="O29"/>
       <c r="P29" t="s">
-        <v>176</v>
+        <v>177</v>
       </c>
       <c r="Q29" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="30" spans="1:17">
       <c r="A30">
         <v>12429</v>
       </c>
       <c r="B30" t="s">
-        <v>177</v>
+        <v>178</v>
       </c>
       <c r="C30" t="s">
-        <v>178</v>
+        <v>179</v>
       </c>
       <c r="D30" t="s">
-        <v>128</v>
+        <v>129</v>
       </c>
       <c r="E30" t="s">
-        <v>151</v>
+        <v>152</v>
       </c>
       <c r="F30" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="G30" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
       <c r="H30" t="s">
         <v>23</v>
       </c>
       <c r="I30" t="s">
         <v>24</v>
       </c>
       <c r="J30" t="s">
         <v>35</v>
       </c>
       <c r="K30"/>
       <c r="L30"/>
       <c r="M30"/>
       <c r="N30" t="s">
         <v>27</v>
       </c>
       <c r="O30"/>
       <c r="P30" t="s">
-        <v>180</v>
+        <v>181</v>
       </c>
       <c r="Q30" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="31" spans="1:17">
       <c r="A31">
         <v>11925</v>
       </c>
       <c r="B31" t="s">
-        <v>181</v>
+        <v>182</v>
       </c>
       <c r="C31" t="s">
-        <v>182</v>
+        <v>183</v>
       </c>
       <c r="D31" t="s">
-        <v>133</v>
+        <v>134</v>
       </c>
       <c r="E31" t="s">
-        <v>170</v>
+        <v>171</v>
       </c>
       <c r="F31" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="G31" t="s">
-        <v>183</v>
+        <v>184</v>
       </c>
       <c r="H31" t="s">
         <v>23</v>
       </c>
       <c r="I31" t="s">
         <v>24</v>
       </c>
       <c r="J31" t="s">
         <v>25</v>
       </c>
       <c r="K31" t="s">
         <v>43</v>
       </c>
       <c r="L31"/>
       <c r="M31"/>
       <c r="N31" t="s">
         <v>27</v>
       </c>
       <c r="O31"/>
       <c r="P31" t="s">
-        <v>184</v>
+        <v>185</v>
       </c>
       <c r="Q31" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="32" spans="1:17">
       <c r="A32">
         <v>11455</v>
       </c>
       <c r="B32" t="s">
-        <v>185</v>
+        <v>186</v>
       </c>
       <c r="C32" t="s">
-        <v>186</v>
+        <v>187</v>
       </c>
       <c r="D32" t="s">
-        <v>187</v>
+        <v>188</v>
       </c>
       <c r="E32" t="s">
-        <v>188</v>
+        <v>189</v>
       </c>
       <c r="F32" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="G32" t="s">
-        <v>189</v>
+        <v>190</v>
       </c>
       <c r="H32" t="s">
         <v>23</v>
       </c>
       <c r="I32" t="s">
         <v>24</v>
       </c>
       <c r="J32" t="s">
         <v>25</v>
       </c>
       <c r="K32" t="s">
         <v>43</v>
       </c>
       <c r="L32"/>
       <c r="M32"/>
       <c r="N32" t="s">
-        <v>190</v>
+        <v>191</v>
       </c>
       <c r="O32"/>
       <c r="P32" t="s">
-        <v>191</v>
+        <v>192</v>
       </c>
       <c r="Q32" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="33" spans="1:17">
       <c r="A33">
         <v>15035</v>
       </c>
       <c r="B33" t="s">
-        <v>192</v>
+        <v>193</v>
       </c>
       <c r="C33" t="s">
-        <v>193</v>
+        <v>194</v>
       </c>
       <c r="D33" t="s">
-        <v>194</v>
+        <v>195</v>
       </c>
       <c r="E33" t="s">
-        <v>195</v>
+        <v>196</v>
       </c>
       <c r="F33" t="s">
         <v>77</v>
       </c>
       <c r="G33"/>
       <c r="H33" t="s">
         <v>34</v>
       </c>
       <c r="I33" t="s">
         <v>24</v>
       </c>
       <c r="J33" t="s">
         <v>25</v>
       </c>
       <c r="K33" t="s">
         <v>43</v>
       </c>
       <c r="L33"/>
       <c r="M33"/>
       <c r="N33" t="s">
-        <v>190</v>
+        <v>191</v>
       </c>
       <c r="O33"/>
       <c r="P33"/>
       <c r="Q33" t="s">
         <v>28</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">