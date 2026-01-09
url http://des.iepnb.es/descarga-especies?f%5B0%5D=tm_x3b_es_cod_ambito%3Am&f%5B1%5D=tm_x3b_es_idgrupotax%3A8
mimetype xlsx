--- v0 (2025-11-13)
+++ v1 (2026-01-09)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="especies" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="261">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="262">
   <si>
     <t>Código de la especie (id taxon)</t>
   </si>
   <si>
     <t>Nombre aceptado</t>
   </si>
   <si>
     <t>Nombres comunes</t>
   </si>
   <si>
     <t>Nombre idioma</t>
   </si>
   <si>
     <t>Categoría de amenaza UICN</t>
   </si>
   <si>
     <t>Categoría de amenaza UICN nacional o mundial</t>
   </si>
   <si>
     <t>Descripción</t>
   </si>
   <si>
     <t>Ámbito</t>
   </si>
   <si>
@@ -357,51 +357,54 @@
   <si>
     <t>Balaenoptera schlegellii Dabbene, 1902</t>
   </si>
   <si>
     <t>Balaenoptera acutorostrata Lacépède, 1804</t>
   </si>
   <si>
     <t>prueba_Minke whale (Inglés), Petit rorqual (Francés), Zwergwal (Alemán), Balenottera minore (Italiano), Baleia-anã (Portugués)</t>
   </si>
   <si>
     <t>Mundial LC (Preocupación menor),  España VU (Vulnerable),  Región Marina Atlántica XX (Desconocido),  Región Marina Macaronésica XX (Desconocido),  Región Marina Mediterránea XX (Desconocido)</t>
   </si>
   <si>
     <t>Mundial, España, Región Marina Atlántica, Región Marina Macaronésica, Región Marina Mediterránea</t>
   </si>
   <si>
     <t>El rorcual aliblanco (Balaenoptera acutorostrata), presenta una coloración gris que varía en tonalidades en todo el cuerpo, siendo siempre la parte inferior de su cuerpo completamente blanca. El roncual aliblanco se distingue de otros rorcuales por la mancha blanca que presentan en las aletas pectorales, con una forma más o menos redondeada. Pertenece al grupo de los cetáceos misticetos ya que presentan barbas. Llegan a alcanzar un tamaño de 7-10 m (recién nacido 2,1 -2,8 m).</t>
   </si>
   <si>
     <t>Agaphelus gibbosus Cope, 1968, Balaena rostrata Fabricius, 1780, Balaenoptera eschrichtius Rasch, 1845, Balaenoptera rostrata (Fabricius, 1780)</t>
   </si>
   <si>
     <t>Phocoena phocoena (Linnaeus, 1758)</t>
   </si>
   <si>
-    <t>prueba_Common Porpoise (Inglés), Marsouin (Francés), Schweinswal (Alemán), Focena (Italiano), Bôto (Portugués)</t>
+    <t>prueba_Marsopa (Castellano), Marsopa común (Castellano), Common Porpoise (Inglés), Marsouin (Francés), Schweinswal (Alemán), Focena (Italiano), Bôto (Portugués)</t>
+  </si>
+  <si>
+    <t>Castellano, Castellano, Inglés, Francés, Alemán, Italiano, Portugués</t>
   </si>
   <si>
     <t>Mundial LC (Preocupación menor),  España VU (Vulnerable),  Región Marina Atlántica U1 (Desfavorable-inadecuado),  Región Marina Macaronésica XX (Desconocido),  Región Marina Mediterránea XX (Desconocido)</t>
   </si>
   <si>
     <t>La marsopa es la especie de cetáceo de menor tamaño en el Atlántico Norte. La longitud total varía generalmente entre 130-180 cm y el peso entre 25 y 90 kg. El tamaño de las hembras es mayor que el de los machos, aunque presenta grandes variaciones geográficas.
 Presentan una cabeza roma, sin el típico pico de algunos delfines. Las aletas pectorales tienen el extremo redondeado y la aleta dorsal se sitúa en la mitad del cuerpo, es baja y triangular, presentando una peculiaridad única en los cetáceos: la existencia en el borde anterior de la aleta dorsal, de algunos ejemplares, de tubérculos epidérmicos a modo de protuberancias que le dan un aspecto aserrado.
 El color dorsolateral es negro acastañado, y en la parte anterior de los flancos presenta un color ceniza que se difumina a blanco centralmente. Destacan las aletas pectorales negras con una línea que las une con la parte inferior de la boca, que es también oscura rodeando el labio inferior. La parte anterior de la cabeza es un poco más clara, haciendo una figura triangular que se abre hacia delante desde el aventador. A pesar de la variación de color individual, y de cierta asimetría bilateral, no se han encontrado diferencias en las distintas poblaciones del mundo. El cráneo es alargado aunque con rostro corto, el paladar es plano y presenta una marcada asimetría orientada a la izquierda general en los cetáceos odontocetos. Los dientes son espatulados, caso único entre los cetáceos en los
 que suelen ser cónicos. Cabe destacar el tamaño de los huesos pélvicos en esta especie que son mucho mayores y voluminosos que en los pequeños delfínidos, estando relacionado con el tamaño de los órganos sexuales, sobre todo en el caso de los machos.</t>
   </si>
   <si>
     <t>Delphinus phocoena Linnaeus, 1758, Phocaena communis Lesson, 1827, Phocaena phocaena Kleinenberg, 1956, Phocena phocena Gray, 1821</t>
   </si>
   <si>
     <t>Mesoplodon europaeus (Gervais, 1855)</t>
   </si>
   <si>
     <t>prueba_Ballena De Pico De Gervais (Castellano), Zifio de Gervais (Castellano), Gulf Stream Beaked Whale (Inglés), Gervais' Beaked Whale (Inglés), Mésoplodon De Gervais (Francés), Baleine à bec de Gervais (Francés), Gervais-Zweizahnwal (Alemán), Mesoplodonte di Gervais (Italiano), Baleia-bicuda-de-gervais (Portugués)</t>
   </si>
   <si>
     <t>Castellano, Castellano, Inglés, Inglés, Francés, Francés, Alemán, Italiano, Portugués</t>
   </si>
   <si>
     <t>Mundial LC (Preocupación menor),  Región Marina Atlántica XX (Desconocido),  Región Marina Macaronésica XX (Desconocido)</t>
   </si>
@@ -1856,2021 +1859,2021 @@
       <c r="K14" t="s">
         <v>26</v>
       </c>
       <c r="L14"/>
       <c r="M14"/>
       <c r="N14"/>
       <c r="O14"/>
       <c r="P14" t="s">
         <v>108</v>
       </c>
       <c r="Q14" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="15" spans="1:17">
       <c r="A15">
         <v>32181</v>
       </c>
       <c r="B15" t="s">
         <v>109</v>
       </c>
       <c r="C15" t="s">
         <v>110</v>
       </c>
       <c r="D15" t="s">
-        <v>19</v>
+        <v>111</v>
       </c>
       <c r="E15" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="F15" t="s">
         <v>106</v>
       </c>
       <c r="G15" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
       <c r="H15" t="s">
         <v>23</v>
       </c>
       <c r="I15" t="s">
         <v>24</v>
       </c>
       <c r="J15" t="s">
         <v>25</v>
       </c>
       <c r="K15" t="s">
         <v>81</v>
       </c>
       <c r="L15"/>
       <c r="M15"/>
       <c r="N15"/>
       <c r="O15"/>
       <c r="P15" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
       <c r="Q15" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="16" spans="1:17">
       <c r="A16">
         <v>20096</v>
       </c>
       <c r="B16" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
       <c r="C16" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
       <c r="D16" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="E16" t="s">
-        <v>117</v>
+        <v>118</v>
       </c>
       <c r="F16" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
       <c r="G16" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
       <c r="H16" t="s">
         <v>23</v>
       </c>
       <c r="I16" t="s">
         <v>24</v>
       </c>
       <c r="J16" t="s">
         <v>34</v>
       </c>
       <c r="K16" t="s">
         <v>59</v>
       </c>
       <c r="L16"/>
       <c r="M16"/>
       <c r="N16" t="s">
         <v>35</v>
       </c>
       <c r="O16"/>
       <c r="P16" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="Q16" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="17" spans="1:17">
       <c r="A17">
         <v>20098</v>
       </c>
       <c r="B17" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
       <c r="C17" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
       <c r="D17" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
       <c r="E17" t="s">
-        <v>117</v>
+        <v>118</v>
       </c>
       <c r="F17" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
       <c r="G17" t="s">
-        <v>124</v>
+        <v>125</v>
       </c>
       <c r="H17" t="s">
         <v>23</v>
       </c>
       <c r="I17" t="s">
         <v>24</v>
       </c>
       <c r="J17" t="s">
         <v>34</v>
       </c>
       <c r="K17" t="s">
         <v>59</v>
       </c>
       <c r="L17"/>
       <c r="M17"/>
       <c r="N17" t="s">
         <v>35</v>
       </c>
       <c r="O17"/>
       <c r="P17" t="s">
-        <v>125</v>
+        <v>126</v>
       </c>
       <c r="Q17" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="18" spans="1:17">
       <c r="A18">
         <v>20080</v>
       </c>
       <c r="B18" t="s">
-        <v>126</v>
+        <v>127</v>
       </c>
       <c r="C18" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
       <c r="D18" t="s">
-        <v>128</v>
+        <v>129</v>
       </c>
       <c r="E18" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="F18" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="G18" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="H18" t="s">
         <v>23</v>
       </c>
       <c r="I18" t="s">
         <v>24</v>
       </c>
       <c r="J18" t="s">
         <v>34</v>
       </c>
       <c r="K18" t="s">
         <v>59</v>
       </c>
       <c r="L18"/>
       <c r="M18"/>
       <c r="N18" t="s">
         <v>35</v>
       </c>
       <c r="O18"/>
       <c r="P18" t="s">
-        <v>132</v>
+        <v>133</v>
       </c>
       <c r="Q18" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="19" spans="1:17">
       <c r="A19">
         <v>20099</v>
       </c>
       <c r="B19" t="s">
-        <v>133</v>
+        <v>134</v>
       </c>
       <c r="C19" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
       <c r="D19" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="E19" t="s">
-        <v>136</v>
+        <v>137</v>
       </c>
       <c r="F19" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="G19" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="H19" t="s">
         <v>23</v>
       </c>
       <c r="I19" t="s">
         <v>24</v>
       </c>
       <c r="J19" t="s">
         <v>34</v>
       </c>
       <c r="K19" t="s">
         <v>26</v>
       </c>
       <c r="L19"/>
       <c r="M19"/>
       <c r="N19" t="s">
         <v>35</v>
       </c>
       <c r="O19"/>
       <c r="P19" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="Q19" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="20" spans="1:17">
       <c r="A20">
         <v>20066</v>
       </c>
       <c r="B20" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="C20" t="s">
-        <v>140</v>
+        <v>141</v>
       </c>
       <c r="D20" t="s">
-        <v>141</v>
+        <v>142</v>
       </c>
       <c r="E20" t="s">
-        <v>142</v>
+        <v>143</v>
       </c>
       <c r="F20" t="s">
-        <v>143</v>
+        <v>144</v>
       </c>
       <c r="G20" t="s">
-        <v>144</v>
+        <v>145</v>
       </c>
       <c r="H20" t="s">
         <v>23</v>
       </c>
       <c r="I20" t="s">
         <v>24</v>
       </c>
       <c r="J20" t="s">
         <v>34</v>
       </c>
       <c r="K20" t="s">
         <v>59</v>
       </c>
       <c r="L20"/>
       <c r="M20"/>
       <c r="N20" t="s">
         <v>35</v>
       </c>
       <c r="O20"/>
       <c r="P20" t="s">
-        <v>145</v>
+        <v>146</v>
       </c>
       <c r="Q20" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="21" spans="1:17">
       <c r="A21">
         <v>20076</v>
       </c>
       <c r="B21" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="C21" t="s">
-        <v>147</v>
+        <v>148</v>
       </c>
       <c r="D21" t="s">
-        <v>148</v>
+        <v>149</v>
       </c>
       <c r="E21" t="s">
-        <v>142</v>
+        <v>143</v>
       </c>
       <c r="F21" t="s">
-        <v>143</v>
+        <v>144</v>
       </c>
       <c r="G21" t="s">
-        <v>149</v>
+        <v>150</v>
       </c>
       <c r="H21" t="s">
         <v>23</v>
       </c>
       <c r="I21" t="s">
         <v>24</v>
       </c>
       <c r="J21" t="s">
         <v>34</v>
       </c>
       <c r="K21" t="s">
         <v>59</v>
       </c>
       <c r="L21"/>
       <c r="M21"/>
       <c r="N21" t="s">
         <v>35</v>
       </c>
       <c r="O21"/>
       <c r="P21"/>
       <c r="Q21" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="22" spans="1:17">
       <c r="A22">
         <v>20083</v>
       </c>
       <c r="B22" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="C22" t="s">
-        <v>151</v>
+        <v>152</v>
       </c>
       <c r="D22" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="E22" t="s">
-        <v>142</v>
+        <v>143</v>
       </c>
       <c r="F22" t="s">
-        <v>143</v>
+        <v>144</v>
       </c>
       <c r="G22" t="s">
-        <v>153</v>
+        <v>154</v>
       </c>
       <c r="H22" t="s">
         <v>23</v>
       </c>
       <c r="I22" t="s">
         <v>24</v>
       </c>
       <c r="J22" t="s">
         <v>34</v>
       </c>
       <c r="K22" t="s">
         <v>59</v>
       </c>
       <c r="L22"/>
       <c r="M22"/>
       <c r="N22" t="s">
         <v>35</v>
       </c>
       <c r="O22"/>
       <c r="P22" t="s">
-        <v>154</v>
+        <v>155</v>
       </c>
       <c r="Q22" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="23" spans="1:17">
       <c r="A23">
         <v>20085</v>
       </c>
       <c r="B23" t="s">
-        <v>155</v>
+        <v>156</v>
       </c>
       <c r="C23" t="s">
-        <v>156</v>
+        <v>157</v>
       </c>
       <c r="D23" t="s">
-        <v>157</v>
+        <v>158</v>
       </c>
       <c r="E23" t="s">
-        <v>142</v>
+        <v>143</v>
       </c>
       <c r="F23" t="s">
-        <v>143</v>
+        <v>144</v>
       </c>
       <c r="G23" t="s">
-        <v>158</v>
+        <v>159</v>
       </c>
       <c r="H23" t="s">
         <v>23</v>
       </c>
       <c r="I23" t="s">
         <v>24</v>
       </c>
       <c r="J23" t="s">
         <v>34</v>
       </c>
       <c r="K23" t="s">
         <v>59</v>
       </c>
       <c r="L23"/>
       <c r="M23"/>
       <c r="N23" t="s">
         <v>35</v>
       </c>
       <c r="O23"/>
       <c r="P23" t="s">
-        <v>159</v>
+        <v>160</v>
       </c>
       <c r="Q23" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="24" spans="1:17">
       <c r="A24">
         <v>20064</v>
       </c>
       <c r="B24" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
       <c r="C24" t="s">
-        <v>161</v>
+        <v>162</v>
       </c>
       <c r="D24" t="s">
-        <v>162</v>
+        <v>163</v>
       </c>
       <c r="E24" t="s">
-        <v>163</v>
+        <v>164</v>
       </c>
       <c r="F24" t="s">
-        <v>164</v>
+        <v>165</v>
       </c>
       <c r="G24"/>
       <c r="H24" t="s">
         <v>23</v>
       </c>
       <c r="I24" t="s">
         <v>24</v>
       </c>
       <c r="J24" t="s">
-        <v>165</v>
+        <v>166</v>
       </c>
       <c r="K24"/>
       <c r="L24"/>
       <c r="M24"/>
       <c r="N24" t="s">
         <v>35</v>
       </c>
       <c r="O24"/>
       <c r="P24"/>
       <c r="Q24" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="25" spans="1:17">
       <c r="A25">
         <v>20065</v>
       </c>
       <c r="B25" t="s">
-        <v>166</v>
+        <v>167</v>
       </c>
       <c r="C25" t="s">
-        <v>167</v>
+        <v>168</v>
       </c>
       <c r="D25" t="s">
-        <v>162</v>
+        <v>163</v>
       </c>
       <c r="E25" t="s">
-        <v>163</v>
+        <v>164</v>
       </c>
       <c r="F25" t="s">
-        <v>164</v>
+        <v>165</v>
       </c>
       <c r="G25"/>
       <c r="H25" t="s">
         <v>23</v>
       </c>
       <c r="I25" t="s">
         <v>24</v>
       </c>
       <c r="J25" t="s">
-        <v>165</v>
+        <v>166</v>
       </c>
       <c r="K25"/>
       <c r="L25"/>
       <c r="M25"/>
       <c r="N25" t="s">
         <v>35</v>
       </c>
       <c r="O25"/>
       <c r="P25"/>
       <c r="Q25" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="26" spans="1:17">
       <c r="A26">
         <v>20067</v>
       </c>
       <c r="B26" t="s">
-        <v>168</v>
+        <v>169</v>
       </c>
       <c r="C26" t="s">
-        <v>169</v>
+        <v>170</v>
       </c>
       <c r="D26" t="s">
-        <v>170</v>
+        <v>171</v>
       </c>
       <c r="E26" t="s">
-        <v>171</v>
+        <v>172</v>
       </c>
       <c r="F26" t="s">
-        <v>164</v>
+        <v>165</v>
       </c>
       <c r="G26"/>
       <c r="H26" t="s">
         <v>23</v>
       </c>
       <c r="I26" t="s">
         <v>24</v>
       </c>
       <c r="J26" t="s">
-        <v>165</v>
+        <v>166</v>
       </c>
       <c r="K26"/>
       <c r="L26"/>
       <c r="M26"/>
       <c r="N26" t="s">
         <v>35</v>
       </c>
       <c r="O26"/>
       <c r="P26"/>
       <c r="Q26" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="27" spans="1:17">
       <c r="A27">
         <v>20068</v>
       </c>
       <c r="B27" t="s">
-        <v>172</v>
+        <v>173</v>
       </c>
       <c r="C27" t="s">
-        <v>173</v>
+        <v>174</v>
       </c>
       <c r="D27" t="s">
-        <v>170</v>
+        <v>171</v>
       </c>
       <c r="E27" t="s">
-        <v>163</v>
+        <v>164</v>
       </c>
       <c r="F27" t="s">
-        <v>164</v>
+        <v>165</v>
       </c>
       <c r="G27"/>
       <c r="H27" t="s">
         <v>23</v>
       </c>
       <c r="I27" t="s">
         <v>24</v>
       </c>
       <c r="J27" t="s">
-        <v>165</v>
+        <v>166</v>
       </c>
       <c r="K27"/>
       <c r="L27"/>
       <c r="M27"/>
       <c r="N27" t="s">
         <v>35</v>
       </c>
       <c r="O27"/>
       <c r="P27"/>
       <c r="Q27" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="28" spans="1:17">
       <c r="A28">
         <v>20074</v>
       </c>
       <c r="B28" t="s">
-        <v>174</v>
+        <v>175</v>
       </c>
       <c r="C28" t="s">
-        <v>175</v>
+        <v>176</v>
       </c>
       <c r="D28" t="s">
-        <v>170</v>
+        <v>171</v>
       </c>
       <c r="E28" t="s">
-        <v>176</v>
+        <v>177</v>
       </c>
       <c r="F28" t="s">
-        <v>164</v>
+        <v>165</v>
       </c>
       <c r="G28"/>
       <c r="H28" t="s">
         <v>23</v>
       </c>
       <c r="I28" t="s">
         <v>24</v>
       </c>
       <c r="J28" t="s">
-        <v>165</v>
+        <v>166</v>
       </c>
       <c r="K28"/>
       <c r="L28"/>
       <c r="M28"/>
       <c r="N28" t="s">
         <v>35</v>
       </c>
       <c r="O28"/>
       <c r="P28"/>
       <c r="Q28" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="29" spans="1:17">
       <c r="A29">
         <v>20063</v>
       </c>
       <c r="B29" t="s">
-        <v>177</v>
+        <v>178</v>
       </c>
       <c r="C29" t="s">
-        <v>178</v>
+        <v>179</v>
       </c>
       <c r="D29" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
       <c r="E29" t="s">
-        <v>180</v>
+        <v>181</v>
       </c>
       <c r="F29" t="s">
         <v>21</v>
       </c>
       <c r="G29"/>
       <c r="H29" t="s">
         <v>23</v>
       </c>
       <c r="I29" t="s">
         <v>24</v>
       </c>
       <c r="J29" t="s">
         <v>34</v>
       </c>
       <c r="K29" t="s">
         <v>81</v>
       </c>
       <c r="L29"/>
       <c r="M29"/>
       <c r="N29" t="s">
         <v>35</v>
       </c>
       <c r="O29"/>
       <c r="P29"/>
       <c r="Q29" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="30" spans="1:17">
       <c r="A30">
         <v>20069</v>
       </c>
       <c r="B30" t="s">
-        <v>181</v>
+        <v>182</v>
       </c>
       <c r="C30" t="s">
-        <v>182</v>
+        <v>183</v>
       </c>
       <c r="D30" t="s">
-        <v>183</v>
+        <v>184</v>
       </c>
       <c r="E30" t="s">
-        <v>184</v>
+        <v>185</v>
       </c>
       <c r="F30" t="s">
         <v>40</v>
       </c>
       <c r="G30"/>
       <c r="H30" t="s">
         <v>23</v>
       </c>
       <c r="I30" t="s">
         <v>24</v>
       </c>
       <c r="J30" t="s">
         <v>34</v>
       </c>
       <c r="K30" t="s">
         <v>26</v>
       </c>
       <c r="L30"/>
       <c r="M30"/>
       <c r="N30" t="s">
         <v>35</v>
       </c>
       <c r="O30"/>
       <c r="P30"/>
       <c r="Q30" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="31" spans="1:17">
       <c r="A31">
         <v>34555</v>
       </c>
       <c r="B31" t="s">
-        <v>185</v>
+        <v>186</v>
       </c>
       <c r="C31"/>
       <c r="D31"/>
       <c r="E31" t="s">
-        <v>186</v>
+        <v>187</v>
       </c>
       <c r="F31" t="s">
-        <v>187</v>
+        <v>188</v>
       </c>
       <c r="G31"/>
       <c r="H31" t="s">
         <v>23</v>
       </c>
       <c r="I31" t="s">
         <v>24</v>
       </c>
       <c r="J31"/>
       <c r="K31"/>
       <c r="L31"/>
       <c r="M31"/>
       <c r="N31"/>
       <c r="O31"/>
       <c r="P31"/>
       <c r="Q31" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="32" spans="1:17">
       <c r="A32">
         <v>20057</v>
       </c>
       <c r="B32" t="s">
+        <v>189</v>
+      </c>
+      <c r="C32" t="s">
+        <v>190</v>
+      </c>
+      <c r="D32" t="s">
+        <v>191</v>
+      </c>
+      <c r="E32" t="s">
+        <v>192</v>
+      </c>
+      <c r="F32" t="s">
         <v>188</v>
-      </c>
-[...10 lines deleted...]
-        <v>187</v>
       </c>
       <c r="G32"/>
       <c r="H32" t="s">
         <v>23</v>
       </c>
       <c r="I32" t="s">
         <v>24</v>
       </c>
       <c r="J32"/>
       <c r="K32"/>
       <c r="L32"/>
       <c r="M32"/>
       <c r="N32"/>
       <c r="O32"/>
       <c r="P32"/>
       <c r="Q32" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="33" spans="1:17">
       <c r="A33">
         <v>28896</v>
       </c>
       <c r="B33" t="s">
-        <v>192</v>
+        <v>193</v>
       </c>
       <c r="C33"/>
       <c r="D33"/>
       <c r="E33" t="s">
-        <v>193</v>
+        <v>194</v>
       </c>
       <c r="F33" t="s">
-        <v>187</v>
+        <v>188</v>
       </c>
       <c r="G33"/>
       <c r="H33" t="s">
         <v>23</v>
       </c>
       <c r="I33" t="s">
         <v>24</v>
       </c>
       <c r="J33"/>
       <c r="K33"/>
       <c r="L33"/>
       <c r="M33"/>
       <c r="N33"/>
       <c r="O33"/>
       <c r="P33"/>
       <c r="Q33" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="34" spans="1:17">
       <c r="A34">
         <v>20070</v>
       </c>
       <c r="B34" t="s">
-        <v>194</v>
+        <v>195</v>
       </c>
       <c r="C34" t="s">
-        <v>195</v>
+        <v>196</v>
       </c>
       <c r="D34" t="s">
-        <v>190</v>
+        <v>191</v>
       </c>
       <c r="E34" t="s">
-        <v>196</v>
+        <v>197</v>
       </c>
       <c r="F34" t="s">
-        <v>187</v>
+        <v>188</v>
       </c>
       <c r="G34"/>
       <c r="H34" t="s">
         <v>23</v>
       </c>
       <c r="I34" t="s">
         <v>24</v>
       </c>
       <c r="J34"/>
       <c r="K34"/>
       <c r="L34"/>
       <c r="M34"/>
       <c r="N34"/>
       <c r="O34"/>
       <c r="P34"/>
       <c r="Q34" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="35" spans="1:17">
       <c r="A35">
         <v>20058</v>
       </c>
       <c r="B35" t="s">
-        <v>197</v>
+        <v>198</v>
       </c>
       <c r="C35"/>
       <c r="D35"/>
       <c r="E35" t="s">
-        <v>193</v>
+        <v>194</v>
       </c>
       <c r="F35" t="s">
-        <v>187</v>
+        <v>188</v>
       </c>
       <c r="G35"/>
       <c r="H35" t="s">
         <v>23</v>
       </c>
       <c r="I35" t="s">
         <v>24</v>
       </c>
       <c r="J35"/>
       <c r="K35"/>
       <c r="L35"/>
       <c r="M35"/>
       <c r="N35"/>
       <c r="O35"/>
       <c r="P35"/>
       <c r="Q35" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="36" spans="1:17">
       <c r="A36">
         <v>32488</v>
       </c>
       <c r="B36" t="s">
-        <v>198</v>
+        <v>199</v>
       </c>
       <c r="C36"/>
       <c r="D36"/>
       <c r="E36" t="s">
-        <v>193</v>
+        <v>194</v>
       </c>
       <c r="F36" t="s">
-        <v>187</v>
+        <v>188</v>
       </c>
       <c r="G36"/>
       <c r="H36" t="s">
         <v>23</v>
       </c>
       <c r="I36" t="s">
         <v>24</v>
       </c>
       <c r="J36"/>
       <c r="K36"/>
       <c r="L36"/>
       <c r="M36"/>
       <c r="N36"/>
       <c r="O36"/>
       <c r="P36"/>
       <c r="Q36" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="37" spans="1:17">
       <c r="A37">
         <v>20088</v>
       </c>
       <c r="B37" t="s">
-        <v>199</v>
+        <v>200</v>
       </c>
       <c r="C37" t="s">
-        <v>200</v>
+        <v>201</v>
       </c>
       <c r="D37" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="E37" t="s">
-        <v>193</v>
+        <v>194</v>
       </c>
       <c r="F37" t="s">
-        <v>187</v>
+        <v>188</v>
       </c>
       <c r="G37"/>
       <c r="H37" t="s">
         <v>23</v>
       </c>
       <c r="I37" t="s">
         <v>24</v>
       </c>
       <c r="J37"/>
       <c r="K37"/>
       <c r="L37"/>
       <c r="M37"/>
       <c r="N37"/>
       <c r="O37"/>
       <c r="P37"/>
       <c r="Q37" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="38" spans="1:17">
       <c r="A38">
         <v>20072</v>
       </c>
       <c r="B38" t="s">
-        <v>202</v>
+        <v>203</v>
       </c>
       <c r="C38" t="s">
-        <v>203</v>
+        <v>204</v>
       </c>
       <c r="D38" t="s">
-        <v>204</v>
+        <v>205</v>
       </c>
       <c r="E38" t="s">
-        <v>193</v>
+        <v>194</v>
       </c>
       <c r="F38" t="s">
-        <v>187</v>
+        <v>188</v>
       </c>
       <c r="G38"/>
       <c r="H38" t="s">
         <v>23</v>
       </c>
       <c r="I38" t="s">
         <v>24</v>
       </c>
       <c r="J38"/>
       <c r="K38"/>
       <c r="L38"/>
       <c r="M38"/>
       <c r="N38"/>
       <c r="O38"/>
       <c r="P38"/>
       <c r="Q38" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="39" spans="1:17">
       <c r="A39">
         <v>20059</v>
       </c>
       <c r="B39" t="s">
-        <v>205</v>
+        <v>206</v>
       </c>
       <c r="C39"/>
       <c r="D39"/>
       <c r="E39" t="s">
-        <v>193</v>
+        <v>194</v>
       </c>
       <c r="F39" t="s">
-        <v>187</v>
+        <v>188</v>
       </c>
       <c r="G39"/>
       <c r="H39" t="s">
         <v>23</v>
       </c>
       <c r="I39" t="s">
         <v>24</v>
       </c>
       <c r="J39"/>
       <c r="K39"/>
       <c r="L39"/>
       <c r="M39"/>
       <c r="N39"/>
       <c r="O39"/>
       <c r="P39"/>
       <c r="Q39" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="40" spans="1:17">
       <c r="A40">
         <v>20077</v>
       </c>
       <c r="B40" t="s">
-        <v>206</v>
+        <v>207</v>
       </c>
       <c r="C40" t="s">
-        <v>207</v>
+        <v>208</v>
       </c>
       <c r="D40" t="s">
-        <v>208</v>
+        <v>209</v>
       </c>
       <c r="E40" t="s">
-        <v>193</v>
+        <v>194</v>
       </c>
       <c r="F40" t="s">
-        <v>187</v>
+        <v>188</v>
       </c>
       <c r="G40"/>
       <c r="H40" t="s">
         <v>23</v>
       </c>
       <c r="I40" t="s">
         <v>24</v>
       </c>
       <c r="J40"/>
       <c r="K40"/>
       <c r="L40"/>
       <c r="M40"/>
       <c r="N40"/>
       <c r="O40"/>
       <c r="P40"/>
       <c r="Q40" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="41" spans="1:17">
       <c r="A41">
         <v>20078</v>
       </c>
       <c r="B41" t="s">
-        <v>209</v>
+        <v>210</v>
       </c>
       <c r="C41" t="s">
-        <v>210</v>
+        <v>211</v>
       </c>
       <c r="D41" t="s">
-        <v>211</v>
+        <v>212</v>
       </c>
       <c r="E41" t="s">
-        <v>193</v>
+        <v>194</v>
       </c>
       <c r="F41" t="s">
-        <v>187</v>
+        <v>188</v>
       </c>
       <c r="G41"/>
       <c r="H41" t="s">
         <v>23</v>
       </c>
       <c r="I41" t="s">
         <v>24</v>
       </c>
       <c r="J41"/>
       <c r="K41"/>
       <c r="L41"/>
       <c r="M41"/>
       <c r="N41"/>
       <c r="O41"/>
       <c r="P41"/>
       <c r="Q41" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="42" spans="1:17">
       <c r="A42">
         <v>20094</v>
       </c>
       <c r="B42" t="s">
-        <v>212</v>
+        <v>213</v>
       </c>
       <c r="C42" t="s">
-        <v>213</v>
+        <v>214</v>
       </c>
       <c r="D42" t="s">
-        <v>214</v>
+        <v>215</v>
       </c>
       <c r="E42" t="s">
-        <v>193</v>
+        <v>194</v>
       </c>
       <c r="F42" t="s">
-        <v>187</v>
+        <v>188</v>
       </c>
       <c r="G42"/>
       <c r="H42" t="s">
         <v>23</v>
       </c>
       <c r="I42" t="s">
         <v>24</v>
       </c>
       <c r="J42"/>
       <c r="K42"/>
       <c r="L42"/>
       <c r="M42"/>
       <c r="N42"/>
       <c r="O42"/>
       <c r="P42"/>
       <c r="Q42" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="43" spans="1:17">
       <c r="A43">
         <v>20097</v>
       </c>
       <c r="B43" t="s">
+        <v>216</v>
+      </c>
+      <c r="C43" t="s">
+        <v>217</v>
+      </c>
+      <c r="D43" t="s">
         <v>215</v>
       </c>
-      <c r="C43" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E43" t="s">
-        <v>193</v>
+        <v>194</v>
       </c>
       <c r="F43" t="s">
-        <v>187</v>
+        <v>188</v>
       </c>
       <c r="G43"/>
       <c r="H43" t="s">
         <v>23</v>
       </c>
       <c r="I43" t="s">
         <v>24</v>
       </c>
       <c r="J43"/>
       <c r="K43"/>
       <c r="L43"/>
       <c r="M43"/>
       <c r="N43"/>
       <c r="O43"/>
       <c r="P43"/>
       <c r="Q43" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="44" spans="1:17">
       <c r="A44">
         <v>29582</v>
       </c>
       <c r="B44" t="s">
-        <v>217</v>
+        <v>218</v>
       </c>
       <c r="C44"/>
       <c r="D44"/>
       <c r="E44" t="s">
-        <v>191</v>
+        <v>192</v>
       </c>
       <c r="F44" t="s">
-        <v>187</v>
+        <v>188</v>
       </c>
       <c r="G44"/>
       <c r="H44" t="s">
         <v>23</v>
       </c>
       <c r="I44" t="s">
         <v>24</v>
       </c>
       <c r="J44"/>
       <c r="K44"/>
       <c r="L44"/>
       <c r="M44"/>
       <c r="N44"/>
       <c r="O44"/>
       <c r="P44"/>
       <c r="Q44" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="45" spans="1:17">
       <c r="A45">
         <v>20056</v>
       </c>
       <c r="B45" t="s">
-        <v>218</v>
+        <v>219</v>
       </c>
       <c r="C45"/>
       <c r="D45"/>
       <c r="E45" t="s">
-        <v>186</v>
+        <v>187</v>
       </c>
       <c r="F45" t="s">
-        <v>187</v>
+        <v>188</v>
       </c>
       <c r="G45"/>
       <c r="H45" t="s">
         <v>23</v>
       </c>
       <c r="I45" t="s">
         <v>24</v>
       </c>
       <c r="J45"/>
       <c r="K45"/>
       <c r="L45"/>
       <c r="M45"/>
       <c r="N45"/>
       <c r="O45"/>
       <c r="P45"/>
       <c r="Q45" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="46" spans="1:17">
       <c r="A46">
         <v>32489</v>
       </c>
       <c r="B46" t="s">
-        <v>219</v>
+        <v>220</v>
       </c>
       <c r="C46"/>
       <c r="D46"/>
       <c r="E46" t="s">
-        <v>193</v>
+        <v>194</v>
       </c>
       <c r="F46" t="s">
-        <v>187</v>
+        <v>188</v>
       </c>
       <c r="G46"/>
       <c r="H46" t="s">
         <v>23</v>
       </c>
       <c r="I46" t="s">
         <v>24</v>
       </c>
       <c r="J46"/>
       <c r="K46"/>
       <c r="L46"/>
       <c r="M46"/>
       <c r="N46"/>
       <c r="O46"/>
       <c r="P46" t="s">
-        <v>220</v>
+        <v>221</v>
       </c>
       <c r="Q46" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="47" spans="1:17">
       <c r="A47">
         <v>20061</v>
       </c>
       <c r="B47" t="s">
-        <v>221</v>
+        <v>222</v>
       </c>
       <c r="C47"/>
       <c r="D47"/>
       <c r="E47" t="s">
-        <v>193</v>
+        <v>194</v>
       </c>
       <c r="F47" t="s">
-        <v>187</v>
+        <v>188</v>
       </c>
       <c r="G47"/>
       <c r="H47" t="s">
         <v>23</v>
       </c>
       <c r="I47" t="s">
         <v>24</v>
       </c>
       <c r="J47"/>
       <c r="K47"/>
       <c r="L47"/>
       <c r="M47"/>
       <c r="N47"/>
       <c r="O47"/>
       <c r="P47"/>
       <c r="Q47" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="48" spans="1:17">
       <c r="A48">
         <v>20062</v>
       </c>
       <c r="B48" t="s">
-        <v>222</v>
+        <v>223</v>
       </c>
       <c r="C48"/>
       <c r="D48"/>
       <c r="E48" t="s">
-        <v>193</v>
+        <v>194</v>
       </c>
       <c r="F48" t="s">
-        <v>187</v>
+        <v>188</v>
       </c>
       <c r="G48"/>
       <c r="H48" t="s">
         <v>23</v>
       </c>
       <c r="I48" t="s">
         <v>24</v>
       </c>
       <c r="J48"/>
       <c r="K48"/>
       <c r="L48"/>
       <c r="M48"/>
       <c r="N48"/>
       <c r="O48"/>
       <c r="P48"/>
       <c r="Q48" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="49" spans="1:17">
       <c r="A49">
         <v>32490</v>
       </c>
       <c r="B49" t="s">
-        <v>223</v>
+        <v>224</v>
       </c>
       <c r="C49"/>
       <c r="D49"/>
       <c r="E49" t="s">
-        <v>193</v>
+        <v>194</v>
       </c>
       <c r="F49" t="s">
-        <v>187</v>
+        <v>188</v>
       </c>
       <c r="G49"/>
       <c r="H49" t="s">
         <v>23</v>
       </c>
       <c r="I49" t="s">
         <v>24</v>
       </c>
       <c r="J49"/>
       <c r="K49"/>
       <c r="L49"/>
       <c r="M49"/>
       <c r="N49"/>
       <c r="O49"/>
       <c r="P49"/>
       <c r="Q49" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="50" spans="1:17">
       <c r="A50">
         <v>32491</v>
       </c>
       <c r="B50" t="s">
-        <v>224</v>
+        <v>225</v>
       </c>
       <c r="C50"/>
       <c r="D50"/>
       <c r="E50" t="s">
-        <v>193</v>
+        <v>194</v>
       </c>
       <c r="F50" t="s">
-        <v>187</v>
+        <v>188</v>
       </c>
       <c r="G50"/>
       <c r="H50" t="s">
         <v>23</v>
       </c>
       <c r="I50" t="s">
         <v>24</v>
       </c>
       <c r="J50"/>
       <c r="K50"/>
       <c r="L50"/>
       <c r="M50"/>
       <c r="N50"/>
       <c r="O50"/>
       <c r="P50"/>
       <c r="Q50" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="51" spans="1:17">
       <c r="A51">
         <v>80424</v>
       </c>
       <c r="B51" t="s">
-        <v>225</v>
+        <v>226</v>
       </c>
       <c r="C51"/>
       <c r="D51"/>
       <c r="E51" t="s">
-        <v>193</v>
+        <v>194</v>
       </c>
       <c r="F51" t="s">
-        <v>187</v>
+        <v>188</v>
       </c>
       <c r="G51"/>
       <c r="H51" t="s">
         <v>23</v>
       </c>
       <c r="I51" t="s">
         <v>24</v>
       </c>
       <c r="J51"/>
       <c r="K51"/>
       <c r="L51"/>
       <c r="M51"/>
       <c r="N51"/>
       <c r="O51"/>
       <c r="P51"/>
       <c r="Q51" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="52" spans="1:17">
       <c r="A52">
         <v>32492</v>
       </c>
       <c r="B52" t="s">
-        <v>226</v>
+        <v>227</v>
       </c>
       <c r="C52"/>
       <c r="D52"/>
       <c r="E52" t="s">
-        <v>193</v>
+        <v>194</v>
       </c>
       <c r="F52" t="s">
-        <v>187</v>
+        <v>188</v>
       </c>
       <c r="G52"/>
       <c r="H52" t="s">
         <v>23</v>
       </c>
       <c r="I52" t="s">
         <v>24</v>
       </c>
       <c r="J52"/>
       <c r="K52"/>
       <c r="L52"/>
       <c r="M52"/>
       <c r="N52"/>
       <c r="O52"/>
       <c r="P52"/>
       <c r="Q52" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="53" spans="1:17">
       <c r="A53">
         <v>79592</v>
       </c>
       <c r="B53" t="s">
-        <v>227</v>
+        <v>228</v>
       </c>
       <c r="C53"/>
       <c r="D53"/>
       <c r="E53" t="s">
-        <v>191</v>
+        <v>192</v>
       </c>
       <c r="F53" t="s">
-        <v>187</v>
+        <v>188</v>
       </c>
       <c r="G53"/>
       <c r="H53" t="s">
         <v>23</v>
       </c>
       <c r="I53" t="s">
         <v>24</v>
       </c>
       <c r="J53"/>
       <c r="K53"/>
       <c r="L53"/>
       <c r="M53"/>
       <c r="N53"/>
       <c r="O53"/>
       <c r="P53"/>
       <c r="Q53" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="54" spans="1:17">
       <c r="A54">
         <v>30288</v>
       </c>
       <c r="B54" t="s">
-        <v>228</v>
+        <v>229</v>
       </c>
       <c r="C54"/>
       <c r="D54"/>
       <c r="E54" t="s">
-        <v>229</v>
+        <v>230</v>
       </c>
       <c r="F54" t="s">
-        <v>187</v>
+        <v>188</v>
       </c>
       <c r="G54"/>
       <c r="H54" t="s">
         <v>23</v>
       </c>
       <c r="I54" t="s">
         <v>24</v>
       </c>
       <c r="J54"/>
       <c r="K54"/>
       <c r="L54"/>
       <c r="M54"/>
       <c r="N54"/>
       <c r="O54"/>
       <c r="P54"/>
       <c r="Q54" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="55" spans="1:17">
       <c r="A55">
         <v>29168</v>
       </c>
       <c r="B55" t="s">
-        <v>230</v>
+        <v>231</v>
       </c>
       <c r="C55" t="s">
-        <v>231</v>
+        <v>232</v>
       </c>
       <c r="D55" t="s">
-        <v>232</v>
+        <v>233</v>
       </c>
       <c r="E55" t="s">
-        <v>233</v>
+        <v>234</v>
       </c>
       <c r="F55" t="s">
-        <v>234</v>
+        <v>235</v>
       </c>
       <c r="G55"/>
       <c r="H55" t="s">
         <v>23</v>
       </c>
       <c r="I55" t="s">
         <v>24</v>
       </c>
       <c r="J55"/>
       <c r="K55"/>
       <c r="L55"/>
       <c r="M55"/>
       <c r="N55"/>
       <c r="O55"/>
       <c r="P55"/>
       <c r="Q55" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="56" spans="1:17">
       <c r="A56">
         <v>29731</v>
       </c>
       <c r="B56" t="s">
+        <v>236</v>
+      </c>
+      <c r="C56" t="s">
+        <v>237</v>
+      </c>
+      <c r="D56" t="s">
+        <v>233</v>
+      </c>
+      <c r="E56" t="s">
+        <v>238</v>
+      </c>
+      <c r="F56" t="s">
         <v>235</v>
-      </c>
-[...10 lines deleted...]
-        <v>234</v>
       </c>
       <c r="G56"/>
       <c r="H56" t="s">
         <v>23</v>
       </c>
       <c r="I56" t="s">
         <v>24</v>
       </c>
       <c r="J56"/>
       <c r="K56"/>
       <c r="L56"/>
       <c r="M56"/>
       <c r="N56"/>
       <c r="O56"/>
       <c r="P56"/>
       <c r="Q56" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="57" spans="1:17">
       <c r="A57">
         <v>20089</v>
       </c>
       <c r="B57" t="s">
-        <v>238</v>
+        <v>239</v>
       </c>
       <c r="C57" t="s">
-        <v>239</v>
+        <v>240</v>
       </c>
       <c r="D57" t="s">
-        <v>240</v>
+        <v>241</v>
       </c>
       <c r="E57" t="s">
-        <v>117</v>
+        <v>118</v>
       </c>
       <c r="F57" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
       <c r="G57"/>
       <c r="H57" t="s">
         <v>23</v>
       </c>
       <c r="I57" t="s">
         <v>24</v>
       </c>
       <c r="J57" t="s">
         <v>34</v>
       </c>
       <c r="K57" t="s">
         <v>59</v>
       </c>
       <c r="L57"/>
       <c r="M57"/>
       <c r="N57" t="s">
         <v>35</v>
       </c>
       <c r="O57"/>
       <c r="P57"/>
       <c r="Q57" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="58" spans="1:17">
       <c r="A58">
         <v>20090</v>
       </c>
       <c r="B58" t="s">
-        <v>241</v>
+        <v>242</v>
       </c>
       <c r="C58" t="s">
-        <v>242</v>
+        <v>243</v>
       </c>
       <c r="D58" t="s">
-        <v>190</v>
+        <v>191</v>
       </c>
       <c r="E58" t="s">
-        <v>117</v>
+        <v>118</v>
       </c>
       <c r="F58" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
       <c r="G58"/>
       <c r="H58" t="s">
         <v>23</v>
       </c>
       <c r="I58" t="s">
         <v>24</v>
       </c>
       <c r="J58" t="s">
         <v>34</v>
       </c>
       <c r="K58" t="s">
         <v>59</v>
       </c>
       <c r="L58"/>
       <c r="M58"/>
       <c r="N58" t="s">
         <v>35</v>
       </c>
       <c r="O58"/>
       <c r="P58" t="s">
-        <v>243</v>
+        <v>244</v>
       </c>
       <c r="Q58" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="59" spans="1:17">
       <c r="A59">
         <v>20095</v>
       </c>
       <c r="B59" t="s">
-        <v>244</v>
+        <v>245</v>
       </c>
       <c r="C59" t="s">
-        <v>245</v>
+        <v>246</v>
       </c>
       <c r="D59" t="s">
-        <v>246</v>
+        <v>247</v>
       </c>
       <c r="E59" t="s">
-        <v>117</v>
+        <v>118</v>
       </c>
       <c r="F59" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
       <c r="G59"/>
       <c r="H59" t="s">
         <v>23</v>
       </c>
       <c r="I59" t="s">
         <v>24</v>
       </c>
       <c r="J59" t="s">
         <v>34</v>
       </c>
       <c r="K59" t="s">
         <v>59</v>
       </c>
       <c r="L59"/>
       <c r="M59"/>
       <c r="N59" t="s">
         <v>35</v>
       </c>
       <c r="O59"/>
       <c r="P59"/>
       <c r="Q59" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="60" spans="1:17">
       <c r="A60">
         <v>20093</v>
       </c>
       <c r="B60" t="s">
-        <v>247</v>
+        <v>248</v>
       </c>
       <c r="C60" t="s">
-        <v>248</v>
+        <v>249</v>
       </c>
       <c r="D60" t="s">
-        <v>249</v>
+        <v>250</v>
       </c>
       <c r="E60" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="F60" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="G60"/>
       <c r="H60" t="s">
         <v>23</v>
       </c>
       <c r="I60" t="s">
         <v>24</v>
       </c>
       <c r="J60" t="s">
         <v>34</v>
       </c>
       <c r="K60" t="s">
         <v>59</v>
       </c>
       <c r="L60"/>
       <c r="M60"/>
       <c r="N60" t="s">
         <v>35</v>
       </c>
       <c r="O60"/>
       <c r="P60"/>
       <c r="Q60" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="61" spans="1:17">
       <c r="A61">
         <v>20071</v>
       </c>
       <c r="B61" t="s">
-        <v>250</v>
+        <v>251</v>
       </c>
       <c r="C61" t="s">
-        <v>251</v>
+        <v>252</v>
       </c>
       <c r="D61" t="s">
-        <v>162</v>
+        <v>163</v>
       </c>
       <c r="E61"/>
       <c r="F61"/>
       <c r="G61"/>
       <c r="H61" t="s">
         <v>23</v>
       </c>
       <c r="I61" t="s">
         <v>24</v>
       </c>
       <c r="J61" t="s">
-        <v>165</v>
+        <v>166</v>
       </c>
       <c r="K61"/>
       <c r="L61"/>
       <c r="M61"/>
       <c r="N61" t="s">
         <v>35</v>
       </c>
       <c r="O61"/>
       <c r="P61" t="s">
-        <v>252</v>
+        <v>253</v>
       </c>
       <c r="Q61" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="62" spans="1:17">
       <c r="A62">
         <v>20060</v>
       </c>
       <c r="B62" t="s">
-        <v>253</v>
+        <v>254</v>
       </c>
       <c r="C62"/>
       <c r="D62"/>
       <c r="E62"/>
       <c r="F62"/>
       <c r="G62"/>
       <c r="H62" t="s">
         <v>23</v>
       </c>
       <c r="I62" t="s">
         <v>24</v>
       </c>
       <c r="J62"/>
       <c r="K62"/>
       <c r="L62"/>
       <c r="M62"/>
       <c r="N62"/>
       <c r="O62"/>
       <c r="P62"/>
       <c r="Q62" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="63" spans="1:17">
       <c r="A63">
         <v>20091</v>
       </c>
       <c r="B63" t="s">
-        <v>254</v>
+        <v>255</v>
       </c>
       <c r="C63" t="s">
-        <v>255</v>
+        <v>256</v>
       </c>
       <c r="D63" t="s">
-        <v>256</v>
+        <v>257</v>
       </c>
       <c r="E63"/>
       <c r="F63"/>
       <c r="G63"/>
       <c r="H63" t="s">
         <v>23</v>
       </c>
       <c r="I63" t="s">
         <v>24</v>
       </c>
       <c r="J63" t="s">
-        <v>165</v>
+        <v>166</v>
       </c>
       <c r="K63"/>
       <c r="L63"/>
       <c r="M63"/>
       <c r="N63" t="s">
         <v>65</v>
       </c>
       <c r="O63"/>
       <c r="P63"/>
       <c r="Q63" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="64" spans="1:17">
       <c r="A64">
         <v>20081</v>
       </c>
       <c r="B64" t="s">
-        <v>257</v>
+        <v>258</v>
       </c>
       <c r="C64"/>
       <c r="D64"/>
       <c r="E64"/>
       <c r="F64"/>
       <c r="G64"/>
       <c r="H64" t="s">
         <v>23</v>
       </c>
       <c r="I64" t="s">
         <v>24</v>
       </c>
       <c r="J64"/>
       <c r="K64"/>
       <c r="L64"/>
       <c r="M64"/>
       <c r="N64"/>
       <c r="O64"/>
       <c r="P64"/>
       <c r="Q64" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="65" spans="1:17">
       <c r="A65">
         <v>20084</v>
       </c>
       <c r="B65" t="s">
-        <v>258</v>
+        <v>259</v>
       </c>
       <c r="C65"/>
       <c r="D65"/>
       <c r="E65"/>
       <c r="F65"/>
       <c r="G65"/>
       <c r="H65" t="s">
         <v>23</v>
       </c>
       <c r="I65" t="s">
         <v>24</v>
       </c>
       <c r="J65"/>
       <c r="K65"/>
       <c r="L65"/>
       <c r="M65"/>
       <c r="N65"/>
       <c r="O65"/>
       <c r="P65"/>
       <c r="Q65" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="66" spans="1:17">
       <c r="A66">
         <v>20086</v>
       </c>
       <c r="B66" t="s">
-        <v>259</v>
+        <v>260</v>
       </c>
       <c r="C66"/>
       <c r="D66"/>
       <c r="E66"/>
       <c r="F66"/>
       <c r="G66"/>
       <c r="H66" t="s">
         <v>23</v>
       </c>
       <c r="I66" t="s">
         <v>24</v>
       </c>
       <c r="J66"/>
       <c r="K66"/>
       <c r="L66"/>
       <c r="M66"/>
       <c r="N66"/>
       <c r="O66"/>
       <c r="P66"/>
       <c r="Q66" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="67" spans="1:17">
       <c r="A67">
         <v>30325</v>
       </c>
       <c r="B67" t="s">
-        <v>260</v>
+        <v>261</v>
       </c>
       <c r="C67"/>
       <c r="D67"/>
       <c r="E67"/>
       <c r="F67"/>
       <c r="G67"/>
       <c r="H67" t="s">
         <v>23</v>
       </c>
       <c r="I67" t="s">
         <v>24</v>
       </c>
       <c r="J67"/>
       <c r="K67"/>
       <c r="L67"/>
       <c r="M67"/>
       <c r="N67"/>
       <c r="O67"/>
       <c r="P67"/>
       <c r="Q67" t="s">
         <v>28</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>