--- v0 (2025-11-13)
+++ v1 (2026-01-08)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="especies" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="2325">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="2326">
   <si>
     <t>Código de la especie (id taxon)</t>
   </si>
   <si>
     <t>Nombre aceptado</t>
   </si>
   <si>
     <t>Nombres comunes</t>
   </si>
   <si>
     <t>Nombre idioma</t>
   </si>
   <si>
     <t>Categoría de amenaza UICN</t>
   </si>
   <si>
     <t>Categoría de amenaza UICN nacional o mundial</t>
   </si>
   <si>
     <t>Descripción</t>
   </si>
   <si>
     <t>Ámbito</t>
   </si>
   <si>
@@ -858,56 +858,50 @@
     <t>Caméfito pulviniforme de hasta 30 cm, con cepa leñosa. Hojas espatuladas, blanco tomentosas por el envés, las de los tallos reproductores oblongas y tardíamente caducas. Inflorescencia en racimo corimbiforme, de flores blancas. Frutos ovado-elípticos, de ápice truncado o redondeado, biconvexos, de lóculos simétricos. Semillas elípticas, de ala estrecha.</t>
   </si>
   <si>
     <t>Alyssum reverchonii (Degen &amp; Hervier) Greuter &amp; Burdet, Ptilotrichum reverchonii Degen &amp; Hervier</t>
   </si>
   <si>
     <t>Hypericum hispanicum (Pau) M.A. Alonso, Agulló, J.L. Villar, Juan &amp; M. B. Crespo</t>
   </si>
   <si>
     <t>Sufrútice de hasta 25 cm, glauco y glabro. Tallos articulados y ramificados, con 4 líneas longitudinales. Hojas 2-5 x 0,5-0,8 mm, verticiladas en grupos de 4, adpresas, densas e imbricadas, revolutas, con glándulas traslúcidas puntiformes. Se diferencia de H. ericoides por sus glándulas marginales rojizas en brácteas, sépalos y pétalos.</t>
   </si>
   <si>
     <t>Hypericum ericoides subsp. roberti (Coss. ex Batt.) Maire &amp; Wilczek, Hypericum ericoides subsp. robertii var. hispanicum Pau</t>
   </si>
   <si>
     <t>Iberis carnosa subsp. embergeri (Serve) Moreno</t>
   </si>
   <si>
     <t>prueba_Carraspique de Sierra Nevada (Castellano)</t>
   </si>
   <si>
     <t>Hierba vivaz, de tallo central corto, de cuya base parten tallos floríferos de 4-15 cm. Hojas alternas, simples, espatuladas. Flores zigomorfas, hermafroditas, en corimbos terminales; sépalos 4, libres, con margen membranáceo blanco o purpúreo; pétalos 4, libres, blancos o algo rosados, los dos externos más grandes; estambres 6, los dos laterales más cortos. Fruto silícula angustisepta, comprimido, con dos alas laterales.</t>
   </si>
   <si>
     <t>Iberis embergeri Serve, Iberis pruitii subsp. embergeri (Serve) Malag</t>
-  </si>
-[...4 lines deleted...]
-    <t>Concha aplanada y opaca, de color pardo claro. Espira formada por 3-5 vueltas, fuertemente aquilladas, con la última vuelta descendente en su extremidad. Peristoma reflejado y engrosado, de color blanquecino. Superficie de la concha mostrando un reticulado muy característico constituido por fuertes estrías espirales y radiales, cuya intersección da lugar a una escultura muy rugosa. Abertura ovalada, con el borde columelar tapando completamente el ombligo. Diámetro de 19 a 55 mm y altura comprendida entre 10 y 30 mm. Esta descripción se refiere a la subespecie Iberus gualtieranus gualtieranus. No obstante, existen otras dos subespecies, I.gualtieranus mariae e I.gualtieranus ornatissimus (Cobos, 1979; Elejalde y col., 2008), cuyas conchas difieren de la subespecie nominal por ser globosas, por tener la periferia redondeada en lugar de aquillada, con escultura más tenue y por presentar bandas espirales de color pardo oscuro patentes, ya sean continuas o interrumpidas.</t>
   </si>
   <si>
     <t>Ildobates neboti Español, 1966</t>
   </si>
   <si>
     <t>Longitud del cuerpo entre 8,0-9,0 mm. Muestra una morfología corporal muy singular, en donde sorprende la notable gracilidad y forma deprimida del cuerpo, además del gran alargamiento de los apéndices. Presenta la cabeza y protórax mucho más largos que anchos; las antenas muy largas y finas, con el primer artejo aproximadamente cuatro veces más largo que el segundo. Los élitros tienen el margen apical sinuoso y truncado. La observación de las genitalias masculina y femenina, y otros caracteres de diferenciación, véase Español (1966) y Ortuño et al. (2004).</t>
   </si>
   <si>
     <t>Isoetes longissima Bory</t>
   </si>
   <si>
     <t>Planta acuática vivaz, que se desarrolla sumergida en cauces de ríos. Presenta tallo lobulado y robusto con abundantes hojas largas, de (26) 59,5-84 cm. Megasporas de (485) 580-730,74 ?m, tetraédricas, con ornamentación tuberculada. Microsporas de (27,5) 32-42,5 ?m, elípticas, con ornamentación espinulosa.</t>
   </si>
   <si>
     <t>Isoetes longissimum Bory, Isoetes velata subsp. velata, Isoetes velata A. Braun, Isoetes velatum A. Braun, Isoetes velatum A.Braun in Bory &amp; Durieu subsp. velatum</t>
   </si>
   <si>
     <t>Juncus balticus subsp. pyrenaeus (Jeanb. &amp; Timb.-Lagr.) P. Fourn.</t>
   </si>
   <si>
     <t>prueba_Junco cantábrico (Castellano)</t>
   </si>
   <si>
     <t>Planta perenne de hasta 40 cm, con rizoma subterráneo estolonífero. Tallos cilíndricos de color verde oscuro, con médula continúa aracnoidea. Vainas basales obtusas, mucronadas y brillantes. Inflorescencia compacta de hasta 20 flores y pedúnculos por lo general de menos de 1 cm. La bráctea inferior aparenta ser una continuación del tallo con el ápice agudo, casi pinchante. Tépalos internos y externos desiguales, castaños, con una banda central verde y margen escarioso-hialino. Estambres con anteras dos veces más largas que el filamento.</t>
   </si>
@@ -5318,50 +5312,56 @@
   <si>
     <t>Iberochondrostoma almacai (Coelho, Mesquita y Collares-Pereira, 2005)</t>
   </si>
   <si>
     <t>prueba_Pardilla del Mira (Castellano)</t>
   </si>
   <si>
     <t>Chondrostoma almacai Coelho, Mesquita &amp; Collares-Pereira, 2005</t>
   </si>
   <si>
     <t>Iberochondrostoma olisiponense (Gante, Santos &amp; Alves, 2007)</t>
   </si>
   <si>
     <t>prueba_Pardilla del Tajo (Castellano)</t>
   </si>
   <si>
     <t>Chondrostoma olisiponensis Gante, Santos &amp; Alves, 2007, Iberochondrostoma olisiponensis Gante, Santos y Alves, 2007</t>
   </si>
   <si>
     <t>Iberodes brassicifolia (Lag.) M. Serrano, R. Carbajal &amp; S. Ortiz</t>
   </si>
   <si>
     <t>Omphalodes brassicifolia (Lag.) Sweet, Omphalodes pavoniana Boiss.</t>
   </si>
   <si>
+    <t>Iberus gualtieranus gualtieranus (Linnaeus, 1758)</t>
+  </si>
+  <si>
+    <t>Iberus gualtierianus gualtierianus Linnaeus, 1758</t>
+  </si>
+  <si>
     <t>Kiaeria blyttii (Bruch &amp; Schimp.) Broth.</t>
   </si>
   <si>
     <t>Klasea boetica (DC.) Holub</t>
   </si>
   <si>
     <t>Klasea baetica (DC.) Holub, Serratula baetica DC.</t>
   </si>
   <si>
     <t>Klasea integrifolia subsp. monardii (Dufour) Cantó</t>
   </si>
   <si>
     <t>Klasea monardii (Dufour) J. Holub, Serratula monardii Dufour</t>
   </si>
   <si>
     <t>Kurzia sylvatica (A.Evans) Grolle</t>
   </si>
   <si>
     <t>Lagopus muta pyrenaica</t>
   </si>
   <si>
     <t>prueba_Perdiz nival (Castellano), Perdiz nival pirenaica (Castellano), Lagópodo alpino (Castellano), Lagopodo zuria (Euskera), Perdiu blanca (Catalán), Perdiz albar (Gallego)</t>
   </si>
   <si>
     <t>Castellano, Castellano, Castellano, Euskera, Catalán, Gallego</t>
@@ -6264,50 +6264,53 @@
     <t>Himantura uarnak (Gmelin, 1789)</t>
   </si>
   <si>
     <t>Hydropus mediterraneus Pacioni &amp; Lalli</t>
   </si>
   <si>
     <t>Hongos</t>
   </si>
   <si>
     <t>Hylobates gabriellae Thomas, 1909</t>
   </si>
   <si>
     <t>Hylobates lar (Linnaeus, 1771)</t>
   </si>
   <si>
     <t>Hylobates muelleri Martin, 1841</t>
   </si>
   <si>
     <t>Hylobates pileatus Gray, 1861</t>
   </si>
   <si>
     <t>Hylobates syndactylus (Raffles, 1821)</t>
   </si>
   <si>
     <t>Iberus gualtieranus (Linnaeus, 1758)</t>
+  </si>
+  <si>
+    <t>Iberus gualtierianus</t>
   </si>
   <si>
     <t>Isoetes boryana</t>
   </si>
   <si>
     <t>Isoetes fluitans M.I. Romero</t>
   </si>
   <si>
     <t>prueba_Isoète Nageante (Francés)</t>
   </si>
   <si>
     <t>Isoetes tenuissima Boreau</t>
   </si>
   <si>
     <t>Isurus oxyrinchus Rafinesque, 1810</t>
   </si>
   <si>
     <t>prueba_Marrajo común (Castellano), Shortfin Mako (Inglés)</t>
   </si>
   <si>
     <t>Isurus paucus Guitart, 1966</t>
   </si>
   <si>
     <t>prueba_Dientuso Prieto (Castellano), Marrajo Carite (Castellano), Longfin Mako (Inglés), Taupe Longue Aile (Francés), Petit Taupe (Francés)</t>
   </si>
@@ -10442,16958 +10445,16958 @@
       </c>
       <c r="G80" t="s">
         <v>280</v>
       </c>
       <c r="H80" t="s">
         <v>30</v>
       </c>
       <c r="I80" t="s">
         <v>36</v>
       </c>
       <c r="J80"/>
       <c r="K80"/>
       <c r="L80"/>
       <c r="M80"/>
       <c r="N80"/>
       <c r="O80"/>
       <c r="P80" t="s">
         <v>281</v>
       </c>
       <c r="Q80" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="81" spans="1:17">
       <c r="A81">
-        <v>11404</v>
+        <v>11824</v>
       </c>
       <c r="B81" t="s">
         <v>282</v>
       </c>
       <c r="C81"/>
       <c r="D81"/>
       <c r="E81" t="s">
         <v>27</v>
       </c>
       <c r="F81" t="s">
         <v>28</v>
       </c>
       <c r="G81" t="s">
         <v>283</v>
       </c>
       <c r="H81" t="s">
         <v>30</v>
       </c>
       <c r="I81" t="s">
         <v>31</v>
       </c>
       <c r="J81"/>
       <c r="K81"/>
       <c r="L81"/>
       <c r="M81"/>
       <c r="N81"/>
       <c r="O81"/>
       <c r="P81"/>
       <c r="Q81" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="82" spans="1:17">
       <c r="A82">
-        <v>11824</v>
+        <v>79302</v>
       </c>
       <c r="B82" t="s">
         <v>284</v>
       </c>
       <c r="C82"/>
       <c r="D82"/>
       <c r="E82" t="s">
         <v>27</v>
       </c>
       <c r="F82" t="s">
         <v>28</v>
       </c>
       <c r="G82" t="s">
         <v>285</v>
       </c>
       <c r="H82" t="s">
         <v>30</v>
       </c>
       <c r="I82" t="s">
-        <v>31</v>
+        <v>36</v>
       </c>
       <c r="J82"/>
       <c r="K82"/>
       <c r="L82"/>
       <c r="M82"/>
       <c r="N82"/>
       <c r="O82"/>
-      <c r="P82"/>
+      <c r="P82" t="s">
+        <v>286</v>
+      </c>
       <c r="Q82" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="83" spans="1:17">
       <c r="A83">
-        <v>79302</v>
+        <v>5398</v>
       </c>
       <c r="B83" t="s">
-        <v>286</v>
-[...2 lines deleted...]
-      <c r="D83"/>
+        <v>287</v>
+      </c>
+      <c r="C83" t="s">
+        <v>288</v>
+      </c>
+      <c r="D83" t="s">
+        <v>34</v>
+      </c>
       <c r="E83" t="s">
         <v>27</v>
       </c>
       <c r="F83" t="s">
         <v>28</v>
       </c>
       <c r="G83" t="s">
-        <v>287</v>
+        <v>289</v>
       </c>
       <c r="H83" t="s">
         <v>30</v>
       </c>
       <c r="I83" t="s">
         <v>36</v>
       </c>
       <c r="J83"/>
       <c r="K83"/>
       <c r="L83"/>
       <c r="M83"/>
       <c r="N83"/>
       <c r="O83"/>
       <c r="P83" t="s">
-        <v>288</v>
+        <v>290</v>
       </c>
       <c r="Q83" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="84" spans="1:17">
       <c r="A84">
-        <v>5398</v>
+        <v>5543</v>
       </c>
       <c r="B84" t="s">
-        <v>289</v>
-[...6 lines deleted...]
-      </c>
+        <v>291</v>
+      </c>
+      <c r="C84"/>
+      <c r="D84"/>
       <c r="E84" t="s">
         <v>27</v>
       </c>
       <c r="F84" t="s">
         <v>28</v>
       </c>
       <c r="G84" t="s">
-        <v>291</v>
+        <v>292</v>
       </c>
       <c r="H84" t="s">
         <v>30</v>
       </c>
       <c r="I84" t="s">
         <v>36</v>
       </c>
       <c r="J84"/>
       <c r="K84"/>
       <c r="L84"/>
       <c r="M84"/>
       <c r="N84"/>
       <c r="O84"/>
       <c r="P84" t="s">
-        <v>292</v>
+        <v>293</v>
       </c>
       <c r="Q84" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="85" spans="1:17">
       <c r="A85">
-        <v>5543</v>
+        <v>394</v>
       </c>
       <c r="B85" t="s">
-        <v>293</v>
+        <v>294</v>
       </c>
       <c r="C85"/>
       <c r="D85"/>
       <c r="E85" t="s">
         <v>27</v>
       </c>
       <c r="F85" t="s">
         <v>28</v>
       </c>
       <c r="G85" t="s">
-        <v>294</v>
+        <v>295</v>
       </c>
       <c r="H85" t="s">
         <v>30</v>
       </c>
       <c r="I85" t="s">
         <v>36</v>
       </c>
       <c r="J85"/>
       <c r="K85"/>
       <c r="L85"/>
       <c r="M85"/>
       <c r="N85"/>
       <c r="O85"/>
-      <c r="P85" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="P85"/>
       <c r="Q85" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="86" spans="1:17">
       <c r="A86">
-        <v>394</v>
+        <v>469</v>
       </c>
       <c r="B86" t="s">
         <v>296</v>
       </c>
-      <c r="C86"/>
-      <c r="D86"/>
+      <c r="C86" t="s">
+        <v>297</v>
+      </c>
+      <c r="D86" t="s">
+        <v>58</v>
+      </c>
       <c r="E86" t="s">
         <v>27</v>
       </c>
       <c r="F86" t="s">
         <v>28</v>
       </c>
       <c r="G86" t="s">
-        <v>297</v>
+        <v>298</v>
       </c>
       <c r="H86" t="s">
         <v>30</v>
       </c>
       <c r="I86" t="s">
         <v>36</v>
       </c>
       <c r="J86"/>
       <c r="K86"/>
       <c r="L86"/>
       <c r="M86"/>
       <c r="N86"/>
       <c r="O86"/>
-      <c r="P86"/>
+      <c r="P86" t="s">
+        <v>299</v>
+      </c>
       <c r="Q86" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="87" spans="1:17">
       <c r="A87">
-        <v>469</v>
+        <v>11111</v>
       </c>
       <c r="B87" t="s">
-        <v>298</v>
-[...6 lines deleted...]
-      </c>
+        <v>300</v>
+      </c>
+      <c r="C87"/>
+      <c r="D87"/>
       <c r="E87" t="s">
         <v>27</v>
       </c>
       <c r="F87" t="s">
         <v>28</v>
       </c>
       <c r="G87" t="s">
-        <v>300</v>
+        <v>301</v>
       </c>
       <c r="H87" t="s">
         <v>30</v>
       </c>
       <c r="I87" t="s">
-        <v>36</v>
+        <v>47</v>
       </c>
       <c r="J87"/>
       <c r="K87"/>
       <c r="L87"/>
       <c r="M87"/>
       <c r="N87"/>
       <c r="O87"/>
-      <c r="P87" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="P87"/>
       <c r="Q87" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="88" spans="1:17">
       <c r="A88">
-        <v>11111</v>
+        <v>437</v>
       </c>
       <c r="B88" t="s">
         <v>302</v>
       </c>
       <c r="C88"/>
       <c r="D88"/>
       <c r="E88" t="s">
         <v>27</v>
       </c>
       <c r="F88" t="s">
         <v>28</v>
       </c>
       <c r="G88" t="s">
         <v>303</v>
       </c>
       <c r="H88" t="s">
         <v>30</v>
       </c>
       <c r="I88" t="s">
-        <v>47</v>
+        <v>36</v>
       </c>
       <c r="J88"/>
       <c r="K88"/>
       <c r="L88"/>
       <c r="M88"/>
       <c r="N88"/>
       <c r="O88"/>
       <c r="P88"/>
       <c r="Q88" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="89" spans="1:17">
       <c r="A89">
-        <v>437</v>
+        <v>5818</v>
       </c>
       <c r="B89" t="s">
         <v>304</v>
       </c>
-      <c r="C89"/>
-      <c r="D89"/>
+      <c r="C89" t="s">
+        <v>305</v>
+      </c>
+      <c r="D89" t="s">
+        <v>34</v>
+      </c>
       <c r="E89" t="s">
         <v>27</v>
       </c>
       <c r="F89" t="s">
         <v>28</v>
       </c>
       <c r="G89" t="s">
-        <v>305</v>
+        <v>306</v>
       </c>
       <c r="H89" t="s">
         <v>30</v>
       </c>
       <c r="I89" t="s">
         <v>36</v>
       </c>
       <c r="J89"/>
       <c r="K89"/>
       <c r="L89"/>
       <c r="M89"/>
       <c r="N89"/>
       <c r="O89"/>
-      <c r="P89"/>
+      <c r="P89" t="s">
+        <v>307</v>
+      </c>
       <c r="Q89" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="90" spans="1:17">
       <c r="A90">
-        <v>5818</v>
+        <v>943</v>
       </c>
       <c r="B90" t="s">
-        <v>306</v>
+        <v>308</v>
       </c>
       <c r="C90" t="s">
-        <v>307</v>
+        <v>309</v>
       </c>
       <c r="D90" t="s">
-        <v>34</v>
+        <v>202</v>
       </c>
       <c r="E90" t="s">
         <v>27</v>
       </c>
       <c r="F90" t="s">
         <v>28</v>
       </c>
       <c r="G90" t="s">
-        <v>308</v>
+        <v>310</v>
       </c>
       <c r="H90" t="s">
         <v>30</v>
       </c>
       <c r="I90" t="s">
         <v>36</v>
       </c>
       <c r="J90"/>
       <c r="K90"/>
       <c r="L90"/>
       <c r="M90"/>
       <c r="N90"/>
       <c r="O90"/>
       <c r="P90" t="s">
-        <v>309</v>
+        <v>311</v>
       </c>
       <c r="Q90" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="91" spans="1:17">
       <c r="A91">
-        <v>943</v>
+        <v>484</v>
       </c>
       <c r="B91" t="s">
-        <v>310</v>
+        <v>312</v>
       </c>
       <c r="C91" t="s">
-        <v>311</v>
+        <v>313</v>
       </c>
       <c r="D91" t="s">
-        <v>202</v>
+        <v>69</v>
       </c>
       <c r="E91" t="s">
         <v>27</v>
       </c>
       <c r="F91" t="s">
         <v>28</v>
       </c>
       <c r="G91" t="s">
-        <v>312</v>
+        <v>314</v>
       </c>
       <c r="H91" t="s">
         <v>30</v>
       </c>
       <c r="I91" t="s">
         <v>36</v>
       </c>
       <c r="J91"/>
       <c r="K91"/>
       <c r="L91"/>
       <c r="M91"/>
       <c r="N91"/>
       <c r="O91"/>
       <c r="P91" t="s">
-        <v>313</v>
+        <v>315</v>
       </c>
       <c r="Q91" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="92" spans="1:17">
       <c r="A92">
-        <v>484</v>
+        <v>5823</v>
       </c>
       <c r="B92" t="s">
-        <v>314</v>
-[...6 lines deleted...]
-      </c>
+        <v>316</v>
+      </c>
+      <c r="C92"/>
+      <c r="D92"/>
       <c r="E92" t="s">
         <v>27</v>
       </c>
       <c r="F92" t="s">
         <v>28</v>
       </c>
       <c r="G92" t="s">
-        <v>316</v>
+        <v>317</v>
       </c>
       <c r="H92" t="s">
         <v>30</v>
       </c>
       <c r="I92" t="s">
         <v>36</v>
       </c>
       <c r="J92"/>
       <c r="K92"/>
       <c r="L92"/>
       <c r="M92"/>
       <c r="N92"/>
       <c r="O92"/>
-      <c r="P92" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="P92"/>
       <c r="Q92" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="93" spans="1:17">
       <c r="A93">
-        <v>5823</v>
+        <v>5831</v>
       </c>
       <c r="B93" t="s">
         <v>318</v>
       </c>
-      <c r="C93"/>
-      <c r="D93"/>
+      <c r="C93" t="s">
+        <v>305</v>
+      </c>
+      <c r="D93" t="s">
+        <v>34</v>
+      </c>
       <c r="E93" t="s">
         <v>27</v>
       </c>
       <c r="F93" t="s">
         <v>28</v>
       </c>
       <c r="G93" t="s">
         <v>319</v>
       </c>
       <c r="H93" t="s">
         <v>30</v>
       </c>
       <c r="I93" t="s">
         <v>36</v>
       </c>
       <c r="J93"/>
       <c r="K93"/>
       <c r="L93"/>
       <c r="M93"/>
       <c r="N93"/>
       <c r="O93"/>
-      <c r="P93"/>
+      <c r="P93" t="s">
+        <v>320</v>
+      </c>
       <c r="Q93" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="94" spans="1:17">
       <c r="A94">
-        <v>5831</v>
+        <v>940</v>
       </c>
       <c r="B94" t="s">
-        <v>320</v>
+        <v>321</v>
       </c>
       <c r="C94" t="s">
-        <v>307</v>
+        <v>322</v>
       </c>
       <c r="D94" t="s">
-        <v>34</v>
+        <v>58</v>
       </c>
       <c r="E94" t="s">
         <v>27</v>
       </c>
       <c r="F94" t="s">
         <v>28</v>
       </c>
       <c r="G94" t="s">
-        <v>321</v>
+        <v>323</v>
       </c>
       <c r="H94" t="s">
         <v>30</v>
       </c>
       <c r="I94" t="s">
         <v>36</v>
       </c>
       <c r="J94"/>
       <c r="K94"/>
       <c r="L94"/>
       <c r="M94"/>
       <c r="N94"/>
       <c r="O94"/>
       <c r="P94" t="s">
-        <v>322</v>
+        <v>324</v>
       </c>
       <c r="Q94" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="95" spans="1:17">
       <c r="A95">
-        <v>940</v>
+        <v>5844</v>
       </c>
       <c r="B95" t="s">
-        <v>323</v>
+        <v>325</v>
       </c>
       <c r="C95" t="s">
-        <v>324</v>
+        <v>326</v>
       </c>
       <c r="D95" t="s">
-        <v>58</v>
+        <v>34</v>
       </c>
       <c r="E95" t="s">
         <v>27</v>
       </c>
       <c r="F95" t="s">
         <v>28</v>
       </c>
       <c r="G95" t="s">
-        <v>325</v>
+        <v>327</v>
       </c>
       <c r="H95" t="s">
         <v>30</v>
       </c>
       <c r="I95" t="s">
         <v>36</v>
       </c>
       <c r="J95"/>
       <c r="K95"/>
       <c r="L95"/>
       <c r="M95"/>
       <c r="N95"/>
       <c r="O95"/>
-      <c r="P95" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="P95"/>
       <c r="Q95" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="96" spans="1:17">
       <c r="A96">
-        <v>5844</v>
+        <v>24406</v>
       </c>
       <c r="B96" t="s">
-        <v>327</v>
-[...1 lines deleted...]
-      <c r="C96" t="s">
         <v>328</v>
       </c>
-      <c r="D96" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="C96"/>
+      <c r="D96"/>
       <c r="E96" t="s">
         <v>27</v>
       </c>
       <c r="F96" t="s">
         <v>28</v>
       </c>
       <c r="G96" t="s">
         <v>329</v>
       </c>
       <c r="H96" t="s">
         <v>30</v>
       </c>
       <c r="I96" t="s">
         <v>36</v>
       </c>
       <c r="J96"/>
       <c r="K96"/>
       <c r="L96"/>
       <c r="M96"/>
       <c r="N96"/>
       <c r="O96"/>
       <c r="P96"/>
       <c r="Q96" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="97" spans="1:17">
       <c r="A97">
-        <v>24406</v>
+        <v>945</v>
       </c>
       <c r="B97" t="s">
         <v>330</v>
       </c>
-      <c r="C97"/>
-      <c r="D97"/>
+      <c r="C97" t="s">
+        <v>331</v>
+      </c>
+      <c r="D97" t="s">
+        <v>58</v>
+      </c>
       <c r="E97" t="s">
         <v>27</v>
       </c>
       <c r="F97" t="s">
         <v>28</v>
       </c>
       <c r="G97" t="s">
-        <v>331</v>
+        <v>332</v>
       </c>
       <c r="H97" t="s">
         <v>30</v>
       </c>
       <c r="I97" t="s">
         <v>36</v>
       </c>
       <c r="J97"/>
       <c r="K97"/>
       <c r="L97"/>
       <c r="M97"/>
       <c r="N97"/>
       <c r="O97"/>
-      <c r="P97"/>
+      <c r="P97" t="s">
+        <v>333</v>
+      </c>
       <c r="Q97" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="98" spans="1:17">
       <c r="A98">
-        <v>945</v>
+        <v>5880</v>
       </c>
       <c r="B98" t="s">
-        <v>332</v>
-[...6 lines deleted...]
-      </c>
+        <v>334</v>
+      </c>
+      <c r="C98"/>
+      <c r="D98"/>
       <c r="E98" t="s">
         <v>27</v>
       </c>
       <c r="F98" t="s">
         <v>28</v>
       </c>
       <c r="G98" t="s">
-        <v>334</v>
+        <v>335</v>
       </c>
       <c r="H98" t="s">
         <v>30</v>
       </c>
       <c r="I98" t="s">
         <v>36</v>
       </c>
       <c r="J98"/>
       <c r="K98"/>
       <c r="L98"/>
       <c r="M98"/>
       <c r="N98"/>
       <c r="O98"/>
-      <c r="P98" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="P98"/>
       <c r="Q98" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="99" spans="1:17">
       <c r="A99">
-        <v>5880</v>
+        <v>946</v>
       </c>
       <c r="B99" t="s">
         <v>336</v>
       </c>
-      <c r="C99"/>
-      <c r="D99"/>
+      <c r="C99" t="s">
+        <v>337</v>
+      </c>
+      <c r="D99" t="s">
+        <v>58</v>
+      </c>
       <c r="E99" t="s">
         <v>27</v>
       </c>
       <c r="F99" t="s">
         <v>28</v>
       </c>
       <c r="G99" t="s">
-        <v>337</v>
+        <v>338</v>
       </c>
       <c r="H99" t="s">
         <v>30</v>
       </c>
       <c r="I99" t="s">
         <v>36</v>
       </c>
       <c r="J99"/>
       <c r="K99"/>
       <c r="L99"/>
       <c r="M99"/>
       <c r="N99"/>
       <c r="O99"/>
-      <c r="P99"/>
+      <c r="P99" t="s">
+        <v>339</v>
+      </c>
       <c r="Q99" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="100" spans="1:17">
       <c r="A100">
-        <v>946</v>
+        <v>5892</v>
       </c>
       <c r="B100" t="s">
-        <v>338</v>
-[...6 lines deleted...]
-      </c>
+        <v>340</v>
+      </c>
+      <c r="C100"/>
+      <c r="D100"/>
       <c r="E100" t="s">
         <v>27</v>
       </c>
       <c r="F100" t="s">
         <v>28</v>
       </c>
       <c r="G100" t="s">
-        <v>340</v>
+        <v>341</v>
       </c>
       <c r="H100" t="s">
         <v>30</v>
       </c>
       <c r="I100" t="s">
         <v>36</v>
       </c>
       <c r="J100"/>
       <c r="K100"/>
       <c r="L100"/>
       <c r="M100"/>
       <c r="N100"/>
       <c r="O100"/>
-      <c r="P100" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="P100"/>
       <c r="Q100" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="101" spans="1:17">
       <c r="A101">
-        <v>5892</v>
+        <v>5798</v>
       </c>
       <c r="B101" t="s">
         <v>342</v>
       </c>
-      <c r="C101"/>
-      <c r="D101"/>
+      <c r="C101" t="s">
+        <v>343</v>
+      </c>
+      <c r="D101" t="s">
+        <v>34</v>
+      </c>
       <c r="E101" t="s">
         <v>27</v>
       </c>
       <c r="F101" t="s">
         <v>28</v>
       </c>
       <c r="G101" t="s">
-        <v>343</v>
+        <v>344</v>
       </c>
       <c r="H101" t="s">
         <v>30</v>
       </c>
       <c r="I101" t="s">
         <v>36</v>
       </c>
       <c r="J101"/>
       <c r="K101"/>
       <c r="L101"/>
       <c r="M101"/>
       <c r="N101"/>
       <c r="O101"/>
       <c r="P101"/>
       <c r="Q101" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="102" spans="1:17">
       <c r="A102">
-        <v>5798</v>
+        <v>5949</v>
       </c>
       <c r="B102" t="s">
-        <v>344</v>
-[...1 lines deleted...]
-      <c r="C102" t="s">
         <v>345</v>
       </c>
-      <c r="D102" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="C102"/>
+      <c r="D102"/>
       <c r="E102" t="s">
         <v>27</v>
       </c>
       <c r="F102" t="s">
         <v>28</v>
       </c>
       <c r="G102" t="s">
         <v>346</v>
       </c>
       <c r="H102" t="s">
         <v>30</v>
       </c>
       <c r="I102" t="s">
         <v>36</v>
       </c>
       <c r="J102"/>
       <c r="K102"/>
       <c r="L102"/>
       <c r="M102"/>
       <c r="N102"/>
       <c r="O102"/>
-      <c r="P102"/>
+      <c r="P102" t="s">
+        <v>347</v>
+      </c>
       <c r="Q102" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="103" spans="1:17">
       <c r="A103">
-        <v>5949</v>
+        <v>5959</v>
       </c>
       <c r="B103" t="s">
-        <v>347</v>
-[...2 lines deleted...]
-      <c r="D103"/>
+        <v>348</v>
+      </c>
+      <c r="C103" t="s">
+        <v>349</v>
+      </c>
+      <c r="D103" t="s">
+        <v>350</v>
+      </c>
       <c r="E103" t="s">
         <v>27</v>
       </c>
       <c r="F103" t="s">
         <v>28</v>
       </c>
       <c r="G103" t="s">
-        <v>348</v>
+        <v>351</v>
       </c>
       <c r="H103" t="s">
         <v>30</v>
       </c>
       <c r="I103" t="s">
         <v>36</v>
       </c>
       <c r="J103"/>
       <c r="K103"/>
       <c r="L103"/>
       <c r="M103"/>
       <c r="N103"/>
       <c r="O103"/>
-      <c r="P103" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="P103"/>
       <c r="Q103" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="104" spans="1:17">
       <c r="A104">
-        <v>5959</v>
+        <v>5965</v>
       </c>
       <c r="B104" t="s">
-        <v>350</v>
+        <v>352</v>
       </c>
       <c r="C104" t="s">
-        <v>351</v>
+        <v>353</v>
       </c>
       <c r="D104" t="s">
-        <v>352</v>
+        <v>34</v>
       </c>
       <c r="E104" t="s">
         <v>27</v>
       </c>
       <c r="F104" t="s">
         <v>28</v>
       </c>
       <c r="G104" t="s">
-        <v>353</v>
+        <v>354</v>
       </c>
       <c r="H104" t="s">
         <v>30</v>
       </c>
       <c r="I104" t="s">
         <v>36</v>
       </c>
       <c r="J104"/>
       <c r="K104"/>
       <c r="L104"/>
       <c r="M104"/>
       <c r="N104"/>
       <c r="O104"/>
-      <c r="P104"/>
+      <c r="P104" t="s">
+        <v>355</v>
+      </c>
       <c r="Q104" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="105" spans="1:17">
       <c r="A105">
-        <v>5965</v>
+        <v>12273</v>
       </c>
       <c r="B105" t="s">
-        <v>354</v>
+        <v>356</v>
       </c>
       <c r="C105" t="s">
-        <v>355</v>
+        <v>357</v>
       </c>
       <c r="D105" t="s">
         <v>34</v>
       </c>
       <c r="E105" t="s">
         <v>27</v>
       </c>
       <c r="F105" t="s">
         <v>28</v>
       </c>
       <c r="G105" t="s">
-        <v>356</v>
+        <v>358</v>
       </c>
       <c r="H105" t="s">
         <v>30</v>
       </c>
       <c r="I105" t="s">
-        <v>36</v>
+        <v>31</v>
       </c>
       <c r="J105"/>
       <c r="K105"/>
       <c r="L105"/>
       <c r="M105"/>
       <c r="N105"/>
       <c r="O105"/>
-      <c r="P105" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="P105"/>
       <c r="Q105" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="106" spans="1:17">
       <c r="A106">
-        <v>12273</v>
+        <v>4134</v>
       </c>
       <c r="B106" t="s">
-        <v>358</v>
+        <v>359</v>
       </c>
       <c r="C106" t="s">
-        <v>359</v>
+        <v>360</v>
       </c>
       <c r="D106" t="s">
-        <v>34</v>
+        <v>361</v>
       </c>
       <c r="E106" t="s">
         <v>27</v>
       </c>
       <c r="F106" t="s">
         <v>28</v>
       </c>
       <c r="G106" t="s">
-        <v>360</v>
+        <v>362</v>
       </c>
       <c r="H106" t="s">
         <v>30</v>
       </c>
       <c r="I106" t="s">
-        <v>31</v>
+        <v>36</v>
       </c>
       <c r="J106"/>
       <c r="K106"/>
       <c r="L106"/>
       <c r="M106"/>
       <c r="N106"/>
       <c r="O106"/>
-      <c r="P106"/>
+      <c r="P106" t="s">
+        <v>363</v>
+      </c>
       <c r="Q106" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="107" spans="1:17">
       <c r="A107">
-        <v>4134</v>
+        <v>11430</v>
       </c>
       <c r="B107" t="s">
-        <v>361</v>
+        <v>364</v>
       </c>
       <c r="C107" t="s">
-        <v>362</v>
+        <v>365</v>
       </c>
       <c r="D107" t="s">
-        <v>363</v>
+        <v>34</v>
       </c>
       <c r="E107" t="s">
         <v>27</v>
       </c>
       <c r="F107" t="s">
         <v>28</v>
       </c>
       <c r="G107" t="s">
-        <v>364</v>
+        <v>366</v>
       </c>
       <c r="H107" t="s">
         <v>30</v>
       </c>
       <c r="I107" t="s">
-        <v>36</v>
-[...2 lines deleted...]
-      <c r="K107"/>
+        <v>31</v>
+      </c>
+      <c r="J107" t="s">
+        <v>60</v>
+      </c>
+      <c r="K107" t="s">
+        <v>61</v>
+      </c>
       <c r="L107"/>
       <c r="M107"/>
       <c r="N107"/>
       <c r="O107"/>
-      <c r="P107" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="P107"/>
       <c r="Q107" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="108" spans="1:17">
       <c r="A108">
-        <v>11430</v>
+        <v>12085</v>
       </c>
       <c r="B108" t="s">
-        <v>366</v>
+        <v>367</v>
       </c>
       <c r="C108" t="s">
-        <v>367</v>
+        <v>368</v>
       </c>
       <c r="D108" t="s">
-        <v>34</v>
+        <v>58</v>
       </c>
       <c r="E108" t="s">
         <v>27</v>
       </c>
       <c r="F108" t="s">
         <v>28</v>
       </c>
       <c r="G108" t="s">
-        <v>368</v>
+        <v>369</v>
       </c>
       <c r="H108" t="s">
         <v>30</v>
       </c>
       <c r="I108" t="s">
         <v>31</v>
       </c>
       <c r="J108" t="s">
         <v>60</v>
       </c>
       <c r="K108" t="s">
         <v>61</v>
       </c>
       <c r="L108"/>
       <c r="M108"/>
       <c r="N108"/>
       <c r="O108"/>
       <c r="P108"/>
       <c r="Q108" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="109" spans="1:17">
       <c r="A109">
-        <v>12085</v>
+        <v>525</v>
       </c>
       <c r="B109" t="s">
-        <v>369</v>
-[...1 lines deleted...]
-      <c r="C109" t="s">
         <v>370</v>
       </c>
-      <c r="D109" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="C109"/>
+      <c r="D109"/>
       <c r="E109" t="s">
         <v>27</v>
       </c>
       <c r="F109" t="s">
         <v>28</v>
       </c>
       <c r="G109" t="s">
         <v>371</v>
       </c>
       <c r="H109" t="s">
         <v>30</v>
       </c>
       <c r="I109" t="s">
-        <v>31</v>
-[...6 lines deleted...]
-      </c>
+        <v>36</v>
+      </c>
+      <c r="J109"/>
+      <c r="K109"/>
       <c r="L109"/>
       <c r="M109"/>
       <c r="N109"/>
       <c r="O109"/>
-      <c r="P109"/>
+      <c r="P109" t="s">
+        <v>372</v>
+      </c>
       <c r="Q109" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="110" spans="1:17">
       <c r="A110">
-        <v>525</v>
+        <v>11298</v>
       </c>
       <c r="B110" t="s">
-        <v>372</v>
+        <v>373</v>
       </c>
       <c r="C110"/>
       <c r="D110"/>
       <c r="E110" t="s">
         <v>27</v>
       </c>
       <c r="F110" t="s">
         <v>28</v>
       </c>
       <c r="G110" t="s">
-        <v>373</v>
+        <v>374</v>
       </c>
       <c r="H110" t="s">
         <v>30</v>
       </c>
       <c r="I110" t="s">
-        <v>36</v>
+        <v>31</v>
       </c>
       <c r="J110"/>
       <c r="K110"/>
       <c r="L110"/>
       <c r="M110"/>
       <c r="N110"/>
       <c r="O110"/>
-      <c r="P110" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="P110"/>
       <c r="Q110" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="111" spans="1:17">
       <c r="A111">
-        <v>11298</v>
+        <v>11712</v>
       </c>
       <c r="B111" t="s">
         <v>375</v>
       </c>
       <c r="C111"/>
       <c r="D111"/>
       <c r="E111" t="s">
         <v>27</v>
       </c>
       <c r="F111" t="s">
         <v>28</v>
       </c>
       <c r="G111" t="s">
         <v>376</v>
       </c>
       <c r="H111" t="s">
         <v>30</v>
       </c>
       <c r="I111" t="s">
         <v>31</v>
       </c>
       <c r="J111"/>
       <c r="K111"/>
       <c r="L111"/>
       <c r="M111"/>
       <c r="N111"/>
       <c r="O111"/>
       <c r="P111"/>
       <c r="Q111" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="112" spans="1:17">
       <c r="A112">
-        <v>11712</v>
+        <v>24408</v>
       </c>
       <c r="B112" t="s">
         <v>377</v>
       </c>
-      <c r="C112"/>
-      <c r="D112"/>
+      <c r="C112" t="s">
+        <v>378</v>
+      </c>
+      <c r="D112" t="s">
+        <v>34</v>
+      </c>
       <c r="E112" t="s">
         <v>27</v>
       </c>
       <c r="F112" t="s">
         <v>28</v>
       </c>
       <c r="G112" t="s">
-        <v>378</v>
+        <v>379</v>
       </c>
       <c r="H112" t="s">
         <v>30</v>
       </c>
       <c r="I112" t="s">
-        <v>31</v>
+        <v>36</v>
       </c>
       <c r="J112"/>
       <c r="K112"/>
       <c r="L112"/>
       <c r="M112"/>
       <c r="N112"/>
       <c r="O112"/>
       <c r="P112"/>
       <c r="Q112" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="113" spans="1:17">
       <c r="A113">
-        <v>24408</v>
+        <v>962</v>
       </c>
       <c r="B113" t="s">
-        <v>379</v>
+        <v>380</v>
       </c>
       <c r="C113" t="s">
-        <v>380</v>
+        <v>381</v>
       </c>
       <c r="D113" t="s">
-        <v>34</v>
+        <v>69</v>
       </c>
       <c r="E113" t="s">
         <v>27</v>
       </c>
       <c r="F113" t="s">
         <v>28</v>
       </c>
       <c r="G113" t="s">
-        <v>381</v>
+        <v>382</v>
       </c>
       <c r="H113" t="s">
         <v>30</v>
       </c>
       <c r="I113" t="s">
         <v>36</v>
       </c>
       <c r="J113"/>
       <c r="K113"/>
       <c r="L113"/>
       <c r="M113"/>
       <c r="N113"/>
       <c r="O113"/>
-      <c r="P113"/>
+      <c r="P113" t="s">
+        <v>383</v>
+      </c>
       <c r="Q113" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="114" spans="1:17">
       <c r="A114">
-        <v>962</v>
+        <v>12358</v>
       </c>
       <c r="B114" t="s">
-        <v>382</v>
-[...6 lines deleted...]
-      </c>
+        <v>384</v>
+      </c>
+      <c r="C114"/>
+      <c r="D114"/>
       <c r="E114" t="s">
         <v>27</v>
       </c>
       <c r="F114" t="s">
         <v>28</v>
       </c>
       <c r="G114" t="s">
-        <v>384</v>
+        <v>385</v>
       </c>
       <c r="H114" t="s">
         <v>30</v>
       </c>
       <c r="I114" t="s">
-        <v>36</v>
+        <v>31</v>
       </c>
       <c r="J114"/>
       <c r="K114"/>
       <c r="L114"/>
       <c r="M114"/>
       <c r="N114"/>
       <c r="O114"/>
-      <c r="P114" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="P114"/>
       <c r="Q114" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="115" spans="1:17">
       <c r="A115">
-        <v>12358</v>
+        <v>932</v>
       </c>
       <c r="B115" t="s">
         <v>386</v>
       </c>
-      <c r="C115"/>
-      <c r="D115"/>
+      <c r="C115" t="s">
+        <v>387</v>
+      </c>
+      <c r="D115" t="s">
+        <v>58</v>
+      </c>
       <c r="E115" t="s">
         <v>27</v>
       </c>
       <c r="F115" t="s">
         <v>28</v>
       </c>
       <c r="G115" t="s">
-        <v>387</v>
+        <v>388</v>
       </c>
       <c r="H115" t="s">
         <v>30</v>
       </c>
       <c r="I115" t="s">
-        <v>31</v>
+        <v>36</v>
       </c>
       <c r="J115"/>
       <c r="K115"/>
       <c r="L115"/>
       <c r="M115"/>
       <c r="N115"/>
       <c r="O115"/>
-      <c r="P115"/>
+      <c r="P115" t="s">
+        <v>389</v>
+      </c>
       <c r="Q115" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="116" spans="1:17">
       <c r="A116">
-        <v>932</v>
+        <v>11778</v>
       </c>
       <c r="B116" t="s">
-        <v>388</v>
-[...6 lines deleted...]
-      </c>
+        <v>390</v>
+      </c>
+      <c r="C116"/>
+      <c r="D116"/>
       <c r="E116" t="s">
         <v>27</v>
       </c>
       <c r="F116" t="s">
         <v>28</v>
       </c>
       <c r="G116" t="s">
-        <v>390</v>
+        <v>391</v>
       </c>
       <c r="H116" t="s">
         <v>30</v>
       </c>
       <c r="I116" t="s">
-        <v>36</v>
+        <v>31</v>
       </c>
       <c r="J116"/>
       <c r="K116"/>
       <c r="L116"/>
       <c r="M116"/>
       <c r="N116"/>
       <c r="O116"/>
-      <c r="P116" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="P116"/>
       <c r="Q116" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="117" spans="1:17">
       <c r="A117">
-        <v>11778</v>
+        <v>6440</v>
       </c>
       <c r="B117" t="s">
         <v>392</v>
       </c>
       <c r="C117"/>
       <c r="D117"/>
       <c r="E117" t="s">
         <v>27</v>
       </c>
       <c r="F117" t="s">
         <v>28</v>
       </c>
       <c r="G117" t="s">
         <v>393</v>
       </c>
       <c r="H117" t="s">
         <v>30</v>
       </c>
       <c r="I117" t="s">
-        <v>31</v>
+        <v>36</v>
       </c>
       <c r="J117"/>
       <c r="K117"/>
       <c r="L117"/>
       <c r="M117"/>
       <c r="N117"/>
       <c r="O117"/>
-      <c r="P117"/>
+      <c r="P117" t="s">
+        <v>394</v>
+      </c>
       <c r="Q117" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="118" spans="1:17">
       <c r="A118">
-        <v>6440</v>
+        <v>6450</v>
       </c>
       <c r="B118" t="s">
-        <v>394</v>
+        <v>395</v>
       </c>
       <c r="C118"/>
       <c r="D118"/>
       <c r="E118" t="s">
         <v>27</v>
       </c>
       <c r="F118" t="s">
         <v>28</v>
       </c>
       <c r="G118" t="s">
-        <v>395</v>
+        <v>396</v>
       </c>
       <c r="H118" t="s">
         <v>30</v>
       </c>
       <c r="I118" t="s">
         <v>36</v>
       </c>
       <c r="J118"/>
       <c r="K118"/>
       <c r="L118"/>
       <c r="M118"/>
       <c r="N118"/>
       <c r="O118"/>
       <c r="P118" t="s">
-        <v>396</v>
+        <v>397</v>
       </c>
       <c r="Q118" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="119" spans="1:17">
       <c r="A119">
-        <v>6450</v>
+        <v>11534</v>
       </c>
       <c r="B119" t="s">
-        <v>397</v>
+        <v>398</v>
       </c>
       <c r="C119"/>
       <c r="D119"/>
       <c r="E119" t="s">
         <v>27</v>
       </c>
       <c r="F119" t="s">
         <v>28</v>
       </c>
       <c r="G119" t="s">
-        <v>398</v>
+        <v>399</v>
       </c>
       <c r="H119" t="s">
         <v>30</v>
       </c>
       <c r="I119" t="s">
-        <v>36</v>
+        <v>31</v>
       </c>
       <c r="J119"/>
       <c r="K119"/>
       <c r="L119"/>
       <c r="M119"/>
       <c r="N119"/>
       <c r="O119"/>
-      <c r="P119" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="P119"/>
       <c r="Q119" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="120" spans="1:17">
       <c r="A120">
-        <v>11534</v>
+        <v>67596</v>
       </c>
       <c r="B120" t="s">
         <v>400</v>
       </c>
       <c r="C120"/>
       <c r="D120"/>
       <c r="E120" t="s">
         <v>27</v>
       </c>
       <c r="F120" t="s">
         <v>28</v>
       </c>
       <c r="G120" t="s">
         <v>401</v>
       </c>
       <c r="H120" t="s">
         <v>30</v>
       </c>
       <c r="I120" t="s">
         <v>31</v>
       </c>
       <c r="J120"/>
       <c r="K120"/>
       <c r="L120"/>
       <c r="M120"/>
       <c r="N120"/>
       <c r="O120"/>
-      <c r="P120"/>
+      <c r="P120" t="s">
+        <v>402</v>
+      </c>
       <c r="Q120" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="121" spans="1:17">
       <c r="A121">
-        <v>67596</v>
+        <v>6908</v>
       </c>
       <c r="B121" t="s">
-        <v>402</v>
+        <v>403</v>
       </c>
       <c r="C121"/>
       <c r="D121"/>
       <c r="E121" t="s">
         <v>27</v>
       </c>
       <c r="F121" t="s">
         <v>28</v>
       </c>
       <c r="G121" t="s">
-        <v>403</v>
+        <v>404</v>
       </c>
       <c r="H121" t="s">
         <v>30</v>
       </c>
       <c r="I121" t="s">
-        <v>31</v>
+        <v>36</v>
       </c>
       <c r="J121"/>
       <c r="K121"/>
       <c r="L121"/>
       <c r="M121"/>
       <c r="N121"/>
       <c r="O121"/>
       <c r="P121" t="s">
-        <v>404</v>
+        <v>405</v>
       </c>
       <c r="Q121" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="122" spans="1:17">
       <c r="A122">
-        <v>6908</v>
+        <v>6890</v>
       </c>
       <c r="B122" t="s">
-        <v>405</v>
-[...2 lines deleted...]
-      <c r="D122"/>
+        <v>406</v>
+      </c>
+      <c r="C122" t="s">
+        <v>407</v>
+      </c>
+      <c r="D122" t="s">
+        <v>34</v>
+      </c>
       <c r="E122" t="s">
         <v>27</v>
       </c>
       <c r="F122" t="s">
         <v>28</v>
       </c>
       <c r="G122" t="s">
-        <v>406</v>
+        <v>408</v>
       </c>
       <c r="H122" t="s">
         <v>30</v>
       </c>
       <c r="I122" t="s">
         <v>36</v>
       </c>
       <c r="J122"/>
       <c r="K122"/>
       <c r="L122"/>
       <c r="M122"/>
       <c r="N122"/>
       <c r="O122"/>
-      <c r="P122" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="P122"/>
       <c r="Q122" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="123" spans="1:17">
       <c r="A123">
-        <v>6890</v>
+        <v>11146</v>
       </c>
       <c r="B123" t="s">
-        <v>408</v>
-[...1 lines deleted...]
-      <c r="C123" t="s">
         <v>409</v>
       </c>
-      <c r="D123" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="C123"/>
+      <c r="D123"/>
       <c r="E123" t="s">
         <v>27</v>
       </c>
       <c r="F123" t="s">
         <v>28</v>
       </c>
       <c r="G123" t="s">
         <v>410</v>
       </c>
       <c r="H123" t="s">
         <v>30</v>
       </c>
       <c r="I123" t="s">
-        <v>36</v>
+        <v>31</v>
       </c>
       <c r="J123"/>
       <c r="K123"/>
       <c r="L123"/>
       <c r="M123"/>
       <c r="N123"/>
       <c r="O123"/>
       <c r="P123"/>
       <c r="Q123" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="124" spans="1:17">
       <c r="A124">
-        <v>11146</v>
+        <v>10671</v>
       </c>
       <c r="B124" t="s">
         <v>411</v>
       </c>
       <c r="C124"/>
       <c r="D124"/>
       <c r="E124" t="s">
         <v>27</v>
       </c>
       <c r="F124" t="s">
         <v>28</v>
       </c>
       <c r="G124" t="s">
         <v>412</v>
       </c>
       <c r="H124" t="s">
         <v>30</v>
       </c>
       <c r="I124" t="s">
         <v>31</v>
       </c>
       <c r="J124"/>
       <c r="K124"/>
       <c r="L124"/>
       <c r="M124"/>
       <c r="N124"/>
       <c r="O124"/>
       <c r="P124"/>
       <c r="Q124" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="125" spans="1:17">
       <c r="A125">
-        <v>10671</v>
+        <v>972</v>
       </c>
       <c r="B125" t="s">
         <v>413</v>
       </c>
-      <c r="C125"/>
-      <c r="D125"/>
+      <c r="C125" t="s">
+        <v>414</v>
+      </c>
+      <c r="D125" t="s">
+        <v>58</v>
+      </c>
       <c r="E125" t="s">
         <v>27</v>
       </c>
       <c r="F125" t="s">
         <v>28</v>
       </c>
       <c r="G125" t="s">
-        <v>414</v>
+        <v>415</v>
       </c>
       <c r="H125" t="s">
         <v>30</v>
       </c>
       <c r="I125" t="s">
-        <v>31</v>
+        <v>36</v>
       </c>
       <c r="J125"/>
       <c r="K125"/>
       <c r="L125"/>
       <c r="M125"/>
       <c r="N125"/>
       <c r="O125"/>
       <c r="P125"/>
       <c r="Q125" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="126" spans="1:17">
       <c r="A126">
-        <v>972</v>
+        <v>24412</v>
       </c>
       <c r="B126" t="s">
-        <v>415</v>
-[...1 lines deleted...]
-      <c r="C126" t="s">
         <v>416</v>
       </c>
-      <c r="D126" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="C126"/>
+      <c r="D126"/>
       <c r="E126" t="s">
         <v>27</v>
       </c>
       <c r="F126" t="s">
         <v>28</v>
       </c>
       <c r="G126" t="s">
         <v>417</v>
       </c>
       <c r="H126" t="s">
         <v>30</v>
       </c>
       <c r="I126" t="s">
         <v>36</v>
       </c>
       <c r="J126"/>
       <c r="K126"/>
       <c r="L126"/>
       <c r="M126"/>
       <c r="N126"/>
       <c r="O126"/>
       <c r="P126"/>
       <c r="Q126" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="127" spans="1:17">
       <c r="A127">
-        <v>24412</v>
+        <v>7244</v>
       </c>
       <c r="B127" t="s">
         <v>418</v>
       </c>
       <c r="C127"/>
       <c r="D127"/>
       <c r="E127" t="s">
         <v>27</v>
       </c>
       <c r="F127" t="s">
         <v>28</v>
       </c>
       <c r="G127" t="s">
         <v>419</v>
       </c>
       <c r="H127" t="s">
         <v>30</v>
       </c>
       <c r="I127" t="s">
         <v>36</v>
       </c>
       <c r="J127"/>
       <c r="K127"/>
       <c r="L127"/>
       <c r="M127"/>
       <c r="N127"/>
       <c r="O127"/>
-      <c r="P127"/>
+      <c r="P127" t="s">
+        <v>420</v>
+      </c>
       <c r="Q127" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="128" spans="1:17">
       <c r="A128">
-        <v>7244</v>
+        <v>11990</v>
       </c>
       <c r="B128" t="s">
-        <v>420</v>
+        <v>421</v>
       </c>
       <c r="C128"/>
       <c r="D128"/>
       <c r="E128" t="s">
         <v>27</v>
       </c>
       <c r="F128" t="s">
         <v>28</v>
       </c>
       <c r="G128" t="s">
-        <v>421</v>
+        <v>422</v>
       </c>
       <c r="H128" t="s">
         <v>30</v>
       </c>
       <c r="I128" t="s">
-        <v>36</v>
+        <v>47</v>
       </c>
       <c r="J128"/>
       <c r="K128"/>
       <c r="L128"/>
       <c r="M128"/>
       <c r="N128"/>
       <c r="O128"/>
-      <c r="P128" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="P128"/>
       <c r="Q128" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="129" spans="1:17">
       <c r="A129">
-        <v>11990</v>
+        <v>11960</v>
       </c>
       <c r="B129" t="s">
         <v>423</v>
       </c>
       <c r="C129"/>
       <c r="D129"/>
       <c r="E129" t="s">
         <v>27</v>
       </c>
       <c r="F129" t="s">
         <v>28</v>
       </c>
       <c r="G129" t="s">
         <v>424</v>
       </c>
       <c r="H129" t="s">
         <v>30</v>
       </c>
       <c r="I129" t="s">
-        <v>47</v>
+        <v>31</v>
       </c>
       <c r="J129"/>
       <c r="K129"/>
       <c r="L129"/>
       <c r="M129"/>
       <c r="N129"/>
       <c r="O129"/>
       <c r="P129"/>
       <c r="Q129" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="130" spans="1:17">
       <c r="A130">
-        <v>11960</v>
+        <v>978</v>
       </c>
       <c r="B130" t="s">
         <v>425</v>
       </c>
-      <c r="C130"/>
-      <c r="D130"/>
+      <c r="C130" t="s">
+        <v>426</v>
+      </c>
+      <c r="D130" t="s">
+        <v>34</v>
+      </c>
       <c r="E130" t="s">
         <v>27</v>
       </c>
       <c r="F130" t="s">
         <v>28</v>
       </c>
       <c r="G130" t="s">
-        <v>426</v>
+        <v>427</v>
       </c>
       <c r="H130" t="s">
         <v>30</v>
       </c>
       <c r="I130" t="s">
-        <v>31</v>
+        <v>36</v>
       </c>
       <c r="J130"/>
       <c r="K130"/>
       <c r="L130"/>
       <c r="M130"/>
       <c r="N130"/>
       <c r="O130"/>
-      <c r="P130"/>
+      <c r="P130" t="s">
+        <v>428</v>
+      </c>
       <c r="Q130" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="131" spans="1:17">
       <c r="A131">
-        <v>978</v>
+        <v>630</v>
       </c>
       <c r="B131" t="s">
-        <v>427</v>
-[...6 lines deleted...]
-      </c>
+        <v>429</v>
+      </c>
+      <c r="C131"/>
+      <c r="D131"/>
       <c r="E131" t="s">
         <v>27</v>
       </c>
       <c r="F131" t="s">
         <v>28</v>
       </c>
       <c r="G131" t="s">
-        <v>429</v>
+        <v>430</v>
       </c>
       <c r="H131" t="s">
         <v>30</v>
       </c>
       <c r="I131" t="s">
         <v>36</v>
       </c>
       <c r="J131"/>
       <c r="K131"/>
       <c r="L131"/>
       <c r="M131"/>
       <c r="N131"/>
       <c r="O131"/>
       <c r="P131" t="s">
-        <v>430</v>
+        <v>431</v>
       </c>
       <c r="Q131" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="132" spans="1:17">
       <c r="A132">
-        <v>630</v>
+        <v>631</v>
       </c>
       <c r="B132" t="s">
-        <v>431</v>
-[...2 lines deleted...]
-      <c r="D132"/>
+        <v>432</v>
+      </c>
+      <c r="C132" t="s">
+        <v>433</v>
+      </c>
+      <c r="D132" t="s">
+        <v>34</v>
+      </c>
       <c r="E132" t="s">
         <v>27</v>
       </c>
       <c r="F132" t="s">
         <v>28</v>
       </c>
       <c r="G132" t="s">
-        <v>432</v>
+        <v>434</v>
       </c>
       <c r="H132" t="s">
         <v>30</v>
       </c>
       <c r="I132" t="s">
         <v>36</v>
       </c>
       <c r="J132"/>
       <c r="K132"/>
       <c r="L132"/>
       <c r="M132"/>
       <c r="N132"/>
       <c r="O132"/>
-      <c r="P132" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="P132"/>
       <c r="Q132" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="133" spans="1:17">
       <c r="A133">
-        <v>631</v>
+        <v>979</v>
       </c>
       <c r="B133" t="s">
-        <v>434</v>
-[...1 lines deleted...]
-      <c r="C133" t="s">
         <v>435</v>
       </c>
-      <c r="D133" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="C133"/>
+      <c r="D133"/>
       <c r="E133" t="s">
         <v>27</v>
       </c>
       <c r="F133" t="s">
         <v>28</v>
       </c>
       <c r="G133" t="s">
         <v>436</v>
       </c>
       <c r="H133" t="s">
         <v>30</v>
       </c>
       <c r="I133" t="s">
         <v>36</v>
       </c>
       <c r="J133"/>
       <c r="K133"/>
       <c r="L133"/>
       <c r="M133"/>
       <c r="N133"/>
       <c r="O133"/>
       <c r="P133"/>
       <c r="Q133" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="134" spans="1:17">
       <c r="A134">
-        <v>979</v>
+        <v>7480</v>
       </c>
       <c r="B134" t="s">
         <v>437</v>
       </c>
-      <c r="C134"/>
-      <c r="D134"/>
+      <c r="C134" t="s">
+        <v>438</v>
+      </c>
+      <c r="D134" t="s">
+        <v>439</v>
+      </c>
       <c r="E134" t="s">
         <v>27</v>
       </c>
       <c r="F134" t="s">
         <v>28</v>
       </c>
       <c r="G134" t="s">
-        <v>438</v>
+        <v>440</v>
       </c>
       <c r="H134" t="s">
         <v>30</v>
       </c>
       <c r="I134" t="s">
         <v>36</v>
       </c>
       <c r="J134"/>
       <c r="K134"/>
       <c r="L134"/>
       <c r="M134"/>
       <c r="N134"/>
       <c r="O134"/>
-      <c r="P134"/>
+      <c r="P134" t="s">
+        <v>441</v>
+      </c>
       <c r="Q134" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="135" spans="1:17">
       <c r="A135">
-        <v>7480</v>
+        <v>644</v>
       </c>
       <c r="B135" t="s">
-        <v>439</v>
-[...6 lines deleted...]
-      </c>
+        <v>442</v>
+      </c>
+      <c r="C135"/>
+      <c r="D135"/>
       <c r="E135" t="s">
         <v>27</v>
       </c>
       <c r="F135" t="s">
         <v>28</v>
       </c>
       <c r="G135" t="s">
-        <v>442</v>
+        <v>443</v>
       </c>
       <c r="H135" t="s">
         <v>30</v>
       </c>
       <c r="I135" t="s">
         <v>36</v>
       </c>
       <c r="J135"/>
       <c r="K135"/>
       <c r="L135"/>
       <c r="M135"/>
       <c r="N135"/>
       <c r="O135"/>
       <c r="P135" t="s">
-        <v>443</v>
+        <v>444</v>
       </c>
       <c r="Q135" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="136" spans="1:17">
       <c r="A136">
-        <v>644</v>
+        <v>645</v>
       </c>
       <c r="B136" t="s">
-        <v>444</v>
-[...2 lines deleted...]
-      <c r="D136"/>
+        <v>445</v>
+      </c>
+      <c r="C136" t="s">
+        <v>446</v>
+      </c>
+      <c r="D136" t="s">
+        <v>34</v>
+      </c>
       <c r="E136" t="s">
         <v>27</v>
       </c>
       <c r="F136" t="s">
         <v>28</v>
       </c>
       <c r="G136" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="H136" t="s">
         <v>30</v>
       </c>
       <c r="I136" t="s">
         <v>36</v>
       </c>
       <c r="J136"/>
       <c r="K136"/>
       <c r="L136"/>
       <c r="M136"/>
       <c r="N136"/>
       <c r="O136"/>
       <c r="P136" t="s">
-        <v>446</v>
+        <v>448</v>
       </c>
       <c r="Q136" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="137" spans="1:17">
       <c r="A137">
-        <v>645</v>
+        <v>68623</v>
       </c>
       <c r="B137" t="s">
-        <v>447</v>
-[...6 lines deleted...]
-      </c>
+        <v>449</v>
+      </c>
+      <c r="C137"/>
+      <c r="D137"/>
       <c r="E137" t="s">
         <v>27</v>
       </c>
       <c r="F137" t="s">
         <v>28</v>
       </c>
       <c r="G137" t="s">
-        <v>449</v>
+        <v>450</v>
       </c>
       <c r="H137" t="s">
         <v>30</v>
       </c>
       <c r="I137" t="s">
-        <v>36</v>
+        <v>31</v>
       </c>
       <c r="J137"/>
       <c r="K137"/>
       <c r="L137"/>
       <c r="M137"/>
       <c r="N137"/>
       <c r="O137"/>
       <c r="P137" t="s">
-        <v>450</v>
+        <v>451</v>
       </c>
       <c r="Q137" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="138" spans="1:17">
       <c r="A138">
-        <v>68623</v>
+        <v>11813</v>
       </c>
       <c r="B138" t="s">
-        <v>451</v>
+        <v>452</v>
       </c>
       <c r="C138"/>
       <c r="D138"/>
       <c r="E138" t="s">
         <v>27</v>
       </c>
       <c r="F138" t="s">
         <v>28</v>
       </c>
       <c r="G138" t="s">
-        <v>452</v>
+        <v>453</v>
       </c>
       <c r="H138" t="s">
         <v>30</v>
       </c>
       <c r="I138" t="s">
-        <v>31</v>
+        <v>47</v>
       </c>
       <c r="J138"/>
       <c r="K138"/>
       <c r="L138"/>
       <c r="M138"/>
       <c r="N138"/>
       <c r="O138"/>
-      <c r="P138" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="P138"/>
       <c r="Q138" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="139" spans="1:17">
       <c r="A139">
-        <v>11813</v>
+        <v>11029</v>
       </c>
       <c r="B139" t="s">
         <v>454</v>
       </c>
       <c r="C139"/>
       <c r="D139"/>
       <c r="E139" t="s">
         <v>27</v>
       </c>
       <c r="F139" t="s">
         <v>28</v>
       </c>
       <c r="G139" t="s">
         <v>455</v>
       </c>
       <c r="H139" t="s">
         <v>30</v>
       </c>
       <c r="I139" t="s">
         <v>47</v>
       </c>
       <c r="J139"/>
       <c r="K139"/>
       <c r="L139"/>
       <c r="M139"/>
       <c r="N139"/>
       <c r="O139"/>
       <c r="P139"/>
       <c r="Q139" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="140" spans="1:17">
       <c r="A140">
-        <v>11029</v>
+        <v>7847</v>
       </c>
       <c r="B140" t="s">
         <v>456</v>
       </c>
-      <c r="C140"/>
-      <c r="D140"/>
+      <c r="C140" t="s">
+        <v>457</v>
+      </c>
+      <c r="D140" t="s">
+        <v>34</v>
+      </c>
       <c r="E140" t="s">
         <v>27</v>
       </c>
       <c r="F140" t="s">
         <v>28</v>
       </c>
       <c r="G140" t="s">
-        <v>457</v>
+        <v>458</v>
       </c>
       <c r="H140" t="s">
         <v>30</v>
       </c>
       <c r="I140" t="s">
-        <v>47</v>
-[...2 lines deleted...]
-      <c r="K140"/>
+        <v>36</v>
+      </c>
+      <c r="J140" t="s">
+        <v>60</v>
+      </c>
+      <c r="K140" t="s">
+        <v>61</v>
+      </c>
       <c r="L140"/>
       <c r="M140"/>
       <c r="N140"/>
       <c r="O140"/>
-      <c r="P140"/>
+      <c r="P140" t="s">
+        <v>459</v>
+      </c>
       <c r="Q140" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="141" spans="1:17">
       <c r="A141">
-        <v>7847</v>
+        <v>4</v>
       </c>
       <c r="B141" t="s">
-        <v>458</v>
+        <v>460</v>
       </c>
       <c r="C141" t="s">
-        <v>459</v>
+        <v>461</v>
       </c>
       <c r="D141" t="s">
-        <v>34</v>
+        <v>202</v>
       </c>
       <c r="E141" t="s">
         <v>27</v>
       </c>
       <c r="F141" t="s">
         <v>28</v>
       </c>
       <c r="G141" t="s">
-        <v>460</v>
+        <v>462</v>
       </c>
       <c r="H141" t="s">
         <v>30</v>
       </c>
       <c r="I141" t="s">
         <v>36</v>
       </c>
-      <c r="J141" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="J141"/>
+      <c r="K141"/>
       <c r="L141"/>
       <c r="M141"/>
       <c r="N141"/>
       <c r="O141"/>
       <c r="P141" t="s">
-        <v>461</v>
+        <v>463</v>
       </c>
       <c r="Q141" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="142" spans="1:17">
       <c r="A142">
-        <v>4</v>
+        <v>7712</v>
       </c>
       <c r="B142" t="s">
-        <v>462</v>
-[...6 lines deleted...]
-      </c>
+        <v>464</v>
+      </c>
+      <c r="C142"/>
+      <c r="D142"/>
       <c r="E142" t="s">
         <v>27</v>
       </c>
       <c r="F142" t="s">
         <v>28</v>
       </c>
       <c r="G142" t="s">
-        <v>464</v>
+        <v>465</v>
       </c>
       <c r="H142" t="s">
         <v>30</v>
       </c>
       <c r="I142" t="s">
         <v>36</v>
       </c>
       <c r="J142"/>
       <c r="K142"/>
       <c r="L142"/>
       <c r="M142"/>
       <c r="N142"/>
       <c r="O142"/>
-      <c r="P142" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="P142"/>
       <c r="Q142" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="143" spans="1:17">
       <c r="A143">
-        <v>7712</v>
+        <v>11996</v>
       </c>
       <c r="B143" t="s">
         <v>466</v>
       </c>
       <c r="C143"/>
       <c r="D143"/>
       <c r="E143" t="s">
         <v>27</v>
       </c>
       <c r="F143" t="s">
         <v>28</v>
       </c>
       <c r="G143" t="s">
         <v>467</v>
       </c>
       <c r="H143" t="s">
         <v>30</v>
       </c>
       <c r="I143" t="s">
-        <v>36</v>
+        <v>31</v>
       </c>
       <c r="J143"/>
       <c r="K143"/>
       <c r="L143"/>
       <c r="M143"/>
       <c r="N143"/>
       <c r="O143"/>
       <c r="P143"/>
       <c r="Q143" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="144" spans="1:17">
       <c r="A144">
-        <v>11996</v>
+        <v>984</v>
       </c>
       <c r="B144" t="s">
         <v>468</v>
       </c>
-      <c r="C144"/>
-      <c r="D144"/>
+      <c r="C144" t="s">
+        <v>469</v>
+      </c>
+      <c r="D144" t="s">
+        <v>58</v>
+      </c>
       <c r="E144" t="s">
         <v>27</v>
       </c>
       <c r="F144" t="s">
         <v>28</v>
       </c>
       <c r="G144" t="s">
-        <v>469</v>
+        <v>470</v>
       </c>
       <c r="H144" t="s">
         <v>30</v>
       </c>
       <c r="I144" t="s">
-        <v>31</v>
+        <v>36</v>
       </c>
       <c r="J144"/>
       <c r="K144"/>
       <c r="L144"/>
       <c r="M144"/>
       <c r="N144"/>
       <c r="O144"/>
       <c r="P144"/>
       <c r="Q144" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="145" spans="1:17">
       <c r="A145">
-        <v>984</v>
+        <v>8111</v>
       </c>
       <c r="B145" t="s">
-        <v>470</v>
+        <v>471</v>
       </c>
       <c r="C145" t="s">
-        <v>471</v>
+        <v>472</v>
       </c>
       <c r="D145" t="s">
-        <v>58</v>
+        <v>221</v>
       </c>
       <c r="E145" t="s">
         <v>27</v>
       </c>
       <c r="F145" t="s">
         <v>28</v>
       </c>
       <c r="G145" t="s">
-        <v>472</v>
+        <v>473</v>
       </c>
       <c r="H145" t="s">
         <v>30</v>
       </c>
       <c r="I145" t="s">
         <v>36</v>
       </c>
       <c r="J145"/>
       <c r="K145"/>
       <c r="L145"/>
       <c r="M145"/>
       <c r="N145"/>
       <c r="O145"/>
-      <c r="P145"/>
+      <c r="P145" t="s">
+        <v>474</v>
+      </c>
       <c r="Q145" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="146" spans="1:17">
       <c r="A146">
-        <v>8111</v>
+        <v>8252</v>
       </c>
       <c r="B146" t="s">
-        <v>473</v>
-[...6 lines deleted...]
-      </c>
+        <v>475</v>
+      </c>
+      <c r="C146"/>
+      <c r="D146"/>
       <c r="E146" t="s">
         <v>27</v>
       </c>
       <c r="F146" t="s">
         <v>28</v>
       </c>
       <c r="G146" t="s">
-        <v>475</v>
+        <v>476</v>
       </c>
       <c r="H146" t="s">
         <v>30</v>
       </c>
       <c r="I146" t="s">
         <v>36</v>
       </c>
-      <c r="J146"/>
-      <c r="K146"/>
+      <c r="J146" t="s">
+        <v>60</v>
+      </c>
+      <c r="K146" t="s">
+        <v>61</v>
+      </c>
       <c r="L146"/>
       <c r="M146"/>
       <c r="N146"/>
       <c r="O146"/>
       <c r="P146" t="s">
-        <v>476</v>
+        <v>477</v>
       </c>
       <c r="Q146" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="147" spans="1:17">
       <c r="A147">
-        <v>8252</v>
+        <v>1468</v>
       </c>
       <c r="B147" t="s">
-        <v>477</v>
-[...2 lines deleted...]
-      <c r="D147"/>
+        <v>478</v>
+      </c>
+      <c r="C147" t="s">
+        <v>479</v>
+      </c>
+      <c r="D147" t="s">
+        <v>58</v>
+      </c>
       <c r="E147" t="s">
         <v>27</v>
       </c>
       <c r="F147" t="s">
         <v>28</v>
       </c>
       <c r="G147" t="s">
-        <v>478</v>
+        <v>480</v>
       </c>
       <c r="H147" t="s">
         <v>30</v>
       </c>
       <c r="I147" t="s">
         <v>36</v>
       </c>
-      <c r="J147" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="J147"/>
+      <c r="K147"/>
       <c r="L147"/>
       <c r="M147"/>
       <c r="N147"/>
       <c r="O147"/>
-      <c r="P147" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="P147"/>
       <c r="Q147" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="148" spans="1:17">
       <c r="A148">
-        <v>1468</v>
+        <v>24415</v>
       </c>
       <c r="B148" t="s">
-        <v>480</v>
+        <v>481</v>
       </c>
       <c r="C148" t="s">
-        <v>481</v>
+        <v>482</v>
       </c>
       <c r="D148" t="s">
-        <v>58</v>
+        <v>34</v>
       </c>
       <c r="E148" t="s">
         <v>27</v>
       </c>
       <c r="F148" t="s">
         <v>28</v>
       </c>
       <c r="G148" t="s">
-        <v>482</v>
+        <v>483</v>
       </c>
       <c r="H148" t="s">
         <v>30</v>
       </c>
       <c r="I148" t="s">
         <v>36</v>
       </c>
       <c r="J148"/>
       <c r="K148"/>
       <c r="L148"/>
       <c r="M148"/>
       <c r="N148"/>
       <c r="O148"/>
       <c r="P148"/>
       <c r="Q148" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="149" spans="1:17">
       <c r="A149">
-        <v>24415</v>
+        <v>1008</v>
       </c>
       <c r="B149" t="s">
-        <v>483</v>
+        <v>484</v>
       </c>
       <c r="C149" t="s">
-        <v>484</v>
+        <v>485</v>
       </c>
       <c r="D149" t="s">
-        <v>34</v>
+        <v>58</v>
       </c>
       <c r="E149" t="s">
         <v>27</v>
       </c>
       <c r="F149" t="s">
         <v>28</v>
       </c>
       <c r="G149" t="s">
-        <v>485</v>
+        <v>486</v>
       </c>
       <c r="H149" t="s">
         <v>30</v>
       </c>
       <c r="I149" t="s">
         <v>36</v>
       </c>
       <c r="J149"/>
       <c r="K149"/>
       <c r="L149"/>
       <c r="M149"/>
       <c r="N149"/>
       <c r="O149"/>
-      <c r="P149"/>
+      <c r="P149" t="s">
+        <v>487</v>
+      </c>
       <c r="Q149" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="150" spans="1:17">
       <c r="A150">
-        <v>1008</v>
+        <v>1009</v>
       </c>
       <c r="B150" t="s">
-        <v>486</v>
+        <v>488</v>
       </c>
       <c r="C150" t="s">
-        <v>487</v>
+        <v>489</v>
       </c>
       <c r="D150" t="s">
-        <v>58</v>
+        <v>490</v>
       </c>
       <c r="E150" t="s">
         <v>27</v>
       </c>
       <c r="F150" t="s">
         <v>28</v>
       </c>
       <c r="G150" t="s">
-        <v>488</v>
+        <v>491</v>
       </c>
       <c r="H150" t="s">
         <v>30</v>
       </c>
       <c r="I150" t="s">
         <v>36</v>
       </c>
       <c r="J150"/>
       <c r="K150"/>
       <c r="L150"/>
       <c r="M150"/>
       <c r="N150"/>
       <c r="O150"/>
       <c r="P150" t="s">
-        <v>489</v>
+        <v>492</v>
       </c>
       <c r="Q150" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="151" spans="1:17">
       <c r="A151">
-        <v>1009</v>
+        <v>8601</v>
       </c>
       <c r="B151" t="s">
-        <v>490</v>
+        <v>493</v>
       </c>
       <c r="C151" t="s">
-        <v>491</v>
+        <v>494</v>
       </c>
       <c r="D151" t="s">
-        <v>492</v>
+        <v>34</v>
       </c>
       <c r="E151" t="s">
         <v>27</v>
       </c>
       <c r="F151" t="s">
         <v>28</v>
       </c>
       <c r="G151" t="s">
-        <v>493</v>
+        <v>495</v>
       </c>
       <c r="H151" t="s">
         <v>30</v>
       </c>
       <c r="I151" t="s">
         <v>36</v>
       </c>
       <c r="J151"/>
       <c r="K151"/>
       <c r="L151"/>
       <c r="M151"/>
       <c r="N151"/>
       <c r="O151"/>
       <c r="P151" t="s">
-        <v>494</v>
+        <v>496</v>
       </c>
       <c r="Q151" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="152" spans="1:17">
       <c r="A152">
-        <v>8601</v>
+        <v>8622</v>
       </c>
       <c r="B152" t="s">
-        <v>495</v>
+        <v>497</v>
       </c>
       <c r="C152" t="s">
-        <v>496</v>
+        <v>498</v>
       </c>
       <c r="D152" t="s">
         <v>34</v>
       </c>
       <c r="E152" t="s">
         <v>27</v>
       </c>
       <c r="F152" t="s">
         <v>28</v>
       </c>
       <c r="G152" t="s">
-        <v>497</v>
+        <v>499</v>
       </c>
       <c r="H152" t="s">
         <v>30</v>
       </c>
       <c r="I152" t="s">
         <v>36</v>
       </c>
-      <c r="J152"/>
-      <c r="K152"/>
+      <c r="J152" t="s">
+        <v>60</v>
+      </c>
+      <c r="K152" t="s">
+        <v>61</v>
+      </c>
       <c r="L152"/>
       <c r="M152"/>
       <c r="N152"/>
       <c r="O152"/>
-      <c r="P152" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="P152"/>
       <c r="Q152" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="153" spans="1:17">
       <c r="A153">
-        <v>8622</v>
+        <v>12239</v>
       </c>
       <c r="B153" t="s">
-        <v>499</v>
-[...1 lines deleted...]
-      <c r="C153" t="s">
         <v>500</v>
       </c>
-      <c r="D153" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="C153"/>
+      <c r="D153"/>
       <c r="E153" t="s">
         <v>27</v>
       </c>
       <c r="F153" t="s">
         <v>28</v>
       </c>
       <c r="G153" t="s">
         <v>501</v>
       </c>
       <c r="H153" t="s">
         <v>30</v>
       </c>
       <c r="I153" t="s">
-        <v>36</v>
-[...6 lines deleted...]
-      </c>
+        <v>31</v>
+      </c>
+      <c r="J153"/>
+      <c r="K153"/>
       <c r="L153"/>
       <c r="M153"/>
       <c r="N153"/>
       <c r="O153"/>
       <c r="P153"/>
       <c r="Q153" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="154" spans="1:17">
       <c r="A154">
-        <v>12239</v>
+        <v>11424</v>
       </c>
       <c r="B154" t="s">
         <v>502</v>
       </c>
       <c r="C154"/>
       <c r="D154"/>
       <c r="E154" t="s">
         <v>27</v>
       </c>
       <c r="F154" t="s">
         <v>28</v>
       </c>
       <c r="G154" t="s">
         <v>503</v>
       </c>
       <c r="H154" t="s">
         <v>30</v>
       </c>
       <c r="I154" t="s">
-        <v>31</v>
+        <v>47</v>
       </c>
       <c r="J154"/>
       <c r="K154"/>
       <c r="L154"/>
       <c r="M154"/>
       <c r="N154"/>
       <c r="O154"/>
-      <c r="P154"/>
+      <c r="P154" t="s">
+        <v>504</v>
+      </c>
       <c r="Q154" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="155" spans="1:17">
       <c r="A155">
-        <v>11424</v>
+        <v>11268</v>
       </c>
       <c r="B155" t="s">
-        <v>504</v>
+        <v>505</v>
       </c>
       <c r="C155"/>
       <c r="D155"/>
       <c r="E155" t="s">
         <v>27</v>
       </c>
       <c r="F155" t="s">
         <v>28</v>
       </c>
       <c r="G155" t="s">
-        <v>505</v>
+        <v>506</v>
       </c>
       <c r="H155" t="s">
         <v>30</v>
       </c>
       <c r="I155" t="s">
         <v>47</v>
       </c>
       <c r="J155"/>
       <c r="K155"/>
       <c r="L155"/>
       <c r="M155"/>
       <c r="N155"/>
       <c r="O155"/>
       <c r="P155" t="s">
-        <v>506</v>
+        <v>507</v>
       </c>
       <c r="Q155" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="156" spans="1:17">
       <c r="A156">
-        <v>11268</v>
+        <v>12371</v>
       </c>
       <c r="B156" t="s">
-        <v>507</v>
-[...2 lines deleted...]
-      <c r="D156"/>
+        <v>508</v>
+      </c>
+      <c r="C156" t="s">
+        <v>509</v>
+      </c>
+      <c r="D156" t="s">
+        <v>510</v>
+      </c>
       <c r="E156" t="s">
         <v>27</v>
       </c>
       <c r="F156" t="s">
         <v>28</v>
       </c>
       <c r="G156" t="s">
-        <v>508</v>
+        <v>511</v>
       </c>
       <c r="H156" t="s">
         <v>30</v>
       </c>
       <c r="I156" t="s">
-        <v>47</v>
-[...1 lines deleted...]
-      <c r="J156"/>
+        <v>24</v>
+      </c>
+      <c r="J156" t="s">
+        <v>512</v>
+      </c>
       <c r="K156"/>
       <c r="L156"/>
       <c r="M156"/>
       <c r="N156"/>
-      <c r="O156"/>
-[...2 lines deleted...]
-      </c>
+      <c r="O156" t="s">
+        <v>513</v>
+      </c>
+      <c r="P156"/>
       <c r="Q156" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="157" spans="1:17">
       <c r="A157">
-        <v>12371</v>
+        <v>12370</v>
       </c>
       <c r="B157" t="s">
+        <v>514</v>
+      </c>
+      <c r="C157" t="s">
+        <v>515</v>
+      </c>
+      <c r="D157" t="s">
         <v>510</v>
-      </c>
-[...4 lines deleted...]
-        <v>512</v>
       </c>
       <c r="E157" t="s">
         <v>27</v>
       </c>
       <c r="F157" t="s">
         <v>28</v>
       </c>
       <c r="G157" t="s">
-        <v>513</v>
+        <v>511</v>
       </c>
       <c r="H157" t="s">
         <v>30</v>
       </c>
       <c r="I157" t="s">
         <v>24</v>
       </c>
       <c r="J157" t="s">
-        <v>514</v>
+        <v>512</v>
       </c>
       <c r="K157"/>
       <c r="L157"/>
       <c r="M157"/>
       <c r="N157"/>
       <c r="O157" t="s">
-        <v>515</v>
+        <v>513</v>
       </c>
       <c r="P157"/>
       <c r="Q157" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="158" spans="1:17">
       <c r="A158">
-        <v>12370</v>
+        <v>791</v>
       </c>
       <c r="B158" t="s">
         <v>516</v>
       </c>
       <c r="C158" t="s">
         <v>517</v>
       </c>
       <c r="D158" t="s">
-        <v>512</v>
+        <v>518</v>
       </c>
       <c r="E158" t="s">
         <v>27</v>
       </c>
       <c r="F158" t="s">
         <v>28</v>
       </c>
       <c r="G158" t="s">
-        <v>513</v>
+        <v>519</v>
       </c>
       <c r="H158" t="s">
         <v>30</v>
       </c>
       <c r="I158" t="s">
-        <v>24</v>
-[...3 lines deleted...]
-      </c>
+        <v>36</v>
+      </c>
+      <c r="J158"/>
       <c r="K158"/>
       <c r="L158"/>
       <c r="M158"/>
       <c r="N158"/>
-      <c r="O158" t="s">
-[...2 lines deleted...]
-      <c r="P158"/>
+      <c r="O158"/>
+      <c r="P158" t="s">
+        <v>520</v>
+      </c>
       <c r="Q158" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="159" spans="1:17">
       <c r="A159">
-        <v>791</v>
+        <v>10451</v>
       </c>
       <c r="B159" t="s">
-        <v>518</v>
+        <v>521</v>
       </c>
       <c r="C159" t="s">
-        <v>519</v>
+        <v>522</v>
       </c>
       <c r="D159" t="s">
-        <v>520</v>
+        <v>69</v>
       </c>
       <c r="E159" t="s">
         <v>27</v>
       </c>
       <c r="F159" t="s">
         <v>28</v>
       </c>
       <c r="G159" t="s">
-        <v>521</v>
+        <v>523</v>
       </c>
       <c r="H159" t="s">
         <v>30</v>
       </c>
       <c r="I159" t="s">
         <v>36</v>
       </c>
       <c r="J159"/>
       <c r="K159"/>
       <c r="L159"/>
       <c r="M159"/>
       <c r="N159"/>
       <c r="O159"/>
       <c r="P159" t="s">
-        <v>522</v>
+        <v>524</v>
       </c>
       <c r="Q159" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="160" spans="1:17">
       <c r="A160">
-        <v>10451</v>
+        <v>928</v>
       </c>
       <c r="B160" t="s">
-        <v>523</v>
+        <v>525</v>
       </c>
       <c r="C160" t="s">
-        <v>524</v>
+        <v>526</v>
       </c>
       <c r="D160" t="s">
-        <v>69</v>
+        <v>34</v>
       </c>
       <c r="E160" t="s">
         <v>27</v>
       </c>
       <c r="F160" t="s">
         <v>28</v>
       </c>
       <c r="G160" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="H160" t="s">
         <v>30</v>
       </c>
       <c r="I160" t="s">
         <v>36</v>
       </c>
       <c r="J160"/>
       <c r="K160"/>
       <c r="L160"/>
       <c r="M160"/>
       <c r="N160"/>
       <c r="O160"/>
       <c r="P160" t="s">
-        <v>526</v>
+        <v>528</v>
       </c>
       <c r="Q160" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="161" spans="1:17">
       <c r="A161">
-        <v>928</v>
+        <v>11822</v>
       </c>
       <c r="B161" t="s">
-        <v>527</v>
-[...6 lines deleted...]
-      </c>
+        <v>529</v>
+      </c>
+      <c r="C161"/>
+      <c r="D161"/>
       <c r="E161" t="s">
         <v>27</v>
       </c>
       <c r="F161" t="s">
         <v>28</v>
       </c>
       <c r="G161" t="s">
-        <v>529</v>
+        <v>530</v>
       </c>
       <c r="H161" t="s">
         <v>30</v>
       </c>
       <c r="I161" t="s">
-        <v>36</v>
+        <v>31</v>
       </c>
       <c r="J161"/>
       <c r="K161"/>
       <c r="L161"/>
       <c r="M161"/>
       <c r="N161"/>
       <c r="O161"/>
-      <c r="P161" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="P161"/>
       <c r="Q161" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="162" spans="1:17">
       <c r="A162">
-        <v>11822</v>
+        <v>10677</v>
       </c>
       <c r="B162" t="s">
         <v>531</v>
       </c>
       <c r="C162"/>
       <c r="D162"/>
       <c r="E162" t="s">
         <v>27</v>
       </c>
       <c r="F162" t="s">
         <v>28</v>
       </c>
       <c r="G162" t="s">
         <v>532</v>
       </c>
       <c r="H162" t="s">
         <v>30</v>
       </c>
       <c r="I162" t="s">
-        <v>31</v>
+        <v>47</v>
       </c>
       <c r="J162"/>
       <c r="K162"/>
       <c r="L162"/>
       <c r="M162"/>
       <c r="N162"/>
       <c r="O162"/>
       <c r="P162"/>
       <c r="Q162" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="163" spans="1:17">
       <c r="A163">
-        <v>10677</v>
+        <v>11303</v>
       </c>
       <c r="B163" t="s">
         <v>533</v>
       </c>
       <c r="C163"/>
       <c r="D163"/>
       <c r="E163" t="s">
         <v>27</v>
       </c>
       <c r="F163" t="s">
         <v>28</v>
       </c>
       <c r="G163" t="s">
         <v>534</v>
       </c>
       <c r="H163" t="s">
         <v>30</v>
       </c>
       <c r="I163" t="s">
         <v>47</v>
       </c>
       <c r="J163"/>
       <c r="K163"/>
       <c r="L163"/>
       <c r="M163"/>
       <c r="N163"/>
       <c r="O163"/>
       <c r="P163"/>
       <c r="Q163" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="164" spans="1:17">
       <c r="A164">
-        <v>11303</v>
+        <v>11690</v>
       </c>
       <c r="B164" t="s">
         <v>535</v>
       </c>
       <c r="C164"/>
       <c r="D164"/>
       <c r="E164" t="s">
         <v>27</v>
       </c>
       <c r="F164" t="s">
         <v>28</v>
       </c>
       <c r="G164" t="s">
         <v>536</v>
       </c>
       <c r="H164" t="s">
         <v>30</v>
       </c>
       <c r="I164" t="s">
-        <v>47</v>
+        <v>31</v>
       </c>
       <c r="J164"/>
       <c r="K164"/>
       <c r="L164"/>
       <c r="M164"/>
       <c r="N164"/>
       <c r="O164"/>
-      <c r="P164"/>
+      <c r="P164" t="s">
+        <v>537</v>
+      </c>
       <c r="Q164" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="165" spans="1:17">
       <c r="A165">
-        <v>11690</v>
+        <v>9262</v>
       </c>
       <c r="B165" t="s">
-        <v>537</v>
-[...2 lines deleted...]
-      <c r="D165"/>
+        <v>538</v>
+      </c>
+      <c r="C165" t="s">
+        <v>539</v>
+      </c>
+      <c r="D165" t="s">
+        <v>58</v>
+      </c>
       <c r="E165" t="s">
         <v>27</v>
       </c>
       <c r="F165" t="s">
         <v>28</v>
       </c>
       <c r="G165" t="s">
-        <v>538</v>
+        <v>540</v>
       </c>
       <c r="H165" t="s">
         <v>30</v>
       </c>
       <c r="I165" t="s">
-        <v>31</v>
+        <v>36</v>
       </c>
       <c r="J165"/>
       <c r="K165"/>
       <c r="L165"/>
       <c r="M165"/>
       <c r="N165"/>
       <c r="O165"/>
-      <c r="P165" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="P165"/>
       <c r="Q165" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="166" spans="1:17">
       <c r="A166">
-        <v>9262</v>
+        <v>9264</v>
       </c>
       <c r="B166" t="s">
-        <v>540</v>
+        <v>541</v>
       </c>
       <c r="C166" t="s">
-        <v>541</v>
+        <v>542</v>
       </c>
       <c r="D166" t="s">
-        <v>58</v>
+        <v>69</v>
       </c>
       <c r="E166" t="s">
         <v>27</v>
       </c>
       <c r="F166" t="s">
         <v>28</v>
       </c>
       <c r="G166" t="s">
-        <v>542</v>
+        <v>543</v>
       </c>
       <c r="H166" t="s">
         <v>30</v>
       </c>
       <c r="I166" t="s">
         <v>36</v>
       </c>
       <c r="J166"/>
       <c r="K166"/>
       <c r="L166"/>
       <c r="M166"/>
       <c r="N166"/>
       <c r="O166"/>
       <c r="P166"/>
       <c r="Q166" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="167" spans="1:17">
       <c r="A167">
-        <v>9264</v>
+        <v>9265</v>
       </c>
       <c r="B167" t="s">
-        <v>543</v>
+        <v>544</v>
       </c>
       <c r="C167" t="s">
-        <v>544</v>
+        <v>545</v>
       </c>
       <c r="D167" t="s">
         <v>69</v>
       </c>
       <c r="E167" t="s">
         <v>27</v>
       </c>
       <c r="F167" t="s">
         <v>28</v>
       </c>
       <c r="G167" t="s">
-        <v>545</v>
+        <v>546</v>
       </c>
       <c r="H167" t="s">
         <v>30</v>
       </c>
       <c r="I167" t="s">
         <v>36</v>
       </c>
       <c r="J167"/>
       <c r="K167"/>
       <c r="L167"/>
       <c r="M167"/>
       <c r="N167"/>
       <c r="O167"/>
-      <c r="P167"/>
+      <c r="P167" t="s">
+        <v>547</v>
+      </c>
       <c r="Q167" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="168" spans="1:17">
       <c r="A168">
-        <v>9265</v>
+        <v>14019</v>
       </c>
       <c r="B168" t="s">
-        <v>546</v>
+        <v>548</v>
       </c>
       <c r="C168" t="s">
-        <v>547</v>
+        <v>549</v>
       </c>
       <c r="D168" t="s">
-        <v>69</v>
+        <v>550</v>
       </c>
       <c r="E168" t="s">
-        <v>27</v>
+        <v>551</v>
       </c>
       <c r="F168" t="s">
-        <v>28</v>
+        <v>552</v>
       </c>
       <c r="G168" t="s">
-        <v>548</v>
+        <v>553</v>
       </c>
       <c r="H168" t="s">
-        <v>30</v>
+        <v>23</v>
       </c>
       <c r="I168" t="s">
-        <v>36</v>
-[...2 lines deleted...]
-      <c r="K168"/>
+        <v>24</v>
+      </c>
+      <c r="J168" t="s">
+        <v>554</v>
+      </c>
+      <c r="K168" t="s">
+        <v>233</v>
+      </c>
       <c r="L168"/>
       <c r="M168"/>
       <c r="N168"/>
-      <c r="O168"/>
+      <c r="O168" t="s">
+        <v>555</v>
+      </c>
       <c r="P168" t="s">
-        <v>549</v>
+        <v>556</v>
       </c>
       <c r="Q168" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="169" spans="1:17">
       <c r="A169">
-        <v>14019</v>
+        <v>14010</v>
       </c>
       <c r="B169" t="s">
-        <v>550</v>
+        <v>557</v>
       </c>
       <c r="C169" t="s">
-        <v>551</v>
+        <v>558</v>
       </c>
       <c r="D169" t="s">
-        <v>552</v>
+        <v>559</v>
       </c>
       <c r="E169" t="s">
-        <v>553</v>
+        <v>560</v>
       </c>
       <c r="F169" t="s">
-        <v>554</v>
+        <v>561</v>
       </c>
       <c r="G169" t="s">
-        <v>555</v>
+        <v>562</v>
       </c>
       <c r="H169" t="s">
         <v>23</v>
       </c>
       <c r="I169" t="s">
         <v>24</v>
       </c>
       <c r="J169" t="s">
-        <v>556</v>
+        <v>554</v>
       </c>
       <c r="K169" t="s">
-        <v>233</v>
+        <v>563</v>
       </c>
       <c r="L169"/>
       <c r="M169"/>
       <c r="N169"/>
       <c r="O169" t="s">
-        <v>557</v>
-[...3 lines deleted...]
-      </c>
+        <v>564</v>
+      </c>
+      <c r="P169"/>
       <c r="Q169" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="170" spans="1:17">
       <c r="A170">
-        <v>14010</v>
+        <v>12363</v>
       </c>
       <c r="B170" t="s">
-        <v>559</v>
+        <v>565</v>
       </c>
       <c r="C170" t="s">
-        <v>560</v>
+        <v>566</v>
       </c>
       <c r="D170" t="s">
+        <v>567</v>
+      </c>
+      <c r="E170" t="s">
+        <v>568</v>
+      </c>
+      <c r="F170" t="s">
         <v>561</v>
       </c>
-      <c r="E170" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="G170" t="s">
-        <v>564</v>
+        <v>569</v>
       </c>
       <c r="H170" t="s">
-        <v>23</v>
+        <v>30</v>
       </c>
       <c r="I170" t="s">
         <v>24</v>
       </c>
       <c r="J170" t="s">
-        <v>556</v>
+        <v>554</v>
       </c>
       <c r="K170" t="s">
-        <v>565</v>
+        <v>61</v>
       </c>
       <c r="L170"/>
       <c r="M170"/>
       <c r="N170"/>
       <c r="O170" t="s">
-        <v>566</v>
+        <v>564</v>
       </c>
       <c r="P170"/>
       <c r="Q170" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="171" spans="1:17">
       <c r="A171">
-        <v>12363</v>
+        <v>14021</v>
       </c>
       <c r="B171" t="s">
-        <v>567</v>
+        <v>570</v>
       </c>
       <c r="C171" t="s">
-        <v>568</v>
+        <v>571</v>
       </c>
       <c r="D171" t="s">
-        <v>569</v>
+        <v>572</v>
       </c>
       <c r="E171" t="s">
-        <v>570</v>
+        <v>573</v>
       </c>
       <c r="F171" t="s">
-        <v>563</v>
+        <v>561</v>
       </c>
       <c r="G171" t="s">
-        <v>571</v>
+        <v>574</v>
       </c>
       <c r="H171" t="s">
-        <v>30</v>
+        <v>575</v>
       </c>
       <c r="I171" t="s">
         <v>24</v>
       </c>
       <c r="J171" t="s">
-        <v>556</v>
+        <v>554</v>
       </c>
       <c r="K171" t="s">
-        <v>61</v>
+        <v>233</v>
       </c>
       <c r="L171"/>
       <c r="M171"/>
       <c r="N171"/>
       <c r="O171" t="s">
-        <v>566</v>
+        <v>564</v>
       </c>
       <c r="P171"/>
       <c r="Q171" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="172" spans="1:17">
       <c r="A172">
-        <v>14021</v>
+        <v>12029</v>
       </c>
       <c r="B172" t="s">
-        <v>572</v>
+        <v>576</v>
       </c>
       <c r="C172" t="s">
+        <v>577</v>
+      </c>
+      <c r="D172" t="s">
+        <v>559</v>
+      </c>
+      <c r="E172" t="s">
         <v>573</v>
       </c>
-      <c r="D172" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F172" t="s">
-        <v>563</v>
+        <v>561</v>
       </c>
       <c r="G172" t="s">
-        <v>576</v>
+        <v>578</v>
       </c>
       <c r="H172" t="s">
-        <v>577</v>
+        <v>23</v>
       </c>
       <c r="I172" t="s">
         <v>24</v>
       </c>
       <c r="J172" t="s">
-        <v>556</v>
+        <v>554</v>
       </c>
       <c r="K172" t="s">
         <v>233</v>
       </c>
       <c r="L172"/>
       <c r="M172"/>
       <c r="N172"/>
       <c r="O172" t="s">
-        <v>566</v>
+        <v>513</v>
       </c>
       <c r="P172"/>
       <c r="Q172" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="173" spans="1:17">
       <c r="A173">
-        <v>12029</v>
+        <v>11125</v>
       </c>
       <c r="B173" t="s">
-        <v>578</v>
+        <v>579</v>
       </c>
       <c r="C173" t="s">
-        <v>579</v>
+        <v>580</v>
       </c>
       <c r="D173" t="s">
+        <v>581</v>
+      </c>
+      <c r="E173" t="s">
+        <v>582</v>
+      </c>
+      <c r="F173" t="s">
         <v>561</v>
       </c>
-      <c r="E173" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="G173" t="s">
-        <v>580</v>
+        <v>583</v>
       </c>
       <c r="H173" t="s">
-        <v>23</v>
+        <v>30</v>
       </c>
       <c r="I173" t="s">
         <v>24</v>
       </c>
       <c r="J173" t="s">
-        <v>556</v>
+        <v>554</v>
       </c>
       <c r="K173" t="s">
         <v>233</v>
       </c>
       <c r="L173"/>
       <c r="M173"/>
       <c r="N173"/>
       <c r="O173" t="s">
-        <v>515</v>
+        <v>564</v>
       </c>
       <c r="P173"/>
       <c r="Q173" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="174" spans="1:17">
       <c r="A174">
-        <v>11125</v>
+        <v>33058</v>
       </c>
       <c r="B174" t="s">
-        <v>581</v>
+        <v>584</v>
       </c>
       <c r="C174" t="s">
-        <v>582</v>
+        <v>585</v>
       </c>
       <c r="D174" t="s">
-        <v>583</v>
+        <v>34</v>
       </c>
       <c r="E174" t="s">
-        <v>584</v>
+        <v>586</v>
       </c>
       <c r="F174" t="s">
-        <v>563</v>
+        <v>587</v>
       </c>
       <c r="G174" t="s">
-        <v>585</v>
+        <v>588</v>
       </c>
       <c r="H174" t="s">
         <v>30</v>
       </c>
       <c r="I174" t="s">
-        <v>24</v>
-[...6 lines deleted...]
-      </c>
+        <v>36</v>
+      </c>
+      <c r="J174"/>
+      <c r="K174"/>
       <c r="L174"/>
       <c r="M174"/>
       <c r="N174"/>
-      <c r="O174" t="s">
-[...2 lines deleted...]
-      <c r="P174"/>
+      <c r="O174"/>
+      <c r="P174" t="s">
+        <v>589</v>
+      </c>
       <c r="Q174" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="175" spans="1:17">
       <c r="A175">
-        <v>33058</v>
+        <v>8732</v>
       </c>
       <c r="B175" t="s">
-        <v>586</v>
+        <v>590</v>
       </c>
       <c r="C175" t="s">
+        <v>591</v>
+      </c>
+      <c r="D175" t="s">
+        <v>69</v>
+      </c>
+      <c r="E175" t="s">
+        <v>592</v>
+      </c>
+      <c r="F175" t="s">
         <v>587</v>
       </c>
-      <c r="D175" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="G175" t="s">
-        <v>590</v>
+        <v>593</v>
       </c>
       <c r="H175" t="s">
         <v>30</v>
       </c>
       <c r="I175" t="s">
         <v>36</v>
       </c>
       <c r="J175"/>
       <c r="K175"/>
       <c r="L175"/>
       <c r="M175"/>
       <c r="N175"/>
       <c r="O175"/>
       <c r="P175" t="s">
-        <v>591</v>
+        <v>594</v>
       </c>
       <c r="Q175" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="176" spans="1:17">
       <c r="A176">
-        <v>8732</v>
+        <v>815</v>
       </c>
       <c r="B176" t="s">
-        <v>592</v>
-[...6 lines deleted...]
-      </c>
+        <v>595</v>
+      </c>
+      <c r="C176"/>
+      <c r="D176"/>
       <c r="E176" t="s">
-        <v>594</v>
+        <v>596</v>
       </c>
       <c r="F176" t="s">
-        <v>589</v>
+        <v>597</v>
       </c>
       <c r="G176" t="s">
-        <v>595</v>
+        <v>598</v>
       </c>
       <c r="H176" t="s">
         <v>30</v>
       </c>
       <c r="I176" t="s">
         <v>36</v>
       </c>
       <c r="J176"/>
       <c r="K176"/>
       <c r="L176"/>
       <c r="M176"/>
       <c r="N176"/>
       <c r="O176"/>
       <c r="P176" t="s">
-        <v>596</v>
+        <v>599</v>
       </c>
       <c r="Q176" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="177" spans="1:17">
       <c r="A177">
-        <v>815</v>
+        <v>34004</v>
       </c>
       <c r="B177" t="s">
-        <v>597</v>
-[...2 lines deleted...]
-      <c r="D177"/>
+        <v>600</v>
+      </c>
+      <c r="C177" t="s">
+        <v>601</v>
+      </c>
+      <c r="D177" t="s">
+        <v>602</v>
+      </c>
       <c r="E177" t="s">
-        <v>598</v>
+        <v>603</v>
       </c>
       <c r="F177" t="s">
-        <v>599</v>
+        <v>604</v>
       </c>
       <c r="G177" t="s">
-        <v>600</v>
+        <v>605</v>
       </c>
       <c r="H177" t="s">
         <v>30</v>
       </c>
       <c r="I177" t="s">
         <v>36</v>
       </c>
       <c r="J177"/>
       <c r="K177"/>
       <c r="L177"/>
       <c r="M177"/>
       <c r="N177"/>
       <c r="O177"/>
       <c r="P177" t="s">
-        <v>601</v>
+        <v>606</v>
       </c>
       <c r="Q177" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="178" spans="1:17">
       <c r="A178">
-        <v>34004</v>
+        <v>11224</v>
       </c>
       <c r="B178" t="s">
-        <v>602</v>
+        <v>607</v>
       </c>
       <c r="C178" t="s">
-        <v>603</v>
+        <v>608</v>
       </c>
       <c r="D178" t="s">
-        <v>604</v>
+        <v>609</v>
       </c>
       <c r="E178" t="s">
-        <v>605</v>
+        <v>610</v>
       </c>
       <c r="F178" t="s">
-        <v>606</v>
+        <v>611</v>
       </c>
       <c r="G178" t="s">
-        <v>607</v>
+        <v>612</v>
       </c>
       <c r="H178" t="s">
         <v>30</v>
       </c>
       <c r="I178" t="s">
-        <v>36</v>
-[...2 lines deleted...]
-      <c r="K178"/>
+        <v>31</v>
+      </c>
+      <c r="J178" t="s">
+        <v>60</v>
+      </c>
+      <c r="K178" t="s">
+        <v>61</v>
+      </c>
       <c r="L178"/>
       <c r="M178"/>
       <c r="N178"/>
       <c r="O178"/>
-      <c r="P178" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="P178"/>
       <c r="Q178" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="179" spans="1:17">
       <c r="A179">
-        <v>11224</v>
+        <v>12</v>
       </c>
       <c r="B179" t="s">
-        <v>609</v>
+        <v>613</v>
       </c>
       <c r="C179" t="s">
-        <v>610</v>
+        <v>614</v>
       </c>
       <c r="D179" t="s">
+        <v>69</v>
+      </c>
+      <c r="E179" t="s">
+        <v>615</v>
+      </c>
+      <c r="F179" t="s">
         <v>611</v>
       </c>
-      <c r="E179" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="G179" t="s">
-        <v>614</v>
+        <v>616</v>
       </c>
       <c r="H179" t="s">
         <v>30</v>
       </c>
       <c r="I179" t="s">
-        <v>31</v>
+        <v>36</v>
       </c>
       <c r="J179" t="s">
         <v>60</v>
       </c>
       <c r="K179" t="s">
-        <v>61</v>
+        <v>563</v>
       </c>
       <c r="L179"/>
       <c r="M179"/>
       <c r="N179"/>
       <c r="O179"/>
       <c r="P179"/>
       <c r="Q179" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="180" spans="1:17">
       <c r="A180">
-        <v>12</v>
+        <v>12439</v>
       </c>
       <c r="B180" t="s">
+        <v>617</v>
+      </c>
+      <c r="C180" t="s">
+        <v>618</v>
+      </c>
+      <c r="D180" t="s">
+        <v>609</v>
+      </c>
+      <c r="E180" t="s">
         <v>615</v>
       </c>
-      <c r="C180" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F180" t="s">
-        <v>613</v>
+        <v>611</v>
       </c>
       <c r="G180" t="s">
-        <v>618</v>
+        <v>619</v>
       </c>
       <c r="H180" t="s">
         <v>30</v>
       </c>
       <c r="I180" t="s">
-        <v>36</v>
+        <v>31</v>
       </c>
       <c r="J180" t="s">
         <v>60</v>
       </c>
       <c r="K180" t="s">
-        <v>565</v>
+        <v>563</v>
       </c>
       <c r="L180"/>
       <c r="M180"/>
       <c r="N180"/>
       <c r="O180"/>
       <c r="P180"/>
       <c r="Q180" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="181" spans="1:17">
       <c r="A181">
-        <v>12439</v>
+        <v>10834</v>
       </c>
       <c r="B181" t="s">
-        <v>619</v>
-[...1 lines deleted...]
-      <c r="C181" t="s">
         <v>620</v>
       </c>
-      <c r="D181" t="s">
+      <c r="C181"/>
+      <c r="D181"/>
+      <c r="E181" t="s">
+        <v>621</v>
+      </c>
+      <c r="F181" t="s">
         <v>611</v>
       </c>
-      <c r="E181" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="G181" t="s">
-        <v>621</v>
+        <v>622</v>
       </c>
       <c r="H181" t="s">
         <v>30</v>
       </c>
       <c r="I181" t="s">
-        <v>31</v>
-[...6 lines deleted...]
-      </c>
+        <v>47</v>
+      </c>
+      <c r="J181"/>
+      <c r="K181"/>
       <c r="L181"/>
       <c r="M181"/>
       <c r="N181"/>
       <c r="O181"/>
-      <c r="P181"/>
+      <c r="P181" t="s">
+        <v>623</v>
+      </c>
       <c r="Q181" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="182" spans="1:17">
       <c r="A182">
-        <v>10834</v>
+        <v>10912</v>
       </c>
       <c r="B182" t="s">
-        <v>622</v>
+        <v>624</v>
       </c>
       <c r="C182"/>
       <c r="D182"/>
       <c r="E182" t="s">
-        <v>623</v>
+        <v>621</v>
       </c>
       <c r="F182" t="s">
-        <v>613</v>
+        <v>611</v>
       </c>
       <c r="G182" t="s">
-        <v>624</v>
+        <v>625</v>
       </c>
       <c r="H182" t="s">
         <v>30</v>
       </c>
       <c r="I182" t="s">
-        <v>47</v>
+        <v>31</v>
       </c>
       <c r="J182"/>
       <c r="K182"/>
       <c r="L182"/>
       <c r="M182"/>
       <c r="N182"/>
       <c r="O182"/>
-      <c r="P182" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="P182"/>
       <c r="Q182" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="183" spans="1:17">
       <c r="A183">
-        <v>10912</v>
+        <v>848</v>
       </c>
       <c r="B183" t="s">
         <v>626</v>
       </c>
-      <c r="C183"/>
-      <c r="D183"/>
+      <c r="C183" t="s">
+        <v>627</v>
+      </c>
+      <c r="D183" t="s">
+        <v>202</v>
+      </c>
       <c r="E183" t="s">
-        <v>623</v>
+        <v>615</v>
       </c>
       <c r="F183" t="s">
-        <v>613</v>
+        <v>611</v>
       </c>
       <c r="G183" t="s">
-        <v>627</v>
+        <v>628</v>
       </c>
       <c r="H183" t="s">
         <v>30</v>
       </c>
       <c r="I183" t="s">
-        <v>31</v>
-[...2 lines deleted...]
-      <c r="K183"/>
+        <v>36</v>
+      </c>
+      <c r="J183" t="s">
+        <v>60</v>
+      </c>
+      <c r="K183" t="s">
+        <v>61</v>
+      </c>
       <c r="L183"/>
       <c r="M183"/>
       <c r="N183"/>
       <c r="O183"/>
       <c r="P183"/>
       <c r="Q183" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="184" spans="1:17">
       <c r="A184">
-        <v>848</v>
+        <v>2583</v>
       </c>
       <c r="B184" t="s">
-        <v>628</v>
-[...1 lines deleted...]
-      <c r="C184" t="s">
         <v>629</v>
       </c>
-      <c r="D184" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="C184"/>
+      <c r="D184"/>
       <c r="E184" t="s">
-        <v>617</v>
+        <v>615</v>
       </c>
       <c r="F184" t="s">
-        <v>613</v>
+        <v>611</v>
       </c>
       <c r="G184" t="s">
         <v>630</v>
       </c>
       <c r="H184" t="s">
         <v>30</v>
       </c>
       <c r="I184" t="s">
         <v>36</v>
       </c>
-      <c r="J184" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="J184"/>
+      <c r="K184"/>
       <c r="L184"/>
       <c r="M184"/>
       <c r="N184"/>
       <c r="O184"/>
       <c r="P184"/>
       <c r="Q184" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="185" spans="1:17">
       <c r="A185">
-        <v>2583</v>
+        <v>12089</v>
       </c>
       <c r="B185" t="s">
         <v>631</v>
       </c>
       <c r="C185"/>
       <c r="D185"/>
       <c r="E185" t="s">
-        <v>617</v>
+        <v>615</v>
       </c>
       <c r="F185" t="s">
-        <v>613</v>
+        <v>611</v>
       </c>
       <c r="G185" t="s">
         <v>632</v>
       </c>
       <c r="H185" t="s">
         <v>30</v>
       </c>
       <c r="I185" t="s">
-        <v>36</v>
+        <v>31</v>
       </c>
       <c r="J185"/>
       <c r="K185"/>
       <c r="L185"/>
       <c r="M185"/>
       <c r="N185"/>
       <c r="O185"/>
       <c r="P185"/>
       <c r="Q185" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="186" spans="1:17">
       <c r="A186">
-        <v>12089</v>
+        <v>12018</v>
       </c>
       <c r="B186" t="s">
         <v>633</v>
       </c>
-      <c r="C186"/>
-      <c r="D186"/>
+      <c r="C186" t="s">
+        <v>634</v>
+      </c>
+      <c r="D186" t="s">
+        <v>635</v>
+      </c>
       <c r="E186" t="s">
-        <v>617</v>
+        <v>636</v>
       </c>
       <c r="F186" t="s">
-        <v>613</v>
+        <v>611</v>
       </c>
       <c r="G186" t="s">
-        <v>634</v>
+        <v>637</v>
       </c>
       <c r="H186" t="s">
         <v>30</v>
       </c>
       <c r="I186" t="s">
         <v>31</v>
       </c>
       <c r="J186"/>
       <c r="K186"/>
       <c r="L186"/>
       <c r="M186"/>
       <c r="N186"/>
       <c r="O186"/>
       <c r="P186"/>
       <c r="Q186" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="187" spans="1:17">
       <c r="A187">
-        <v>12018</v>
+        <v>2826</v>
       </c>
       <c r="B187" t="s">
-        <v>635</v>
+        <v>638</v>
       </c>
       <c r="C187" t="s">
+        <v>639</v>
+      </c>
+      <c r="D187" t="s">
+        <v>640</v>
+      </c>
+      <c r="E187" t="s">
         <v>636</v>
       </c>
-      <c r="D187" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F187" t="s">
-        <v>613</v>
+        <v>611</v>
       </c>
       <c r="G187" t="s">
-        <v>639</v>
+        <v>641</v>
       </c>
       <c r="H187" t="s">
         <v>30</v>
       </c>
       <c r="I187" t="s">
-        <v>31</v>
+        <v>36</v>
       </c>
       <c r="J187"/>
       <c r="K187"/>
       <c r="L187"/>
       <c r="M187"/>
       <c r="N187"/>
       <c r="O187"/>
-      <c r="P187"/>
+      <c r="P187" t="s">
+        <v>642</v>
+      </c>
       <c r="Q187" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="188" spans="1:17">
       <c r="A188">
-        <v>2826</v>
+        <v>876</v>
       </c>
       <c r="B188" t="s">
-        <v>640</v>
+        <v>643</v>
       </c>
       <c r="C188" t="s">
-        <v>641</v>
+        <v>644</v>
       </c>
       <c r="D188" t="s">
-        <v>642</v>
+        <v>80</v>
       </c>
       <c r="E188" t="s">
-        <v>638</v>
+        <v>615</v>
       </c>
       <c r="F188" t="s">
-        <v>613</v>
+        <v>611</v>
       </c>
       <c r="G188" t="s">
-        <v>643</v>
+        <v>645</v>
       </c>
       <c r="H188" t="s">
         <v>30</v>
       </c>
       <c r="I188" t="s">
         <v>36</v>
       </c>
-      <c r="J188"/>
-      <c r="K188"/>
+      <c r="J188" t="s">
+        <v>60</v>
+      </c>
+      <c r="K188" t="s">
+        <v>61</v>
+      </c>
       <c r="L188"/>
       <c r="M188"/>
       <c r="N188"/>
       <c r="O188"/>
-      <c r="P188" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="P188"/>
       <c r="Q188" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="189" spans="1:17">
       <c r="A189">
-        <v>876</v>
+        <v>871</v>
       </c>
       <c r="B189" t="s">
-        <v>645</v>
+        <v>646</v>
       </c>
       <c r="C189" t="s">
-        <v>646</v>
+        <v>647</v>
       </c>
       <c r="D189" t="s">
-        <v>80</v>
+        <v>58</v>
       </c>
       <c r="E189" t="s">
-        <v>617</v>
+        <v>621</v>
       </c>
       <c r="F189" t="s">
-        <v>613</v>
+        <v>611</v>
       </c>
       <c r="G189" t="s">
-        <v>647</v>
+        <v>648</v>
       </c>
       <c r="H189" t="s">
         <v>30</v>
       </c>
       <c r="I189" t="s">
         <v>36</v>
       </c>
       <c r="J189" t="s">
         <v>60</v>
       </c>
       <c r="K189" t="s">
-        <v>61</v>
+        <v>563</v>
       </c>
       <c r="L189"/>
       <c r="M189"/>
       <c r="N189"/>
       <c r="O189"/>
-      <c r="P189"/>
+      <c r="P189" t="s">
+        <v>649</v>
+      </c>
       <c r="Q189" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="190" spans="1:17">
       <c r="A190">
-        <v>871</v>
+        <v>887</v>
       </c>
       <c r="B190" t="s">
-        <v>648</v>
+        <v>650</v>
       </c>
       <c r="C190" t="s">
-        <v>649</v>
+        <v>651</v>
       </c>
       <c r="D190" t="s">
         <v>58</v>
       </c>
       <c r="E190" t="s">
-        <v>623</v>
+        <v>615</v>
       </c>
       <c r="F190" t="s">
-        <v>613</v>
+        <v>611</v>
       </c>
       <c r="G190" t="s">
-        <v>650</v>
+        <v>652</v>
       </c>
       <c r="H190" t="s">
         <v>30</v>
       </c>
       <c r="I190" t="s">
         <v>36</v>
       </c>
       <c r="J190" t="s">
         <v>60</v>
       </c>
       <c r="K190" t="s">
-        <v>565</v>
+        <v>563</v>
       </c>
       <c r="L190"/>
       <c r="M190"/>
       <c r="N190"/>
       <c r="O190"/>
-      <c r="P190" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="P190"/>
       <c r="Q190" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="191" spans="1:17">
       <c r="A191">
-        <v>887</v>
+        <v>12279</v>
       </c>
       <c r="B191" t="s">
-        <v>652</v>
-[...1 lines deleted...]
-      <c r="C191" t="s">
         <v>653</v>
       </c>
-      <c r="D191" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="C191"/>
+      <c r="D191"/>
       <c r="E191" t="s">
-        <v>617</v>
+        <v>621</v>
       </c>
       <c r="F191" t="s">
-        <v>613</v>
+        <v>611</v>
       </c>
       <c r="G191" t="s">
         <v>654</v>
       </c>
       <c r="H191" t="s">
         <v>30</v>
       </c>
       <c r="I191" t="s">
-        <v>36</v>
-[...6 lines deleted...]
-      </c>
+        <v>31</v>
+      </c>
+      <c r="J191"/>
+      <c r="K191"/>
       <c r="L191"/>
       <c r="M191"/>
       <c r="N191"/>
       <c r="O191"/>
       <c r="P191"/>
       <c r="Q191" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="192" spans="1:17">
       <c r="A192">
-        <v>12279</v>
+        <v>11009</v>
       </c>
       <c r="B192" t="s">
         <v>655</v>
       </c>
-      <c r="C192"/>
-      <c r="D192"/>
+      <c r="C192" t="s">
+        <v>656</v>
+      </c>
+      <c r="D192" t="s">
+        <v>657</v>
+      </c>
       <c r="E192" t="s">
-        <v>623</v>
+        <v>636</v>
       </c>
       <c r="F192" t="s">
-        <v>613</v>
+        <v>611</v>
       </c>
       <c r="G192" t="s">
-        <v>656</v>
+        <v>658</v>
       </c>
       <c r="H192" t="s">
         <v>30</v>
       </c>
       <c r="I192" t="s">
-        <v>31</v>
+        <v>659</v>
       </c>
       <c r="J192"/>
       <c r="K192"/>
       <c r="L192"/>
       <c r="M192"/>
       <c r="N192"/>
       <c r="O192"/>
-      <c r="P192"/>
+      <c r="P192" t="s">
+        <v>660</v>
+      </c>
       <c r="Q192" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="193" spans="1:17">
       <c r="A193">
-        <v>11009</v>
+        <v>913</v>
       </c>
       <c r="B193" t="s">
-        <v>657</v>
+        <v>661</v>
       </c>
       <c r="C193" t="s">
-        <v>658</v>
+        <v>662</v>
       </c>
       <c r="D193" t="s">
-        <v>659</v>
+        <v>58</v>
       </c>
       <c r="E193" t="s">
-        <v>638</v>
+        <v>621</v>
       </c>
       <c r="F193" t="s">
-        <v>613</v>
+        <v>611</v>
       </c>
       <c r="G193" t="s">
-        <v>660</v>
+        <v>663</v>
       </c>
       <c r="H193" t="s">
         <v>30</v>
       </c>
       <c r="I193" t="s">
-        <v>661</v>
-[...2 lines deleted...]
-      <c r="K193"/>
+        <v>36</v>
+      </c>
+      <c r="J193" t="s">
+        <v>60</v>
+      </c>
+      <c r="K193" t="s">
+        <v>563</v>
+      </c>
       <c r="L193"/>
       <c r="M193"/>
       <c r="N193"/>
       <c r="O193"/>
       <c r="P193" t="s">
-        <v>662</v>
+        <v>664</v>
       </c>
       <c r="Q193" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="194" spans="1:17">
       <c r="A194">
-        <v>913</v>
+        <v>23749</v>
       </c>
       <c r="B194" t="s">
-        <v>663</v>
-[...6 lines deleted...]
-      </c>
+        <v>665</v>
+      </c>
+      <c r="C194"/>
+      <c r="D194"/>
       <c r="E194" t="s">
-        <v>623</v>
+        <v>621</v>
       </c>
       <c r="F194" t="s">
-        <v>613</v>
+        <v>611</v>
       </c>
       <c r="G194" t="s">
-        <v>665</v>
+        <v>666</v>
       </c>
       <c r="H194" t="s">
         <v>30</v>
       </c>
       <c r="I194" t="s">
-        <v>36</v>
-[...6 lines deleted...]
-      </c>
+        <v>31</v>
+      </c>
+      <c r="J194"/>
+      <c r="K194"/>
       <c r="L194"/>
       <c r="M194"/>
       <c r="N194"/>
       <c r="O194"/>
-      <c r="P194" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="P194"/>
       <c r="Q194" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="195" spans="1:17">
       <c r="A195">
-        <v>23749</v>
+        <v>11923</v>
       </c>
       <c r="B195" t="s">
         <v>667</v>
       </c>
       <c r="C195"/>
       <c r="D195"/>
       <c r="E195" t="s">
-        <v>623</v>
+        <v>610</v>
       </c>
       <c r="F195" t="s">
-        <v>613</v>
+        <v>611</v>
       </c>
       <c r="G195" t="s">
         <v>668</v>
       </c>
       <c r="H195" t="s">
         <v>30</v>
       </c>
       <c r="I195" t="s">
         <v>31</v>
       </c>
       <c r="J195"/>
       <c r="K195"/>
       <c r="L195"/>
       <c r="M195"/>
       <c r="N195"/>
       <c r="O195"/>
       <c r="P195"/>
       <c r="Q195" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="196" spans="1:17">
       <c r="A196">
-        <v>11923</v>
+        <v>378</v>
       </c>
       <c r="B196" t="s">
         <v>669</v>
       </c>
-      <c r="C196"/>
-      <c r="D196"/>
+      <c r="C196" t="s">
+        <v>670</v>
+      </c>
+      <c r="D196" t="s">
+        <v>671</v>
+      </c>
       <c r="E196" t="s">
-        <v>612</v>
+        <v>615</v>
       </c>
       <c r="F196" t="s">
-        <v>613</v>
+        <v>611</v>
       </c>
       <c r="G196" t="s">
-        <v>670</v>
+        <v>672</v>
       </c>
       <c r="H196" t="s">
         <v>30</v>
       </c>
       <c r="I196" t="s">
-        <v>31</v>
-[...2 lines deleted...]
-      <c r="K196"/>
+        <v>36</v>
+      </c>
+      <c r="J196" t="s">
+        <v>60</v>
+      </c>
+      <c r="K196" t="s">
+        <v>61</v>
+      </c>
       <c r="L196"/>
       <c r="M196"/>
       <c r="N196"/>
       <c r="O196"/>
-      <c r="P196"/>
+      <c r="P196" t="s">
+        <v>673</v>
+      </c>
       <c r="Q196" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="197" spans="1:17">
       <c r="A197">
-        <v>378</v>
+        <v>11562</v>
       </c>
       <c r="B197" t="s">
-        <v>671</v>
-[...6 lines deleted...]
-      </c>
+        <v>674</v>
+      </c>
+      <c r="C197"/>
+      <c r="D197"/>
       <c r="E197" t="s">
-        <v>617</v>
+        <v>621</v>
       </c>
       <c r="F197" t="s">
-        <v>613</v>
+        <v>611</v>
       </c>
       <c r="G197" t="s">
-        <v>674</v>
+        <v>675</v>
       </c>
       <c r="H197" t="s">
         <v>30</v>
       </c>
       <c r="I197" t="s">
-        <v>36</v>
-[...6 lines deleted...]
-      </c>
+        <v>31</v>
+      </c>
+      <c r="J197"/>
+      <c r="K197"/>
       <c r="L197"/>
       <c r="M197"/>
       <c r="N197"/>
       <c r="O197"/>
-      <c r="P197" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="P197"/>
       <c r="Q197" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="198" spans="1:17">
       <c r="A198">
-        <v>11562</v>
+        <v>12036</v>
       </c>
       <c r="B198" t="s">
         <v>676</v>
       </c>
       <c r="C198"/>
       <c r="D198"/>
       <c r="E198" t="s">
-        <v>623</v>
+        <v>615</v>
       </c>
       <c r="F198" t="s">
-        <v>613</v>
+        <v>611</v>
       </c>
       <c r="G198" t="s">
         <v>677</v>
       </c>
       <c r="H198" t="s">
         <v>30</v>
       </c>
       <c r="I198" t="s">
         <v>31</v>
       </c>
       <c r="J198"/>
       <c r="K198"/>
       <c r="L198"/>
       <c r="M198"/>
       <c r="N198"/>
       <c r="O198"/>
-      <c r="P198"/>
+      <c r="P198" t="s">
+        <v>678</v>
+      </c>
       <c r="Q198" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="199" spans="1:17">
       <c r="A199">
-        <v>12036</v>
+        <v>12276</v>
       </c>
       <c r="B199" t="s">
-        <v>678</v>
-[...2 lines deleted...]
-      <c r="D199"/>
+        <v>679</v>
+      </c>
+      <c r="C199" t="s">
+        <v>680</v>
+      </c>
+      <c r="D199" t="s">
+        <v>142</v>
+      </c>
       <c r="E199" t="s">
-        <v>617</v>
+        <v>615</v>
       </c>
       <c r="F199" t="s">
-        <v>613</v>
+        <v>611</v>
       </c>
       <c r="G199" t="s">
-        <v>679</v>
+        <v>681</v>
       </c>
       <c r="H199" t="s">
         <v>30</v>
       </c>
       <c r="I199" t="s">
         <v>31</v>
       </c>
       <c r="J199"/>
       <c r="K199"/>
       <c r="L199"/>
       <c r="M199"/>
       <c r="N199"/>
       <c r="O199"/>
       <c r="P199" t="s">
-        <v>680</v>
+        <v>682</v>
       </c>
       <c r="Q199" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="200" spans="1:17">
       <c r="A200">
-        <v>12276</v>
+        <v>33087</v>
       </c>
       <c r="B200" t="s">
-        <v>681</v>
+        <v>683</v>
       </c>
       <c r="C200" t="s">
-        <v>682</v>
+        <v>684</v>
       </c>
       <c r="D200" t="s">
-        <v>142</v>
+        <v>58</v>
       </c>
       <c r="E200" t="s">
-        <v>617</v>
+        <v>615</v>
       </c>
       <c r="F200" t="s">
-        <v>613</v>
+        <v>611</v>
       </c>
       <c r="G200" t="s">
-        <v>683</v>
+        <v>685</v>
       </c>
       <c r="H200" t="s">
         <v>30</v>
       </c>
       <c r="I200" t="s">
-        <v>31</v>
-[...2 lines deleted...]
-      <c r="K200"/>
+        <v>36</v>
+      </c>
+      <c r="J200" t="s">
+        <v>60</v>
+      </c>
+      <c r="K200" t="s">
+        <v>563</v>
+      </c>
       <c r="L200"/>
       <c r="M200"/>
       <c r="N200"/>
       <c r="O200"/>
       <c r="P200" t="s">
-        <v>684</v>
+        <v>686</v>
       </c>
       <c r="Q200" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="201" spans="1:17">
       <c r="A201">
-        <v>33087</v>
+        <v>944</v>
       </c>
       <c r="B201" t="s">
-        <v>685</v>
+        <v>687</v>
       </c>
       <c r="C201" t="s">
-        <v>686</v>
+        <v>688</v>
       </c>
       <c r="D201" t="s">
         <v>58</v>
       </c>
       <c r="E201" t="s">
-        <v>617</v>
+        <v>615</v>
       </c>
       <c r="F201" t="s">
-        <v>613</v>
+        <v>611</v>
       </c>
       <c r="G201" t="s">
-        <v>687</v>
+        <v>689</v>
       </c>
       <c r="H201" t="s">
         <v>30</v>
       </c>
       <c r="I201" t="s">
         <v>36</v>
       </c>
       <c r="J201" t="s">
         <v>60</v>
       </c>
       <c r="K201" t="s">
-        <v>565</v>
+        <v>563</v>
       </c>
       <c r="L201"/>
       <c r="M201"/>
       <c r="N201"/>
       <c r="O201"/>
       <c r="P201" t="s">
-        <v>688</v>
+        <v>690</v>
       </c>
       <c r="Q201" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="202" spans="1:17">
       <c r="A202">
-        <v>944</v>
+        <v>6117</v>
       </c>
       <c r="B202" t="s">
-        <v>689</v>
-[...6 lines deleted...]
-      </c>
+        <v>691</v>
+      </c>
+      <c r="C202"/>
+      <c r="D202"/>
       <c r="E202" t="s">
-        <v>617</v>
+        <v>692</v>
       </c>
       <c r="F202" t="s">
-        <v>613</v>
+        <v>611</v>
       </c>
       <c r="G202" t="s">
-        <v>691</v>
+        <v>693</v>
       </c>
       <c r="H202" t="s">
         <v>30</v>
       </c>
       <c r="I202" t="s">
         <v>36</v>
       </c>
-      <c r="J202" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="J202"/>
+      <c r="K202"/>
       <c r="L202"/>
       <c r="M202"/>
       <c r="N202"/>
       <c r="O202"/>
       <c r="P202" t="s">
-        <v>692</v>
+        <v>694</v>
       </c>
       <c r="Q202" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="203" spans="1:17">
       <c r="A203">
-        <v>6117</v>
+        <v>6264</v>
       </c>
       <c r="B203" t="s">
-        <v>693</v>
-[...2 lines deleted...]
-      <c r="D203"/>
+        <v>695</v>
+      </c>
+      <c r="C203" t="s">
+        <v>696</v>
+      </c>
+      <c r="D203" t="s">
+        <v>697</v>
+      </c>
       <c r="E203" t="s">
-        <v>694</v>
+        <v>610</v>
       </c>
       <c r="F203" t="s">
-        <v>613</v>
+        <v>611</v>
       </c>
       <c r="G203" t="s">
-        <v>695</v>
+        <v>698</v>
       </c>
       <c r="H203" t="s">
         <v>30</v>
       </c>
       <c r="I203" t="s">
         <v>36</v>
       </c>
-      <c r="J203"/>
-      <c r="K203"/>
+      <c r="J203" t="s">
+        <v>60</v>
+      </c>
+      <c r="K203" t="s">
+        <v>233</v>
+      </c>
       <c r="L203"/>
       <c r="M203"/>
       <c r="N203"/>
       <c r="O203"/>
       <c r="P203" t="s">
-        <v>696</v>
+        <v>699</v>
       </c>
       <c r="Q203" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="204" spans="1:17">
       <c r="A204">
-        <v>6264</v>
+        <v>961</v>
       </c>
       <c r="B204" t="s">
-        <v>697</v>
+        <v>700</v>
       </c>
       <c r="C204" t="s">
-        <v>698</v>
+        <v>701</v>
       </c>
       <c r="D204" t="s">
-        <v>699</v>
+        <v>58</v>
       </c>
       <c r="E204" t="s">
-        <v>612</v>
+        <v>615</v>
       </c>
       <c r="F204" t="s">
-        <v>613</v>
+        <v>611</v>
       </c>
       <c r="G204" t="s">
-        <v>700</v>
+        <v>702</v>
       </c>
       <c r="H204" t="s">
         <v>30</v>
       </c>
       <c r="I204" t="s">
         <v>36</v>
       </c>
       <c r="J204" t="s">
         <v>60</v>
       </c>
       <c r="K204" t="s">
-        <v>233</v>
+        <v>563</v>
       </c>
       <c r="L204"/>
       <c r="M204"/>
       <c r="N204"/>
       <c r="O204"/>
       <c r="P204" t="s">
-        <v>701</v>
+        <v>703</v>
       </c>
       <c r="Q204" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="205" spans="1:17">
       <c r="A205">
-        <v>961</v>
+        <v>11426</v>
       </c>
       <c r="B205" t="s">
-        <v>702</v>
+        <v>704</v>
       </c>
       <c r="C205" t="s">
-        <v>703</v>
+        <v>705</v>
       </c>
       <c r="D205" t="s">
-        <v>58</v>
+        <v>34</v>
       </c>
       <c r="E205" t="s">
-        <v>617</v>
+        <v>610</v>
       </c>
       <c r="F205" t="s">
-        <v>613</v>
+        <v>611</v>
       </c>
       <c r="G205" t="s">
-        <v>704</v>
+        <v>706</v>
       </c>
       <c r="H205" t="s">
         <v>30</v>
       </c>
       <c r="I205" t="s">
-        <v>36</v>
-[...6 lines deleted...]
-      </c>
+        <v>47</v>
+      </c>
+      <c r="J205"/>
+      <c r="K205"/>
       <c r="L205"/>
       <c r="M205"/>
       <c r="N205"/>
       <c r="O205"/>
-      <c r="P205" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="P205"/>
       <c r="Q205" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="206" spans="1:17">
       <c r="A206">
-        <v>11426</v>
+        <v>7106</v>
       </c>
       <c r="B206" t="s">
-        <v>706</v>
+        <v>707</v>
       </c>
       <c r="C206" t="s">
-        <v>707</v>
+        <v>708</v>
       </c>
       <c r="D206" t="s">
-        <v>34</v>
+        <v>142</v>
       </c>
       <c r="E206" t="s">
-        <v>612</v>
+        <v>636</v>
       </c>
       <c r="F206" t="s">
-        <v>613</v>
+        <v>611</v>
       </c>
       <c r="G206" t="s">
-        <v>708</v>
+        <v>709</v>
       </c>
       <c r="H206" t="s">
         <v>30</v>
       </c>
       <c r="I206" t="s">
-        <v>47</v>
+        <v>36</v>
       </c>
       <c r="J206"/>
       <c r="K206"/>
       <c r="L206"/>
       <c r="M206"/>
       <c r="N206"/>
       <c r="O206"/>
       <c r="P206"/>
       <c r="Q206" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="207" spans="1:17">
       <c r="A207">
-        <v>7106</v>
+        <v>977</v>
       </c>
       <c r="B207" t="s">
-        <v>709</v>
+        <v>710</v>
       </c>
       <c r="C207" t="s">
-        <v>710</v>
+        <v>711</v>
       </c>
       <c r="D207" t="s">
-        <v>142</v>
+        <v>202</v>
       </c>
       <c r="E207" t="s">
-        <v>638</v>
+        <v>610</v>
       </c>
       <c r="F207" t="s">
-        <v>613</v>
+        <v>611</v>
       </c>
       <c r="G207" t="s">
-        <v>711</v>
+        <v>712</v>
       </c>
       <c r="H207" t="s">
         <v>30</v>
       </c>
       <c r="I207" t="s">
         <v>36</v>
       </c>
       <c r="J207"/>
       <c r="K207"/>
       <c r="L207"/>
       <c r="M207"/>
       <c r="N207"/>
       <c r="O207"/>
-      <c r="P207"/>
+      <c r="P207" t="s">
+        <v>713</v>
+      </c>
       <c r="Q207" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="208" spans="1:17">
       <c r="A208">
-        <v>977</v>
+        <v>11277</v>
       </c>
       <c r="B208" t="s">
-        <v>712</v>
-[...6 lines deleted...]
-      </c>
+        <v>714</v>
+      </c>
+      <c r="C208"/>
+      <c r="D208"/>
       <c r="E208" t="s">
-        <v>612</v>
+        <v>715</v>
       </c>
       <c r="F208" t="s">
-        <v>613</v>
+        <v>611</v>
       </c>
       <c r="G208" t="s">
-        <v>714</v>
+        <v>716</v>
       </c>
       <c r="H208" t="s">
         <v>30</v>
       </c>
       <c r="I208" t="s">
-        <v>36</v>
+        <v>31</v>
       </c>
       <c r="J208"/>
       <c r="K208"/>
       <c r="L208"/>
       <c r="M208"/>
       <c r="N208"/>
       <c r="O208"/>
-      <c r="P208" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="P208"/>
       <c r="Q208" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="209" spans="1:17">
       <c r="A209">
-        <v>11277</v>
+        <v>10980</v>
       </c>
       <c r="B209" t="s">
-        <v>716</v>
+        <v>717</v>
       </c>
       <c r="C209"/>
       <c r="D209"/>
       <c r="E209" t="s">
-        <v>717</v>
+        <v>692</v>
       </c>
       <c r="F209" t="s">
-        <v>613</v>
+        <v>611</v>
       </c>
       <c r="G209" t="s">
         <v>718</v>
       </c>
       <c r="H209" t="s">
         <v>30</v>
       </c>
       <c r="I209" t="s">
-        <v>31</v>
+        <v>47</v>
       </c>
       <c r="J209"/>
       <c r="K209"/>
       <c r="L209"/>
       <c r="M209"/>
       <c r="N209"/>
       <c r="O209"/>
       <c r="P209"/>
       <c r="Q209" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="210" spans="1:17">
       <c r="A210">
-        <v>10980</v>
+        <v>7778</v>
       </c>
       <c r="B210" t="s">
         <v>719</v>
       </c>
-      <c r="C210"/>
-      <c r="D210"/>
+      <c r="C210" t="s">
+        <v>720</v>
+      </c>
+      <c r="D210" t="s">
+        <v>34</v>
+      </c>
       <c r="E210" t="s">
-        <v>694</v>
+        <v>636</v>
       </c>
       <c r="F210" t="s">
-        <v>613</v>
+        <v>611</v>
       </c>
       <c r="G210" t="s">
-        <v>720</v>
+        <v>721</v>
       </c>
       <c r="H210" t="s">
         <v>30</v>
       </c>
       <c r="I210" t="s">
-        <v>47</v>
+        <v>36</v>
       </c>
       <c r="J210"/>
       <c r="K210"/>
       <c r="L210"/>
       <c r="M210"/>
       <c r="N210"/>
       <c r="O210"/>
-      <c r="P210"/>
+      <c r="P210" t="s">
+        <v>722</v>
+      </c>
       <c r="Q210" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="211" spans="1:17">
       <c r="A211">
-        <v>7778</v>
+        <v>11744</v>
       </c>
       <c r="B211" t="s">
-        <v>721</v>
-[...6 lines deleted...]
-      </c>
+        <v>723</v>
+      </c>
+      <c r="C211"/>
+      <c r="D211"/>
       <c r="E211" t="s">
-        <v>638</v>
+        <v>621</v>
       </c>
       <c r="F211" t="s">
-        <v>613</v>
+        <v>611</v>
       </c>
       <c r="G211" t="s">
-        <v>723</v>
+        <v>724</v>
       </c>
       <c r="H211" t="s">
         <v>30</v>
       </c>
       <c r="I211" t="s">
-        <v>36</v>
+        <v>31</v>
       </c>
       <c r="J211"/>
       <c r="K211"/>
       <c r="L211"/>
       <c r="M211"/>
       <c r="N211"/>
       <c r="O211"/>
-      <c r="P211" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="P211"/>
       <c r="Q211" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="212" spans="1:17">
       <c r="A212">
-        <v>11744</v>
+        <v>10667</v>
       </c>
       <c r="B212" t="s">
         <v>725</v>
       </c>
-      <c r="C212"/>
-      <c r="D212"/>
+      <c r="C212" t="s">
+        <v>726</v>
+      </c>
+      <c r="D212" t="s">
+        <v>727</v>
+      </c>
       <c r="E212" t="s">
-        <v>623</v>
+        <v>621</v>
       </c>
       <c r="F212" t="s">
-        <v>613</v>
+        <v>611</v>
       </c>
       <c r="G212" t="s">
-        <v>726</v>
+        <v>728</v>
       </c>
       <c r="H212" t="s">
         <v>30</v>
       </c>
       <c r="I212" t="s">
-        <v>31</v>
-[...2 lines deleted...]
-      <c r="K212"/>
+        <v>729</v>
+      </c>
+      <c r="J212" t="s">
+        <v>60</v>
+      </c>
+      <c r="K212" t="s">
+        <v>233</v>
+      </c>
       <c r="L212"/>
       <c r="M212"/>
       <c r="N212"/>
       <c r="O212"/>
       <c r="P212"/>
       <c r="Q212" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="213" spans="1:17">
       <c r="A213">
-        <v>10667</v>
+        <v>11037</v>
       </c>
       <c r="B213" t="s">
-        <v>727</v>
-[...6 lines deleted...]
-      </c>
+        <v>730</v>
+      </c>
+      <c r="C213"/>
+      <c r="D213"/>
       <c r="E213" t="s">
-        <v>623</v>
+        <v>692</v>
       </c>
       <c r="F213" t="s">
-        <v>613</v>
+        <v>611</v>
       </c>
       <c r="G213" t="s">
-        <v>730</v>
+        <v>731</v>
       </c>
       <c r="H213" t="s">
         <v>30</v>
       </c>
       <c r="I213" t="s">
-        <v>731</v>
-[...6 lines deleted...]
-      </c>
+        <v>31</v>
+      </c>
+      <c r="J213"/>
+      <c r="K213"/>
       <c r="L213"/>
       <c r="M213"/>
       <c r="N213"/>
       <c r="O213"/>
       <c r="P213"/>
       <c r="Q213" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="214" spans="1:17">
       <c r="A214">
-        <v>11037</v>
+        <v>12376</v>
       </c>
       <c r="B214" t="s">
         <v>732</v>
       </c>
-      <c r="C214"/>
-      <c r="D214"/>
+      <c r="C214" t="s">
+        <v>733</v>
+      </c>
+      <c r="D214" t="s">
+        <v>58</v>
+      </c>
       <c r="E214" t="s">
-        <v>694</v>
+        <v>621</v>
       </c>
       <c r="F214" t="s">
-        <v>613</v>
+        <v>611</v>
       </c>
       <c r="G214" t="s">
-        <v>733</v>
+        <v>734</v>
       </c>
       <c r="H214" t="s">
         <v>30</v>
       </c>
       <c r="I214" t="s">
-        <v>31</v>
+        <v>659</v>
       </c>
       <c r="J214"/>
       <c r="K214"/>
       <c r="L214"/>
       <c r="M214"/>
       <c r="N214"/>
       <c r="O214"/>
       <c r="P214"/>
       <c r="Q214" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="215" spans="1:17">
       <c r="A215">
-        <v>12376</v>
+        <v>12103</v>
       </c>
       <c r="B215" t="s">
-        <v>734</v>
-[...1 lines deleted...]
-      <c r="C215" t="s">
         <v>735</v>
       </c>
-      <c r="D215" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="C215"/>
+      <c r="D215"/>
       <c r="E215" t="s">
-        <v>623</v>
+        <v>615</v>
       </c>
       <c r="F215" t="s">
-        <v>613</v>
+        <v>611</v>
       </c>
       <c r="G215" t="s">
         <v>736</v>
       </c>
       <c r="H215" t="s">
         <v>30</v>
       </c>
       <c r="I215" t="s">
-        <v>661</v>
+        <v>31</v>
       </c>
       <c r="J215"/>
       <c r="K215"/>
       <c r="L215"/>
       <c r="M215"/>
       <c r="N215"/>
       <c r="O215"/>
       <c r="P215"/>
       <c r="Q215" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="216" spans="1:17">
       <c r="A216">
-        <v>12103</v>
+        <v>10803</v>
       </c>
       <c r="B216" t="s">
         <v>737</v>
       </c>
       <c r="C216"/>
       <c r="D216"/>
       <c r="E216" t="s">
-        <v>617</v>
+        <v>615</v>
       </c>
       <c r="F216" t="s">
-        <v>613</v>
+        <v>611</v>
       </c>
       <c r="G216" t="s">
         <v>738</v>
       </c>
       <c r="H216" t="s">
         <v>30</v>
       </c>
       <c r="I216" t="s">
-        <v>31</v>
+        <v>47</v>
       </c>
       <c r="J216"/>
       <c r="K216"/>
       <c r="L216"/>
       <c r="M216"/>
       <c r="N216"/>
       <c r="O216"/>
-      <c r="P216"/>
+      <c r="P216" t="s">
+        <v>739</v>
+      </c>
       <c r="Q216" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="217" spans="1:17">
       <c r="A217">
-        <v>10803</v>
+        <v>11290</v>
       </c>
       <c r="B217" t="s">
-        <v>739</v>
+        <v>740</v>
       </c>
       <c r="C217"/>
       <c r="D217"/>
       <c r="E217" t="s">
-        <v>617</v>
+        <v>621</v>
       </c>
       <c r="F217" t="s">
-        <v>613</v>
+        <v>611</v>
       </c>
       <c r="G217" t="s">
-        <v>740</v>
+        <v>741</v>
       </c>
       <c r="H217" t="s">
         <v>30</v>
       </c>
       <c r="I217" t="s">
         <v>47</v>
       </c>
       <c r="J217"/>
       <c r="K217"/>
       <c r="L217"/>
       <c r="M217"/>
       <c r="N217"/>
       <c r="O217"/>
       <c r="P217" t="s">
-        <v>741</v>
+        <v>742</v>
       </c>
       <c r="Q217" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="218" spans="1:17">
       <c r="A218">
-        <v>11290</v>
+        <v>10811</v>
       </c>
       <c r="B218" t="s">
-        <v>742</v>
+        <v>743</v>
       </c>
       <c r="C218"/>
       <c r="D218"/>
       <c r="E218" t="s">
-        <v>623</v>
+        <v>610</v>
       </c>
       <c r="F218" t="s">
-        <v>613</v>
+        <v>611</v>
       </c>
       <c r="G218" t="s">
-        <v>743</v>
+        <v>744</v>
       </c>
       <c r="H218" t="s">
         <v>30</v>
       </c>
       <c r="I218" t="s">
-        <v>47</v>
+        <v>31</v>
       </c>
       <c r="J218"/>
       <c r="K218"/>
       <c r="L218"/>
       <c r="M218"/>
       <c r="N218"/>
       <c r="O218"/>
       <c r="P218" t="s">
-        <v>744</v>
+        <v>745</v>
       </c>
       <c r="Q218" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="219" spans="1:17">
       <c r="A219">
-        <v>10811</v>
+        <v>1048</v>
       </c>
       <c r="B219" t="s">
-        <v>745</v>
-[...2 lines deleted...]
-      <c r="D219"/>
+        <v>746</v>
+      </c>
+      <c r="C219" t="s">
+        <v>747</v>
+      </c>
+      <c r="D219" t="s">
+        <v>58</v>
+      </c>
       <c r="E219" t="s">
-        <v>612</v>
+        <v>615</v>
       </c>
       <c r="F219" t="s">
-        <v>613</v>
+        <v>611</v>
       </c>
       <c r="G219" t="s">
-        <v>746</v>
+        <v>748</v>
       </c>
       <c r="H219" t="s">
         <v>30</v>
       </c>
       <c r="I219" t="s">
-        <v>31</v>
-[...2 lines deleted...]
-      <c r="K219"/>
+        <v>36</v>
+      </c>
+      <c r="J219" t="s">
+        <v>60</v>
+      </c>
+      <c r="K219" t="s">
+        <v>61</v>
+      </c>
       <c r="L219"/>
       <c r="M219"/>
       <c r="N219"/>
       <c r="O219"/>
-      <c r="P219" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="P219"/>
       <c r="Q219" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="220" spans="1:17">
       <c r="A220">
-        <v>1048</v>
+        <v>11544</v>
       </c>
       <c r="B220" t="s">
-        <v>748</v>
+        <v>749</v>
       </c>
       <c r="C220" t="s">
-        <v>749</v>
+        <v>750</v>
       </c>
       <c r="D220" t="s">
-        <v>58</v>
+        <v>751</v>
       </c>
       <c r="E220" t="s">
-        <v>617</v>
+        <v>752</v>
       </c>
       <c r="F220" t="s">
-        <v>613</v>
+        <v>753</v>
       </c>
       <c r="G220" t="s">
-        <v>750</v>
+        <v>754</v>
       </c>
       <c r="H220" t="s">
         <v>30</v>
       </c>
       <c r="I220" t="s">
-        <v>36</v>
+        <v>24</v>
       </c>
       <c r="J220" t="s">
-        <v>60</v>
+        <v>554</v>
       </c>
       <c r="K220" t="s">
-        <v>61</v>
+        <v>233</v>
       </c>
       <c r="L220"/>
       <c r="M220"/>
       <c r="N220"/>
-      <c r="O220"/>
+      <c r="O220" t="s">
+        <v>564</v>
+      </c>
       <c r="P220"/>
       <c r="Q220" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="221" spans="1:17">
       <c r="A221">
-        <v>11544</v>
+        <v>32346</v>
       </c>
       <c r="B221" t="s">
-        <v>751</v>
+        <v>755</v>
       </c>
       <c r="C221" t="s">
-        <v>752</v>
+        <v>756</v>
       </c>
       <c r="D221" t="s">
+        <v>757</v>
+      </c>
+      <c r="E221" t="s">
+        <v>758</v>
+      </c>
+      <c r="F221" t="s">
         <v>753</v>
       </c>
-      <c r="E221" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="G221" t="s">
-        <v>756</v>
+        <v>759</v>
       </c>
       <c r="H221" t="s">
         <v>30</v>
       </c>
       <c r="I221" t="s">
         <v>24</v>
       </c>
       <c r="J221" t="s">
-        <v>556</v>
+        <v>60</v>
       </c>
       <c r="K221" t="s">
-        <v>233</v>
+        <v>61</v>
       </c>
       <c r="L221"/>
       <c r="M221"/>
       <c r="N221"/>
-      <c r="O221" t="s">
-[...2 lines deleted...]
-      <c r="P221"/>
+      <c r="O221"/>
+      <c r="P221" t="s">
+        <v>760</v>
+      </c>
       <c r="Q221" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="222" spans="1:17">
       <c r="A222">
-        <v>32346</v>
+        <v>11961</v>
       </c>
       <c r="B222" t="s">
-        <v>757</v>
+        <v>761</v>
       </c>
       <c r="C222" t="s">
-        <v>758</v>
+        <v>762</v>
       </c>
       <c r="D222" t="s">
-        <v>759</v>
+        <v>763</v>
       </c>
       <c r="E222" t="s">
-        <v>760</v>
+        <v>764</v>
       </c>
       <c r="F222" t="s">
-        <v>755</v>
+        <v>765</v>
       </c>
       <c r="G222" t="s">
-        <v>761</v>
+        <v>766</v>
       </c>
       <c r="H222" t="s">
         <v>30</v>
       </c>
       <c r="I222" t="s">
         <v>24</v>
       </c>
       <c r="J222" t="s">
-        <v>60</v>
+        <v>554</v>
       </c>
       <c r="K222" t="s">
-        <v>61</v>
+        <v>233</v>
       </c>
       <c r="L222"/>
       <c r="M222"/>
       <c r="N222"/>
-      <c r="O222"/>
-[...2 lines deleted...]
-      </c>
+      <c r="O222" t="s">
+        <v>564</v>
+      </c>
+      <c r="P222"/>
       <c r="Q222" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="223" spans="1:17">
       <c r="A223">
-        <v>11961</v>
+        <v>547</v>
       </c>
       <c r="B223" t="s">
-        <v>763</v>
+        <v>767</v>
       </c>
       <c r="C223" t="s">
-        <v>764</v>
+        <v>768</v>
       </c>
       <c r="D223" t="s">
-        <v>765</v>
+        <v>58</v>
       </c>
       <c r="E223" t="s">
-        <v>766</v>
+        <v>769</v>
       </c>
       <c r="F223" t="s">
-        <v>767</v>
+        <v>770</v>
       </c>
       <c r="G223" t="s">
-        <v>768</v>
+        <v>771</v>
       </c>
       <c r="H223" t="s">
         <v>30</v>
       </c>
       <c r="I223" t="s">
-        <v>24</v>
-[...6 lines deleted...]
-      </c>
+        <v>36</v>
+      </c>
+      <c r="J223"/>
+      <c r="K223"/>
       <c r="L223"/>
       <c r="M223"/>
       <c r="N223"/>
-      <c r="O223" t="s">
-[...2 lines deleted...]
-      <c r="P223"/>
+      <c r="O223"/>
+      <c r="P223" t="s">
+        <v>772</v>
+      </c>
       <c r="Q223" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="224" spans="1:17">
       <c r="A224">
-        <v>547</v>
+        <v>4704</v>
       </c>
       <c r="B224" t="s">
-        <v>769</v>
-[...6 lines deleted...]
-      </c>
+        <v>773</v>
+      </c>
+      <c r="C224"/>
+      <c r="D224"/>
       <c r="E224" t="s">
-        <v>771</v>
+        <v>774</v>
       </c>
       <c r="F224" t="s">
-        <v>772</v>
+        <v>775</v>
       </c>
       <c r="G224" t="s">
-        <v>773</v>
+        <v>776</v>
       </c>
       <c r="H224" t="s">
         <v>30</v>
       </c>
       <c r="I224" t="s">
         <v>36</v>
       </c>
       <c r="J224"/>
       <c r="K224"/>
       <c r="L224"/>
       <c r="M224"/>
       <c r="N224"/>
       <c r="O224"/>
       <c r="P224" t="s">
-        <v>774</v>
+        <v>777</v>
       </c>
       <c r="Q224" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="225" spans="1:17">
       <c r="A225">
-        <v>4704</v>
+        <v>16254</v>
       </c>
       <c r="B225" t="s">
-        <v>775</v>
-[...2 lines deleted...]
-      <c r="D225"/>
+        <v>778</v>
+      </c>
+      <c r="C225" t="s">
+        <v>779</v>
+      </c>
+      <c r="D225" t="s">
+        <v>19</v>
+      </c>
       <c r="E225" t="s">
-        <v>776</v>
+        <v>780</v>
       </c>
       <c r="F225" t="s">
-        <v>777</v>
+        <v>781</v>
       </c>
       <c r="G225" t="s">
-        <v>778</v>
+        <v>782</v>
       </c>
       <c r="H225" t="s">
         <v>30</v>
       </c>
       <c r="I225" t="s">
-        <v>36</v>
+        <v>24</v>
       </c>
       <c r="J225"/>
       <c r="K225"/>
       <c r="L225"/>
       <c r="M225"/>
       <c r="N225"/>
       <c r="O225"/>
-      <c r="P225" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="P225"/>
       <c r="Q225" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="226" spans="1:17">
       <c r="A226">
-        <v>16254</v>
+        <v>16302</v>
       </c>
       <c r="B226" t="s">
-        <v>780</v>
+        <v>783</v>
       </c>
       <c r="C226" t="s">
+        <v>784</v>
+      </c>
+      <c r="D226" t="s">
+        <v>785</v>
+      </c>
+      <c r="E226" t="s">
+        <v>786</v>
+      </c>
+      <c r="F226" t="s">
         <v>781</v>
       </c>
-      <c r="D226" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="G226" t="s">
-        <v>784</v>
+        <v>787</v>
       </c>
       <c r="H226" t="s">
         <v>30</v>
       </c>
       <c r="I226" t="s">
         <v>24</v>
       </c>
-      <c r="J226"/>
-      <c r="K226"/>
+      <c r="J226" t="s">
+        <v>554</v>
+      </c>
+      <c r="K226" t="s">
+        <v>233</v>
+      </c>
       <c r="L226"/>
       <c r="M226"/>
       <c r="N226"/>
-      <c r="O226"/>
-      <c r="P226"/>
+      <c r="O226" t="s">
+        <v>564</v>
+      </c>
+      <c r="P226" t="s">
+        <v>788</v>
+      </c>
       <c r="Q226" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="227" spans="1:17">
       <c r="A227">
-        <v>16302</v>
+        <v>10822</v>
       </c>
       <c r="B227" t="s">
-        <v>785</v>
+        <v>789</v>
       </c>
       <c r="C227" t="s">
-        <v>786</v>
+        <v>790</v>
       </c>
       <c r="D227" t="s">
-        <v>787</v>
+        <v>550</v>
       </c>
       <c r="E227" t="s">
-        <v>788</v>
+        <v>791</v>
       </c>
       <c r="F227" t="s">
-        <v>783</v>
+        <v>781</v>
       </c>
       <c r="G227" t="s">
-        <v>789</v>
+        <v>792</v>
       </c>
       <c r="H227" t="s">
         <v>30</v>
       </c>
       <c r="I227" t="s">
         <v>24</v>
       </c>
       <c r="J227" t="s">
-        <v>556</v>
+        <v>554</v>
       </c>
       <c r="K227" t="s">
-        <v>233</v>
+        <v>61</v>
       </c>
       <c r="L227"/>
       <c r="M227"/>
       <c r="N227"/>
       <c r="O227" t="s">
-        <v>566</v>
-[...3 lines deleted...]
-      </c>
+        <v>564</v>
+      </c>
+      <c r="P227"/>
       <c r="Q227" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="228" spans="1:17">
       <c r="A228">
-        <v>10822</v>
+        <v>11589</v>
       </c>
       <c r="B228" t="s">
-        <v>791</v>
+        <v>793</v>
       </c>
       <c r="C228" t="s">
-        <v>792</v>
+        <v>794</v>
       </c>
       <c r="D228" t="s">
-        <v>552</v>
+        <v>795</v>
       </c>
       <c r="E228" t="s">
-        <v>793</v>
+        <v>796</v>
       </c>
       <c r="F228" t="s">
-        <v>783</v>
+        <v>781</v>
       </c>
       <c r="G228" t="s">
-        <v>794</v>
+        <v>797</v>
       </c>
       <c r="H228" t="s">
         <v>30</v>
       </c>
       <c r="I228" t="s">
         <v>24</v>
       </c>
       <c r="J228" t="s">
-        <v>556</v>
+        <v>554</v>
       </c>
       <c r="K228" t="s">
         <v>61</v>
       </c>
       <c r="L228"/>
       <c r="M228"/>
       <c r="N228"/>
       <c r="O228" t="s">
-        <v>566</v>
+        <v>564</v>
       </c>
       <c r="P228"/>
       <c r="Q228" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="229" spans="1:17">
       <c r="A229">
-        <v>11589</v>
+        <v>10712</v>
       </c>
       <c r="B229" t="s">
-        <v>795</v>
+        <v>798</v>
       </c>
       <c r="C229" t="s">
-        <v>796</v>
+        <v>799</v>
       </c>
       <c r="D229" t="s">
-        <v>797</v>
+        <v>800</v>
       </c>
       <c r="E229" t="s">
-        <v>798</v>
+        <v>801</v>
       </c>
       <c r="F229" t="s">
-        <v>783</v>
+        <v>802</v>
       </c>
       <c r="G229" t="s">
-        <v>799</v>
+        <v>803</v>
       </c>
       <c r="H229" t="s">
         <v>30</v>
       </c>
       <c r="I229" t="s">
-        <v>24</v>
+        <v>804</v>
       </c>
       <c r="J229" t="s">
-        <v>556</v>
+        <v>805</v>
       </c>
       <c r="K229" t="s">
         <v>61</v>
       </c>
       <c r="L229"/>
       <c r="M229"/>
-      <c r="N229"/>
-[...3 lines deleted...]
-      <c r="P229"/>
+      <c r="N229" t="s">
+        <v>806</v>
+      </c>
+      <c r="O229"/>
+      <c r="P229" t="s">
+        <v>807</v>
+      </c>
       <c r="Q229" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="230" spans="1:17">
       <c r="A230">
-        <v>10712</v>
+        <v>3235</v>
       </c>
       <c r="B230" t="s">
-        <v>800</v>
-[...6 lines deleted...]
-      </c>
+        <v>808</v>
+      </c>
+      <c r="C230"/>
+      <c r="D230"/>
       <c r="E230" t="s">
-        <v>803</v>
+        <v>809</v>
       </c>
       <c r="F230" t="s">
-        <v>804</v>
+        <v>810</v>
       </c>
       <c r="G230" t="s">
+        <v>811</v>
+      </c>
+      <c r="H230" t="s">
+        <v>30</v>
+      </c>
+      <c r="I230" t="s">
+        <v>36</v>
+      </c>
+      <c r="J230" t="s">
         <v>805</v>
-      </c>
-[...7 lines deleted...]
-        <v>807</v>
       </c>
       <c r="K230" t="s">
         <v>61</v>
       </c>
       <c r="L230"/>
       <c r="M230"/>
       <c r="N230" t="s">
-        <v>808</v>
+        <v>812</v>
       </c>
       <c r="O230"/>
-      <c r="P230" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="P230"/>
       <c r="Q230" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="231" spans="1:17">
       <c r="A231">
-        <v>3235</v>
+        <v>7723</v>
       </c>
       <c r="B231" t="s">
+        <v>813</v>
+      </c>
+      <c r="C231" t="s">
+        <v>814</v>
+      </c>
+      <c r="D231" t="s">
+        <v>815</v>
+      </c>
+      <c r="E231" t="s">
+        <v>816</v>
+      </c>
+      <c r="F231" t="s">
         <v>810</v>
       </c>
-      <c r="C231"/>
-[...6 lines deleted...]
-      </c>
       <c r="G231" t="s">
-        <v>813</v>
+        <v>817</v>
       </c>
       <c r="H231" t="s">
         <v>30</v>
       </c>
       <c r="I231" t="s">
         <v>36</v>
       </c>
       <c r="J231" t="s">
-        <v>807</v>
+        <v>805</v>
       </c>
       <c r="K231" t="s">
-        <v>61</v>
+        <v>563</v>
       </c>
       <c r="L231"/>
       <c r="M231"/>
       <c r="N231" t="s">
-        <v>814</v>
+        <v>818</v>
       </c>
       <c r="O231"/>
       <c r="P231"/>
       <c r="Q231" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="232" spans="1:17">
       <c r="A232">
-        <v>7723</v>
+        <v>12142</v>
       </c>
       <c r="B232" t="s">
-        <v>815</v>
+        <v>819</v>
       </c>
       <c r="C232" t="s">
-        <v>816</v>
+        <v>820</v>
       </c>
       <c r="D232" t="s">
-        <v>817</v>
+        <v>821</v>
       </c>
       <c r="E232" t="s">
-        <v>818</v>
+        <v>822</v>
       </c>
       <c r="F232" t="s">
-        <v>812</v>
+        <v>810</v>
       </c>
       <c r="G232" t="s">
-        <v>819</v>
+        <v>823</v>
       </c>
       <c r="H232" t="s">
-        <v>30</v>
+        <v>575</v>
       </c>
       <c r="I232" t="s">
-        <v>36</v>
+        <v>659</v>
       </c>
       <c r="J232" t="s">
-        <v>807</v>
-[...3 lines deleted...]
-      </c>
+        <v>824</v>
+      </c>
+      <c r="K232"/>
       <c r="L232"/>
       <c r="M232"/>
       <c r="N232" t="s">
-        <v>820</v>
+        <v>825</v>
       </c>
       <c r="O232"/>
       <c r="P232"/>
       <c r="Q232" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="233" spans="1:17">
       <c r="A233">
-        <v>12142</v>
+        <v>6093</v>
       </c>
       <c r="B233" t="s">
-        <v>821</v>
+        <v>826</v>
       </c>
       <c r="C233" t="s">
-        <v>822</v>
+        <v>827</v>
       </c>
       <c r="D233" t="s">
-        <v>823</v>
+        <v>34</v>
       </c>
       <c r="E233" t="s">
-        <v>824</v>
+        <v>828</v>
       </c>
       <c r="F233" t="s">
-        <v>812</v>
+        <v>829</v>
       </c>
       <c r="G233" t="s">
-        <v>825</v>
+        <v>830</v>
       </c>
       <c r="H233" t="s">
-        <v>577</v>
+        <v>30</v>
       </c>
       <c r="I233" t="s">
-        <v>661</v>
+        <v>36</v>
       </c>
       <c r="J233" t="s">
-        <v>826</v>
-[...1 lines deleted...]
-      <c r="K233"/>
+        <v>805</v>
+      </c>
+      <c r="K233" t="s">
+        <v>61</v>
+      </c>
       <c r="L233"/>
       <c r="M233"/>
       <c r="N233" t="s">
-        <v>827</v>
+        <v>818</v>
       </c>
       <c r="O233"/>
-      <c r="P233"/>
+      <c r="P233" t="s">
+        <v>831</v>
+      </c>
       <c r="Q233" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="234" spans="1:17">
       <c r="A234">
-        <v>6093</v>
+        <v>11638</v>
       </c>
       <c r="B234" t="s">
-        <v>828</v>
+        <v>832</v>
       </c>
       <c r="C234" t="s">
+        <v>833</v>
+      </c>
+      <c r="D234" t="s">
+        <v>559</v>
+      </c>
+      <c r="E234" t="s">
+        <v>834</v>
+      </c>
+      <c r="F234" t="s">
         <v>829</v>
       </c>
-      <c r="D234" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="G234" t="s">
-        <v>832</v>
+        <v>835</v>
       </c>
       <c r="H234" t="s">
         <v>30</v>
       </c>
       <c r="I234" t="s">
-        <v>36</v>
+        <v>836</v>
       </c>
       <c r="J234" t="s">
-        <v>807</v>
+        <v>805</v>
       </c>
       <c r="K234" t="s">
         <v>61</v>
       </c>
       <c r="L234"/>
       <c r="M234"/>
       <c r="N234" t="s">
-        <v>820</v>
+        <v>812</v>
       </c>
       <c r="O234"/>
-      <c r="P234" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="P234"/>
       <c r="Q234" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="235" spans="1:17">
       <c r="A235">
-        <v>11638</v>
+        <v>11662</v>
       </c>
       <c r="B235" t="s">
-        <v>834</v>
+        <v>837</v>
       </c>
       <c r="C235" t="s">
-        <v>835</v>
+        <v>838</v>
       </c>
       <c r="D235" t="s">
-        <v>561</v>
+        <v>839</v>
       </c>
       <c r="E235" t="s">
-        <v>836</v>
+        <v>840</v>
       </c>
       <c r="F235" t="s">
-        <v>831</v>
+        <v>841</v>
       </c>
       <c r="G235" t="s">
-        <v>837</v>
+        <v>842</v>
       </c>
       <c r="H235" t="s">
         <v>30</v>
       </c>
       <c r="I235" t="s">
-        <v>838</v>
+        <v>31</v>
       </c>
       <c r="J235" t="s">
-        <v>807</v>
+        <v>805</v>
       </c>
       <c r="K235" t="s">
         <v>61</v>
       </c>
       <c r="L235"/>
       <c r="M235"/>
       <c r="N235" t="s">
-        <v>814</v>
+        <v>843</v>
       </c>
       <c r="O235"/>
-      <c r="P235"/>
+      <c r="P235" t="s">
+        <v>844</v>
+      </c>
       <c r="Q235" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="236" spans="1:17">
       <c r="A236">
-        <v>11662</v>
+        <v>11128</v>
       </c>
       <c r="B236" t="s">
-        <v>839</v>
+        <v>845</v>
       </c>
       <c r="C236" t="s">
-        <v>840</v>
+        <v>846</v>
       </c>
       <c r="D236" t="s">
+        <v>847</v>
+      </c>
+      <c r="E236" t="s">
+        <v>848</v>
+      </c>
+      <c r="F236" t="s">
         <v>841</v>
       </c>
-      <c r="E236" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="G236" t="s">
-        <v>844</v>
+        <v>849</v>
       </c>
       <c r="H236" t="s">
         <v>30</v>
       </c>
       <c r="I236" t="s">
-        <v>31</v>
+        <v>729</v>
       </c>
       <c r="J236" t="s">
-        <v>807</v>
+        <v>805</v>
       </c>
       <c r="K236" t="s">
-        <v>61</v>
+        <v>233</v>
       </c>
       <c r="L236"/>
       <c r="M236"/>
       <c r="N236" t="s">
-        <v>845</v>
+        <v>850</v>
       </c>
       <c r="O236"/>
-      <c r="P236" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="P236"/>
       <c r="Q236" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="237" spans="1:17">
       <c r="A237">
-        <v>11128</v>
+        <v>8158</v>
       </c>
       <c r="B237" t="s">
-        <v>847</v>
+        <v>851</v>
       </c>
       <c r="C237" t="s">
-        <v>848</v>
+        <v>852</v>
       </c>
       <c r="D237" t="s">
-        <v>849</v>
+        <v>853</v>
       </c>
       <c r="E237" t="s">
-        <v>850</v>
+        <v>854</v>
       </c>
       <c r="F237" t="s">
-        <v>843</v>
+        <v>841</v>
       </c>
       <c r="G237" t="s">
-        <v>851</v>
+        <v>855</v>
       </c>
       <c r="H237" t="s">
         <v>30</v>
       </c>
       <c r="I237" t="s">
-        <v>731</v>
+        <v>36</v>
       </c>
       <c r="J237" t="s">
-        <v>807</v>
-[...3 lines deleted...]
-      </c>
+        <v>824</v>
+      </c>
+      <c r="K237"/>
       <c r="L237"/>
       <c r="M237"/>
       <c r="N237" t="s">
-        <v>852</v>
+        <v>856</v>
       </c>
       <c r="O237"/>
       <c r="P237"/>
       <c r="Q237" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="238" spans="1:17">
       <c r="A238">
-        <v>8158</v>
+        <v>8695</v>
       </c>
       <c r="B238" t="s">
-        <v>853</v>
+        <v>857</v>
       </c>
       <c r="C238" t="s">
-        <v>854</v>
+        <v>858</v>
       </c>
       <c r="D238" t="s">
-        <v>855</v>
+        <v>34</v>
       </c>
       <c r="E238" t="s">
-        <v>856</v>
+        <v>859</v>
       </c>
       <c r="F238" t="s">
-        <v>843</v>
+        <v>841</v>
       </c>
       <c r="G238" t="s">
-        <v>857</v>
+        <v>860</v>
       </c>
       <c r="H238" t="s">
         <v>30</v>
       </c>
       <c r="I238" t="s">
         <v>36</v>
       </c>
       <c r="J238" t="s">
-        <v>826</v>
-[...1 lines deleted...]
-      <c r="K238"/>
+        <v>805</v>
+      </c>
+      <c r="K238" t="s">
+        <v>563</v>
+      </c>
       <c r="L238"/>
       <c r="M238"/>
       <c r="N238" t="s">
-        <v>858</v>
+        <v>850</v>
       </c>
       <c r="O238"/>
-      <c r="P238"/>
+      <c r="P238" t="s">
+        <v>861</v>
+      </c>
       <c r="Q238" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="239" spans="1:17">
       <c r="A239">
-        <v>8695</v>
+        <v>3876</v>
       </c>
       <c r="B239" t="s">
-        <v>859</v>
+        <v>862</v>
       </c>
       <c r="C239" t="s">
-        <v>860</v>
+        <v>863</v>
       </c>
       <c r="D239" t="s">
-        <v>34</v>
+        <v>864</v>
       </c>
       <c r="E239" t="s">
-        <v>861</v>
+        <v>865</v>
       </c>
       <c r="F239" t="s">
-        <v>843</v>
+        <v>866</v>
       </c>
       <c r="G239" t="s">
-        <v>862</v>
+        <v>867</v>
       </c>
       <c r="H239" t="s">
         <v>30</v>
       </c>
       <c r="I239" t="s">
         <v>36</v>
       </c>
       <c r="J239" t="s">
-        <v>807</v>
+        <v>805</v>
       </c>
       <c r="K239" t="s">
-        <v>565</v>
+        <v>563</v>
       </c>
       <c r="L239"/>
       <c r="M239"/>
       <c r="N239" t="s">
-        <v>852</v>
+        <v>806</v>
       </c>
       <c r="O239"/>
       <c r="P239" t="s">
-        <v>863</v>
+        <v>868</v>
       </c>
       <c r="Q239" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="240" spans="1:17">
       <c r="A240">
-        <v>3876</v>
+        <v>846</v>
       </c>
       <c r="B240" t="s">
-        <v>864</v>
+        <v>869</v>
       </c>
       <c r="C240" t="s">
-        <v>865</v>
+        <v>870</v>
       </c>
       <c r="D240" t="s">
-        <v>866</v>
+        <v>202</v>
       </c>
       <c r="E240" t="s">
-        <v>867</v>
+        <v>871</v>
       </c>
       <c r="F240" t="s">
-        <v>868</v>
+        <v>872</v>
       </c>
       <c r="G240" t="s">
-        <v>869</v>
+        <v>873</v>
       </c>
       <c r="H240" t="s">
         <v>30</v>
       </c>
       <c r="I240" t="s">
         <v>36</v>
       </c>
       <c r="J240" t="s">
-        <v>807</v>
+        <v>805</v>
       </c>
       <c r="K240" t="s">
-        <v>565</v>
+        <v>61</v>
       </c>
       <c r="L240"/>
       <c r="M240"/>
       <c r="N240" t="s">
-        <v>808</v>
+        <v>874</v>
       </c>
       <c r="O240"/>
-      <c r="P240" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="P240"/>
       <c r="Q240" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="241" spans="1:17">
       <c r="A241">
-        <v>846</v>
+        <v>855</v>
       </c>
       <c r="B241" t="s">
-        <v>871</v>
+        <v>875</v>
       </c>
       <c r="C241" t="s">
+        <v>876</v>
+      </c>
+      <c r="D241" t="s">
+        <v>80</v>
+      </c>
+      <c r="E241" t="s">
+        <v>877</v>
+      </c>
+      <c r="F241" t="s">
         <v>872</v>
       </c>
-      <c r="D241" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="G241" t="s">
-        <v>875</v>
+        <v>878</v>
       </c>
       <c r="H241" t="s">
         <v>30</v>
       </c>
       <c r="I241" t="s">
         <v>36</v>
       </c>
       <c r="J241" t="s">
-        <v>807</v>
+        <v>805</v>
       </c>
       <c r="K241" t="s">
         <v>61</v>
       </c>
       <c r="L241"/>
       <c r="M241"/>
       <c r="N241" t="s">
-        <v>876</v>
+        <v>812</v>
       </c>
       <c r="O241"/>
       <c r="P241"/>
       <c r="Q241" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="242" spans="1:17">
       <c r="A242">
-        <v>855</v>
+        <v>856</v>
       </c>
       <c r="B242" t="s">
+        <v>879</v>
+      </c>
+      <c r="C242" t="s">
+        <v>880</v>
+      </c>
+      <c r="D242" t="s">
+        <v>202</v>
+      </c>
+      <c r="E242" t="s">
         <v>877</v>
       </c>
-      <c r="C242" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F242" t="s">
-        <v>874</v>
+        <v>872</v>
       </c>
       <c r="G242" t="s">
-        <v>880</v>
+        <v>881</v>
       </c>
       <c r="H242" t="s">
         <v>30</v>
       </c>
       <c r="I242" t="s">
         <v>36</v>
       </c>
       <c r="J242" t="s">
-        <v>807</v>
+        <v>805</v>
       </c>
       <c r="K242" t="s">
         <v>61</v>
       </c>
       <c r="L242"/>
       <c r="M242"/>
       <c r="N242" t="s">
-        <v>814</v>
+        <v>818</v>
       </c>
       <c r="O242"/>
       <c r="P242"/>
       <c r="Q242" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="243" spans="1:17">
       <c r="A243">
-        <v>856</v>
+        <v>1055</v>
       </c>
       <c r="B243" t="s">
-        <v>881</v>
+        <v>882</v>
       </c>
       <c r="C243" t="s">
-        <v>882</v>
+        <v>883</v>
       </c>
       <c r="D243" t="s">
-        <v>202</v>
+        <v>34</v>
       </c>
       <c r="E243" t="s">
-        <v>879</v>
+        <v>877</v>
       </c>
       <c r="F243" t="s">
-        <v>874</v>
+        <v>872</v>
       </c>
       <c r="G243" t="s">
-        <v>883</v>
+        <v>884</v>
       </c>
       <c r="H243" t="s">
         <v>30</v>
       </c>
       <c r="I243" t="s">
         <v>36</v>
       </c>
       <c r="J243" t="s">
-        <v>807</v>
+        <v>805</v>
       </c>
       <c r="K243" t="s">
-        <v>61</v>
+        <v>563</v>
       </c>
       <c r="L243"/>
       <c r="M243"/>
       <c r="N243" t="s">
-        <v>820</v>
+        <v>818</v>
       </c>
       <c r="O243"/>
-      <c r="P243"/>
+      <c r="P243" t="s">
+        <v>885</v>
+      </c>
       <c r="Q243" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="244" spans="1:17">
       <c r="A244">
-        <v>1055</v>
+        <v>877</v>
       </c>
       <c r="B244" t="s">
-        <v>884</v>
+        <v>886</v>
       </c>
       <c r="C244" t="s">
-        <v>885</v>
+        <v>887</v>
       </c>
       <c r="D244" t="s">
-        <v>34</v>
+        <v>69</v>
       </c>
       <c r="E244" t="s">
-        <v>879</v>
+        <v>877</v>
       </c>
       <c r="F244" t="s">
-        <v>874</v>
+        <v>872</v>
       </c>
       <c r="G244" t="s">
-        <v>886</v>
+        <v>888</v>
       </c>
       <c r="H244" t="s">
         <v>30</v>
       </c>
       <c r="I244" t="s">
         <v>36</v>
       </c>
       <c r="J244" t="s">
-        <v>807</v>
+        <v>805</v>
       </c>
       <c r="K244" t="s">
-        <v>565</v>
+        <v>563</v>
       </c>
       <c r="L244"/>
       <c r="M244"/>
       <c r="N244" t="s">
-        <v>820</v>
+        <v>818</v>
       </c>
       <c r="O244"/>
       <c r="P244" t="s">
-        <v>887</v>
+        <v>889</v>
       </c>
       <c r="Q244" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="245" spans="1:17">
       <c r="A245">
-        <v>877</v>
+        <v>880</v>
       </c>
       <c r="B245" t="s">
-        <v>888</v>
+        <v>890</v>
       </c>
       <c r="C245" t="s">
-        <v>889</v>
+        <v>891</v>
       </c>
       <c r="D245" t="s">
-        <v>69</v>
+        <v>58</v>
       </c>
       <c r="E245" t="s">
-        <v>879</v>
+        <v>892</v>
       </c>
       <c r="F245" t="s">
-        <v>874</v>
+        <v>872</v>
       </c>
       <c r="G245" t="s">
-        <v>890</v>
+        <v>893</v>
       </c>
       <c r="H245" t="s">
         <v>30</v>
       </c>
       <c r="I245" t="s">
         <v>36</v>
       </c>
       <c r="J245" t="s">
-        <v>807</v>
+        <v>805</v>
       </c>
       <c r="K245" t="s">
-        <v>565</v>
+        <v>563</v>
       </c>
       <c r="L245"/>
       <c r="M245"/>
       <c r="N245" t="s">
-        <v>820</v>
+        <v>812</v>
       </c>
       <c r="O245"/>
       <c r="P245" t="s">
-        <v>891</v>
+        <v>894</v>
       </c>
       <c r="Q245" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="246" spans="1:17">
       <c r="A246">
-        <v>880</v>
+        <v>886</v>
       </c>
       <c r="B246" t="s">
-        <v>892</v>
+        <v>895</v>
       </c>
       <c r="C246" t="s">
-        <v>893</v>
+        <v>896</v>
       </c>
       <c r="D246" t="s">
         <v>58</v>
       </c>
       <c r="E246" t="s">
-        <v>894</v>
+        <v>871</v>
       </c>
       <c r="F246" t="s">
-        <v>874</v>
+        <v>872</v>
       </c>
       <c r="G246" t="s">
-        <v>895</v>
+        <v>897</v>
       </c>
       <c r="H246" t="s">
         <v>30</v>
       </c>
       <c r="I246" t="s">
         <v>36</v>
       </c>
       <c r="J246" t="s">
-        <v>807</v>
+        <v>805</v>
       </c>
       <c r="K246" t="s">
-        <v>565</v>
+        <v>563</v>
       </c>
       <c r="L246"/>
       <c r="M246"/>
       <c r="N246" t="s">
-        <v>814</v>
+        <v>818</v>
       </c>
       <c r="O246"/>
-      <c r="P246" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="P246"/>
       <c r="Q246" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="247" spans="1:17">
       <c r="A247">
-        <v>886</v>
+        <v>79299</v>
       </c>
       <c r="B247" t="s">
-        <v>897</v>
+        <v>898</v>
       </c>
       <c r="C247" t="s">
-        <v>898</v>
+        <v>899</v>
       </c>
       <c r="D247" t="s">
-        <v>58</v>
+        <v>900</v>
       </c>
       <c r="E247" t="s">
-        <v>873</v>
+        <v>871</v>
       </c>
       <c r="F247" t="s">
-        <v>874</v>
+        <v>872</v>
       </c>
       <c r="G247" t="s">
-        <v>899</v>
+        <v>901</v>
       </c>
       <c r="H247" t="s">
         <v>30</v>
       </c>
       <c r="I247" t="s">
         <v>36</v>
       </c>
       <c r="J247" t="s">
-        <v>807</v>
+        <v>60</v>
       </c>
       <c r="K247" t="s">
-        <v>565</v>
+        <v>61</v>
       </c>
       <c r="L247"/>
       <c r="M247"/>
-      <c r="N247" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="N247"/>
       <c r="O247"/>
-      <c r="P247"/>
+      <c r="P247" t="s">
+        <v>902</v>
+      </c>
       <c r="Q247" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="248" spans="1:17">
       <c r="A248">
-        <v>79299</v>
+        <v>896</v>
       </c>
       <c r="B248" t="s">
-        <v>900</v>
+        <v>903</v>
       </c>
       <c r="C248" t="s">
-        <v>901</v>
+        <v>904</v>
       </c>
       <c r="D248" t="s">
-        <v>902</v>
+        <v>58</v>
       </c>
       <c r="E248" t="s">
-        <v>873</v>
+        <v>877</v>
       </c>
       <c r="F248" t="s">
-        <v>874</v>
+        <v>872</v>
       </c>
       <c r="G248" t="s">
-        <v>903</v>
+        <v>905</v>
       </c>
       <c r="H248" t="s">
         <v>30</v>
       </c>
       <c r="I248" t="s">
         <v>36</v>
       </c>
       <c r="J248" t="s">
-        <v>60</v>
+        <v>805</v>
       </c>
       <c r="K248" t="s">
         <v>61</v>
       </c>
       <c r="L248"/>
       <c r="M248"/>
-      <c r="N248"/>
+      <c r="N248" t="s">
+        <v>812</v>
+      </c>
       <c r="O248"/>
       <c r="P248" t="s">
-        <v>904</v>
+        <v>906</v>
       </c>
       <c r="Q248" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="249" spans="1:17">
       <c r="A249">
-        <v>896</v>
+        <v>897</v>
       </c>
       <c r="B249" t="s">
-        <v>905</v>
+        <v>907</v>
       </c>
       <c r="C249" t="s">
-        <v>906</v>
+        <v>908</v>
       </c>
       <c r="D249" t="s">
-        <v>58</v>
+        <v>909</v>
       </c>
       <c r="E249" t="s">
-        <v>879</v>
+        <v>871</v>
       </c>
       <c r="F249" t="s">
-        <v>874</v>
+        <v>872</v>
       </c>
       <c r="G249" t="s">
-        <v>907</v>
+        <v>910</v>
       </c>
       <c r="H249" t="s">
         <v>30</v>
       </c>
       <c r="I249" t="s">
         <v>36</v>
       </c>
       <c r="J249" t="s">
-        <v>807</v>
+        <v>805</v>
       </c>
       <c r="K249" t="s">
-        <v>61</v>
+        <v>563</v>
       </c>
       <c r="L249"/>
       <c r="M249"/>
       <c r="N249" t="s">
-        <v>814</v>
+        <v>850</v>
       </c>
       <c r="O249"/>
       <c r="P249" t="s">
-        <v>908</v>
+        <v>911</v>
       </c>
       <c r="Q249" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="250" spans="1:17">
       <c r="A250">
-        <v>897</v>
+        <v>1320</v>
       </c>
       <c r="B250" t="s">
-        <v>909</v>
+        <v>912</v>
       </c>
       <c r="C250" t="s">
-        <v>910</v>
+        <v>913</v>
       </c>
       <c r="D250" t="s">
-        <v>911</v>
+        <v>58</v>
       </c>
       <c r="E250" t="s">
-        <v>873</v>
+        <v>877</v>
       </c>
       <c r="F250" t="s">
-        <v>874</v>
+        <v>872</v>
       </c>
       <c r="G250" t="s">
-        <v>912</v>
+        <v>914</v>
       </c>
       <c r="H250" t="s">
         <v>30</v>
       </c>
       <c r="I250" t="s">
         <v>36</v>
       </c>
       <c r="J250" t="s">
-        <v>807</v>
+        <v>805</v>
       </c>
       <c r="K250" t="s">
-        <v>565</v>
+        <v>233</v>
       </c>
       <c r="L250"/>
       <c r="M250"/>
       <c r="N250" t="s">
-        <v>852</v>
+        <v>874</v>
       </c>
       <c r="O250"/>
       <c r="P250" t="s">
-        <v>913</v>
+        <v>915</v>
       </c>
       <c r="Q250" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="251" spans="1:17">
       <c r="A251">
-        <v>1320</v>
+        <v>923</v>
       </c>
       <c r="B251" t="s">
-        <v>914</v>
+        <v>916</v>
       </c>
       <c r="C251" t="s">
-        <v>915</v>
+        <v>917</v>
       </c>
       <c r="D251" t="s">
-        <v>58</v>
+        <v>34</v>
       </c>
       <c r="E251" t="s">
-        <v>879</v>
+        <v>877</v>
       </c>
       <c r="F251" t="s">
-        <v>874</v>
+        <v>872</v>
       </c>
       <c r="G251" t="s">
-        <v>916</v>
+        <v>918</v>
       </c>
       <c r="H251" t="s">
         <v>30</v>
       </c>
       <c r="I251" t="s">
         <v>36</v>
       </c>
       <c r="J251" t="s">
-        <v>807</v>
+        <v>805</v>
       </c>
       <c r="K251" t="s">
-        <v>233</v>
+        <v>563</v>
       </c>
       <c r="L251"/>
       <c r="M251"/>
       <c r="N251" t="s">
-        <v>876</v>
+        <v>806</v>
       </c>
       <c r="O251"/>
-      <c r="P251" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="P251"/>
       <c r="Q251" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="252" spans="1:17">
       <c r="A252">
-        <v>923</v>
+        <v>33085</v>
       </c>
       <c r="B252" t="s">
-        <v>918</v>
+        <v>919</v>
       </c>
       <c r="C252" t="s">
-        <v>919</v>
+        <v>920</v>
       </c>
       <c r="D252" t="s">
-        <v>34</v>
+        <v>58</v>
       </c>
       <c r="E252" t="s">
-        <v>879</v>
+        <v>921</v>
       </c>
       <c r="F252" t="s">
-        <v>874</v>
+        <v>872</v>
       </c>
       <c r="G252" t="s">
-        <v>920</v>
+        <v>922</v>
       </c>
       <c r="H252" t="s">
         <v>30</v>
       </c>
       <c r="I252" t="s">
         <v>36</v>
       </c>
       <c r="J252" t="s">
-        <v>807</v>
+        <v>805</v>
       </c>
       <c r="K252" t="s">
-        <v>565</v>
+        <v>563</v>
       </c>
       <c r="L252"/>
       <c r="M252"/>
       <c r="N252" t="s">
-        <v>808</v>
+        <v>874</v>
       </c>
       <c r="O252"/>
-      <c r="P252"/>
+      <c r="P252" t="s">
+        <v>923</v>
+      </c>
       <c r="Q252" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="253" spans="1:17">
       <c r="A253">
-        <v>33085</v>
+        <v>953</v>
       </c>
       <c r="B253" t="s">
-        <v>921</v>
+        <v>924</v>
       </c>
       <c r="C253" t="s">
-        <v>922</v>
+        <v>925</v>
       </c>
       <c r="D253" t="s">
-        <v>58</v>
+        <v>80</v>
       </c>
       <c r="E253" t="s">
-        <v>923</v>
+        <v>926</v>
       </c>
       <c r="F253" t="s">
-        <v>874</v>
+        <v>872</v>
       </c>
       <c r="G253" t="s">
-        <v>924</v>
+        <v>927</v>
       </c>
       <c r="H253" t="s">
         <v>30</v>
       </c>
       <c r="I253" t="s">
         <v>36</v>
       </c>
       <c r="J253" t="s">
-        <v>807</v>
+        <v>805</v>
       </c>
       <c r="K253" t="s">
-        <v>565</v>
+        <v>563</v>
       </c>
       <c r="L253"/>
       <c r="M253"/>
       <c r="N253" t="s">
-        <v>876</v>
+        <v>818</v>
       </c>
       <c r="O253"/>
-      <c r="P253" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="P253"/>
       <c r="Q253" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="254" spans="1:17">
       <c r="A254">
-        <v>953</v>
+        <v>12303</v>
       </c>
       <c r="B254" t="s">
-        <v>926</v>
+        <v>928</v>
       </c>
       <c r="C254" t="s">
-        <v>927</v>
+        <v>929</v>
       </c>
       <c r="D254" t="s">
-        <v>80</v>
+        <v>930</v>
       </c>
       <c r="E254" t="s">
-        <v>928</v>
+        <v>931</v>
       </c>
       <c r="F254" t="s">
-        <v>874</v>
+        <v>872</v>
       </c>
       <c r="G254" t="s">
-        <v>929</v>
+        <v>932</v>
       </c>
       <c r="H254" t="s">
         <v>30</v>
       </c>
       <c r="I254" t="s">
-        <v>36</v>
+        <v>836</v>
       </c>
       <c r="J254" t="s">
-        <v>807</v>
+        <v>805</v>
       </c>
       <c r="K254" t="s">
-        <v>565</v>
+        <v>233</v>
       </c>
       <c r="L254"/>
       <c r="M254"/>
       <c r="N254" t="s">
-        <v>820</v>
+        <v>850</v>
       </c>
       <c r="O254"/>
       <c r="P254"/>
       <c r="Q254" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="255" spans="1:17">
       <c r="A255">
-        <v>12303</v>
+        <v>1056</v>
       </c>
       <c r="B255" t="s">
-        <v>930</v>
+        <v>933</v>
       </c>
       <c r="C255" t="s">
-        <v>931</v>
+        <v>934</v>
       </c>
       <c r="D255" t="s">
-        <v>932</v>
+        <v>69</v>
       </c>
       <c r="E255" t="s">
-        <v>933</v>
+        <v>871</v>
       </c>
       <c r="F255" t="s">
-        <v>874</v>
+        <v>872</v>
       </c>
       <c r="G255" t="s">
-        <v>934</v>
+        <v>935</v>
       </c>
       <c r="H255" t="s">
         <v>30</v>
       </c>
       <c r="I255" t="s">
-        <v>838</v>
+        <v>36</v>
       </c>
       <c r="J255" t="s">
-        <v>807</v>
+        <v>805</v>
       </c>
       <c r="K255" t="s">
-        <v>233</v>
+        <v>563</v>
       </c>
       <c r="L255"/>
       <c r="M255"/>
       <c r="N255" t="s">
-        <v>852</v>
+        <v>818</v>
       </c>
       <c r="O255"/>
-      <c r="P255"/>
+      <c r="P255" t="s">
+        <v>936</v>
+      </c>
       <c r="Q255" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="256" spans="1:17">
       <c r="A256">
-        <v>1056</v>
+        <v>32177</v>
       </c>
       <c r="B256" t="s">
-        <v>935</v>
+        <v>937</v>
       </c>
       <c r="C256" t="s">
-        <v>936</v>
+        <v>938</v>
       </c>
       <c r="D256" t="s">
-        <v>69</v>
+        <v>939</v>
       </c>
       <c r="E256" t="s">
-        <v>873</v>
+        <v>940</v>
       </c>
       <c r="F256" t="s">
-        <v>874</v>
+        <v>941</v>
       </c>
       <c r="G256" t="s">
-        <v>937</v>
+        <v>942</v>
       </c>
       <c r="H256" t="s">
-        <v>30</v>
+        <v>23</v>
       </c>
       <c r="I256" t="s">
-        <v>36</v>
+        <v>836</v>
       </c>
       <c r="J256" t="s">
-        <v>807</v>
+        <v>60</v>
       </c>
       <c r="K256" t="s">
-        <v>565</v>
+        <v>233</v>
       </c>
       <c r="L256"/>
       <c r="M256"/>
-      <c r="N256" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="N256"/>
       <c r="O256"/>
       <c r="P256" t="s">
-        <v>938</v>
+        <v>943</v>
       </c>
       <c r="Q256" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="257" spans="1:17">
       <c r="A257">
-        <v>32177</v>
+        <v>10970</v>
       </c>
       <c r="B257" t="s">
-        <v>939</v>
+        <v>944</v>
       </c>
       <c r="C257" t="s">
-        <v>940</v>
+        <v>945</v>
       </c>
       <c r="D257" t="s">
-        <v>941</v>
+        <v>946</v>
       </c>
       <c r="E257" t="s">
-        <v>942</v>
+        <v>947</v>
       </c>
       <c r="F257" t="s">
-        <v>943</v>
+        <v>948</v>
       </c>
       <c r="G257" t="s">
-        <v>944</v>
+        <v>949</v>
       </c>
       <c r="H257" t="s">
         <v>23</v>
       </c>
       <c r="I257" t="s">
-        <v>838</v>
+        <v>804</v>
       </c>
       <c r="J257" t="s">
-        <v>60</v>
+        <v>805</v>
       </c>
       <c r="K257" t="s">
         <v>233</v>
       </c>
       <c r="L257"/>
       <c r="M257"/>
-      <c r="N257"/>
+      <c r="N257" t="s">
+        <v>874</v>
+      </c>
       <c r="O257"/>
       <c r="P257" t="s">
-        <v>945</v>
+        <v>950</v>
       </c>
       <c r="Q257" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="258" spans="1:17">
       <c r="A258">
-        <v>10970</v>
+        <v>11801</v>
       </c>
       <c r="B258" t="s">
-        <v>946</v>
+        <v>951</v>
       </c>
       <c r="C258" t="s">
-        <v>947</v>
+        <v>952</v>
       </c>
       <c r="D258" t="s">
-        <v>948</v>
+        <v>953</v>
       </c>
       <c r="E258" t="s">
-        <v>949</v>
+        <v>954</v>
       </c>
       <c r="F258" t="s">
-        <v>950</v>
+        <v>955</v>
       </c>
       <c r="G258" t="s">
-        <v>951</v>
+        <v>956</v>
       </c>
       <c r="H258" t="s">
         <v>23</v>
       </c>
       <c r="I258" t="s">
-        <v>806</v>
+        <v>804</v>
       </c>
       <c r="J258" t="s">
-        <v>807</v>
+        <v>805</v>
       </c>
       <c r="K258" t="s">
-        <v>233</v>
+        <v>563</v>
       </c>
       <c r="L258"/>
       <c r="M258"/>
       <c r="N258" t="s">
-        <v>876</v>
+        <v>874</v>
       </c>
       <c r="O258"/>
       <c r="P258" t="s">
-        <v>952</v>
+        <v>957</v>
       </c>
       <c r="Q258" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="259" spans="1:17">
       <c r="A259">
-        <v>11801</v>
+        <v>2205</v>
       </c>
       <c r="B259" t="s">
-        <v>953</v>
+        <v>958</v>
       </c>
       <c r="C259" t="s">
-        <v>954</v>
+        <v>959</v>
       </c>
       <c r="D259" t="s">
-        <v>955</v>
+        <v>34</v>
       </c>
       <c r="E259" t="s">
-        <v>956</v>
+        <v>960</v>
       </c>
       <c r="F259" t="s">
-        <v>957</v>
+        <v>961</v>
       </c>
       <c r="G259" t="s">
-        <v>958</v>
+        <v>962</v>
       </c>
       <c r="H259" t="s">
-        <v>23</v>
+        <v>30</v>
       </c>
       <c r="I259" t="s">
-        <v>806</v>
+        <v>36</v>
       </c>
       <c r="J259" t="s">
-        <v>807</v>
+        <v>805</v>
       </c>
       <c r="K259" t="s">
-        <v>565</v>
+        <v>563</v>
       </c>
       <c r="L259"/>
       <c r="M259"/>
       <c r="N259" t="s">
-        <v>876</v>
+        <v>850</v>
       </c>
       <c r="O259"/>
       <c r="P259" t="s">
-        <v>959</v>
+        <v>963</v>
       </c>
       <c r="Q259" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="260" spans="1:17">
       <c r="A260">
-        <v>2205</v>
+        <v>2243</v>
       </c>
       <c r="B260" t="s">
-        <v>960</v>
+        <v>964</v>
       </c>
       <c r="C260" t="s">
-        <v>961</v>
+        <v>965</v>
       </c>
       <c r="D260" t="s">
         <v>34</v>
       </c>
       <c r="E260" t="s">
-        <v>962</v>
+        <v>960</v>
       </c>
       <c r="F260" t="s">
-        <v>963</v>
+        <v>961</v>
       </c>
       <c r="G260" t="s">
-        <v>964</v>
+        <v>966</v>
       </c>
       <c r="H260" t="s">
         <v>30</v>
       </c>
       <c r="I260" t="s">
         <v>36</v>
       </c>
       <c r="J260" t="s">
-        <v>807</v>
+        <v>805</v>
       </c>
       <c r="K260" t="s">
-        <v>565</v>
+        <v>61</v>
       </c>
       <c r="L260"/>
       <c r="M260"/>
       <c r="N260" t="s">
-        <v>852</v>
+        <v>874</v>
       </c>
       <c r="O260"/>
       <c r="P260" t="s">
-        <v>965</v>
+        <v>967</v>
       </c>
       <c r="Q260" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="261" spans="1:17">
       <c r="A261">
-        <v>2243</v>
+        <v>6375</v>
       </c>
       <c r="B261" t="s">
-        <v>966</v>
-[...6 lines deleted...]
-      </c>
+        <v>968</v>
+      </c>
+      <c r="C261"/>
+      <c r="D261"/>
       <c r="E261" t="s">
-        <v>962</v>
+        <v>960</v>
       </c>
       <c r="F261" t="s">
-        <v>963</v>
+        <v>961</v>
       </c>
       <c r="G261" t="s">
-        <v>968</v>
+        <v>969</v>
       </c>
       <c r="H261" t="s">
         <v>30</v>
       </c>
       <c r="I261" t="s">
         <v>36</v>
       </c>
       <c r="J261" t="s">
-        <v>807</v>
+        <v>805</v>
       </c>
       <c r="K261" t="s">
-        <v>61</v>
+        <v>563</v>
       </c>
       <c r="L261"/>
       <c r="M261"/>
       <c r="N261" t="s">
-        <v>876</v>
+        <v>850</v>
       </c>
       <c r="O261"/>
       <c r="P261" t="s">
-        <v>969</v>
+        <v>970</v>
       </c>
       <c r="Q261" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="262" spans="1:17">
       <c r="A262">
-        <v>6375</v>
+        <v>208</v>
       </c>
       <c r="B262" t="s">
-        <v>970</v>
-[...2 lines deleted...]
-      <c r="D262"/>
+        <v>971</v>
+      </c>
+      <c r="C262" t="s">
+        <v>972</v>
+      </c>
+      <c r="D262" t="s">
+        <v>34</v>
+      </c>
       <c r="E262" t="s">
-        <v>962</v>
+        <v>960</v>
       </c>
       <c r="F262" t="s">
-        <v>963</v>
+        <v>961</v>
       </c>
       <c r="G262" t="s">
-        <v>971</v>
+        <v>973</v>
       </c>
       <c r="H262" t="s">
         <v>30</v>
       </c>
       <c r="I262" t="s">
         <v>36</v>
       </c>
       <c r="J262" t="s">
-        <v>807</v>
+        <v>805</v>
       </c>
       <c r="K262" t="s">
-        <v>565</v>
+        <v>563</v>
       </c>
       <c r="L262"/>
       <c r="M262"/>
       <c r="N262" t="s">
-        <v>852</v>
+        <v>818</v>
       </c>
       <c r="O262"/>
       <c r="P262" t="s">
-        <v>972</v>
+        <v>974</v>
       </c>
       <c r="Q262" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="263" spans="1:17">
       <c r="A263">
-        <v>208</v>
+        <v>245</v>
       </c>
       <c r="B263" t="s">
-        <v>973</v>
+        <v>975</v>
       </c>
       <c r="C263" t="s">
-        <v>974</v>
+        <v>976</v>
       </c>
       <c r="D263" t="s">
-        <v>34</v>
+        <v>58</v>
       </c>
       <c r="E263" t="s">
-        <v>962</v>
+        <v>960</v>
       </c>
       <c r="F263" t="s">
-        <v>963</v>
+        <v>961</v>
       </c>
       <c r="G263" t="s">
-        <v>975</v>
+        <v>977</v>
       </c>
       <c r="H263" t="s">
         <v>30</v>
       </c>
       <c r="I263" t="s">
         <v>36</v>
       </c>
       <c r="J263" t="s">
-        <v>807</v>
+        <v>805</v>
       </c>
       <c r="K263" t="s">
-        <v>565</v>
+        <v>563</v>
       </c>
       <c r="L263"/>
       <c r="M263"/>
       <c r="N263" t="s">
-        <v>820</v>
+        <v>818</v>
       </c>
       <c r="O263"/>
-      <c r="P263" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="P263"/>
       <c r="Q263" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="264" spans="1:17">
       <c r="A264">
-        <v>245</v>
+        <v>4796</v>
       </c>
       <c r="B264" t="s">
-        <v>977</v>
-[...1 lines deleted...]
-      <c r="C264" t="s">
         <v>978</v>
       </c>
-      <c r="D264" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="C264"/>
+      <c r="D264"/>
       <c r="E264" t="s">
-        <v>962</v>
+        <v>979</v>
       </c>
       <c r="F264" t="s">
-        <v>963</v>
+        <v>961</v>
       </c>
       <c r="G264" t="s">
-        <v>979</v>
+        <v>980</v>
       </c>
       <c r="H264" t="s">
         <v>30</v>
       </c>
       <c r="I264" t="s">
         <v>36</v>
       </c>
       <c r="J264" t="s">
-        <v>807</v>
+        <v>805</v>
       </c>
       <c r="K264" t="s">
-        <v>565</v>
+        <v>563</v>
       </c>
       <c r="L264"/>
       <c r="M264"/>
       <c r="N264" t="s">
-        <v>820</v>
+        <v>874</v>
       </c>
       <c r="O264"/>
       <c r="P264"/>
       <c r="Q264" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="265" spans="1:17">
       <c r="A265">
-        <v>4796</v>
+        <v>4986</v>
       </c>
       <c r="B265" t="s">
-        <v>980</v>
-[...2 lines deleted...]
-      <c r="D265"/>
+        <v>981</v>
+      </c>
+      <c r="C265" t="s">
+        <v>982</v>
+      </c>
+      <c r="D265" t="s">
+        <v>34</v>
+      </c>
       <c r="E265" t="s">
-        <v>981</v>
+        <v>960</v>
       </c>
       <c r="F265" t="s">
-        <v>963</v>
+        <v>961</v>
       </c>
       <c r="G265" t="s">
-        <v>982</v>
+        <v>983</v>
       </c>
       <c r="H265" t="s">
         <v>30</v>
       </c>
       <c r="I265" t="s">
         <v>36</v>
       </c>
       <c r="J265" t="s">
-        <v>807</v>
+        <v>805</v>
       </c>
       <c r="K265" t="s">
-        <v>565</v>
+        <v>61</v>
       </c>
       <c r="L265"/>
       <c r="M265"/>
       <c r="N265" t="s">
-        <v>876</v>
+        <v>874</v>
       </c>
       <c r="O265"/>
-      <c r="P265"/>
+      <c r="P265" t="s">
+        <v>984</v>
+      </c>
       <c r="Q265" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="266" spans="1:17">
       <c r="A266">
-        <v>4986</v>
+        <v>358</v>
       </c>
       <c r="B266" t="s">
-        <v>983</v>
-[...6 lines deleted...]
-      </c>
+        <v>985</v>
+      </c>
+      <c r="C266"/>
+      <c r="D266"/>
       <c r="E266" t="s">
-        <v>962</v>
+        <v>986</v>
       </c>
       <c r="F266" t="s">
-        <v>963</v>
+        <v>961</v>
       </c>
       <c r="G266" t="s">
-        <v>985</v>
+        <v>987</v>
       </c>
       <c r="H266" t="s">
         <v>30</v>
       </c>
       <c r="I266" t="s">
         <v>36</v>
       </c>
       <c r="J266" t="s">
-        <v>807</v>
+        <v>805</v>
       </c>
       <c r="K266" t="s">
-        <v>61</v>
+        <v>563</v>
       </c>
       <c r="L266"/>
       <c r="M266"/>
       <c r="N266" t="s">
-        <v>876</v>
+        <v>806</v>
       </c>
       <c r="O266"/>
       <c r="P266" t="s">
-        <v>986</v>
+        <v>988</v>
       </c>
       <c r="Q266" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="267" spans="1:17">
       <c r="A267">
-        <v>358</v>
+        <v>3741</v>
       </c>
       <c r="B267" t="s">
-        <v>987</v>
-[...2 lines deleted...]
-      <c r="D267"/>
+        <v>989</v>
+      </c>
+      <c r="C267" t="s">
+        <v>990</v>
+      </c>
+      <c r="D267" t="s">
+        <v>34</v>
+      </c>
       <c r="E267" t="s">
-        <v>988</v>
+        <v>991</v>
       </c>
       <c r="F267" t="s">
-        <v>963</v>
+        <v>961</v>
       </c>
       <c r="G267" t="s">
-        <v>989</v>
+        <v>992</v>
       </c>
       <c r="H267" t="s">
         <v>30</v>
       </c>
       <c r="I267" t="s">
         <v>36</v>
       </c>
       <c r="J267" t="s">
-        <v>807</v>
+        <v>805</v>
       </c>
       <c r="K267" t="s">
-        <v>565</v>
+        <v>61</v>
       </c>
       <c r="L267"/>
       <c r="M267"/>
       <c r="N267" t="s">
-        <v>808</v>
+        <v>812</v>
       </c>
       <c r="O267"/>
       <c r="P267" t="s">
-        <v>990</v>
+        <v>993</v>
       </c>
       <c r="Q267" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="268" spans="1:17">
       <c r="A268">
-        <v>3741</v>
+        <v>6119</v>
       </c>
       <c r="B268" t="s">
-        <v>991</v>
+        <v>994</v>
       </c>
       <c r="C268" t="s">
-        <v>992</v>
+        <v>995</v>
       </c>
       <c r="D268" t="s">
         <v>34</v>
       </c>
       <c r="E268" t="s">
-        <v>993</v>
+        <v>996</v>
       </c>
       <c r="F268" t="s">
-        <v>963</v>
+        <v>961</v>
       </c>
       <c r="G268" t="s">
-        <v>994</v>
+        <v>997</v>
       </c>
       <c r="H268" t="s">
         <v>30</v>
       </c>
       <c r="I268" t="s">
         <v>36</v>
       </c>
       <c r="J268" t="s">
-        <v>807</v>
+        <v>805</v>
       </c>
       <c r="K268" t="s">
-        <v>61</v>
+        <v>563</v>
       </c>
       <c r="L268"/>
       <c r="M268"/>
       <c r="N268" t="s">
-        <v>814</v>
+        <v>812</v>
       </c>
       <c r="O268"/>
-      <c r="P268" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="P268"/>
       <c r="Q268" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="269" spans="1:17">
       <c r="A269">
-        <v>6119</v>
+        <v>10958</v>
       </c>
       <c r="B269" t="s">
-        <v>996</v>
+        <v>998</v>
       </c>
       <c r="C269" t="s">
-        <v>997</v>
+        <v>999</v>
       </c>
       <c r="D269" t="s">
-        <v>34</v>
+        <v>1000</v>
       </c>
       <c r="E269" t="s">
-        <v>998</v>
+        <v>1001</v>
       </c>
       <c r="F269" t="s">
-        <v>963</v>
+        <v>961</v>
       </c>
       <c r="G269" t="s">
-        <v>999</v>
+        <v>1002</v>
       </c>
       <c r="H269" t="s">
         <v>30</v>
       </c>
       <c r="I269" t="s">
-        <v>36</v>
+        <v>836</v>
       </c>
       <c r="J269" t="s">
-        <v>807</v>
+        <v>805</v>
       </c>
       <c r="K269" t="s">
-        <v>565</v>
+        <v>61</v>
       </c>
       <c r="L269"/>
       <c r="M269"/>
       <c r="N269" t="s">
-        <v>814</v>
+        <v>818</v>
       </c>
       <c r="O269"/>
       <c r="P269"/>
       <c r="Q269" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="270" spans="1:17">
       <c r="A270">
-        <v>10958</v>
+        <v>6989</v>
       </c>
       <c r="B270" t="s">
-        <v>1000</v>
+        <v>1003</v>
       </c>
       <c r="C270" t="s">
-        <v>1001</v>
+        <v>1004</v>
       </c>
       <c r="D270" t="s">
-        <v>1002</v>
+        <v>69</v>
       </c>
       <c r="E270" t="s">
-        <v>1003</v>
+        <v>960</v>
       </c>
       <c r="F270" t="s">
-        <v>963</v>
+        <v>961</v>
       </c>
       <c r="G270" t="s">
-        <v>1004</v>
+        <v>1005</v>
       </c>
       <c r="H270" t="s">
         <v>30</v>
       </c>
       <c r="I270" t="s">
-        <v>838</v>
+        <v>36</v>
       </c>
       <c r="J270" t="s">
-        <v>807</v>
+        <v>805</v>
       </c>
       <c r="K270" t="s">
-        <v>61</v>
+        <v>563</v>
       </c>
       <c r="L270"/>
       <c r="M270"/>
       <c r="N270" t="s">
-        <v>820</v>
+        <v>806</v>
       </c>
       <c r="O270"/>
-      <c r="P270"/>
+      <c r="P270" t="s">
+        <v>1006</v>
+      </c>
       <c r="Q270" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="271" spans="1:17">
       <c r="A271">
-        <v>6989</v>
+        <v>11596</v>
       </c>
       <c r="B271" t="s">
-        <v>1005</v>
+        <v>1007</v>
       </c>
       <c r="C271" t="s">
-        <v>1006</v>
+        <v>1008</v>
       </c>
       <c r="D271" t="s">
-        <v>69</v>
+        <v>1009</v>
       </c>
       <c r="E271" t="s">
-        <v>962</v>
+        <v>960</v>
       </c>
       <c r="F271" t="s">
-        <v>963</v>
+        <v>961</v>
       </c>
       <c r="G271" t="s">
-        <v>1007</v>
+        <v>1010</v>
       </c>
       <c r="H271" t="s">
         <v>30</v>
       </c>
       <c r="I271" t="s">
-        <v>36</v>
+        <v>804</v>
       </c>
       <c r="J271" t="s">
-        <v>807</v>
+        <v>805</v>
       </c>
       <c r="K271" t="s">
-        <v>565</v>
+        <v>563</v>
       </c>
       <c r="L271"/>
       <c r="M271"/>
       <c r="N271" t="s">
-        <v>808</v>
+        <v>806</v>
       </c>
       <c r="O271"/>
-      <c r="P271" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="P271"/>
       <c r="Q271" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="272" spans="1:17">
       <c r="A272">
-        <v>11596</v>
+        <v>11378</v>
       </c>
       <c r="B272" t="s">
-        <v>1009</v>
+        <v>1011</v>
       </c>
       <c r="C272" t="s">
-        <v>1010</v>
+        <v>1012</v>
       </c>
       <c r="D272" t="s">
-        <v>1011</v>
+        <v>1013</v>
       </c>
       <c r="E272" t="s">
-        <v>962</v>
+        <v>1001</v>
       </c>
       <c r="F272" t="s">
-        <v>963</v>
+        <v>961</v>
       </c>
       <c r="G272" t="s">
-        <v>1012</v>
+        <v>1014</v>
       </c>
       <c r="H272" t="s">
         <v>30</v>
       </c>
       <c r="I272" t="s">
-        <v>806</v>
+        <v>31</v>
       </c>
       <c r="J272" t="s">
-        <v>807</v>
+        <v>805</v>
       </c>
       <c r="K272" t="s">
-        <v>565</v>
+        <v>61</v>
       </c>
       <c r="L272"/>
       <c r="M272"/>
       <c r="N272" t="s">
-        <v>808</v>
+        <v>806</v>
       </c>
       <c r="O272"/>
-      <c r="P272"/>
+      <c r="P272" t="s">
+        <v>1015</v>
+      </c>
       <c r="Q272" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="273" spans="1:17">
       <c r="A273">
-        <v>11378</v>
+        <v>24271</v>
       </c>
       <c r="B273" t="s">
-        <v>1013</v>
-[...6 lines deleted...]
-      </c>
+        <v>1016</v>
+      </c>
+      <c r="C273"/>
+      <c r="D273"/>
       <c r="E273" t="s">
-        <v>1003</v>
+        <v>1017</v>
       </c>
       <c r="F273" t="s">
-        <v>963</v>
+        <v>961</v>
       </c>
       <c r="G273" t="s">
-        <v>1016</v>
+        <v>1018</v>
       </c>
       <c r="H273" t="s">
         <v>30</v>
       </c>
       <c r="I273" t="s">
-        <v>31</v>
+        <v>36</v>
       </c>
       <c r="J273" t="s">
-        <v>807</v>
+        <v>805</v>
       </c>
       <c r="K273" t="s">
-        <v>61</v>
+        <v>233</v>
       </c>
       <c r="L273"/>
       <c r="M273"/>
       <c r="N273" t="s">
-        <v>808</v>
+        <v>818</v>
       </c>
       <c r="O273"/>
       <c r="P273" t="s">
-        <v>1017</v>
+        <v>1019</v>
       </c>
       <c r="Q273" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="274" spans="1:17">
       <c r="A274">
-        <v>24271</v>
+        <v>11702</v>
       </c>
       <c r="B274" t="s">
-        <v>1018</v>
-[...2 lines deleted...]
-      <c r="D274"/>
+        <v>1020</v>
+      </c>
+      <c r="C274" t="s">
+        <v>1021</v>
+      </c>
+      <c r="D274" t="s">
+        <v>1022</v>
+      </c>
       <c r="E274" t="s">
-        <v>1019</v>
+        <v>1023</v>
       </c>
       <c r="F274" t="s">
-        <v>963</v>
+        <v>961</v>
       </c>
       <c r="G274" t="s">
-        <v>1020</v>
+        <v>1024</v>
       </c>
       <c r="H274" t="s">
         <v>30</v>
       </c>
       <c r="I274" t="s">
-        <v>36</v>
+        <v>836</v>
       </c>
       <c r="J274" t="s">
-        <v>807</v>
+        <v>805</v>
       </c>
       <c r="K274" t="s">
         <v>233</v>
       </c>
       <c r="L274"/>
       <c r="M274"/>
       <c r="N274" t="s">
-        <v>820</v>
+        <v>818</v>
       </c>
       <c r="O274"/>
-      <c r="P274" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="P274"/>
       <c r="Q274" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="275" spans="1:17">
       <c r="A275">
-        <v>11702</v>
+        <v>7648</v>
       </c>
       <c r="B275" t="s">
-        <v>1022</v>
+        <v>1025</v>
       </c>
       <c r="C275" t="s">
-        <v>1023</v>
+        <v>1026</v>
       </c>
       <c r="D275" t="s">
-        <v>1024</v>
+        <v>34</v>
       </c>
       <c r="E275" t="s">
-        <v>1025</v>
+        <v>1027</v>
       </c>
       <c r="F275" t="s">
-        <v>963</v>
+        <v>961</v>
       </c>
       <c r="G275" t="s">
-        <v>1026</v>
+        <v>1028</v>
       </c>
       <c r="H275" t="s">
         <v>30</v>
       </c>
       <c r="I275" t="s">
-        <v>838</v>
+        <v>36</v>
       </c>
       <c r="J275" t="s">
-        <v>807</v>
+        <v>805</v>
       </c>
       <c r="K275" t="s">
-        <v>233</v>
+        <v>563</v>
       </c>
       <c r="L275"/>
       <c r="M275"/>
       <c r="N275" t="s">
-        <v>820</v>
+        <v>850</v>
       </c>
       <c r="O275"/>
-      <c r="P275"/>
+      <c r="P275" t="s">
+        <v>1029</v>
+      </c>
       <c r="Q275" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="276" spans="1:17">
       <c r="A276">
-        <v>7648</v>
+        <v>711</v>
       </c>
       <c r="B276" t="s">
-        <v>1027</v>
+        <v>1030</v>
       </c>
       <c r="C276" t="s">
-        <v>1028</v>
+        <v>1031</v>
       </c>
       <c r="D276" t="s">
         <v>34</v>
       </c>
       <c r="E276" t="s">
-        <v>1029</v>
+        <v>1017</v>
       </c>
       <c r="F276" t="s">
-        <v>963</v>
+        <v>961</v>
       </c>
       <c r="G276" t="s">
-        <v>1030</v>
+        <v>1032</v>
       </c>
       <c r="H276" t="s">
         <v>30</v>
       </c>
       <c r="I276" t="s">
         <v>36</v>
       </c>
       <c r="J276" t="s">
-        <v>807</v>
+        <v>805</v>
       </c>
       <c r="K276" t="s">
-        <v>565</v>
+        <v>563</v>
       </c>
       <c r="L276"/>
       <c r="M276"/>
       <c r="N276" t="s">
-        <v>852</v>
+        <v>818</v>
       </c>
       <c r="O276"/>
       <c r="P276" t="s">
-        <v>1031</v>
+        <v>1033</v>
       </c>
       <c r="Q276" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="277" spans="1:17">
       <c r="A277">
-        <v>711</v>
+        <v>8092</v>
       </c>
       <c r="B277" t="s">
-        <v>1032</v>
-[...6 lines deleted...]
-      </c>
+        <v>1034</v>
+      </c>
+      <c r="C277"/>
+      <c r="D277"/>
       <c r="E277" t="s">
-        <v>1019</v>
+        <v>960</v>
       </c>
       <c r="F277" t="s">
-        <v>963</v>
+        <v>961</v>
       </c>
       <c r="G277" t="s">
-        <v>1034</v>
+        <v>1035</v>
       </c>
       <c r="H277" t="s">
         <v>30</v>
       </c>
       <c r="I277" t="s">
         <v>36</v>
       </c>
       <c r="J277" t="s">
-        <v>807</v>
+        <v>805</v>
       </c>
       <c r="K277" t="s">
-        <v>565</v>
+        <v>233</v>
       </c>
       <c r="L277"/>
       <c r="M277"/>
       <c r="N277" t="s">
-        <v>820</v>
+        <v>874</v>
       </c>
       <c r="O277"/>
-      <c r="P277" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="P277"/>
       <c r="Q277" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="278" spans="1:17">
       <c r="A278">
-        <v>8092</v>
+        <v>24283</v>
       </c>
       <c r="B278" t="s">
         <v>1036</v>
       </c>
       <c r="C278"/>
       <c r="D278"/>
       <c r="E278" t="s">
-        <v>962</v>
+        <v>1001</v>
       </c>
       <c r="F278" t="s">
-        <v>963</v>
+        <v>961</v>
       </c>
       <c r="G278" t="s">
         <v>1037</v>
       </c>
       <c r="H278" t="s">
         <v>30</v>
       </c>
       <c r="I278" t="s">
         <v>36</v>
       </c>
       <c r="J278" t="s">
-        <v>807</v>
+        <v>805</v>
       </c>
       <c r="K278" t="s">
-        <v>233</v>
+        <v>563</v>
       </c>
       <c r="L278"/>
       <c r="M278"/>
       <c r="N278" t="s">
-        <v>876</v>
+        <v>818</v>
       </c>
       <c r="O278"/>
-      <c r="P278"/>
+      <c r="P278" t="s">
+        <v>1038</v>
+      </c>
       <c r="Q278" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="279" spans="1:17">
       <c r="A279">
-        <v>24283</v>
+        <v>11385</v>
       </c>
       <c r="B279" t="s">
-        <v>1038</v>
-[...2 lines deleted...]
-      <c r="D279"/>
+        <v>1039</v>
+      </c>
+      <c r="C279" t="s">
+        <v>1040</v>
+      </c>
+      <c r="D279" t="s">
+        <v>1041</v>
+      </c>
       <c r="E279" t="s">
-        <v>1003</v>
+        <v>1001</v>
       </c>
       <c r="F279" t="s">
-        <v>963</v>
+        <v>961</v>
       </c>
       <c r="G279" t="s">
-        <v>1039</v>
+        <v>1042</v>
       </c>
       <c r="H279" t="s">
         <v>30</v>
       </c>
       <c r="I279" t="s">
-        <v>36</v>
+        <v>804</v>
       </c>
       <c r="J279" t="s">
-        <v>807</v>
+        <v>805</v>
       </c>
       <c r="K279" t="s">
-        <v>565</v>
+        <v>233</v>
       </c>
       <c r="L279"/>
       <c r="M279"/>
       <c r="N279" t="s">
-        <v>820</v>
+        <v>806</v>
       </c>
       <c r="O279"/>
-      <c r="P279" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="P279"/>
       <c r="Q279" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="280" spans="1:17">
       <c r="A280">
-        <v>11385</v>
+        <v>11434</v>
       </c>
       <c r="B280" t="s">
-        <v>1041</v>
+        <v>1043</v>
       </c>
       <c r="C280" t="s">
-        <v>1042</v>
+        <v>1044</v>
       </c>
       <c r="D280" t="s">
-        <v>1043</v>
+        <v>785</v>
       </c>
       <c r="E280" t="s">
-        <v>1003</v>
+        <v>996</v>
       </c>
       <c r="F280" t="s">
-        <v>963</v>
+        <v>961</v>
       </c>
       <c r="G280" t="s">
-        <v>1044</v>
+        <v>1045</v>
       </c>
       <c r="H280" t="s">
         <v>30</v>
       </c>
       <c r="I280" t="s">
-        <v>806</v>
+        <v>804</v>
       </c>
       <c r="J280" t="s">
-        <v>807</v>
+        <v>805</v>
       </c>
       <c r="K280" t="s">
-        <v>233</v>
+        <v>1046</v>
       </c>
       <c r="L280"/>
       <c r="M280"/>
       <c r="N280" t="s">
-        <v>808</v>
+        <v>818</v>
       </c>
       <c r="O280"/>
       <c r="P280"/>
       <c r="Q280" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="281" spans="1:17">
       <c r="A281">
-        <v>11434</v>
+        <v>8811</v>
       </c>
       <c r="B281" t="s">
-        <v>1045</v>
+        <v>1047</v>
       </c>
       <c r="C281" t="s">
-        <v>1046</v>
+        <v>1048</v>
       </c>
       <c r="D281" t="s">
-        <v>787</v>
+        <v>1049</v>
       </c>
       <c r="E281" t="s">
-        <v>998</v>
+        <v>1027</v>
       </c>
       <c r="F281" t="s">
-        <v>963</v>
+        <v>961</v>
       </c>
       <c r="G281" t="s">
-        <v>1047</v>
+        <v>1050</v>
       </c>
       <c r="H281" t="s">
         <v>30</v>
       </c>
       <c r="I281" t="s">
-        <v>806</v>
+        <v>36</v>
       </c>
       <c r="J281" t="s">
-        <v>807</v>
+        <v>805</v>
       </c>
       <c r="K281" t="s">
-        <v>1048</v>
+        <v>233</v>
       </c>
       <c r="L281"/>
       <c r="M281"/>
       <c r="N281" t="s">
-        <v>820</v>
+        <v>818</v>
       </c>
       <c r="O281"/>
       <c r="P281"/>
       <c r="Q281" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="282" spans="1:17">
       <c r="A282">
-        <v>8811</v>
+        <v>11398</v>
       </c>
       <c r="B282" t="s">
-        <v>1049</v>
+        <v>1051</v>
       </c>
       <c r="C282" t="s">
-        <v>1050</v>
+        <v>1052</v>
       </c>
       <c r="D282" t="s">
-        <v>1051</v>
+        <v>815</v>
       </c>
       <c r="E282" t="s">
-        <v>1029</v>
+        <v>1053</v>
       </c>
       <c r="F282" t="s">
-        <v>963</v>
+        <v>1054</v>
       </c>
       <c r="G282" t="s">
-        <v>1052</v>
+        <v>1055</v>
       </c>
       <c r="H282" t="s">
         <v>30</v>
       </c>
       <c r="I282" t="s">
-        <v>36</v>
+        <v>31</v>
       </c>
       <c r="J282" t="s">
-        <v>807</v>
+        <v>805</v>
       </c>
       <c r="K282" t="s">
-        <v>233</v>
+        <v>563</v>
       </c>
       <c r="L282"/>
       <c r="M282"/>
       <c r="N282" t="s">
-        <v>820</v>
+        <v>806</v>
       </c>
       <c r="O282"/>
       <c r="P282"/>
       <c r="Q282" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="283" spans="1:17">
       <c r="A283">
-        <v>11398</v>
+        <v>11014</v>
       </c>
       <c r="B283" t="s">
-        <v>1053</v>
+        <v>1056</v>
       </c>
       <c r="C283" t="s">
-        <v>1054</v>
+        <v>1057</v>
       </c>
       <c r="D283" t="s">
-        <v>817</v>
+        <v>1058</v>
       </c>
       <c r="E283" t="s">
-        <v>1055</v>
+        <v>1059</v>
       </c>
       <c r="F283" t="s">
-        <v>1056</v>
+        <v>1060</v>
       </c>
       <c r="G283" t="s">
-        <v>1057</v>
+        <v>1061</v>
       </c>
       <c r="H283" t="s">
         <v>30</v>
       </c>
       <c r="I283" t="s">
-        <v>31</v>
+        <v>24</v>
       </c>
       <c r="J283" t="s">
-        <v>807</v>
+        <v>554</v>
       </c>
       <c r="K283" t="s">
-        <v>565</v>
+        <v>61</v>
       </c>
       <c r="L283"/>
       <c r="M283"/>
-      <c r="N283" t="s">
-[...3 lines deleted...]
-      <c r="P283"/>
+      <c r="N283"/>
+      <c r="O283" t="s">
+        <v>564</v>
+      </c>
+      <c r="P283" t="s">
+        <v>1062</v>
+      </c>
       <c r="Q283" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="284" spans="1:17">
       <c r="A284">
-        <v>11014</v>
+        <v>11327</v>
       </c>
       <c r="B284" t="s">
-        <v>1058</v>
+        <v>1063</v>
       </c>
       <c r="C284" t="s">
-        <v>1059</v>
+        <v>1064</v>
       </c>
       <c r="D284" t="s">
+        <v>1065</v>
+      </c>
+      <c r="E284" t="s">
+        <v>1066</v>
+      </c>
+      <c r="F284" t="s">
         <v>1060</v>
       </c>
-      <c r="E284" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="G284" t="s">
-        <v>1063</v>
+        <v>1067</v>
       </c>
       <c r="H284" t="s">
         <v>30</v>
       </c>
       <c r="I284" t="s">
         <v>24</v>
       </c>
       <c r="J284" t="s">
-        <v>556</v>
+        <v>554</v>
       </c>
       <c r="K284" t="s">
-        <v>61</v>
+        <v>233</v>
       </c>
       <c r="L284"/>
       <c r="M284"/>
       <c r="N284"/>
       <c r="O284" t="s">
-        <v>566</v>
+        <v>513</v>
       </c>
       <c r="P284" t="s">
-        <v>1064</v>
+        <v>1068</v>
       </c>
       <c r="Q284" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="285" spans="1:17">
       <c r="A285">
-        <v>11327</v>
+        <v>11787</v>
       </c>
       <c r="B285" t="s">
-        <v>1065</v>
+        <v>1069</v>
       </c>
       <c r="C285" t="s">
-        <v>1066</v>
+        <v>1070</v>
       </c>
       <c r="D285" t="s">
-        <v>1067</v>
+        <v>550</v>
       </c>
       <c r="E285" t="s">
-        <v>1068</v>
+        <v>1071</v>
       </c>
       <c r="F285" t="s">
-        <v>1062</v>
+        <v>1060</v>
       </c>
       <c r="G285" t="s">
-        <v>1069</v>
+        <v>1072</v>
       </c>
       <c r="H285" t="s">
         <v>30</v>
       </c>
       <c r="I285" t="s">
         <v>24</v>
       </c>
       <c r="J285" t="s">
-        <v>556</v>
+        <v>554</v>
       </c>
       <c r="K285" t="s">
         <v>233</v>
       </c>
       <c r="L285"/>
       <c r="M285"/>
       <c r="N285"/>
       <c r="O285" t="s">
-        <v>515</v>
+        <v>564</v>
       </c>
       <c r="P285" t="s">
-        <v>1070</v>
+        <v>1073</v>
       </c>
       <c r="Q285" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="286" spans="1:17">
       <c r="A286">
-        <v>11787</v>
+        <v>11182</v>
       </c>
       <c r="B286" t="s">
-        <v>1071</v>
+        <v>1074</v>
       </c>
       <c r="C286" t="s">
-        <v>1072</v>
+        <v>1075</v>
       </c>
       <c r="D286" t="s">
-        <v>552</v>
+        <v>1076</v>
       </c>
       <c r="E286" t="s">
-        <v>1073</v>
+        <v>1059</v>
       </c>
       <c r="F286" t="s">
-        <v>1062</v>
+        <v>1060</v>
       </c>
       <c r="G286" t="s">
-        <v>1074</v>
+        <v>1077</v>
       </c>
       <c r="H286" t="s">
         <v>30</v>
       </c>
       <c r="I286" t="s">
         <v>24</v>
       </c>
       <c r="J286" t="s">
-        <v>556</v>
+        <v>554</v>
       </c>
       <c r="K286" t="s">
-        <v>233</v>
+        <v>61</v>
       </c>
       <c r="L286"/>
       <c r="M286"/>
       <c r="N286"/>
       <c r="O286" t="s">
-        <v>566</v>
-[...3 lines deleted...]
-      </c>
+        <v>564</v>
+      </c>
+      <c r="P286"/>
       <c r="Q286" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="287" spans="1:17">
       <c r="A287">
-        <v>11182</v>
+        <v>14086</v>
       </c>
       <c r="B287" t="s">
-        <v>1076</v>
+        <v>1078</v>
       </c>
       <c r="C287" t="s">
-        <v>1077</v>
+        <v>1079</v>
       </c>
       <c r="D287" t="s">
-        <v>1078</v>
+        <v>559</v>
       </c>
       <c r="E287" t="s">
-        <v>1061</v>
+        <v>1080</v>
       </c>
       <c r="F287" t="s">
-        <v>1062</v>
+        <v>1060</v>
       </c>
       <c r="G287" t="s">
-        <v>1079</v>
+        <v>1081</v>
       </c>
       <c r="H287" t="s">
-        <v>30</v>
+        <v>23</v>
       </c>
       <c r="I287" t="s">
         <v>24</v>
       </c>
       <c r="J287" t="s">
-        <v>556</v>
+        <v>554</v>
       </c>
       <c r="K287" t="s">
         <v>61</v>
       </c>
       <c r="L287"/>
       <c r="M287"/>
       <c r="N287"/>
       <c r="O287" t="s">
-        <v>566</v>
+        <v>564</v>
       </c>
       <c r="P287"/>
       <c r="Q287" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="288" spans="1:17">
       <c r="A288">
-        <v>14086</v>
+        <v>11113</v>
       </c>
       <c r="B288" t="s">
-        <v>1080</v>
+        <v>1082</v>
       </c>
       <c r="C288" t="s">
-        <v>1081</v>
+        <v>1083</v>
       </c>
       <c r="D288" t="s">
-        <v>561</v>
+        <v>1084</v>
       </c>
       <c r="E288" t="s">
-        <v>1082</v>
+        <v>1066</v>
       </c>
       <c r="F288" t="s">
-        <v>1062</v>
+        <v>1060</v>
       </c>
       <c r="G288" t="s">
-        <v>1083</v>
+        <v>1085</v>
       </c>
       <c r="H288" t="s">
-        <v>23</v>
+        <v>30</v>
       </c>
       <c r="I288" t="s">
         <v>24</v>
       </c>
       <c r="J288" t="s">
-        <v>556</v>
+        <v>554</v>
       </c>
       <c r="K288" t="s">
-        <v>61</v>
+        <v>1086</v>
       </c>
       <c r="L288"/>
       <c r="M288"/>
       <c r="N288"/>
       <c r="O288" t="s">
-        <v>566</v>
+        <v>564</v>
       </c>
       <c r="P288"/>
       <c r="Q288" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="289" spans="1:17">
       <c r="A289">
-        <v>11113</v>
+        <v>11963</v>
       </c>
       <c r="B289" t="s">
-        <v>1084</v>
+        <v>1087</v>
       </c>
       <c r="C289" t="s">
-        <v>1085</v>
+        <v>1088</v>
       </c>
       <c r="D289" t="s">
-        <v>1086</v>
+        <v>1089</v>
       </c>
       <c r="E289" t="s">
-        <v>1068</v>
+        <v>1090</v>
       </c>
       <c r="F289" t="s">
-        <v>1062</v>
+        <v>1060</v>
       </c>
       <c r="G289" t="s">
-        <v>1087</v>
+        <v>1091</v>
       </c>
       <c r="H289" t="s">
         <v>30</v>
       </c>
       <c r="I289" t="s">
         <v>24</v>
       </c>
       <c r="J289" t="s">
-        <v>556</v>
+        <v>554</v>
       </c>
       <c r="K289" t="s">
-        <v>1088</v>
+        <v>563</v>
       </c>
       <c r="L289"/>
       <c r="M289"/>
       <c r="N289"/>
       <c r="O289" t="s">
-        <v>566</v>
+        <v>564</v>
       </c>
       <c r="P289"/>
       <c r="Q289" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="290" spans="1:17">
       <c r="A290">
-        <v>11963</v>
+        <v>11737</v>
       </c>
       <c r="B290" t="s">
-        <v>1089</v>
+        <v>1092</v>
       </c>
       <c r="C290" t="s">
-        <v>1090</v>
+        <v>1093</v>
       </c>
       <c r="D290" t="s">
-        <v>1091</v>
+        <v>559</v>
       </c>
       <c r="E290" t="s">
-        <v>1092</v>
+        <v>1066</v>
       </c>
       <c r="F290" t="s">
-        <v>1062</v>
+        <v>1060</v>
       </c>
       <c r="G290" t="s">
-        <v>1093</v>
+        <v>1094</v>
       </c>
       <c r="H290" t="s">
         <v>30</v>
       </c>
       <c r="I290" t="s">
         <v>24</v>
       </c>
       <c r="J290" t="s">
-        <v>556</v>
+        <v>554</v>
       </c>
       <c r="K290" t="s">
-        <v>565</v>
+        <v>61</v>
       </c>
       <c r="L290"/>
       <c r="M290"/>
       <c r="N290"/>
       <c r="O290" t="s">
-        <v>566</v>
+        <v>564</v>
       </c>
       <c r="P290"/>
       <c r="Q290" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="291" spans="1:17">
       <c r="A291">
-        <v>11737</v>
+        <v>10650</v>
       </c>
       <c r="B291" t="s">
-        <v>1094</v>
+        <v>1095</v>
       </c>
       <c r="C291" t="s">
-        <v>1095</v>
+        <v>1096</v>
       </c>
       <c r="D291" t="s">
-        <v>561</v>
+        <v>550</v>
       </c>
       <c r="E291" t="s">
-        <v>1068</v>
+        <v>1090</v>
       </c>
       <c r="F291" t="s">
-        <v>1062</v>
+        <v>1060</v>
       </c>
       <c r="G291" t="s">
-        <v>1096</v>
+        <v>1097</v>
       </c>
       <c r="H291" t="s">
         <v>30</v>
       </c>
       <c r="I291" t="s">
         <v>24</v>
       </c>
       <c r="J291" t="s">
-        <v>556</v>
-[...3 lines deleted...]
-      </c>
+        <v>512</v>
+      </c>
+      <c r="K291"/>
       <c r="L291"/>
       <c r="M291"/>
       <c r="N291"/>
       <c r="O291" t="s">
-        <v>566</v>
+        <v>513</v>
       </c>
       <c r="P291"/>
       <c r="Q291" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="292" spans="1:17">
       <c r="A292">
-        <v>10650</v>
+        <v>11337</v>
       </c>
       <c r="B292" t="s">
-        <v>1097</v>
+        <v>1098</v>
       </c>
       <c r="C292" t="s">
-        <v>1098</v>
+        <v>1099</v>
       </c>
       <c r="D292" t="s">
-        <v>552</v>
+        <v>609</v>
       </c>
       <c r="E292" t="s">
-        <v>1092</v>
+        <v>1100</v>
       </c>
       <c r="F292" t="s">
-        <v>1062</v>
+        <v>1101</v>
       </c>
       <c r="G292" t="s">
-        <v>1099</v>
+        <v>1102</v>
       </c>
       <c r="H292" t="s">
         <v>30</v>
       </c>
       <c r="I292" t="s">
         <v>24</v>
       </c>
       <c r="J292" t="s">
-        <v>514</v>
+        <v>512</v>
       </c>
       <c r="K292"/>
       <c r="L292"/>
       <c r="M292"/>
       <c r="N292"/>
       <c r="O292" t="s">
-        <v>515</v>
+        <v>1103</v>
       </c>
       <c r="P292"/>
       <c r="Q292" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="293" spans="1:17">
       <c r="A293">
-        <v>11337</v>
+        <v>10763</v>
       </c>
       <c r="B293" t="s">
-        <v>1100</v>
+        <v>1104</v>
       </c>
       <c r="C293" t="s">
+        <v>1105</v>
+      </c>
+      <c r="D293" t="s">
+        <v>550</v>
+      </c>
+      <c r="E293" t="s">
+        <v>1106</v>
+      </c>
+      <c r="F293" t="s">
         <v>1101</v>
       </c>
-      <c r="D293" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="G293" t="s">
-        <v>1104</v>
+        <v>1107</v>
       </c>
       <c r="H293" t="s">
         <v>30</v>
       </c>
       <c r="I293" t="s">
         <v>24</v>
       </c>
       <c r="J293" t="s">
-        <v>514</v>
-[...1 lines deleted...]
-      <c r="K293"/>
+        <v>554</v>
+      </c>
+      <c r="K293" t="s">
+        <v>1046</v>
+      </c>
       <c r="L293"/>
       <c r="M293"/>
       <c r="N293"/>
       <c r="O293" t="s">
-        <v>1105</v>
+        <v>1108</v>
       </c>
       <c r="P293"/>
       <c r="Q293" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="294" spans="1:17">
       <c r="A294">
-        <v>10763</v>
+        <v>4157</v>
       </c>
       <c r="B294" t="s">
-        <v>1106</v>
+        <v>1109</v>
       </c>
       <c r="C294" t="s">
-        <v>1107</v>
+        <v>1110</v>
       </c>
       <c r="D294" t="s">
-        <v>552</v>
+        <v>34</v>
       </c>
       <c r="E294" t="s">
-        <v>1108</v>
+        <v>1111</v>
       </c>
       <c r="F294" t="s">
-        <v>1103</v>
+        <v>1112</v>
       </c>
       <c r="G294" t="s">
-        <v>1109</v>
+        <v>1113</v>
       </c>
       <c r="H294" t="s">
         <v>30</v>
       </c>
       <c r="I294" t="s">
-        <v>24</v>
+        <v>36</v>
       </c>
       <c r="J294" t="s">
-        <v>556</v>
+        <v>805</v>
       </c>
       <c r="K294" t="s">
-        <v>1048</v>
+        <v>61</v>
       </c>
       <c r="L294"/>
       <c r="M294"/>
-      <c r="N294"/>
-[...2 lines deleted...]
-      </c>
+      <c r="N294" t="s">
+        <v>818</v>
+      </c>
+      <c r="O294"/>
       <c r="P294"/>
       <c r="Q294" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="295" spans="1:17">
       <c r="A295">
-        <v>4157</v>
+        <v>10996</v>
       </c>
       <c r="B295" t="s">
-        <v>1111</v>
-[...6 lines deleted...]
-      </c>
+        <v>1114</v>
+      </c>
+      <c r="C295"/>
+      <c r="D295"/>
       <c r="E295" t="s">
-        <v>1113</v>
+        <v>1115</v>
       </c>
       <c r="F295" t="s">
-        <v>1114</v>
+        <v>1116</v>
       </c>
       <c r="G295" t="s">
-        <v>1115</v>
+        <v>1117</v>
       </c>
       <c r="H295" t="s">
         <v>30</v>
       </c>
       <c r="I295" t="s">
-        <v>36</v>
-[...6 lines deleted...]
-      </c>
+        <v>47</v>
+      </c>
+      <c r="J295"/>
+      <c r="K295"/>
       <c r="L295"/>
       <c r="M295"/>
-      <c r="N295" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="N295"/>
       <c r="O295"/>
-      <c r="P295"/>
+      <c r="P295" t="s">
+        <v>1118</v>
+      </c>
       <c r="Q295" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="296" spans="1:17">
       <c r="A296">
-        <v>10996</v>
+        <v>881</v>
       </c>
       <c r="B296" t="s">
-        <v>1116</v>
-[...2 lines deleted...]
-      <c r="D296"/>
+        <v>1119</v>
+      </c>
+      <c r="C296" t="s">
+        <v>1120</v>
+      </c>
+      <c r="D296" t="s">
+        <v>69</v>
+      </c>
       <c r="E296" t="s">
-        <v>1117</v>
+        <v>1121</v>
       </c>
       <c r="F296" t="s">
-        <v>1118</v>
+        <v>1122</v>
       </c>
       <c r="G296" t="s">
-        <v>1119</v>
+        <v>1123</v>
       </c>
       <c r="H296" t="s">
         <v>30</v>
       </c>
       <c r="I296" t="s">
-        <v>47</v>
-[...2 lines deleted...]
-      <c r="K296"/>
+        <v>36</v>
+      </c>
+      <c r="J296" t="s">
+        <v>805</v>
+      </c>
+      <c r="K296" t="s">
+        <v>233</v>
+      </c>
       <c r="L296"/>
       <c r="M296"/>
-      <c r="N296"/>
+      <c r="N296" t="s">
+        <v>812</v>
+      </c>
       <c r="O296"/>
       <c r="P296" t="s">
-        <v>1120</v>
+        <v>1124</v>
       </c>
       <c r="Q296" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="297" spans="1:17">
       <c r="A297">
-        <v>881</v>
+        <v>2499</v>
       </c>
       <c r="B297" t="s">
-        <v>1121</v>
+        <v>1125</v>
       </c>
       <c r="C297" t="s">
-        <v>1122</v>
+        <v>1126</v>
       </c>
       <c r="D297" t="s">
-        <v>69</v>
+        <v>34</v>
       </c>
       <c r="E297" t="s">
-        <v>1123</v>
+        <v>1127</v>
       </c>
       <c r="F297" t="s">
-        <v>1124</v>
+        <v>1128</v>
       </c>
       <c r="G297" t="s">
-        <v>1125</v>
+        <v>1129</v>
       </c>
       <c r="H297" t="s">
         <v>30</v>
       </c>
       <c r="I297" t="s">
         <v>36</v>
       </c>
       <c r="J297" t="s">
-        <v>807</v>
+        <v>805</v>
       </c>
       <c r="K297" t="s">
-        <v>233</v>
+        <v>563</v>
       </c>
       <c r="L297"/>
       <c r="M297"/>
       <c r="N297" t="s">
-        <v>814</v>
+        <v>818</v>
       </c>
       <c r="O297"/>
-      <c r="P297" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="P297"/>
       <c r="Q297" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="298" spans="1:17">
       <c r="A298">
-        <v>2499</v>
+        <v>2723</v>
       </c>
       <c r="B298" t="s">
+        <v>1130</v>
+      </c>
+      <c r="C298" t="s">
+        <v>1131</v>
+      </c>
+      <c r="D298" t="s">
+        <v>80</v>
+      </c>
+      <c r="E298" t="s">
         <v>1127</v>
       </c>
-      <c r="C298" t="s">
+      <c r="F298" t="s">
         <v>1128</v>
       </c>
-      <c r="D298" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="G298" t="s">
-        <v>1131</v>
+        <v>1132</v>
       </c>
       <c r="H298" t="s">
         <v>30</v>
       </c>
       <c r="I298" t="s">
         <v>36</v>
       </c>
       <c r="J298" t="s">
-        <v>807</v>
+        <v>805</v>
       </c>
       <c r="K298" t="s">
-        <v>565</v>
+        <v>61</v>
       </c>
       <c r="L298"/>
       <c r="M298"/>
       <c r="N298" t="s">
-        <v>820</v>
+        <v>874</v>
       </c>
       <c r="O298"/>
-      <c r="P298"/>
+      <c r="P298" t="s">
+        <v>1133</v>
+      </c>
       <c r="Q298" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="299" spans="1:17">
       <c r="A299">
-        <v>2723</v>
+        <v>7756</v>
       </c>
       <c r="B299" t="s">
-        <v>1132</v>
-[...6 lines deleted...]
-      </c>
+        <v>1134</v>
+      </c>
+      <c r="C299"/>
+      <c r="D299"/>
       <c r="E299" t="s">
-        <v>1129</v>
+        <v>1127</v>
       </c>
       <c r="F299" t="s">
-        <v>1130</v>
+        <v>1128</v>
       </c>
       <c r="G299" t="s">
-        <v>1134</v>
+        <v>1135</v>
       </c>
       <c r="H299" t="s">
         <v>30</v>
       </c>
       <c r="I299" t="s">
         <v>36</v>
       </c>
       <c r="J299" t="s">
-        <v>807</v>
-[...3 lines deleted...]
-      </c>
+        <v>824</v>
+      </c>
+      <c r="K299"/>
       <c r="L299"/>
       <c r="M299"/>
       <c r="N299" t="s">
-        <v>876</v>
+        <v>856</v>
       </c>
       <c r="O299"/>
       <c r="P299" t="s">
-        <v>1135</v>
+        <v>1136</v>
       </c>
       <c r="Q299" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="300" spans="1:17">
       <c r="A300">
-        <v>7756</v>
+        <v>24099</v>
       </c>
       <c r="B300" t="s">
-        <v>1136</v>
+        <v>1137</v>
       </c>
       <c r="C300"/>
       <c r="D300"/>
       <c r="E300" t="s">
-        <v>1129</v>
+        <v>1138</v>
       </c>
       <c r="F300" t="s">
-        <v>1130</v>
+        <v>1128</v>
       </c>
       <c r="G300" t="s">
-        <v>1137</v>
+        <v>1139</v>
       </c>
       <c r="H300" t="s">
         <v>30</v>
       </c>
       <c r="I300" t="s">
-        <v>36</v>
+        <v>47</v>
       </c>
       <c r="J300" t="s">
-        <v>826</v>
-[...1 lines deleted...]
-      <c r="K300"/>
+        <v>805</v>
+      </c>
+      <c r="K300" t="s">
+        <v>563</v>
+      </c>
       <c r="L300"/>
       <c r="M300"/>
       <c r="N300" t="s">
-        <v>858</v>
+        <v>1140</v>
       </c>
       <c r="O300"/>
-      <c r="P300" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="P300"/>
       <c r="Q300" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="301" spans="1:17">
       <c r="A301">
-        <v>24099</v>
+        <v>23812</v>
       </c>
       <c r="B301" t="s">
-        <v>1139</v>
+        <v>1141</v>
       </c>
       <c r="C301"/>
       <c r="D301"/>
       <c r="E301" t="s">
-        <v>1140</v>
+        <v>1142</v>
       </c>
       <c r="F301" t="s">
-        <v>1130</v>
+        <v>1143</v>
       </c>
       <c r="G301" t="s">
-        <v>1141</v>
+        <v>1144</v>
       </c>
       <c r="H301" t="s">
         <v>30</v>
       </c>
       <c r="I301" t="s">
         <v>47</v>
       </c>
       <c r="J301" t="s">
-        <v>807</v>
+        <v>805</v>
       </c>
       <c r="K301" t="s">
-        <v>565</v>
+        <v>563</v>
       </c>
       <c r="L301"/>
       <c r="M301"/>
       <c r="N301" t="s">
-        <v>1142</v>
+        <v>1140</v>
       </c>
       <c r="O301"/>
       <c r="P301"/>
       <c r="Q301" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="302" spans="1:17">
       <c r="A302">
-        <v>23812</v>
+        <v>16330</v>
       </c>
       <c r="B302" t="s">
-        <v>1143</v>
-[...2 lines deleted...]
-      <c r="D302"/>
+        <v>1145</v>
+      </c>
+      <c r="C302" t="s">
+        <v>1146</v>
+      </c>
+      <c r="D302" t="s">
+        <v>815</v>
+      </c>
       <c r="E302" t="s">
-        <v>1144</v>
+        <v>1147</v>
       </c>
       <c r="F302" t="s">
-        <v>1145</v>
+        <v>1148</v>
       </c>
       <c r="G302" t="s">
-        <v>1146</v>
+        <v>1149</v>
       </c>
       <c r="H302" t="s">
         <v>30</v>
       </c>
       <c r="I302" t="s">
-        <v>47</v>
-[...6 lines deleted...]
-      </c>
+        <v>24</v>
+      </c>
+      <c r="J302"/>
+      <c r="K302"/>
       <c r="L302"/>
       <c r="M302"/>
-      <c r="N302" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="N302"/>
       <c r="O302"/>
       <c r="P302"/>
       <c r="Q302" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="303" spans="1:17">
       <c r="A303">
-        <v>16330</v>
+        <v>16324</v>
       </c>
       <c r="B303" t="s">
+        <v>1150</v>
+      </c>
+      <c r="C303" t="s">
+        <v>1151</v>
+      </c>
+      <c r="D303" t="s">
+        <v>1152</v>
+      </c>
+      <c r="E303" t="s">
         <v>1147</v>
       </c>
-      <c r="C303" t="s">
+      <c r="F303" t="s">
         <v>1148</v>
       </c>
-      <c r="D303" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="G303" t="s">
-        <v>1151</v>
+        <v>1153</v>
       </c>
       <c r="H303" t="s">
         <v>30</v>
       </c>
       <c r="I303" t="s">
         <v>24</v>
       </c>
       <c r="J303"/>
       <c r="K303"/>
       <c r="L303"/>
       <c r="M303"/>
       <c r="N303"/>
       <c r="O303"/>
       <c r="P303"/>
       <c r="Q303" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="304" spans="1:17">
       <c r="A304">
-        <v>16324</v>
+        <v>16305</v>
       </c>
       <c r="B304" t="s">
-        <v>1152</v>
+        <v>1154</v>
       </c>
       <c r="C304" t="s">
-        <v>1153</v>
+        <v>1155</v>
       </c>
       <c r="D304" t="s">
-        <v>1154</v>
+        <v>1156</v>
       </c>
       <c r="E304" t="s">
-        <v>1149</v>
+        <v>1147</v>
       </c>
       <c r="F304" t="s">
-        <v>1150</v>
+        <v>1148</v>
       </c>
       <c r="G304" t="s">
-        <v>1155</v>
+        <v>1157</v>
       </c>
       <c r="H304" t="s">
         <v>30</v>
       </c>
       <c r="I304" t="s">
         <v>24</v>
       </c>
       <c r="J304"/>
       <c r="K304"/>
       <c r="L304"/>
       <c r="M304"/>
       <c r="N304"/>
       <c r="O304"/>
       <c r="P304"/>
       <c r="Q304" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="305" spans="1:17">
       <c r="A305">
-        <v>16305</v>
+        <v>11998</v>
       </c>
       <c r="B305" t="s">
-        <v>1156</v>
-[...4 lines deleted...]
-      <c r="D305" t="s">
         <v>1158</v>
       </c>
+      <c r="C305"/>
+      <c r="D305"/>
       <c r="E305" t="s">
-        <v>1149</v>
+        <v>1147</v>
       </c>
       <c r="F305" t="s">
-        <v>1150</v>
+        <v>1148</v>
       </c>
       <c r="G305" t="s">
         <v>1159</v>
       </c>
       <c r="H305" t="s">
         <v>30</v>
       </c>
       <c r="I305" t="s">
-        <v>24</v>
+        <v>31</v>
       </c>
       <c r="J305"/>
       <c r="K305"/>
       <c r="L305"/>
       <c r="M305"/>
       <c r="N305"/>
       <c r="O305"/>
       <c r="P305"/>
       <c r="Q305" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="306" spans="1:17">
       <c r="A306">
-        <v>11998</v>
+        <v>20052</v>
       </c>
       <c r="B306" t="s">
         <v>1160</v>
       </c>
-      <c r="C306"/>
-      <c r="D306"/>
+      <c r="C306" t="s">
+        <v>1161</v>
+      </c>
+      <c r="D306" t="s">
+        <v>900</v>
+      </c>
       <c r="E306" t="s">
-        <v>1149</v>
+        <v>1147</v>
       </c>
       <c r="F306" t="s">
-        <v>1150</v>
+        <v>1148</v>
       </c>
       <c r="G306" t="s">
-        <v>1161</v>
+        <v>1162</v>
       </c>
       <c r="H306" t="s">
-        <v>30</v>
+        <v>23</v>
       </c>
       <c r="I306" t="s">
-        <v>31</v>
+        <v>24</v>
       </c>
       <c r="J306"/>
       <c r="K306"/>
       <c r="L306"/>
       <c r="M306"/>
       <c r="N306"/>
       <c r="O306"/>
       <c r="P306"/>
       <c r="Q306" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="307" spans="1:17">
       <c r="A307">
-        <v>20052</v>
+        <v>16294</v>
       </c>
       <c r="B307" t="s">
-        <v>1162</v>
+        <v>1163</v>
       </c>
       <c r="C307" t="s">
-        <v>1163</v>
+        <v>1164</v>
       </c>
       <c r="D307" t="s">
-        <v>902</v>
+        <v>815</v>
       </c>
       <c r="E307" t="s">
-        <v>1149</v>
+        <v>1147</v>
       </c>
       <c r="F307" t="s">
-        <v>1150</v>
+        <v>1148</v>
       </c>
       <c r="G307" t="s">
-        <v>1164</v>
+        <v>1165</v>
       </c>
       <c r="H307" t="s">
-        <v>23</v>
+        <v>30</v>
       </c>
       <c r="I307" t="s">
         <v>24</v>
       </c>
       <c r="J307"/>
       <c r="K307"/>
       <c r="L307"/>
       <c r="M307"/>
       <c r="N307"/>
       <c r="O307"/>
       <c r="P307"/>
       <c r="Q307" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="308" spans="1:17">
       <c r="A308">
-        <v>16294</v>
+        <v>1901</v>
       </c>
       <c r="B308" t="s">
-        <v>1165</v>
+        <v>1166</v>
       </c>
       <c r="C308" t="s">
-        <v>1166</v>
+        <v>1167</v>
       </c>
       <c r="D308" t="s">
-        <v>817</v>
+        <v>1168</v>
       </c>
       <c r="E308" t="s">
-        <v>1149</v>
+        <v>1169</v>
       </c>
       <c r="F308" t="s">
-        <v>1150</v>
+        <v>1170</v>
       </c>
       <c r="G308" t="s">
-        <v>1167</v>
+        <v>1171</v>
       </c>
       <c r="H308" t="s">
         <v>30</v>
       </c>
       <c r="I308" t="s">
-        <v>24</v>
+        <v>36</v>
       </c>
       <c r="J308"/>
       <c r="K308"/>
       <c r="L308"/>
       <c r="M308"/>
       <c r="N308"/>
       <c r="O308"/>
       <c r="P308"/>
       <c r="Q308" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="309" spans="1:17">
       <c r="A309">
-        <v>1901</v>
+        <v>10776</v>
       </c>
       <c r="B309" t="s">
-        <v>1168</v>
-[...1 lines deleted...]
-      <c r="C309" t="s">
+        <v>1172</v>
+      </c>
+      <c r="C309"/>
+      <c r="D309"/>
+      <c r="E309" t="s">
         <v>1169</v>
       </c>
-      <c r="D309" t="s">
+      <c r="F309" t="s">
         <v>1170</v>
-      </c>
-[...4 lines deleted...]
-        <v>1172</v>
       </c>
       <c r="G309" t="s">
         <v>1173</v>
       </c>
       <c r="H309" t="s">
         <v>30</v>
       </c>
       <c r="I309" t="s">
-        <v>36</v>
+        <v>31</v>
       </c>
       <c r="J309"/>
       <c r="K309"/>
       <c r="L309"/>
       <c r="M309"/>
       <c r="N309"/>
       <c r="O309"/>
-      <c r="P309"/>
+      <c r="P309" t="s">
+        <v>1174</v>
+      </c>
       <c r="Q309" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="310" spans="1:17">
       <c r="A310">
-        <v>10776</v>
+        <v>11192</v>
       </c>
       <c r="B310" t="s">
-        <v>1174</v>
+        <v>1175</v>
       </c>
       <c r="C310"/>
       <c r="D310"/>
       <c r="E310" t="s">
-        <v>1171</v>
+        <v>1176</v>
       </c>
       <c r="F310" t="s">
-        <v>1172</v>
+        <v>1170</v>
       </c>
       <c r="G310" t="s">
-        <v>1175</v>
+        <v>1177</v>
       </c>
       <c r="H310" t="s">
         <v>30</v>
       </c>
       <c r="I310" t="s">
         <v>31</v>
       </c>
       <c r="J310"/>
       <c r="K310"/>
       <c r="L310"/>
       <c r="M310"/>
       <c r="N310"/>
       <c r="O310"/>
       <c r="P310" t="s">
-        <v>1176</v>
+        <v>1178</v>
       </c>
       <c r="Q310" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="311" spans="1:17">
       <c r="A311">
-        <v>11192</v>
+        <v>2215</v>
       </c>
       <c r="B311" t="s">
-        <v>1177</v>
-[...2 lines deleted...]
-      <c r="D311"/>
+        <v>1179</v>
+      </c>
+      <c r="C311" t="s">
+        <v>1180</v>
+      </c>
+      <c r="D311" t="s">
+        <v>34</v>
+      </c>
       <c r="E311" t="s">
-        <v>1178</v>
+        <v>1176</v>
       </c>
       <c r="F311" t="s">
-        <v>1172</v>
+        <v>1170</v>
       </c>
       <c r="G311" t="s">
-        <v>1179</v>
+        <v>1181</v>
       </c>
       <c r="H311" t="s">
         <v>30</v>
       </c>
       <c r="I311" t="s">
-        <v>31</v>
+        <v>36</v>
       </c>
       <c r="J311"/>
       <c r="K311"/>
       <c r="L311"/>
       <c r="M311"/>
       <c r="N311"/>
       <c r="O311"/>
-      <c r="P311" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="P311"/>
       <c r="Q311" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="312" spans="1:17">
       <c r="A312">
-        <v>2215</v>
+        <v>839</v>
       </c>
       <c r="B312" t="s">
-        <v>1181</v>
+        <v>1182</v>
       </c>
       <c r="C312" t="s">
-        <v>1182</v>
+        <v>1183</v>
       </c>
       <c r="D312" t="s">
         <v>34</v>
       </c>
       <c r="E312" t="s">
-        <v>1178</v>
+        <v>1184</v>
       </c>
       <c r="F312" t="s">
-        <v>1172</v>
+        <v>1170</v>
       </c>
       <c r="G312" t="s">
-        <v>1183</v>
+        <v>1185</v>
       </c>
       <c r="H312" t="s">
         <v>30</v>
       </c>
       <c r="I312" t="s">
         <v>36</v>
       </c>
       <c r="J312"/>
       <c r="K312"/>
       <c r="L312"/>
       <c r="M312"/>
       <c r="N312"/>
       <c r="O312"/>
-      <c r="P312"/>
+      <c r="P312" t="s">
+        <v>1186</v>
+      </c>
       <c r="Q312" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="313" spans="1:17">
       <c r="A313">
-        <v>839</v>
+        <v>12257</v>
       </c>
       <c r="B313" t="s">
-        <v>1184</v>
-[...6 lines deleted...]
-      </c>
+        <v>1187</v>
+      </c>
+      <c r="C313"/>
+      <c r="D313"/>
       <c r="E313" t="s">
-        <v>1186</v>
+        <v>1169</v>
       </c>
       <c r="F313" t="s">
-        <v>1172</v>
+        <v>1170</v>
       </c>
       <c r="G313" t="s">
-        <v>1187</v>
+        <v>1188</v>
       </c>
       <c r="H313" t="s">
         <v>30</v>
       </c>
       <c r="I313" t="s">
-        <v>36</v>
+        <v>31</v>
       </c>
       <c r="J313"/>
       <c r="K313"/>
       <c r="L313"/>
       <c r="M313"/>
       <c r="N313"/>
       <c r="O313"/>
       <c r="P313" t="s">
-        <v>1188</v>
+        <v>1189</v>
       </c>
       <c r="Q313" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="314" spans="1:17">
       <c r="A314">
-        <v>12257</v>
+        <v>11514</v>
       </c>
       <c r="B314" t="s">
-        <v>1189</v>
+        <v>1190</v>
       </c>
       <c r="C314"/>
       <c r="D314"/>
       <c r="E314" t="s">
-        <v>1171</v>
+        <v>1169</v>
       </c>
       <c r="F314" t="s">
-        <v>1172</v>
+        <v>1170</v>
       </c>
       <c r="G314" t="s">
-        <v>1190</v>
+        <v>1191</v>
       </c>
       <c r="H314" t="s">
         <v>30</v>
       </c>
       <c r="I314" t="s">
         <v>31</v>
       </c>
       <c r="J314"/>
       <c r="K314"/>
       <c r="L314"/>
       <c r="M314"/>
       <c r="N314"/>
       <c r="O314"/>
-      <c r="P314" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="P314"/>
       <c r="Q314" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="315" spans="1:17">
       <c r="A315">
-        <v>11514</v>
+        <v>11231</v>
       </c>
       <c r="B315" t="s">
         <v>1192</v>
       </c>
       <c r="C315"/>
       <c r="D315"/>
       <c r="E315" t="s">
-        <v>1171</v>
+        <v>1176</v>
       </c>
       <c r="F315" t="s">
-        <v>1172</v>
+        <v>1170</v>
       </c>
       <c r="G315" t="s">
         <v>1193</v>
       </c>
       <c r="H315" t="s">
         <v>30</v>
       </c>
       <c r="I315" t="s">
         <v>31</v>
       </c>
       <c r="J315"/>
       <c r="K315"/>
       <c r="L315"/>
       <c r="M315"/>
       <c r="N315"/>
       <c r="O315"/>
       <c r="P315"/>
       <c r="Q315" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="316" spans="1:17">
       <c r="A316">
-        <v>11231</v>
+        <v>865</v>
       </c>
       <c r="B316" t="s">
         <v>1194</v>
       </c>
-      <c r="C316"/>
-      <c r="D316"/>
+      <c r="C316" t="s">
+        <v>1195</v>
+      </c>
+      <c r="D316" t="s">
+        <v>34</v>
+      </c>
       <c r="E316" t="s">
-        <v>1178</v>
+        <v>1176</v>
       </c>
       <c r="F316" t="s">
-        <v>1172</v>
+        <v>1170</v>
       </c>
       <c r="G316" t="s">
-        <v>1195</v>
+        <v>1196</v>
       </c>
       <c r="H316" t="s">
         <v>30</v>
       </c>
       <c r="I316" t="s">
-        <v>31</v>
+        <v>36</v>
       </c>
       <c r="J316"/>
       <c r="K316"/>
       <c r="L316"/>
       <c r="M316"/>
       <c r="N316"/>
       <c r="O316"/>
       <c r="P316"/>
       <c r="Q316" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="317" spans="1:17">
       <c r="A317">
-        <v>865</v>
+        <v>11681</v>
       </c>
       <c r="B317" t="s">
-        <v>1196</v>
-[...1 lines deleted...]
-      <c r="C317" t="s">
         <v>1197</v>
       </c>
-      <c r="D317" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="C317"/>
+      <c r="D317"/>
       <c r="E317" t="s">
-        <v>1178</v>
+        <v>1169</v>
       </c>
       <c r="F317" t="s">
-        <v>1172</v>
+        <v>1170</v>
       </c>
       <c r="G317" t="s">
         <v>1198</v>
       </c>
       <c r="H317" t="s">
         <v>30</v>
       </c>
       <c r="I317" t="s">
-        <v>36</v>
+        <v>31</v>
       </c>
       <c r="J317"/>
       <c r="K317"/>
       <c r="L317"/>
       <c r="M317"/>
       <c r="N317"/>
       <c r="O317"/>
       <c r="P317"/>
       <c r="Q317" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="318" spans="1:17">
       <c r="A318">
-        <v>11681</v>
+        <v>11695</v>
       </c>
       <c r="B318" t="s">
         <v>1199</v>
       </c>
-      <c r="C318"/>
-      <c r="D318"/>
+      <c r="C318" t="s">
+        <v>1200</v>
+      </c>
+      <c r="D318" t="s">
+        <v>900</v>
+      </c>
       <c r="E318" t="s">
-        <v>1171</v>
+        <v>1169</v>
       </c>
       <c r="F318" t="s">
-        <v>1172</v>
+        <v>1170</v>
       </c>
       <c r="G318" t="s">
-        <v>1200</v>
+        <v>1201</v>
       </c>
       <c r="H318" t="s">
         <v>30</v>
       </c>
       <c r="I318" t="s">
-        <v>31</v>
+        <v>804</v>
       </c>
       <c r="J318"/>
       <c r="K318"/>
       <c r="L318"/>
       <c r="M318"/>
       <c r="N318"/>
       <c r="O318"/>
       <c r="P318"/>
       <c r="Q318" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="319" spans="1:17">
       <c r="A319">
-        <v>11695</v>
+        <v>11941</v>
       </c>
       <c r="B319" t="s">
-        <v>1201</v>
+        <v>1202</v>
       </c>
       <c r="C319" t="s">
-        <v>1202</v>
+        <v>1203</v>
       </c>
       <c r="D319" t="s">
-        <v>902</v>
+        <v>1204</v>
       </c>
       <c r="E319" t="s">
-        <v>1171</v>
+        <v>1169</v>
       </c>
       <c r="F319" t="s">
-        <v>1172</v>
+        <v>1170</v>
       </c>
       <c r="G319" t="s">
-        <v>1203</v>
+        <v>1205</v>
       </c>
       <c r="H319" t="s">
         <v>30</v>
       </c>
       <c r="I319" t="s">
-        <v>806</v>
+        <v>804</v>
       </c>
       <c r="J319"/>
       <c r="K319"/>
       <c r="L319"/>
       <c r="M319"/>
       <c r="N319"/>
       <c r="O319"/>
       <c r="P319"/>
       <c r="Q319" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="320" spans="1:17">
       <c r="A320">
-        <v>11941</v>
+        <v>1062</v>
       </c>
       <c r="B320" t="s">
-        <v>1204</v>
+        <v>1206</v>
       </c>
       <c r="C320" t="s">
-        <v>1205</v>
+        <v>1207</v>
       </c>
       <c r="D320" t="s">
-        <v>1206</v>
+        <v>69</v>
       </c>
       <c r="E320" t="s">
-        <v>1171</v>
+        <v>1169</v>
       </c>
       <c r="F320" t="s">
-        <v>1172</v>
+        <v>1170</v>
       </c>
       <c r="G320" t="s">
-        <v>1207</v>
+        <v>1208</v>
       </c>
       <c r="H320" t="s">
         <v>30</v>
       </c>
       <c r="I320" t="s">
-        <v>806</v>
+        <v>36</v>
       </c>
       <c r="J320"/>
       <c r="K320"/>
       <c r="L320"/>
       <c r="M320"/>
       <c r="N320"/>
       <c r="O320"/>
-      <c r="P320"/>
+      <c r="P320" t="s">
+        <v>1209</v>
+      </c>
       <c r="Q320" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="321" spans="1:17">
       <c r="A321">
-        <v>1062</v>
+        <v>8757</v>
       </c>
       <c r="B321" t="s">
-        <v>1208</v>
-[...6 lines deleted...]
-      </c>
+        <v>1210</v>
+      </c>
+      <c r="C321"/>
+      <c r="D321"/>
       <c r="E321" t="s">
-        <v>1171</v>
+        <v>1184</v>
       </c>
       <c r="F321" t="s">
-        <v>1172</v>
+        <v>1170</v>
       </c>
       <c r="G321" t="s">
-        <v>1210</v>
+        <v>1211</v>
       </c>
       <c r="H321" t="s">
         <v>30</v>
       </c>
       <c r="I321" t="s">
         <v>36</v>
       </c>
       <c r="J321"/>
       <c r="K321"/>
       <c r="L321"/>
       <c r="M321"/>
       <c r="N321"/>
       <c r="O321"/>
       <c r="P321" t="s">
-        <v>1211</v>
+        <v>1212</v>
       </c>
       <c r="Q321" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="322" spans="1:17">
       <c r="A322">
-        <v>8757</v>
+        <v>10981</v>
       </c>
       <c r="B322" t="s">
-        <v>1212</v>
+        <v>1213</v>
       </c>
       <c r="C322"/>
       <c r="D322"/>
       <c r="E322" t="s">
-        <v>1186</v>
+        <v>1169</v>
       </c>
       <c r="F322" t="s">
-        <v>1172</v>
+        <v>1170</v>
       </c>
       <c r="G322" t="s">
-        <v>1213</v>
+        <v>1214</v>
       </c>
       <c r="H322" t="s">
         <v>30</v>
       </c>
       <c r="I322" t="s">
-        <v>36</v>
+        <v>31</v>
       </c>
       <c r="J322"/>
       <c r="K322"/>
       <c r="L322"/>
       <c r="M322"/>
       <c r="N322"/>
       <c r="O322"/>
-      <c r="P322" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="P322"/>
       <c r="Q322" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="323" spans="1:17">
       <c r="A323">
-        <v>10981</v>
+        <v>32296</v>
       </c>
       <c r="B323" t="s">
         <v>1215</v>
       </c>
       <c r="C323"/>
       <c r="D323"/>
       <c r="E323" t="s">
-        <v>1171</v>
+        <v>1169</v>
       </c>
       <c r="F323" t="s">
-        <v>1172</v>
+        <v>1170</v>
       </c>
       <c r="G323" t="s">
         <v>1216</v>
       </c>
       <c r="H323" t="s">
         <v>30</v>
       </c>
       <c r="I323" t="s">
         <v>31</v>
       </c>
       <c r="J323"/>
       <c r="K323"/>
       <c r="L323"/>
       <c r="M323"/>
       <c r="N323"/>
       <c r="O323"/>
-      <c r="P323"/>
+      <c r="P323" t="s">
+        <v>1217</v>
+      </c>
       <c r="Q323" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="324" spans="1:17">
       <c r="A324">
-        <v>32296</v>
+        <v>901</v>
       </c>
       <c r="B324" t="s">
-        <v>1217</v>
-[...2 lines deleted...]
-      <c r="D324"/>
+        <v>1218</v>
+      </c>
+      <c r="C324" t="s">
+        <v>1219</v>
+      </c>
+      <c r="D324" t="s">
+        <v>58</v>
+      </c>
       <c r="E324" t="s">
-        <v>1171</v>
+        <v>1176</v>
       </c>
       <c r="F324" t="s">
-        <v>1172</v>
+        <v>1170</v>
       </c>
       <c r="G324" t="s">
-        <v>1218</v>
+        <v>1220</v>
       </c>
       <c r="H324" t="s">
         <v>30</v>
       </c>
       <c r="I324" t="s">
-        <v>31</v>
+        <v>36</v>
       </c>
       <c r="J324"/>
       <c r="K324"/>
       <c r="L324"/>
       <c r="M324"/>
       <c r="N324"/>
       <c r="O324"/>
       <c r="P324" t="s">
-        <v>1219</v>
+        <v>1221</v>
       </c>
       <c r="Q324" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="325" spans="1:17">
       <c r="A325">
-        <v>901</v>
+        <v>4222</v>
       </c>
       <c r="B325" t="s">
-        <v>1220</v>
+        <v>1222</v>
       </c>
       <c r="C325" t="s">
-        <v>1221</v>
+        <v>1223</v>
       </c>
       <c r="D325" t="s">
-        <v>58</v>
+        <v>80</v>
       </c>
       <c r="E325" t="s">
-        <v>1178</v>
+        <v>1176</v>
       </c>
       <c r="F325" t="s">
-        <v>1172</v>
+        <v>1170</v>
       </c>
       <c r="G325" t="s">
-        <v>1222</v>
+        <v>1224</v>
       </c>
       <c r="H325" t="s">
         <v>30</v>
       </c>
       <c r="I325" t="s">
         <v>36</v>
       </c>
       <c r="J325"/>
       <c r="K325"/>
       <c r="L325"/>
       <c r="M325"/>
       <c r="N325"/>
       <c r="O325"/>
       <c r="P325" t="s">
-        <v>1223</v>
+        <v>1225</v>
       </c>
       <c r="Q325" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="326" spans="1:17">
       <c r="A326">
-        <v>4222</v>
+        <v>2</v>
       </c>
       <c r="B326" t="s">
-        <v>1224</v>
+        <v>1226</v>
       </c>
       <c r="C326" t="s">
-        <v>1225</v>
+        <v>1227</v>
       </c>
       <c r="D326" t="s">
-        <v>80</v>
+        <v>58</v>
       </c>
       <c r="E326" t="s">
-        <v>1178</v>
+        <v>1176</v>
       </c>
       <c r="F326" t="s">
-        <v>1172</v>
+        <v>1170</v>
       </c>
       <c r="G326" t="s">
-        <v>1226</v>
+        <v>1228</v>
       </c>
       <c r="H326" t="s">
         <v>30</v>
       </c>
       <c r="I326" t="s">
         <v>36</v>
       </c>
       <c r="J326"/>
       <c r="K326"/>
       <c r="L326"/>
       <c r="M326"/>
       <c r="N326"/>
       <c r="O326"/>
-      <c r="P326" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="P326"/>
       <c r="Q326" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="327" spans="1:17">
       <c r="A327">
-        <v>2</v>
+        <v>10806</v>
       </c>
       <c r="B327" t="s">
-        <v>1228</v>
-[...1 lines deleted...]
-      <c r="C327" t="s">
         <v>1229</v>
       </c>
-      <c r="D327" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="C327"/>
+      <c r="D327"/>
       <c r="E327" t="s">
-        <v>1178</v>
+        <v>1169</v>
       </c>
       <c r="F327" t="s">
-        <v>1172</v>
+        <v>1170</v>
       </c>
       <c r="G327" t="s">
         <v>1230</v>
       </c>
       <c r="H327" t="s">
         <v>30</v>
       </c>
       <c r="I327" t="s">
-        <v>36</v>
+        <v>47</v>
       </c>
       <c r="J327"/>
       <c r="K327"/>
       <c r="L327"/>
       <c r="M327"/>
       <c r="N327"/>
       <c r="O327"/>
-      <c r="P327"/>
+      <c r="P327" t="s">
+        <v>1231</v>
+      </c>
       <c r="Q327" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="328" spans="1:17">
       <c r="A328">
-        <v>10806</v>
+        <v>4841</v>
       </c>
       <c r="B328" t="s">
-        <v>1231</v>
+        <v>1232</v>
       </c>
       <c r="C328"/>
       <c r="D328"/>
       <c r="E328" t="s">
-        <v>1171</v>
+        <v>1184</v>
       </c>
       <c r="F328" t="s">
-        <v>1172</v>
+        <v>1170</v>
       </c>
       <c r="G328" t="s">
-        <v>1232</v>
+        <v>1233</v>
       </c>
       <c r="H328" t="s">
         <v>30</v>
       </c>
       <c r="I328" t="s">
-        <v>47</v>
+        <v>36</v>
       </c>
       <c r="J328"/>
       <c r="K328"/>
       <c r="L328"/>
       <c r="M328"/>
       <c r="N328"/>
       <c r="O328"/>
       <c r="P328" t="s">
-        <v>1233</v>
+        <v>1234</v>
       </c>
       <c r="Q328" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="329" spans="1:17">
       <c r="A329">
-        <v>4841</v>
+        <v>1064</v>
       </c>
       <c r="B329" t="s">
-        <v>1234</v>
-[...2 lines deleted...]
-      <c r="D329"/>
+        <v>1235</v>
+      </c>
+      <c r="C329" t="s">
+        <v>1236</v>
+      </c>
+      <c r="D329" t="s">
+        <v>1237</v>
+      </c>
       <c r="E329" t="s">
-        <v>1186</v>
+        <v>1169</v>
       </c>
       <c r="F329" t="s">
-        <v>1172</v>
+        <v>1170</v>
       </c>
       <c r="G329" t="s">
-        <v>1235</v>
+        <v>1238</v>
       </c>
       <c r="H329" t="s">
         <v>30</v>
       </c>
       <c r="I329" t="s">
         <v>36</v>
       </c>
       <c r="J329"/>
       <c r="K329"/>
       <c r="L329"/>
       <c r="M329"/>
       <c r="N329"/>
       <c r="O329"/>
       <c r="P329" t="s">
-        <v>1236</v>
+        <v>1239</v>
       </c>
       <c r="Q329" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="330" spans="1:17">
       <c r="A330">
-        <v>1064</v>
+        <v>11143</v>
       </c>
       <c r="B330" t="s">
-        <v>1237</v>
+        <v>1240</v>
       </c>
       <c r="C330" t="s">
-        <v>1238</v>
+        <v>1241</v>
       </c>
       <c r="D330" t="s">
-        <v>1239</v>
+        <v>34</v>
       </c>
       <c r="E330" t="s">
-        <v>1171</v>
+        <v>1169</v>
       </c>
       <c r="F330" t="s">
-        <v>1172</v>
+        <v>1170</v>
       </c>
       <c r="G330" t="s">
-        <v>1240</v>
+        <v>1242</v>
       </c>
       <c r="H330" t="s">
         <v>30</v>
       </c>
       <c r="I330" t="s">
-        <v>36</v>
+        <v>31</v>
       </c>
       <c r="J330"/>
       <c r="K330"/>
       <c r="L330"/>
       <c r="M330"/>
       <c r="N330"/>
       <c r="O330"/>
-      <c r="P330" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="P330"/>
       <c r="Q330" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="331" spans="1:17">
       <c r="A331">
-        <v>11143</v>
+        <v>340</v>
       </c>
       <c r="B331" t="s">
-        <v>1242</v>
+        <v>1243</v>
       </c>
       <c r="C331" t="s">
-        <v>1243</v>
+        <v>1244</v>
       </c>
       <c r="D331" t="s">
         <v>34</v>
       </c>
       <c r="E331" t="s">
-        <v>1171</v>
+        <v>1176</v>
       </c>
       <c r="F331" t="s">
-        <v>1172</v>
+        <v>1170</v>
       </c>
       <c r="G331" t="s">
-        <v>1244</v>
+        <v>1245</v>
       </c>
       <c r="H331" t="s">
         <v>30</v>
       </c>
       <c r="I331" t="s">
-        <v>31</v>
+        <v>36</v>
       </c>
       <c r="J331"/>
       <c r="K331"/>
       <c r="L331"/>
       <c r="M331"/>
       <c r="N331"/>
       <c r="O331"/>
-      <c r="P331"/>
+      <c r="P331" t="s">
+        <v>1246</v>
+      </c>
       <c r="Q331" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="332" spans="1:17">
       <c r="A332">
-        <v>340</v>
+        <v>11343</v>
       </c>
       <c r="B332" t="s">
-        <v>1245</v>
-[...6 lines deleted...]
-      </c>
+        <v>1247</v>
+      </c>
+      <c r="C332"/>
+      <c r="D332"/>
       <c r="E332" t="s">
-        <v>1178</v>
+        <v>1184</v>
       </c>
       <c r="F332" t="s">
-        <v>1172</v>
+        <v>1170</v>
       </c>
       <c r="G332" t="s">
-        <v>1247</v>
+        <v>1248</v>
       </c>
       <c r="H332" t="s">
         <v>30</v>
       </c>
       <c r="I332" t="s">
-        <v>36</v>
+        <v>31</v>
       </c>
       <c r="J332"/>
       <c r="K332"/>
       <c r="L332"/>
       <c r="M332"/>
       <c r="N332"/>
       <c r="O332"/>
-      <c r="P332" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="P332"/>
       <c r="Q332" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="333" spans="1:17">
       <c r="A333">
-        <v>11343</v>
+        <v>12247</v>
       </c>
       <c r="B333" t="s">
         <v>1249</v>
       </c>
       <c r="C333"/>
       <c r="D333"/>
       <c r="E333" t="s">
-        <v>1186</v>
+        <v>1176</v>
       </c>
       <c r="F333" t="s">
-        <v>1172</v>
+        <v>1170</v>
       </c>
       <c r="G333" t="s">
         <v>1250</v>
       </c>
       <c r="H333" t="s">
         <v>30</v>
       </c>
       <c r="I333" t="s">
         <v>31</v>
       </c>
       <c r="J333"/>
       <c r="K333"/>
       <c r="L333"/>
       <c r="M333"/>
       <c r="N333"/>
       <c r="O333"/>
       <c r="P333"/>
       <c r="Q333" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="334" spans="1:17">
       <c r="A334">
-        <v>12247</v>
+        <v>33079</v>
       </c>
       <c r="B334" t="s">
         <v>1251</v>
       </c>
       <c r="C334"/>
       <c r="D334"/>
       <c r="E334" t="s">
-        <v>1178</v>
+        <v>1176</v>
       </c>
       <c r="F334" t="s">
-        <v>1172</v>
+        <v>1170</v>
       </c>
       <c r="G334" t="s">
         <v>1252</v>
       </c>
       <c r="H334" t="s">
         <v>30</v>
       </c>
       <c r="I334" t="s">
-        <v>31</v>
-[...2 lines deleted...]
-      <c r="K334"/>
+        <v>36</v>
+      </c>
+      <c r="J334" t="s">
+        <v>60</v>
+      </c>
+      <c r="K334" t="s">
+        <v>61</v>
+      </c>
       <c r="L334"/>
       <c r="M334"/>
       <c r="N334"/>
       <c r="O334"/>
-      <c r="P334"/>
+      <c r="P334" t="s">
+        <v>1253</v>
+      </c>
       <c r="Q334" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="335" spans="1:17">
       <c r="A335">
-        <v>33079</v>
+        <v>5444</v>
       </c>
       <c r="B335" t="s">
-        <v>1253</v>
+        <v>1254</v>
       </c>
       <c r="C335"/>
       <c r="D335"/>
       <c r="E335" t="s">
-        <v>1178</v>
+        <v>1176</v>
       </c>
       <c r="F335" t="s">
-        <v>1172</v>
+        <v>1170</v>
       </c>
       <c r="G335" t="s">
-        <v>1254</v>
+        <v>1255</v>
       </c>
       <c r="H335" t="s">
         <v>30</v>
       </c>
       <c r="I335" t="s">
         <v>36</v>
       </c>
-      <c r="J335" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="J335"/>
+      <c r="K335"/>
       <c r="L335"/>
       <c r="M335"/>
       <c r="N335"/>
       <c r="O335"/>
-      <c r="P335" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="P335"/>
       <c r="Q335" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="336" spans="1:17">
       <c r="A336">
-        <v>5444</v>
+        <v>80962</v>
       </c>
       <c r="B336" t="s">
         <v>1256</v>
       </c>
-      <c r="C336"/>
-      <c r="D336"/>
+      <c r="C336" t="s">
+        <v>1257</v>
+      </c>
+      <c r="D336" t="s">
+        <v>34</v>
+      </c>
       <c r="E336" t="s">
-        <v>1178</v>
+        <v>1169</v>
       </c>
       <c r="F336" t="s">
-        <v>1172</v>
+        <v>1170</v>
       </c>
       <c r="G336" t="s">
-        <v>1257</v>
+        <v>1258</v>
       </c>
       <c r="H336" t="s">
         <v>30</v>
       </c>
       <c r="I336" t="s">
         <v>36</v>
       </c>
       <c r="J336"/>
       <c r="K336"/>
       <c r="L336"/>
       <c r="M336"/>
       <c r="N336"/>
       <c r="O336"/>
-      <c r="P336"/>
+      <c r="P336" t="s">
+        <v>1259</v>
+      </c>
       <c r="Q336" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="337" spans="1:17">
       <c r="A337">
-        <v>80962</v>
+        <v>11109</v>
       </c>
       <c r="B337" t="s">
-        <v>1258</v>
+        <v>1260</v>
       </c>
       <c r="C337" t="s">
-        <v>1259</v>
+        <v>1261</v>
       </c>
       <c r="D337" t="s">
-        <v>34</v>
+        <v>559</v>
       </c>
       <c r="E337" t="s">
-        <v>1171</v>
+        <v>1169</v>
       </c>
       <c r="F337" t="s">
-        <v>1172</v>
+        <v>1170</v>
       </c>
       <c r="G337" t="s">
-        <v>1260</v>
+        <v>1262</v>
       </c>
       <c r="H337" t="s">
         <v>30</v>
       </c>
       <c r="I337" t="s">
-        <v>36</v>
+        <v>836</v>
       </c>
       <c r="J337"/>
       <c r="K337"/>
       <c r="L337"/>
       <c r="M337"/>
       <c r="N337"/>
       <c r="O337"/>
-      <c r="P337" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="P337"/>
       <c r="Q337" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="338" spans="1:17">
       <c r="A338">
-        <v>11109</v>
+        <v>7108</v>
       </c>
       <c r="B338" t="s">
-        <v>1262</v>
+        <v>1263</v>
       </c>
       <c r="C338" t="s">
-        <v>1263</v>
+        <v>1264</v>
       </c>
       <c r="D338" t="s">
-        <v>561</v>
+        <v>1265</v>
       </c>
       <c r="E338" t="s">
-        <v>1171</v>
+        <v>1184</v>
       </c>
       <c r="F338" t="s">
-        <v>1172</v>
+        <v>1170</v>
       </c>
       <c r="G338" t="s">
-        <v>1264</v>
+        <v>1266</v>
       </c>
       <c r="H338" t="s">
         <v>30</v>
       </c>
       <c r="I338" t="s">
-        <v>838</v>
-[...2 lines deleted...]
-      <c r="K338"/>
+        <v>36</v>
+      </c>
+      <c r="J338" t="s">
+        <v>60</v>
+      </c>
+      <c r="K338" t="s">
+        <v>563</v>
+      </c>
       <c r="L338"/>
       <c r="M338"/>
       <c r="N338"/>
       <c r="O338"/>
       <c r="P338"/>
       <c r="Q338" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="339" spans="1:17">
       <c r="A339">
-        <v>7108</v>
+        <v>11645</v>
       </c>
       <c r="B339" t="s">
-        <v>1265</v>
-[...4 lines deleted...]
-      <c r="D339" t="s">
         <v>1267</v>
       </c>
+      <c r="C339"/>
+      <c r="D339"/>
       <c r="E339" t="s">
-        <v>1186</v>
+        <v>1169</v>
       </c>
       <c r="F339" t="s">
-        <v>1172</v>
+        <v>1170</v>
       </c>
       <c r="G339" t="s">
         <v>1268</v>
       </c>
       <c r="H339" t="s">
         <v>30</v>
       </c>
       <c r="I339" t="s">
-        <v>36</v>
-[...6 lines deleted...]
-      </c>
+        <v>47</v>
+      </c>
+      <c r="J339"/>
+      <c r="K339"/>
       <c r="L339"/>
       <c r="M339"/>
       <c r="N339"/>
       <c r="O339"/>
       <c r="P339"/>
       <c r="Q339" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="340" spans="1:17">
       <c r="A340">
-        <v>11645</v>
+        <v>10968</v>
       </c>
       <c r="B340" t="s">
         <v>1269</v>
       </c>
-      <c r="C340"/>
-      <c r="D340"/>
+      <c r="C340" t="s">
+        <v>1270</v>
+      </c>
+      <c r="D340" t="s">
+        <v>34</v>
+      </c>
       <c r="E340" t="s">
-        <v>1171</v>
+        <v>1271</v>
       </c>
       <c r="F340" t="s">
-        <v>1172</v>
+        <v>1170</v>
       </c>
       <c r="G340" t="s">
-        <v>1270</v>
+        <v>1272</v>
       </c>
       <c r="H340" t="s">
         <v>30</v>
       </c>
       <c r="I340" t="s">
-        <v>47</v>
+        <v>804</v>
       </c>
       <c r="J340"/>
       <c r="K340"/>
       <c r="L340"/>
       <c r="M340"/>
       <c r="N340"/>
       <c r="O340"/>
       <c r="P340"/>
       <c r="Q340" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="341" spans="1:17">
       <c r="A341">
-        <v>10968</v>
+        <v>11606</v>
       </c>
       <c r="B341" t="s">
-        <v>1271</v>
-[...6 lines deleted...]
-      </c>
+        <v>1273</v>
+      </c>
+      <c r="C341"/>
+      <c r="D341"/>
       <c r="E341" t="s">
-        <v>1273</v>
+        <v>1169</v>
       </c>
       <c r="F341" t="s">
-        <v>1172</v>
+        <v>1170</v>
       </c>
       <c r="G341" t="s">
         <v>1274</v>
       </c>
       <c r="H341" t="s">
         <v>30</v>
       </c>
       <c r="I341" t="s">
-        <v>806</v>
+        <v>31</v>
       </c>
       <c r="J341"/>
       <c r="K341"/>
       <c r="L341"/>
       <c r="M341"/>
       <c r="N341"/>
       <c r="O341"/>
       <c r="P341"/>
       <c r="Q341" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="342" spans="1:17">
       <c r="A342">
-        <v>11606</v>
+        <v>11215</v>
       </c>
       <c r="B342" t="s">
         <v>1275</v>
       </c>
-      <c r="C342"/>
-      <c r="D342"/>
+      <c r="C342" t="s">
+        <v>1276</v>
+      </c>
+      <c r="D342" t="s">
+        <v>1013</v>
+      </c>
       <c r="E342" t="s">
-        <v>1171</v>
+        <v>1271</v>
       </c>
       <c r="F342" t="s">
-        <v>1172</v>
+        <v>1170</v>
       </c>
       <c r="G342" t="s">
-        <v>1276</v>
+        <v>1277</v>
       </c>
       <c r="H342" t="s">
         <v>30</v>
       </c>
       <c r="I342" t="s">
         <v>31</v>
       </c>
       <c r="J342"/>
       <c r="K342"/>
       <c r="L342"/>
       <c r="M342"/>
       <c r="N342"/>
       <c r="O342"/>
       <c r="P342"/>
       <c r="Q342" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="343" spans="1:17">
       <c r="A343">
-        <v>11215</v>
+        <v>11908</v>
       </c>
       <c r="B343" t="s">
-        <v>1277</v>
-[...1 lines deleted...]
-      <c r="C343" t="s">
         <v>1278</v>
       </c>
-      <c r="D343" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="C343"/>
+      <c r="D343"/>
       <c r="E343" t="s">
-        <v>1273</v>
+        <v>1169</v>
       </c>
       <c r="F343" t="s">
-        <v>1172</v>
+        <v>1170</v>
       </c>
       <c r="G343" t="s">
         <v>1279</v>
       </c>
       <c r="H343" t="s">
         <v>30</v>
       </c>
       <c r="I343" t="s">
         <v>31</v>
       </c>
       <c r="J343"/>
       <c r="K343"/>
       <c r="L343"/>
       <c r="M343"/>
       <c r="N343"/>
       <c r="O343"/>
       <c r="P343"/>
       <c r="Q343" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="344" spans="1:17">
       <c r="A344">
-        <v>11908</v>
+        <v>11539</v>
       </c>
       <c r="B344" t="s">
         <v>1280</v>
       </c>
       <c r="C344"/>
       <c r="D344"/>
       <c r="E344" t="s">
-        <v>1171</v>
+        <v>1184</v>
       </c>
       <c r="F344" t="s">
-        <v>1172</v>
+        <v>1170</v>
       </c>
       <c r="G344" t="s">
         <v>1281</v>
       </c>
       <c r="H344" t="s">
         <v>30</v>
       </c>
       <c r="I344" t="s">
-        <v>31</v>
+        <v>47</v>
       </c>
       <c r="J344"/>
       <c r="K344"/>
       <c r="L344"/>
       <c r="M344"/>
       <c r="N344"/>
       <c r="O344"/>
       <c r="P344"/>
       <c r="Q344" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="345" spans="1:17">
       <c r="A345">
-        <v>11539</v>
+        <v>7779</v>
       </c>
       <c r="B345" t="s">
         <v>1282</v>
       </c>
       <c r="C345"/>
       <c r="D345"/>
       <c r="E345" t="s">
-        <v>1186</v>
+        <v>1184</v>
       </c>
       <c r="F345" t="s">
-        <v>1172</v>
+        <v>1170</v>
       </c>
       <c r="G345" t="s">
         <v>1283</v>
       </c>
       <c r="H345" t="s">
         <v>30</v>
       </c>
       <c r="I345" t="s">
-        <v>47</v>
+        <v>36</v>
       </c>
       <c r="J345"/>
       <c r="K345"/>
       <c r="L345"/>
       <c r="M345"/>
       <c r="N345"/>
       <c r="O345"/>
       <c r="P345"/>
       <c r="Q345" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="346" spans="1:17">
       <c r="A346">
-        <v>7779</v>
+        <v>10731</v>
       </c>
       <c r="B346" t="s">
         <v>1284</v>
       </c>
-      <c r="C346"/>
-      <c r="D346"/>
+      <c r="C346" t="s">
+        <v>1285</v>
+      </c>
+      <c r="D346" t="s">
+        <v>34</v>
+      </c>
       <c r="E346" t="s">
-        <v>1186</v>
+        <v>1169</v>
       </c>
       <c r="F346" t="s">
-        <v>1172</v>
+        <v>1170</v>
       </c>
       <c r="G346" t="s">
-        <v>1285</v>
+        <v>1286</v>
       </c>
       <c r="H346" t="s">
         <v>30</v>
       </c>
       <c r="I346" t="s">
-        <v>36</v>
+        <v>47</v>
       </c>
       <c r="J346"/>
       <c r="K346"/>
       <c r="L346"/>
       <c r="M346"/>
       <c r="N346"/>
       <c r="O346"/>
-      <c r="P346"/>
+      <c r="P346" t="s">
+        <v>1287</v>
+      </c>
       <c r="Q346" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="347" spans="1:17">
       <c r="A347">
-        <v>10731</v>
+        <v>983</v>
       </c>
       <c r="B347" t="s">
-        <v>1286</v>
+        <v>1288</v>
       </c>
       <c r="C347" t="s">
-        <v>1287</v>
+        <v>1289</v>
       </c>
       <c r="D347" t="s">
-        <v>34</v>
+        <v>69</v>
       </c>
       <c r="E347" t="s">
-        <v>1171</v>
+        <v>1184</v>
       </c>
       <c r="F347" t="s">
-        <v>1172</v>
+        <v>1170</v>
       </c>
       <c r="G347" t="s">
-        <v>1288</v>
+        <v>1290</v>
       </c>
       <c r="H347" t="s">
         <v>30</v>
       </c>
       <c r="I347" t="s">
-        <v>47</v>
-[...2 lines deleted...]
-      <c r="K347"/>
+        <v>36</v>
+      </c>
+      <c r="J347" t="s">
+        <v>60</v>
+      </c>
+      <c r="K347" t="s">
+        <v>61</v>
+      </c>
       <c r="L347"/>
       <c r="M347"/>
       <c r="N347"/>
       <c r="O347"/>
-      <c r="P347" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="P347"/>
       <c r="Q347" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="348" spans="1:17">
       <c r="A348">
-        <v>983</v>
+        <v>8310</v>
       </c>
       <c r="B348" t="s">
-        <v>1290</v>
+        <v>1291</v>
       </c>
       <c r="C348" t="s">
-        <v>1291</v>
+        <v>1292</v>
       </c>
       <c r="D348" t="s">
-        <v>69</v>
+        <v>58</v>
       </c>
       <c r="E348" t="s">
-        <v>1186</v>
+        <v>1176</v>
       </c>
       <c r="F348" t="s">
-        <v>1172</v>
+        <v>1170</v>
       </c>
       <c r="G348" t="s">
-        <v>1292</v>
+        <v>1293</v>
       </c>
       <c r="H348" t="s">
         <v>30</v>
       </c>
       <c r="I348" t="s">
         <v>36</v>
       </c>
-      <c r="J348" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="J348"/>
+      <c r="K348"/>
       <c r="L348"/>
       <c r="M348"/>
       <c r="N348"/>
       <c r="O348"/>
-      <c r="P348"/>
+      <c r="P348" t="s">
+        <v>1294</v>
+      </c>
       <c r="Q348" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="349" spans="1:17">
       <c r="A349">
-        <v>8310</v>
+        <v>8314</v>
       </c>
       <c r="B349" t="s">
-        <v>1293</v>
-[...6 lines deleted...]
-      </c>
+        <v>1295</v>
+      </c>
+      <c r="C349"/>
+      <c r="D349"/>
       <c r="E349" t="s">
-        <v>1178</v>
+        <v>1176</v>
       </c>
       <c r="F349" t="s">
-        <v>1172</v>
+        <v>1170</v>
       </c>
       <c r="G349" t="s">
-        <v>1295</v>
+        <v>1296</v>
       </c>
       <c r="H349" t="s">
         <v>30</v>
       </c>
       <c r="I349" t="s">
         <v>36</v>
       </c>
       <c r="J349"/>
       <c r="K349"/>
       <c r="L349"/>
       <c r="M349"/>
       <c r="N349"/>
       <c r="O349"/>
-      <c r="P349" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="P349"/>
       <c r="Q349" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="350" spans="1:17">
       <c r="A350">
-        <v>8314</v>
+        <v>8366</v>
       </c>
       <c r="B350" t="s">
         <v>1297</v>
       </c>
       <c r="C350"/>
       <c r="D350"/>
       <c r="E350" t="s">
-        <v>1178</v>
+        <v>1176</v>
       </c>
       <c r="F350" t="s">
-        <v>1172</v>
+        <v>1170</v>
       </c>
       <c r="G350" t="s">
         <v>1298</v>
       </c>
       <c r="H350" t="s">
         <v>30</v>
       </c>
       <c r="I350" t="s">
         <v>36</v>
       </c>
-      <c r="J350"/>
-      <c r="K350"/>
+      <c r="J350" t="s">
+        <v>60</v>
+      </c>
+      <c r="K350" t="s">
+        <v>61</v>
+      </c>
       <c r="L350"/>
       <c r="M350"/>
       <c r="N350"/>
       <c r="O350"/>
-      <c r="P350"/>
+      <c r="P350" t="s">
+        <v>1299</v>
+      </c>
       <c r="Q350" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="351" spans="1:17">
       <c r="A351">
-        <v>8366</v>
+        <v>12035</v>
       </c>
       <c r="B351" t="s">
-        <v>1299</v>
+        <v>1300</v>
       </c>
       <c r="C351"/>
       <c r="D351"/>
       <c r="E351" t="s">
-        <v>1178</v>
+        <v>1169</v>
       </c>
       <c r="F351" t="s">
-        <v>1172</v>
+        <v>1170</v>
       </c>
       <c r="G351" t="s">
-        <v>1300</v>
+        <v>1301</v>
       </c>
       <c r="H351" t="s">
         <v>30</v>
       </c>
       <c r="I351" t="s">
-        <v>36</v>
-[...6 lines deleted...]
-      </c>
+        <v>31</v>
+      </c>
+      <c r="J351"/>
+      <c r="K351"/>
       <c r="L351"/>
       <c r="M351"/>
       <c r="N351"/>
       <c r="O351"/>
       <c r="P351" t="s">
-        <v>1301</v>
+        <v>1302</v>
       </c>
       <c r="Q351" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="352" spans="1:17">
       <c r="A352">
-        <v>12035</v>
+        <v>11266</v>
       </c>
       <c r="B352" t="s">
-        <v>1302</v>
+        <v>1303</v>
       </c>
       <c r="C352"/>
       <c r="D352"/>
       <c r="E352" t="s">
-        <v>1171</v>
+        <v>1176</v>
       </c>
       <c r="F352" t="s">
-        <v>1172</v>
+        <v>1170</v>
       </c>
       <c r="G352" t="s">
-        <v>1303</v>
+        <v>1304</v>
       </c>
       <c r="H352" t="s">
         <v>30</v>
       </c>
       <c r="I352" t="s">
         <v>31</v>
       </c>
       <c r="J352"/>
       <c r="K352"/>
       <c r="L352"/>
       <c r="M352"/>
       <c r="N352"/>
       <c r="O352"/>
-      <c r="P352" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="P352"/>
       <c r="Q352" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="353" spans="1:17">
       <c r="A353">
-        <v>11266</v>
+        <v>10985</v>
       </c>
       <c r="B353" t="s">
         <v>1305</v>
       </c>
-      <c r="C353"/>
-      <c r="D353"/>
+      <c r="C353" t="s">
+        <v>1306</v>
+      </c>
+      <c r="D353" t="s">
+        <v>34</v>
+      </c>
       <c r="E353" t="s">
-        <v>1178</v>
+        <v>1184</v>
       </c>
       <c r="F353" t="s">
-        <v>1172</v>
+        <v>1170</v>
       </c>
       <c r="G353" t="s">
-        <v>1306</v>
+        <v>1307</v>
       </c>
       <c r="H353" t="s">
         <v>30</v>
       </c>
       <c r="I353" t="s">
-        <v>31</v>
+        <v>659</v>
       </c>
       <c r="J353"/>
       <c r="K353"/>
       <c r="L353"/>
       <c r="M353"/>
       <c r="N353"/>
       <c r="O353"/>
       <c r="P353"/>
       <c r="Q353" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="354" spans="1:17">
       <c r="A354">
-        <v>10985</v>
+        <v>11656</v>
       </c>
       <c r="B354" t="s">
-        <v>1307</v>
+        <v>1308</v>
       </c>
       <c r="C354" t="s">
-        <v>1308</v>
+        <v>1309</v>
       </c>
       <c r="D354" t="s">
         <v>34</v>
       </c>
       <c r="E354" t="s">
-        <v>1186</v>
+        <v>1184</v>
       </c>
       <c r="F354" t="s">
-        <v>1172</v>
+        <v>1170</v>
       </c>
       <c r="G354" t="s">
-        <v>1309</v>
+        <v>1310</v>
       </c>
       <c r="H354" t="s">
         <v>30</v>
       </c>
       <c r="I354" t="s">
-        <v>661</v>
+        <v>659</v>
       </c>
       <c r="J354"/>
       <c r="K354"/>
       <c r="L354"/>
       <c r="M354"/>
       <c r="N354"/>
       <c r="O354"/>
       <c r="P354"/>
       <c r="Q354" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="355" spans="1:17">
       <c r="A355">
-        <v>11656</v>
+        <v>8529</v>
       </c>
       <c r="B355" t="s">
-        <v>1310</v>
-[...1 lines deleted...]
-      <c r="C355" t="s">
         <v>1311</v>
       </c>
-      <c r="D355" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="C355"/>
+      <c r="D355"/>
       <c r="E355" t="s">
-        <v>1186</v>
+        <v>1176</v>
       </c>
       <c r="F355" t="s">
-        <v>1172</v>
+        <v>1170</v>
       </c>
       <c r="G355" t="s">
         <v>1312</v>
       </c>
       <c r="H355" t="s">
         <v>30</v>
       </c>
       <c r="I355" t="s">
-        <v>661</v>
+        <v>36</v>
       </c>
       <c r="J355"/>
       <c r="K355"/>
       <c r="L355"/>
       <c r="M355"/>
       <c r="N355"/>
       <c r="O355"/>
       <c r="P355"/>
       <c r="Q355" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="356" spans="1:17">
       <c r="A356">
-        <v>8529</v>
+        <v>8531</v>
       </c>
       <c r="B356" t="s">
         <v>1313</v>
       </c>
       <c r="C356"/>
       <c r="D356"/>
       <c r="E356" t="s">
-        <v>1178</v>
+        <v>1169</v>
       </c>
       <c r="F356" t="s">
-        <v>1172</v>
+        <v>1170</v>
       </c>
       <c r="G356" t="s">
         <v>1314</v>
       </c>
       <c r="H356" t="s">
         <v>30</v>
       </c>
       <c r="I356" t="s">
         <v>36</v>
       </c>
       <c r="J356"/>
       <c r="K356"/>
       <c r="L356"/>
       <c r="M356"/>
       <c r="N356"/>
       <c r="O356"/>
-      <c r="P356"/>
+      <c r="P356" t="s">
+        <v>1315</v>
+      </c>
       <c r="Q356" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="357" spans="1:17">
       <c r="A357">
-        <v>8531</v>
+        <v>11194</v>
       </c>
       <c r="B357" t="s">
-        <v>1315</v>
+        <v>1316</v>
       </c>
       <c r="C357"/>
       <c r="D357"/>
       <c r="E357" t="s">
-        <v>1171</v>
+        <v>1169</v>
       </c>
       <c r="F357" t="s">
-        <v>1172</v>
+        <v>1170</v>
       </c>
       <c r="G357" t="s">
-        <v>1316</v>
+        <v>1317</v>
       </c>
       <c r="H357" t="s">
         <v>30</v>
       </c>
       <c r="I357" t="s">
-        <v>36</v>
+        <v>31</v>
       </c>
       <c r="J357"/>
       <c r="K357"/>
       <c r="L357"/>
       <c r="M357"/>
       <c r="N357"/>
       <c r="O357"/>
-      <c r="P357" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="P357"/>
       <c r="Q357" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="358" spans="1:17">
       <c r="A358">
-        <v>11194</v>
+        <v>11780</v>
       </c>
       <c r="B358" t="s">
         <v>1318</v>
       </c>
       <c r="C358"/>
       <c r="D358"/>
       <c r="E358" t="s">
-        <v>1171</v>
+        <v>1169</v>
       </c>
       <c r="F358" t="s">
-        <v>1172</v>
+        <v>1170</v>
       </c>
       <c r="G358" t="s">
         <v>1319</v>
       </c>
       <c r="H358" t="s">
         <v>30</v>
       </c>
       <c r="I358" t="s">
         <v>31</v>
       </c>
       <c r="J358"/>
       <c r="K358"/>
       <c r="L358"/>
       <c r="M358"/>
       <c r="N358"/>
       <c r="O358"/>
       <c r="P358"/>
       <c r="Q358" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="359" spans="1:17">
       <c r="A359">
-        <v>11780</v>
+        <v>11781</v>
       </c>
       <c r="B359" t="s">
         <v>1320</v>
       </c>
       <c r="C359"/>
       <c r="D359"/>
       <c r="E359" t="s">
-        <v>1171</v>
+        <v>1169</v>
       </c>
       <c r="F359" t="s">
-        <v>1172</v>
+        <v>1170</v>
       </c>
       <c r="G359" t="s">
         <v>1321</v>
       </c>
       <c r="H359" t="s">
         <v>30</v>
       </c>
       <c r="I359" t="s">
         <v>31</v>
       </c>
       <c r="J359"/>
       <c r="K359"/>
       <c r="L359"/>
       <c r="M359"/>
       <c r="N359"/>
       <c r="O359"/>
-      <c r="P359"/>
+      <c r="P359" t="s">
+        <v>1322</v>
+      </c>
       <c r="Q359" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="360" spans="1:17">
       <c r="A360">
-        <v>11781</v>
+        <v>11015</v>
       </c>
       <c r="B360" t="s">
-        <v>1322</v>
+        <v>1323</v>
       </c>
       <c r="C360"/>
       <c r="D360"/>
       <c r="E360" t="s">
-        <v>1171</v>
+        <v>1176</v>
       </c>
       <c r="F360" t="s">
-        <v>1172</v>
+        <v>1170</v>
       </c>
       <c r="G360" t="s">
-        <v>1323</v>
+        <v>1324</v>
       </c>
       <c r="H360" t="s">
         <v>30</v>
       </c>
       <c r="I360" t="s">
         <v>31</v>
       </c>
       <c r="J360"/>
       <c r="K360"/>
       <c r="L360"/>
       <c r="M360"/>
       <c r="N360"/>
       <c r="O360"/>
-      <c r="P360" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="P360"/>
       <c r="Q360" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="361" spans="1:17">
       <c r="A361">
-        <v>11015</v>
+        <v>11238</v>
       </c>
       <c r="B361" t="s">
         <v>1325</v>
       </c>
       <c r="C361"/>
       <c r="D361"/>
       <c r="E361" t="s">
-        <v>1178</v>
+        <v>1169</v>
       </c>
       <c r="F361" t="s">
-        <v>1172</v>
+        <v>1170</v>
       </c>
       <c r="G361" t="s">
         <v>1326</v>
       </c>
       <c r="H361" t="s">
         <v>30</v>
       </c>
       <c r="I361" t="s">
         <v>31</v>
       </c>
       <c r="J361"/>
       <c r="K361"/>
       <c r="L361"/>
       <c r="M361"/>
       <c r="N361"/>
       <c r="O361"/>
       <c r="P361"/>
       <c r="Q361" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="362" spans="1:17">
       <c r="A362">
-        <v>11238</v>
+        <v>33101</v>
       </c>
       <c r="B362" t="s">
         <v>1327</v>
       </c>
       <c r="C362"/>
       <c r="D362"/>
       <c r="E362" t="s">
-        <v>1171</v>
+        <v>1328</v>
       </c>
       <c r="F362" t="s">
-        <v>1172</v>
+        <v>1329</v>
       </c>
       <c r="G362" t="s">
-        <v>1328</v>
+        <v>1330</v>
       </c>
       <c r="H362" t="s">
         <v>30</v>
       </c>
       <c r="I362" t="s">
-        <v>31</v>
-[...2 lines deleted...]
-      <c r="K362"/>
+        <v>36</v>
+      </c>
+      <c r="J362" t="s">
+        <v>805</v>
+      </c>
+      <c r="K362" t="s">
+        <v>61</v>
+      </c>
       <c r="L362"/>
       <c r="M362"/>
-      <c r="N362"/>
+      <c r="N362" t="s">
+        <v>850</v>
+      </c>
       <c r="O362"/>
-      <c r="P362"/>
+      <c r="P362" t="s">
+        <v>1331</v>
+      </c>
       <c r="Q362" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="363" spans="1:17">
       <c r="A363">
-        <v>33101</v>
+        <v>10748</v>
       </c>
       <c r="B363" t="s">
-        <v>1329</v>
-[...2 lines deleted...]
-      <c r="D363"/>
+        <v>1332</v>
+      </c>
+      <c r="C363" t="s">
+        <v>1333</v>
+      </c>
+      <c r="D363" t="s">
+        <v>800</v>
+      </c>
       <c r="E363" t="s">
-        <v>1330</v>
+        <v>1334</v>
       </c>
       <c r="F363" t="s">
-        <v>1331</v>
+        <v>1335</v>
       </c>
       <c r="G363" t="s">
-        <v>1332</v>
+        <v>1336</v>
       </c>
       <c r="H363" t="s">
         <v>30</v>
       </c>
       <c r="I363" t="s">
-        <v>36</v>
+        <v>804</v>
       </c>
       <c r="J363" t="s">
-        <v>807</v>
+        <v>805</v>
       </c>
       <c r="K363" t="s">
         <v>61</v>
       </c>
       <c r="L363"/>
       <c r="M363"/>
       <c r="N363" t="s">
-        <v>852</v>
+        <v>818</v>
       </c>
       <c r="O363"/>
       <c r="P363" t="s">
-        <v>1333</v>
+        <v>1337</v>
       </c>
       <c r="Q363" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="364" spans="1:17">
       <c r="A364">
-        <v>10748</v>
+        <v>12056</v>
       </c>
       <c r="B364" t="s">
-        <v>1334</v>
+        <v>1338</v>
       </c>
       <c r="C364" t="s">
+        <v>1339</v>
+      </c>
+      <c r="D364" t="s">
+        <v>900</v>
+      </c>
+      <c r="E364" t="s">
+        <v>1340</v>
+      </c>
+      <c r="F364" t="s">
         <v>1335</v>
       </c>
-      <c r="D364" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="G364" t="s">
-        <v>1338</v>
+        <v>1341</v>
       </c>
       <c r="H364" t="s">
         <v>30</v>
       </c>
       <c r="I364" t="s">
-        <v>806</v>
+        <v>729</v>
       </c>
       <c r="J364" t="s">
-        <v>807</v>
+        <v>60</v>
       </c>
       <c r="K364" t="s">
-        <v>61</v>
+        <v>233</v>
       </c>
       <c r="L364"/>
       <c r="M364"/>
-      <c r="N364" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="N364"/>
       <c r="O364"/>
-      <c r="P364" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="P364"/>
       <c r="Q364" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="365" spans="1:17">
       <c r="A365">
-        <v>12056</v>
+        <v>852</v>
       </c>
       <c r="B365" t="s">
-        <v>1340</v>
+        <v>1342</v>
       </c>
       <c r="C365" t="s">
-        <v>1341</v>
+        <v>1343</v>
       </c>
       <c r="D365" t="s">
-        <v>902</v>
+        <v>1344</v>
       </c>
       <c r="E365" t="s">
-        <v>1342</v>
+        <v>1345</v>
       </c>
       <c r="F365" t="s">
-        <v>1337</v>
+        <v>1346</v>
       </c>
       <c r="G365" t="s">
-        <v>1343</v>
+        <v>1347</v>
       </c>
       <c r="H365" t="s">
         <v>30</v>
       </c>
       <c r="I365" t="s">
-        <v>731</v>
+        <v>36</v>
       </c>
       <c r="J365" t="s">
-        <v>60</v>
+        <v>805</v>
       </c>
       <c r="K365" t="s">
-        <v>233</v>
+        <v>61</v>
       </c>
       <c r="L365"/>
       <c r="M365"/>
-      <c r="N365"/>
+      <c r="N365" t="s">
+        <v>874</v>
+      </c>
       <c r="O365"/>
       <c r="P365"/>
       <c r="Q365" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="366" spans="1:17">
       <c r="A366">
-        <v>852</v>
+        <v>79300</v>
       </c>
       <c r="B366" t="s">
-        <v>1344</v>
+        <v>1348</v>
       </c>
       <c r="C366" t="s">
-        <v>1345</v>
+        <v>1349</v>
       </c>
       <c r="D366" t="s">
-        <v>1346</v>
+        <v>1350</v>
       </c>
       <c r="E366" t="s">
-        <v>1347</v>
+        <v>1351</v>
       </c>
       <c r="F366" t="s">
-        <v>1348</v>
+        <v>1352</v>
       </c>
       <c r="G366" t="s">
-        <v>1349</v>
+        <v>1353</v>
       </c>
       <c r="H366" t="s">
         <v>30</v>
       </c>
       <c r="I366" t="s">
-        <v>36</v>
+        <v>31</v>
       </c>
       <c r="J366" t="s">
-        <v>807</v>
+        <v>60</v>
       </c>
       <c r="K366" t="s">
-        <v>61</v>
+        <v>233</v>
       </c>
       <c r="L366"/>
       <c r="M366"/>
-      <c r="N366" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="N366"/>
       <c r="O366"/>
-      <c r="P366"/>
+      <c r="P366" t="s">
+        <v>1354</v>
+      </c>
       <c r="Q366" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="367" spans="1:17">
       <c r="A367">
-        <v>79300</v>
+        <v>10939</v>
       </c>
       <c r="B367" t="s">
-        <v>1350</v>
+        <v>1355</v>
       </c>
       <c r="C367" t="s">
-        <v>1351</v>
+        <v>1356</v>
       </c>
       <c r="D367" t="s">
+        <v>1357</v>
+      </c>
+      <c r="E367" t="s">
+        <v>1358</v>
+      </c>
+      <c r="F367" t="s">
         <v>1352</v>
       </c>
-      <c r="E367" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="G367" t="s">
-        <v>1355</v>
+        <v>1359</v>
       </c>
       <c r="H367" t="s">
         <v>30</v>
       </c>
       <c r="I367" t="s">
-        <v>31</v>
+        <v>659</v>
       </c>
       <c r="J367" t="s">
-        <v>60</v>
-[...3 lines deleted...]
-      </c>
+        <v>824</v>
+      </c>
+      <c r="K367"/>
       <c r="L367"/>
       <c r="M367"/>
-      <c r="N367"/>
+      <c r="N367" t="s">
+        <v>1140</v>
+      </c>
       <c r="O367"/>
-      <c r="P367" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="P367"/>
       <c r="Q367" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="368" spans="1:17">
       <c r="A368">
-        <v>10939</v>
+        <v>12059</v>
       </c>
       <c r="B368" t="s">
-        <v>1357</v>
+        <v>1360</v>
       </c>
       <c r="C368" t="s">
+        <v>1361</v>
+      </c>
+      <c r="D368" t="s">
+        <v>1362</v>
+      </c>
+      <c r="E368" t="s">
         <v>1358</v>
       </c>
-      <c r="D368" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F368" t="s">
-        <v>1354</v>
+        <v>1352</v>
       </c>
       <c r="G368" t="s">
-        <v>1361</v>
+        <v>1363</v>
       </c>
       <c r="H368" t="s">
         <v>30</v>
       </c>
       <c r="I368" t="s">
-        <v>661</v>
+        <v>836</v>
       </c>
       <c r="J368" t="s">
-        <v>826</v>
-[...1 lines deleted...]
-      <c r="K368"/>
+        <v>805</v>
+      </c>
+      <c r="K368" t="s">
+        <v>61</v>
+      </c>
       <c r="L368"/>
       <c r="M368"/>
       <c r="N368" t="s">
-        <v>1142</v>
+        <v>818</v>
       </c>
       <c r="O368"/>
       <c r="P368"/>
       <c r="Q368" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="369" spans="1:17">
       <c r="A369">
-        <v>12059</v>
+        <v>4412</v>
       </c>
       <c r="B369" t="s">
-        <v>1362</v>
+        <v>1364</v>
       </c>
       <c r="C369" t="s">
-        <v>1363</v>
+        <v>1365</v>
       </c>
       <c r="D369" t="s">
-        <v>1364</v>
+        <v>1366</v>
       </c>
       <c r="E369" t="s">
-        <v>1360</v>
+        <v>1367</v>
       </c>
       <c r="F369" t="s">
-        <v>1354</v>
+        <v>1368</v>
       </c>
       <c r="G369" t="s">
-        <v>1365</v>
+        <v>1369</v>
       </c>
       <c r="H369" t="s">
         <v>30</v>
       </c>
       <c r="I369" t="s">
-        <v>838</v>
+        <v>36</v>
       </c>
       <c r="J369" t="s">
-        <v>807</v>
+        <v>805</v>
       </c>
       <c r="K369" t="s">
-        <v>61</v>
+        <v>233</v>
       </c>
       <c r="L369"/>
       <c r="M369"/>
       <c r="N369" t="s">
-        <v>820</v>
+        <v>874</v>
       </c>
       <c r="O369"/>
       <c r="P369"/>
       <c r="Q369" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="370" spans="1:17">
       <c r="A370">
-        <v>4412</v>
+        <v>12397</v>
       </c>
       <c r="B370" t="s">
-        <v>1366</v>
+        <v>1370</v>
       </c>
       <c r="C370" t="s">
-        <v>1367</v>
+        <v>1371</v>
       </c>
       <c r="D370" t="s">
+        <v>34</v>
+      </c>
+      <c r="E370" t="s">
+        <v>1372</v>
+      </c>
+      <c r="F370" t="s">
         <v>1368</v>
       </c>
-      <c r="E370" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="G370" t="s">
-        <v>1371</v>
+        <v>1373</v>
       </c>
       <c r="H370" t="s">
         <v>30</v>
       </c>
       <c r="I370" t="s">
-        <v>36</v>
+        <v>31</v>
       </c>
       <c r="J370" t="s">
-        <v>807</v>
+        <v>805</v>
       </c>
       <c r="K370" t="s">
         <v>233</v>
       </c>
       <c r="L370"/>
       <c r="M370"/>
       <c r="N370" t="s">
-        <v>876</v>
+        <v>1140</v>
       </c>
       <c r="O370"/>
       <c r="P370"/>
       <c r="Q370" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="371" spans="1:17">
       <c r="A371">
-        <v>12397</v>
+        <v>832</v>
       </c>
       <c r="B371" t="s">
-        <v>1372</v>
+        <v>1374</v>
       </c>
       <c r="C371" t="s">
-        <v>1373</v>
+        <v>1375</v>
       </c>
       <c r="D371" t="s">
         <v>34</v>
       </c>
       <c r="E371" t="s">
-        <v>1374</v>
+        <v>1376</v>
       </c>
       <c r="F371" t="s">
-        <v>1370</v>
+        <v>1377</v>
       </c>
       <c r="G371" t="s">
-        <v>1375</v>
+        <v>1378</v>
       </c>
       <c r="H371" t="s">
         <v>30</v>
       </c>
       <c r="I371" t="s">
-        <v>31</v>
+        <v>36</v>
       </c>
       <c r="J371" t="s">
-        <v>807</v>
+        <v>805</v>
       </c>
       <c r="K371" t="s">
-        <v>233</v>
+        <v>563</v>
       </c>
       <c r="L371"/>
       <c r="M371"/>
       <c r="N371" t="s">
-        <v>1142</v>
+        <v>818</v>
       </c>
       <c r="O371"/>
-      <c r="P371"/>
+      <c r="P371" t="s">
+        <v>1379</v>
+      </c>
       <c r="Q371" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="372" spans="1:17">
       <c r="A372">
-        <v>832</v>
+        <v>11</v>
       </c>
       <c r="B372" t="s">
-        <v>1376</v>
+        <v>1380</v>
       </c>
       <c r="C372" t="s">
+        <v>1381</v>
+      </c>
+      <c r="D372" t="s">
+        <v>58</v>
+      </c>
+      <c r="E372" t="s">
+        <v>1382</v>
+      </c>
+      <c r="F372" t="s">
         <v>1377</v>
       </c>
-      <c r="D372" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="G372" t="s">
-        <v>1380</v>
+        <v>1383</v>
       </c>
       <c r="H372" t="s">
         <v>30</v>
       </c>
       <c r="I372" t="s">
         <v>36</v>
       </c>
       <c r="J372" t="s">
-        <v>807</v>
+        <v>805</v>
       </c>
       <c r="K372" t="s">
-        <v>565</v>
+        <v>61</v>
       </c>
       <c r="L372"/>
       <c r="M372"/>
       <c r="N372" t="s">
-        <v>820</v>
+        <v>874</v>
       </c>
       <c r="O372"/>
-      <c r="P372" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="P372"/>
       <c r="Q372" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="373" spans="1:17">
       <c r="A373">
-        <v>11</v>
+        <v>866</v>
       </c>
       <c r="B373" t="s">
-        <v>1382</v>
+        <v>1384</v>
       </c>
       <c r="C373" t="s">
-        <v>1383</v>
+        <v>1385</v>
       </c>
       <c r="D373" t="s">
-        <v>58</v>
+        <v>80</v>
       </c>
       <c r="E373" t="s">
-        <v>1384</v>
+        <v>1376</v>
       </c>
       <c r="F373" t="s">
-        <v>1379</v>
+        <v>1377</v>
       </c>
       <c r="G373" t="s">
-        <v>1385</v>
+        <v>1386</v>
       </c>
       <c r="H373" t="s">
         <v>30</v>
       </c>
       <c r="I373" t="s">
         <v>36</v>
       </c>
       <c r="J373" t="s">
-        <v>807</v>
+        <v>805</v>
       </c>
       <c r="K373" t="s">
-        <v>61</v>
+        <v>563</v>
       </c>
       <c r="L373"/>
       <c r="M373"/>
       <c r="N373" t="s">
-        <v>876</v>
+        <v>874</v>
       </c>
       <c r="O373"/>
-      <c r="P373"/>
+      <c r="P373" t="s">
+        <v>1387</v>
+      </c>
       <c r="Q373" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="374" spans="1:17">
       <c r="A374">
-        <v>866</v>
+        <v>12218</v>
       </c>
       <c r="B374" t="s">
-        <v>1386</v>
+        <v>1388</v>
       </c>
       <c r="C374" t="s">
-        <v>1387</v>
+        <v>1389</v>
       </c>
       <c r="D374" t="s">
-        <v>80</v>
+        <v>34</v>
       </c>
       <c r="E374" t="s">
-        <v>1378</v>
+        <v>1390</v>
       </c>
       <c r="F374" t="s">
-        <v>1379</v>
+        <v>1377</v>
       </c>
       <c r="G374" t="s">
-        <v>1388</v>
+        <v>1391</v>
       </c>
       <c r="H374" t="s">
         <v>30</v>
       </c>
       <c r="I374" t="s">
-        <v>36</v>
+        <v>804</v>
       </c>
       <c r="J374" t="s">
-        <v>807</v>
+        <v>805</v>
       </c>
       <c r="K374" t="s">
-        <v>565</v>
+        <v>233</v>
       </c>
       <c r="L374"/>
       <c r="M374"/>
       <c r="N374" t="s">
-        <v>876</v>
+        <v>818</v>
       </c>
       <c r="O374"/>
-      <c r="P374" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="P374"/>
       <c r="Q374" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="375" spans="1:17">
       <c r="A375">
-        <v>12218</v>
+        <v>10948</v>
       </c>
       <c r="B375" t="s">
+        <v>1392</v>
+      </c>
+      <c r="C375" t="s">
+        <v>1393</v>
+      </c>
+      <c r="D375" t="s">
+        <v>1394</v>
+      </c>
+      <c r="E375" t="s">
         <v>1390</v>
       </c>
-      <c r="C375" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F375" t="s">
-        <v>1379</v>
+        <v>1377</v>
       </c>
       <c r="G375" t="s">
-        <v>1393</v>
+        <v>1395</v>
       </c>
       <c r="H375" t="s">
         <v>30</v>
       </c>
       <c r="I375" t="s">
-        <v>806</v>
+        <v>836</v>
       </c>
       <c r="J375" t="s">
-        <v>807</v>
+        <v>805</v>
       </c>
       <c r="K375" t="s">
         <v>233</v>
       </c>
       <c r="L375"/>
       <c r="M375"/>
       <c r="N375" t="s">
-        <v>820</v>
+        <v>850</v>
       </c>
       <c r="O375"/>
       <c r="P375"/>
       <c r="Q375" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="376" spans="1:17">
       <c r="A376">
-        <v>10948</v>
+        <v>11646</v>
       </c>
       <c r="B376" t="s">
-        <v>1394</v>
+        <v>1396</v>
       </c>
       <c r="C376" t="s">
-        <v>1395</v>
+        <v>1397</v>
       </c>
       <c r="D376" t="s">
-        <v>1396</v>
+        <v>1398</v>
       </c>
       <c r="E376" t="s">
-        <v>1392</v>
+        <v>1399</v>
       </c>
       <c r="F376" t="s">
-        <v>1379</v>
+        <v>1377</v>
       </c>
       <c r="G376" t="s">
-        <v>1397</v>
+        <v>1400</v>
       </c>
       <c r="H376" t="s">
         <v>30</v>
       </c>
       <c r="I376" t="s">
-        <v>838</v>
+        <v>836</v>
       </c>
       <c r="J376" t="s">
-        <v>807</v>
+        <v>805</v>
       </c>
       <c r="K376" t="s">
-        <v>233</v>
+        <v>563</v>
       </c>
       <c r="L376"/>
       <c r="M376"/>
       <c r="N376" t="s">
-        <v>852</v>
+        <v>850</v>
       </c>
       <c r="O376"/>
       <c r="P376"/>
       <c r="Q376" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="377" spans="1:17">
       <c r="A377">
-        <v>11646</v>
+        <v>26765</v>
       </c>
       <c r="B377" t="s">
-        <v>1398</v>
+        <v>1401</v>
       </c>
       <c r="C377" t="s">
-        <v>1399</v>
+        <v>1402</v>
       </c>
       <c r="D377" t="s">
-        <v>1400</v>
+        <v>34</v>
       </c>
       <c r="E377" t="s">
-        <v>1401</v>
+        <v>1382</v>
       </c>
       <c r="F377" t="s">
-        <v>1379</v>
+        <v>1377</v>
       </c>
       <c r="G377" t="s">
-        <v>1402</v>
+        <v>1403</v>
       </c>
       <c r="H377" t="s">
         <v>30</v>
       </c>
       <c r="I377" t="s">
-        <v>838</v>
+        <v>36</v>
       </c>
       <c r="J377" t="s">
-        <v>807</v>
+        <v>805</v>
       </c>
       <c r="K377" t="s">
-        <v>565</v>
+        <v>61</v>
       </c>
       <c r="L377"/>
       <c r="M377"/>
       <c r="N377" t="s">
-        <v>852</v>
+        <v>806</v>
       </c>
       <c r="O377"/>
-      <c r="P377"/>
+      <c r="P377" t="s">
+        <v>1404</v>
+      </c>
       <c r="Q377" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="378" spans="1:17">
       <c r="A378">
-        <v>26765</v>
+        <v>6</v>
       </c>
       <c r="B378" t="s">
-        <v>1403</v>
+        <v>1405</v>
       </c>
       <c r="C378" t="s">
-        <v>1404</v>
+        <v>1406</v>
       </c>
       <c r="D378" t="s">
-        <v>34</v>
+        <v>1407</v>
       </c>
       <c r="E378" t="s">
-        <v>1384</v>
+        <v>1382</v>
       </c>
       <c r="F378" t="s">
-        <v>1379</v>
+        <v>1377</v>
       </c>
       <c r="G378" t="s">
-        <v>1405</v>
+        <v>1408</v>
       </c>
       <c r="H378" t="s">
         <v>30</v>
       </c>
       <c r="I378" t="s">
         <v>36</v>
       </c>
       <c r="J378" t="s">
-        <v>807</v>
+        <v>805</v>
       </c>
       <c r="K378" t="s">
         <v>61</v>
       </c>
       <c r="L378"/>
       <c r="M378"/>
       <c r="N378" t="s">
-        <v>808</v>
+        <v>874</v>
       </c>
       <c r="O378"/>
       <c r="P378" t="s">
-        <v>1406</v>
+        <v>1409</v>
       </c>
       <c r="Q378" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="379" spans="1:17">
       <c r="A379">
-        <v>6</v>
+        <v>79803</v>
       </c>
       <c r="B379" t="s">
-        <v>1407</v>
+        <v>1410</v>
       </c>
       <c r="C379" t="s">
-        <v>1408</v>
+        <v>1411</v>
       </c>
       <c r="D379" t="s">
-        <v>1409</v>
+        <v>202</v>
       </c>
       <c r="E379" t="s">
-        <v>1384</v>
+        <v>1376</v>
       </c>
       <c r="F379" t="s">
-        <v>1379</v>
+        <v>1377</v>
       </c>
       <c r="G379" t="s">
-        <v>1410</v>
+        <v>1412</v>
       </c>
       <c r="H379" t="s">
         <v>30</v>
       </c>
       <c r="I379" t="s">
         <v>36</v>
       </c>
       <c r="J379" t="s">
-        <v>807</v>
+        <v>805</v>
       </c>
       <c r="K379" t="s">
-        <v>61</v>
+        <v>563</v>
       </c>
       <c r="L379"/>
       <c r="M379"/>
       <c r="N379" t="s">
-        <v>876</v>
+        <v>850</v>
       </c>
       <c r="O379"/>
       <c r="P379" t="s">
-        <v>1411</v>
+        <v>1413</v>
       </c>
       <c r="Q379" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="380" spans="1:17">
       <c r="A380">
-        <v>79803</v>
+        <v>32176</v>
       </c>
       <c r="B380" t="s">
-        <v>1412</v>
+        <v>1414</v>
       </c>
       <c r="C380" t="s">
-        <v>1413</v>
+        <v>1415</v>
       </c>
       <c r="D380" t="s">
-        <v>202</v>
+        <v>1416</v>
       </c>
       <c r="E380" t="s">
-        <v>1378</v>
+        <v>1417</v>
       </c>
       <c r="F380" t="s">
-        <v>1379</v>
+        <v>1418</v>
       </c>
       <c r="G380" t="s">
-        <v>1414</v>
+        <v>1419</v>
       </c>
       <c r="H380" t="s">
-        <v>30</v>
+        <v>23</v>
       </c>
       <c r="I380" t="s">
-        <v>36</v>
+        <v>836</v>
       </c>
       <c r="J380" t="s">
-        <v>807</v>
+        <v>60</v>
       </c>
       <c r="K380" t="s">
-        <v>565</v>
+        <v>233</v>
       </c>
       <c r="L380"/>
       <c r="M380"/>
-      <c r="N380" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="N380"/>
       <c r="O380"/>
       <c r="P380" t="s">
-        <v>1415</v>
+        <v>1420</v>
       </c>
       <c r="Q380" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="381" spans="1:17">
       <c r="A381">
-        <v>32176</v>
+        <v>12143</v>
       </c>
       <c r="B381" t="s">
-        <v>1416</v>
+        <v>1421</v>
       </c>
       <c r="C381" t="s">
-        <v>1417</v>
+        <v>1422</v>
       </c>
       <c r="D381" t="s">
-        <v>1418</v>
+        <v>1423</v>
       </c>
       <c r="E381" t="s">
-        <v>1419</v>
+        <v>1424</v>
       </c>
       <c r="F381" t="s">
-        <v>1420</v>
+        <v>1425</v>
       </c>
       <c r="G381" t="s">
-        <v>1421</v>
+        <v>1426</v>
       </c>
       <c r="H381" t="s">
-        <v>23</v>
+        <v>30</v>
       </c>
       <c r="I381" t="s">
-        <v>838</v>
-[...6 lines deleted...]
-      </c>
+        <v>659</v>
+      </c>
+      <c r="J381"/>
+      <c r="K381"/>
       <c r="L381"/>
       <c r="M381"/>
       <c r="N381"/>
       <c r="O381"/>
-      <c r="P381" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="P381"/>
       <c r="Q381" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="382" spans="1:17">
       <c r="A382">
-        <v>12143</v>
+        <v>11660</v>
       </c>
       <c r="B382" t="s">
-        <v>1423</v>
+        <v>1427</v>
       </c>
       <c r="C382" t="s">
-        <v>1424</v>
+        <v>1428</v>
       </c>
       <c r="D382" t="s">
+        <v>1429</v>
+      </c>
+      <c r="E382" t="s">
+        <v>1430</v>
+      </c>
+      <c r="F382" t="s">
         <v>1425</v>
       </c>
-      <c r="E382" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="G382" t="s">
-        <v>1428</v>
+        <v>1431</v>
       </c>
       <c r="H382" t="s">
         <v>30</v>
       </c>
       <c r="I382" t="s">
-        <v>661</v>
-[...2 lines deleted...]
-      <c r="K382"/>
+        <v>804</v>
+      </c>
+      <c r="J382" t="s">
+        <v>805</v>
+      </c>
+      <c r="K382" t="s">
+        <v>233</v>
+      </c>
       <c r="L382"/>
       <c r="M382"/>
-      <c r="N382"/>
+      <c r="N382" t="s">
+        <v>850</v>
+      </c>
       <c r="O382"/>
-      <c r="P382"/>
+      <c r="P382" t="s">
+        <v>1432</v>
+      </c>
       <c r="Q382" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="383" spans="1:17">
       <c r="A383">
-        <v>11660</v>
+        <v>11158</v>
       </c>
       <c r="B383" t="s">
-        <v>1429</v>
+        <v>1433</v>
       </c>
       <c r="C383" t="s">
-        <v>1430</v>
+        <v>1434</v>
       </c>
       <c r="D383" t="s">
-        <v>1431</v>
+        <v>900</v>
       </c>
       <c r="E383" t="s">
-        <v>1432</v>
+        <v>1435</v>
       </c>
       <c r="F383" t="s">
-        <v>1427</v>
+        <v>1425</v>
       </c>
       <c r="G383" t="s">
-        <v>1433</v>
+        <v>1436</v>
       </c>
       <c r="H383" t="s">
         <v>30</v>
       </c>
       <c r="I383" t="s">
-        <v>806</v>
+        <v>729</v>
       </c>
       <c r="J383" t="s">
-        <v>807</v>
+        <v>60</v>
       </c>
       <c r="K383" t="s">
         <v>233</v>
       </c>
       <c r="L383"/>
       <c r="M383"/>
-      <c r="N383" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="N383"/>
       <c r="O383"/>
-      <c r="P383" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="P383"/>
       <c r="Q383" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="384" spans="1:17">
       <c r="A384">
-        <v>11158</v>
+        <v>11790</v>
       </c>
       <c r="B384" t="s">
-        <v>1435</v>
+        <v>1437</v>
       </c>
       <c r="C384" t="s">
-        <v>1436</v>
+        <v>1438</v>
       </c>
       <c r="D384" t="s">
-        <v>902</v>
+        <v>1439</v>
       </c>
       <c r="E384" t="s">
-        <v>1437</v>
+        <v>1440</v>
       </c>
       <c r="F384" t="s">
-        <v>1427</v>
+        <v>1425</v>
       </c>
       <c r="G384" t="s">
-        <v>1438</v>
+        <v>1441</v>
       </c>
       <c r="H384" t="s">
         <v>30</v>
       </c>
       <c r="I384" t="s">
-        <v>731</v>
+        <v>729</v>
       </c>
       <c r="J384" t="s">
-        <v>60</v>
+        <v>805</v>
       </c>
       <c r="K384" t="s">
-        <v>233</v>
+        <v>61</v>
       </c>
       <c r="L384"/>
       <c r="M384"/>
-      <c r="N384"/>
+      <c r="N384" t="s">
+        <v>874</v>
+      </c>
       <c r="O384"/>
       <c r="P384"/>
       <c r="Q384" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="385" spans="1:17">
       <c r="A385">
-        <v>11790</v>
+        <v>11454</v>
       </c>
       <c r="B385" t="s">
-        <v>1439</v>
+        <v>1442</v>
       </c>
       <c r="C385" t="s">
-        <v>1440</v>
+        <v>1443</v>
       </c>
       <c r="D385" t="s">
-        <v>1441</v>
+        <v>34</v>
       </c>
       <c r="E385" t="s">
-        <v>1442</v>
+        <v>1424</v>
       </c>
       <c r="F385" t="s">
-        <v>1427</v>
+        <v>1425</v>
       </c>
       <c r="G385" t="s">
-        <v>1443</v>
+        <v>1444</v>
       </c>
       <c r="H385" t="s">
         <v>30</v>
       </c>
       <c r="I385" t="s">
-        <v>731</v>
+        <v>659</v>
       </c>
       <c r="J385" t="s">
-        <v>807</v>
+        <v>805</v>
       </c>
       <c r="K385" t="s">
         <v>61</v>
       </c>
       <c r="L385"/>
       <c r="M385"/>
       <c r="N385" t="s">
-        <v>876</v>
+        <v>806</v>
       </c>
       <c r="O385"/>
       <c r="P385"/>
       <c r="Q385" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="386" spans="1:17">
       <c r="A386">
-        <v>11454</v>
+        <v>10807</v>
       </c>
       <c r="B386" t="s">
-        <v>1444</v>
+        <v>1445</v>
       </c>
       <c r="C386" t="s">
-        <v>1445</v>
+        <v>1446</v>
       </c>
       <c r="D386" t="s">
-        <v>34</v>
+        <v>58</v>
       </c>
       <c r="E386" t="s">
-        <v>1426</v>
+        <v>1424</v>
       </c>
       <c r="F386" t="s">
-        <v>1427</v>
+        <v>1425</v>
       </c>
       <c r="G386" t="s">
-        <v>1446</v>
+        <v>1447</v>
       </c>
       <c r="H386" t="s">
         <v>30</v>
       </c>
       <c r="I386" t="s">
-        <v>661</v>
+        <v>659</v>
       </c>
       <c r="J386" t="s">
-        <v>807</v>
+        <v>805</v>
       </c>
       <c r="K386" t="s">
         <v>61</v>
       </c>
       <c r="L386"/>
       <c r="M386"/>
       <c r="N386" t="s">
-        <v>808</v>
+        <v>1140</v>
       </c>
       <c r="O386"/>
       <c r="P386"/>
       <c r="Q386" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="387" spans="1:17">
       <c r="A387">
-        <v>10807</v>
+        <v>11495</v>
       </c>
       <c r="B387" t="s">
-        <v>1447</v>
+        <v>1448</v>
       </c>
       <c r="C387" t="s">
-        <v>1448</v>
+        <v>1449</v>
       </c>
       <c r="D387" t="s">
-        <v>58</v>
+        <v>1450</v>
       </c>
       <c r="E387" t="s">
-        <v>1426</v>
+        <v>1451</v>
       </c>
       <c r="F387" t="s">
-        <v>1427</v>
+        <v>1425</v>
       </c>
       <c r="G387" t="s">
-        <v>1449</v>
+        <v>1452</v>
       </c>
       <c r="H387" t="s">
         <v>30</v>
       </c>
       <c r="I387" t="s">
-        <v>661</v>
+        <v>659</v>
       </c>
       <c r="J387" t="s">
-        <v>807</v>
+        <v>805</v>
       </c>
       <c r="K387" t="s">
         <v>61</v>
       </c>
       <c r="L387"/>
       <c r="M387"/>
       <c r="N387" t="s">
-        <v>1142</v>
+        <v>1140</v>
       </c>
       <c r="O387"/>
-      <c r="P387"/>
+      <c r="P387" t="s">
+        <v>1453</v>
+      </c>
       <c r="Q387" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="388" spans="1:17">
       <c r="A388">
-        <v>11495</v>
+        <v>9918</v>
       </c>
       <c r="B388" t="s">
-        <v>1450</v>
+        <v>1454</v>
       </c>
       <c r="C388" t="s">
-        <v>1451</v>
+        <v>1455</v>
       </c>
       <c r="D388" t="s">
-        <v>1452</v>
+        <v>839</v>
       </c>
       <c r="E388" t="s">
-        <v>1453</v>
+        <v>1456</v>
       </c>
       <c r="F388" t="s">
-        <v>1427</v>
+        <v>1425</v>
       </c>
       <c r="G388" t="s">
-        <v>1454</v>
+        <v>1457</v>
       </c>
       <c r="H388" t="s">
         <v>30</v>
       </c>
       <c r="I388" t="s">
-        <v>661</v>
+        <v>36</v>
       </c>
       <c r="J388" t="s">
-        <v>807</v>
+        <v>805</v>
       </c>
       <c r="K388" t="s">
         <v>61</v>
       </c>
       <c r="L388"/>
       <c r="M388"/>
       <c r="N388" t="s">
-        <v>1142</v>
+        <v>812</v>
       </c>
       <c r="O388"/>
-      <c r="P388" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="P388"/>
       <c r="Q388" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="389" spans="1:17">
       <c r="A389">
-        <v>9918</v>
+        <v>12373</v>
       </c>
       <c r="B389" t="s">
-        <v>1456</v>
-[...6 lines deleted...]
-      </c>
+        <v>1458</v>
+      </c>
+      <c r="C389"/>
+      <c r="D389"/>
       <c r="E389" t="s">
-        <v>1458</v>
+        <v>1435</v>
       </c>
       <c r="F389" t="s">
-        <v>1427</v>
+        <v>1425</v>
       </c>
       <c r="G389" t="s">
         <v>1459</v>
       </c>
       <c r="H389" t="s">
         <v>30</v>
       </c>
       <c r="I389" t="s">
-        <v>36</v>
+        <v>31</v>
       </c>
       <c r="J389" t="s">
-        <v>807</v>
+        <v>805</v>
       </c>
       <c r="K389" t="s">
-        <v>61</v>
+        <v>233</v>
       </c>
       <c r="L389"/>
       <c r="M389"/>
       <c r="N389" t="s">
-        <v>814</v>
+        <v>818</v>
       </c>
       <c r="O389"/>
       <c r="P389"/>
       <c r="Q389" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="390" spans="1:17">
       <c r="A390">
-        <v>12373</v>
+        <v>12235</v>
       </c>
       <c r="B390" t="s">
         <v>1460</v>
       </c>
-      <c r="C390"/>
-      <c r="D390"/>
+      <c r="C390" t="s">
+        <v>1461</v>
+      </c>
+      <c r="D390" t="s">
+        <v>142</v>
+      </c>
       <c r="E390" t="s">
-        <v>1437</v>
+        <v>1435</v>
       </c>
       <c r="F390" t="s">
-        <v>1427</v>
+        <v>1425</v>
       </c>
       <c r="G390" t="s">
-        <v>1461</v>
+        <v>1462</v>
       </c>
       <c r="H390" t="s">
         <v>30</v>
       </c>
       <c r="I390" t="s">
         <v>31</v>
       </c>
       <c r="J390" t="s">
-        <v>807</v>
+        <v>805</v>
       </c>
       <c r="K390" t="s">
         <v>233</v>
       </c>
       <c r="L390"/>
       <c r="M390"/>
       <c r="N390" t="s">
-        <v>820</v>
+        <v>818</v>
       </c>
       <c r="O390"/>
       <c r="P390"/>
       <c r="Q390" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="391" spans="1:17">
       <c r="A391">
-        <v>12235</v>
+        <v>12393</v>
       </c>
       <c r="B391" t="s">
-        <v>1462</v>
+        <v>1463</v>
       </c>
       <c r="C391" t="s">
-        <v>1463</v>
+        <v>1464</v>
       </c>
       <c r="D391" t="s">
-        <v>142</v>
+        <v>34</v>
       </c>
       <c r="E391" t="s">
-        <v>1437</v>
+        <v>1424</v>
       </c>
       <c r="F391" t="s">
-        <v>1427</v>
+        <v>1425</v>
       </c>
       <c r="G391" t="s">
-        <v>1464</v>
+        <v>1465</v>
       </c>
       <c r="H391" t="s">
         <v>30</v>
       </c>
       <c r="I391" t="s">
-        <v>31</v>
+        <v>659</v>
       </c>
       <c r="J391" t="s">
-        <v>807</v>
-[...3 lines deleted...]
-      </c>
+        <v>824</v>
+      </c>
+      <c r="K391"/>
       <c r="L391"/>
       <c r="M391"/>
       <c r="N391" t="s">
-        <v>820</v>
+        <v>1140</v>
       </c>
       <c r="O391"/>
       <c r="P391"/>
       <c r="Q391" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="392" spans="1:17">
       <c r="A392">
-        <v>12393</v>
+        <v>3969</v>
       </c>
       <c r="B392" t="s">
-        <v>1465</v>
+        <v>1466</v>
       </c>
       <c r="C392" t="s">
-        <v>1466</v>
+        <v>1467</v>
       </c>
       <c r="D392" t="s">
-        <v>34</v>
+        <v>1468</v>
       </c>
       <c r="E392" t="s">
-        <v>1426</v>
+        <v>1435</v>
       </c>
       <c r="F392" t="s">
-        <v>1427</v>
+        <v>1425</v>
       </c>
       <c r="G392" t="s">
-        <v>1467</v>
+        <v>1469</v>
       </c>
       <c r="H392" t="s">
         <v>30</v>
       </c>
       <c r="I392" t="s">
-        <v>661</v>
+        <v>36</v>
       </c>
       <c r="J392" t="s">
-        <v>826</v>
-[...1 lines deleted...]
-      <c r="K392"/>
+        <v>805</v>
+      </c>
+      <c r="K392" t="s">
+        <v>233</v>
+      </c>
       <c r="L392"/>
       <c r="M392"/>
       <c r="N392" t="s">
-        <v>1142</v>
+        <v>812</v>
       </c>
       <c r="O392"/>
       <c r="P392"/>
       <c r="Q392" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="393" spans="1:17">
       <c r="A393">
-        <v>3969</v>
+        <v>1</v>
       </c>
       <c r="B393" t="s">
-        <v>1468</v>
+        <v>1470</v>
       </c>
       <c r="C393" t="s">
-        <v>1469</v>
+        <v>1471</v>
       </c>
       <c r="D393" t="s">
-        <v>1470</v>
+        <v>69</v>
       </c>
       <c r="E393" t="s">
-        <v>1437</v>
+        <v>1451</v>
       </c>
       <c r="F393" t="s">
-        <v>1427</v>
+        <v>1425</v>
       </c>
       <c r="G393" t="s">
-        <v>1471</v>
+        <v>1472</v>
       </c>
       <c r="H393" t="s">
         <v>30</v>
       </c>
       <c r="I393" t="s">
         <v>36</v>
       </c>
       <c r="J393" t="s">
-        <v>807</v>
+        <v>805</v>
       </c>
       <c r="K393" t="s">
         <v>233</v>
       </c>
       <c r="L393"/>
       <c r="M393"/>
       <c r="N393" t="s">
-        <v>814</v>
+        <v>818</v>
       </c>
       <c r="O393"/>
       <c r="P393"/>
       <c r="Q393" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="394" spans="1:17">
       <c r="A394">
-        <v>1</v>
+        <v>964</v>
       </c>
       <c r="B394" t="s">
-        <v>1472</v>
-[...1 lines deleted...]
-      <c r="C394" t="s">
         <v>1473</v>
       </c>
-      <c r="D394" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="C394"/>
+      <c r="D394"/>
       <c r="E394" t="s">
-        <v>1453</v>
+        <v>1451</v>
       </c>
       <c r="F394" t="s">
-        <v>1427</v>
+        <v>1425</v>
       </c>
       <c r="G394" t="s">
         <v>1474</v>
       </c>
       <c r="H394" t="s">
         <v>30</v>
       </c>
       <c r="I394" t="s">
         <v>36</v>
       </c>
       <c r="J394" t="s">
-        <v>807</v>
+        <v>805</v>
       </c>
       <c r="K394" t="s">
-        <v>233</v>
+        <v>563</v>
       </c>
       <c r="L394"/>
       <c r="M394"/>
       <c r="N394" t="s">
-        <v>820</v>
+        <v>806</v>
       </c>
       <c r="O394"/>
-      <c r="P394"/>
+      <c r="P394" t="s">
+        <v>1475</v>
+      </c>
       <c r="Q394" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="395" spans="1:17">
       <c r="A395">
-        <v>964</v>
+        <v>11123</v>
       </c>
       <c r="B395" t="s">
-        <v>1475</v>
-[...2 lines deleted...]
-      <c r="D395"/>
+        <v>1476</v>
+      </c>
+      <c r="C395" t="s">
+        <v>1477</v>
+      </c>
+      <c r="D395" t="s">
+        <v>34</v>
+      </c>
       <c r="E395" t="s">
-        <v>1453</v>
+        <v>1430</v>
       </c>
       <c r="F395" t="s">
-        <v>1427</v>
+        <v>1425</v>
       </c>
       <c r="G395" t="s">
-        <v>1476</v>
+        <v>1478</v>
       </c>
       <c r="H395" t="s">
         <v>30</v>
       </c>
       <c r="I395" t="s">
-        <v>36</v>
+        <v>804</v>
       </c>
       <c r="J395" t="s">
-        <v>807</v>
+        <v>60</v>
       </c>
       <c r="K395" t="s">
-        <v>565</v>
+        <v>563</v>
       </c>
       <c r="L395"/>
       <c r="M395"/>
-      <c r="N395" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="N395"/>
       <c r="O395"/>
       <c r="P395" t="s">
-        <v>1477</v>
+        <v>1479</v>
       </c>
       <c r="Q395" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="396" spans="1:17">
       <c r="A396">
-        <v>11123</v>
+        <v>6224</v>
       </c>
       <c r="B396" t="s">
-        <v>1478</v>
+        <v>1480</v>
       </c>
       <c r="C396" t="s">
-        <v>1479</v>
+        <v>1481</v>
       </c>
       <c r="D396" t="s">
-        <v>34</v>
+        <v>1482</v>
       </c>
       <c r="E396" t="s">
-        <v>1432</v>
+        <v>1424</v>
       </c>
       <c r="F396" t="s">
-        <v>1427</v>
+        <v>1425</v>
       </c>
       <c r="G396" t="s">
-        <v>1480</v>
+        <v>1483</v>
       </c>
       <c r="H396" t="s">
         <v>30</v>
       </c>
       <c r="I396" t="s">
-        <v>806</v>
+        <v>36</v>
       </c>
       <c r="J396" t="s">
-        <v>60</v>
+        <v>805</v>
       </c>
       <c r="K396" t="s">
-        <v>565</v>
+        <v>61</v>
       </c>
       <c r="L396"/>
       <c r="M396"/>
-      <c r="N396"/>
+      <c r="N396" t="s">
+        <v>806</v>
+      </c>
       <c r="O396"/>
       <c r="P396" t="s">
-        <v>1481</v>
+        <v>1484</v>
       </c>
       <c r="Q396" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="397" spans="1:17">
       <c r="A397">
-        <v>6224</v>
+        <v>12354</v>
       </c>
       <c r="B397" t="s">
-        <v>1482</v>
+        <v>1485</v>
       </c>
       <c r="C397" t="s">
-        <v>1483</v>
+        <v>1486</v>
       </c>
       <c r="D397" t="s">
-        <v>1484</v>
+        <v>1357</v>
       </c>
       <c r="E397" t="s">
-        <v>1426</v>
+        <v>1451</v>
       </c>
       <c r="F397" t="s">
-        <v>1427</v>
+        <v>1425</v>
       </c>
       <c r="G397" t="s">
-        <v>1485</v>
+        <v>1487</v>
       </c>
       <c r="H397" t="s">
         <v>30</v>
       </c>
       <c r="I397" t="s">
-        <v>36</v>
+        <v>659</v>
       </c>
       <c r="J397" t="s">
-        <v>807</v>
-[...3 lines deleted...]
-      </c>
+        <v>824</v>
+      </c>
+      <c r="K397"/>
       <c r="L397"/>
       <c r="M397"/>
       <c r="N397" t="s">
-        <v>808</v>
+        <v>1140</v>
       </c>
       <c r="O397"/>
       <c r="P397" t="s">
-        <v>1486</v>
+        <v>1488</v>
       </c>
       <c r="Q397" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="398" spans="1:17">
       <c r="A398">
-        <v>12354</v>
+        <v>31929</v>
       </c>
       <c r="B398" t="s">
-        <v>1487</v>
-[...6 lines deleted...]
-      </c>
+        <v>1489</v>
+      </c>
+      <c r="C398"/>
+      <c r="D398"/>
       <c r="E398" t="s">
-        <v>1453</v>
+        <v>1456</v>
       </c>
       <c r="F398" t="s">
-        <v>1427</v>
+        <v>1425</v>
       </c>
       <c r="G398" t="s">
-        <v>1489</v>
+        <v>1490</v>
       </c>
       <c r="H398" t="s">
         <v>30</v>
       </c>
       <c r="I398" t="s">
-        <v>661</v>
+        <v>36</v>
       </c>
       <c r="J398" t="s">
-        <v>826</v>
-[...1 lines deleted...]
-      <c r="K398"/>
+        <v>805</v>
+      </c>
+      <c r="K398" t="s">
+        <v>563</v>
+      </c>
       <c r="L398"/>
       <c r="M398"/>
       <c r="N398" t="s">
-        <v>1142</v>
+        <v>850</v>
       </c>
       <c r="O398"/>
       <c r="P398" t="s">
-        <v>1490</v>
+        <v>1491</v>
       </c>
       <c r="Q398" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="399" spans="1:17">
       <c r="A399">
-        <v>31929</v>
+        <v>8396</v>
       </c>
       <c r="B399" t="s">
-        <v>1491</v>
-[...2 lines deleted...]
-      <c r="D399"/>
+        <v>1492</v>
+      </c>
+      <c r="C399" t="s">
+        <v>1493</v>
+      </c>
+      <c r="D399" t="s">
+        <v>490</v>
+      </c>
       <c r="E399" t="s">
-        <v>1458</v>
+        <v>1435</v>
       </c>
       <c r="F399" t="s">
-        <v>1427</v>
+        <v>1425</v>
       </c>
       <c r="G399" t="s">
-        <v>1492</v>
+        <v>1494</v>
       </c>
       <c r="H399" t="s">
         <v>30</v>
       </c>
       <c r="I399" t="s">
         <v>36</v>
       </c>
       <c r="J399" t="s">
-        <v>807</v>
+        <v>805</v>
       </c>
       <c r="K399" t="s">
-        <v>565</v>
+        <v>1495</v>
       </c>
       <c r="L399"/>
       <c r="M399"/>
       <c r="N399" t="s">
-        <v>852</v>
+        <v>806</v>
       </c>
       <c r="O399"/>
       <c r="P399" t="s">
-        <v>1493</v>
+        <v>1496</v>
       </c>
       <c r="Q399" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="400" spans="1:17">
       <c r="A400">
-        <v>8396</v>
+        <v>795</v>
       </c>
       <c r="B400" t="s">
-        <v>1494</v>
+        <v>1497</v>
       </c>
       <c r="C400" t="s">
-        <v>1495</v>
+        <v>1498</v>
       </c>
       <c r="D400" t="s">
-        <v>492</v>
+        <v>34</v>
       </c>
       <c r="E400" t="s">
-        <v>1437</v>
+        <v>1424</v>
       </c>
       <c r="F400" t="s">
-        <v>1427</v>
+        <v>1425</v>
       </c>
       <c r="G400" t="s">
-        <v>1496</v>
+        <v>1499</v>
       </c>
       <c r="H400" t="s">
         <v>30</v>
       </c>
       <c r="I400" t="s">
         <v>36</v>
       </c>
       <c r="J400" t="s">
-        <v>807</v>
+        <v>805</v>
       </c>
       <c r="K400" t="s">
-        <v>1497</v>
+        <v>61</v>
       </c>
       <c r="L400"/>
       <c r="M400"/>
       <c r="N400" t="s">
-        <v>808</v>
+        <v>874</v>
       </c>
       <c r="O400"/>
       <c r="P400" t="s">
-        <v>1498</v>
+        <v>1500</v>
       </c>
       <c r="Q400" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="401" spans="1:17">
       <c r="A401">
-        <v>795</v>
+        <v>12350</v>
       </c>
       <c r="B401" t="s">
-        <v>1499</v>
+        <v>1501</v>
       </c>
       <c r="C401" t="s">
-        <v>1500</v>
+        <v>1502</v>
       </c>
       <c r="D401" t="s">
         <v>34</v>
       </c>
       <c r="E401" t="s">
-        <v>1426</v>
+        <v>1435</v>
       </c>
       <c r="F401" t="s">
-        <v>1427</v>
+        <v>1425</v>
       </c>
       <c r="G401" t="s">
-        <v>1501</v>
+        <v>1503</v>
       </c>
       <c r="H401" t="s">
         <v>30</v>
       </c>
       <c r="I401" t="s">
-        <v>36</v>
+        <v>31</v>
       </c>
       <c r="J401" t="s">
-        <v>807</v>
+        <v>805</v>
       </c>
       <c r="K401" t="s">
-        <v>61</v>
+        <v>233</v>
       </c>
       <c r="L401"/>
       <c r="M401"/>
       <c r="N401" t="s">
-        <v>876</v>
+        <v>806</v>
       </c>
       <c r="O401"/>
       <c r="P401" t="s">
-        <v>1502</v>
+        <v>1504</v>
       </c>
       <c r="Q401" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="402" spans="1:17">
       <c r="A402">
-        <v>12350</v>
+        <v>6423</v>
       </c>
       <c r="B402" t="s">
-        <v>1503</v>
+        <v>1505</v>
       </c>
       <c r="C402" t="s">
-        <v>1504</v>
+        <v>1506</v>
       </c>
       <c r="D402" t="s">
-        <v>34</v>
+        <v>1507</v>
       </c>
       <c r="E402" t="s">
-        <v>1437</v>
+        <v>1508</v>
       </c>
       <c r="F402" t="s">
-        <v>1427</v>
+        <v>1509</v>
       </c>
       <c r="G402" t="s">
-        <v>1505</v>
+        <v>1510</v>
       </c>
       <c r="H402" t="s">
         <v>30</v>
       </c>
       <c r="I402" t="s">
-        <v>31</v>
-[...6 lines deleted...]
-      </c>
+        <v>36</v>
+      </c>
+      <c r="J402"/>
+      <c r="K402"/>
       <c r="L402"/>
       <c r="M402"/>
-      <c r="N402" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="N402"/>
       <c r="O402"/>
       <c r="P402" t="s">
-        <v>1506</v>
+        <v>1511</v>
       </c>
       <c r="Q402" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="403" spans="1:17">
       <c r="A403">
-        <v>6423</v>
+        <v>16288</v>
       </c>
       <c r="B403" t="s">
-        <v>1507</v>
+        <v>1512</v>
       </c>
       <c r="C403" t="s">
-        <v>1508</v>
+        <v>1513</v>
       </c>
       <c r="D403" t="s">
-        <v>1509</v>
+        <v>1514</v>
       </c>
       <c r="E403" t="s">
-        <v>1510</v>
+        <v>1515</v>
       </c>
       <c r="F403" t="s">
-        <v>1511</v>
+        <v>1516</v>
       </c>
       <c r="G403" t="s">
-        <v>1512</v>
+        <v>1517</v>
       </c>
       <c r="H403" t="s">
         <v>30</v>
       </c>
       <c r="I403" t="s">
-        <v>36</v>
-[...2 lines deleted...]
-      <c r="K403"/>
+        <v>24</v>
+      </c>
+      <c r="J403" t="s">
+        <v>60</v>
+      </c>
+      <c r="K403" t="s">
+        <v>563</v>
+      </c>
       <c r="L403"/>
       <c r="M403"/>
       <c r="N403"/>
       <c r="O403"/>
-      <c r="P403" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="P403"/>
       <c r="Q403" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="404" spans="1:17">
       <c r="A404">
-        <v>16288</v>
+        <v>12292</v>
       </c>
       <c r="B404" t="s">
-        <v>1514</v>
+        <v>1518</v>
       </c>
       <c r="C404" t="s">
-        <v>1515</v>
+        <v>1519</v>
       </c>
       <c r="D404" t="s">
-        <v>1516</v>
+        <v>1520</v>
       </c>
       <c r="E404" t="s">
-        <v>1517</v>
+        <v>1521</v>
       </c>
       <c r="F404" t="s">
-        <v>1518</v>
+        <v>1522</v>
       </c>
       <c r="G404" t="s">
-        <v>1519</v>
+        <v>1523</v>
       </c>
       <c r="H404" t="s">
         <v>30</v>
       </c>
       <c r="I404" t="s">
         <v>24</v>
       </c>
       <c r="J404" t="s">
-        <v>60</v>
+        <v>554</v>
       </c>
       <c r="K404" t="s">
-        <v>565</v>
+        <v>563</v>
       </c>
       <c r="L404"/>
       <c r="M404"/>
       <c r="N404"/>
-      <c r="O404"/>
+      <c r="O404" t="s">
+        <v>564</v>
+      </c>
       <c r="P404"/>
       <c r="Q404" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="405" spans="1:17">
       <c r="A405">
-        <v>12292</v>
+        <v>1240</v>
       </c>
       <c r="B405" t="s">
-        <v>1520</v>
+        <v>1524</v>
       </c>
       <c r="C405" t="s">
-        <v>1521</v>
+        <v>1525</v>
       </c>
       <c r="D405" t="s">
-        <v>1522</v>
+        <v>202</v>
       </c>
       <c r="E405" t="s">
-        <v>1523</v>
+        <v>1526</v>
       </c>
       <c r="F405" t="s">
-        <v>1524</v>
+        <v>1527</v>
       </c>
       <c r="G405" t="s">
-        <v>1525</v>
+        <v>1528</v>
       </c>
       <c r="H405" t="s">
         <v>30</v>
       </c>
       <c r="I405" t="s">
-        <v>24</v>
+        <v>36</v>
       </c>
       <c r="J405" t="s">
-        <v>556</v>
+        <v>805</v>
       </c>
       <c r="K405" t="s">
-        <v>565</v>
+        <v>563</v>
       </c>
       <c r="L405"/>
       <c r="M405"/>
-      <c r="N405"/>
-[...2 lines deleted...]
-      </c>
+      <c r="N405" t="s">
+        <v>818</v>
+      </c>
+      <c r="O405"/>
       <c r="P405"/>
       <c r="Q405" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="406" spans="1:17">
       <c r="A406">
-        <v>1240</v>
+        <v>546</v>
       </c>
       <c r="B406" t="s">
-        <v>1526</v>
+        <v>1529</v>
       </c>
       <c r="C406" t="s">
-        <v>1527</v>
+        <v>1530</v>
       </c>
       <c r="D406" t="s">
         <v>202</v>
       </c>
       <c r="E406" t="s">
-        <v>1528</v>
+        <v>1531</v>
       </c>
       <c r="F406" t="s">
-        <v>1529</v>
+        <v>1532</v>
       </c>
       <c r="G406" t="s">
-        <v>1530</v>
+        <v>1533</v>
       </c>
       <c r="H406" t="s">
         <v>30</v>
       </c>
       <c r="I406" t="s">
         <v>36</v>
       </c>
       <c r="J406" t="s">
-        <v>807</v>
+        <v>805</v>
       </c>
       <c r="K406" t="s">
-        <v>565</v>
+        <v>61</v>
       </c>
       <c r="L406"/>
       <c r="M406"/>
       <c r="N406" t="s">
-        <v>820</v>
+        <v>874</v>
       </c>
       <c r="O406"/>
-      <c r="P406"/>
+      <c r="P406" t="s">
+        <v>1534</v>
+      </c>
       <c r="Q406" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="407" spans="1:17">
       <c r="A407">
-        <v>546</v>
+        <v>11932</v>
       </c>
       <c r="B407" t="s">
-        <v>1531</v>
+        <v>1535</v>
       </c>
       <c r="C407" t="s">
-        <v>1532</v>
+        <v>1536</v>
       </c>
       <c r="D407" t="s">
-        <v>202</v>
+        <v>1537</v>
       </c>
       <c r="E407" t="s">
-        <v>1533</v>
+        <v>1538</v>
       </c>
       <c r="F407" t="s">
-        <v>1534</v>
+        <v>1539</v>
       </c>
       <c r="G407" t="s">
-        <v>1535</v>
+        <v>1540</v>
       </c>
       <c r="H407" t="s">
         <v>30</v>
       </c>
       <c r="I407" t="s">
-        <v>36</v>
+        <v>24</v>
       </c>
       <c r="J407" t="s">
-        <v>807</v>
+        <v>554</v>
       </c>
       <c r="K407" t="s">
-        <v>61</v>
+        <v>563</v>
       </c>
       <c r="L407"/>
       <c r="M407"/>
-      <c r="N407" t="s">
-[...5 lines deleted...]
-      </c>
+      <c r="N407"/>
+      <c r="O407" t="s">
+        <v>564</v>
+      </c>
+      <c r="P407"/>
       <c r="Q407" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="408" spans="1:17">
       <c r="A408">
-        <v>11932</v>
+        <v>10794</v>
       </c>
       <c r="B408" t="s">
-        <v>1537</v>
+        <v>1541</v>
       </c>
       <c r="C408" t="s">
-        <v>1538</v>
+        <v>1542</v>
       </c>
       <c r="D408" t="s">
+        <v>1543</v>
+      </c>
+      <c r="E408" t="s">
+        <v>1544</v>
+      </c>
+      <c r="F408" t="s">
         <v>1539</v>
       </c>
-      <c r="E408" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="G408" t="s">
-        <v>1542</v>
+        <v>1545</v>
       </c>
       <c r="H408" t="s">
         <v>30</v>
       </c>
       <c r="I408" t="s">
         <v>24</v>
       </c>
       <c r="J408" t="s">
-        <v>556</v>
+        <v>554</v>
       </c>
       <c r="K408" t="s">
-        <v>565</v>
+        <v>563</v>
       </c>
       <c r="L408"/>
       <c r="M408"/>
       <c r="N408"/>
       <c r="O408" t="s">
-        <v>566</v>
+        <v>564</v>
       </c>
       <c r="P408"/>
       <c r="Q408" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="409" spans="1:17">
       <c r="A409">
-        <v>10794</v>
+        <v>10817</v>
       </c>
       <c r="B409" t="s">
-        <v>1543</v>
+        <v>1546</v>
       </c>
       <c r="C409" t="s">
-        <v>1544</v>
+        <v>1547</v>
       </c>
       <c r="D409" t="s">
-        <v>1545</v>
+        <v>815</v>
       </c>
       <c r="E409" t="s">
-        <v>1546</v>
+        <v>1548</v>
       </c>
       <c r="F409" t="s">
-        <v>1541</v>
+        <v>1539</v>
       </c>
       <c r="G409" t="s">
-        <v>1547</v>
+        <v>1549</v>
       </c>
       <c r="H409" t="s">
         <v>30</v>
       </c>
       <c r="I409" t="s">
         <v>24</v>
       </c>
       <c r="J409" t="s">
-        <v>556</v>
-[...3 lines deleted...]
-      </c>
+        <v>512</v>
+      </c>
+      <c r="K409"/>
       <c r="L409"/>
       <c r="M409"/>
       <c r="N409"/>
       <c r="O409" t="s">
-        <v>566</v>
+        <v>1550</v>
       </c>
       <c r="P409"/>
       <c r="Q409" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="410" spans="1:17">
       <c r="A410">
-        <v>10817</v>
+        <v>11120</v>
       </c>
       <c r="B410" t="s">
+        <v>1551</v>
+      </c>
+      <c r="C410" t="s">
+        <v>1552</v>
+      </c>
+      <c r="D410" t="s">
+        <v>751</v>
+      </c>
+      <c r="E410" t="s">
         <v>1548</v>
       </c>
-      <c r="C410" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F410" t="s">
-        <v>1541</v>
+        <v>1539</v>
       </c>
       <c r="G410" t="s">
-        <v>1551</v>
+        <v>1553</v>
       </c>
       <c r="H410" t="s">
         <v>30</v>
       </c>
       <c r="I410" t="s">
         <v>24</v>
       </c>
       <c r="J410" t="s">
-        <v>514</v>
-[...1 lines deleted...]
-      <c r="K410"/>
+        <v>554</v>
+      </c>
+      <c r="K410" t="s">
+        <v>563</v>
+      </c>
       <c r="L410"/>
       <c r="M410"/>
       <c r="N410"/>
       <c r="O410" t="s">
-        <v>1552</v>
+        <v>564</v>
       </c>
       <c r="P410"/>
       <c r="Q410" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="411" spans="1:17">
       <c r="A411">
-        <v>11120</v>
+        <v>11769</v>
       </c>
       <c r="B411" t="s">
-        <v>1553</v>
+        <v>1554</v>
       </c>
       <c r="C411" t="s">
-        <v>1554</v>
+        <v>1555</v>
       </c>
       <c r="D411" t="s">
-        <v>753</v>
+        <v>1556</v>
       </c>
       <c r="E411" t="s">
-        <v>1550</v>
+        <v>1548</v>
       </c>
       <c r="F411" t="s">
-        <v>1541</v>
+        <v>1539</v>
       </c>
       <c r="G411" t="s">
-        <v>1555</v>
+        <v>1557</v>
       </c>
       <c r="H411" t="s">
         <v>30</v>
       </c>
       <c r="I411" t="s">
         <v>24</v>
       </c>
       <c r="J411" t="s">
-        <v>556</v>
-[...3 lines deleted...]
-      </c>
+        <v>512</v>
+      </c>
+      <c r="K411"/>
       <c r="L411"/>
       <c r="M411"/>
       <c r="N411"/>
       <c r="O411" t="s">
-        <v>566</v>
-[...1 lines deleted...]
-      <c r="P411"/>
+        <v>1108</v>
+      </c>
+      <c r="P411" t="s">
+        <v>1558</v>
+      </c>
       <c r="Q411" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="412" spans="1:17">
       <c r="A412">
-        <v>11769</v>
+        <v>11094</v>
       </c>
       <c r="B412" t="s">
-        <v>1556</v>
+        <v>1559</v>
       </c>
       <c r="C412" t="s">
-        <v>1557</v>
+        <v>1560</v>
       </c>
       <c r="D412" t="s">
-        <v>1558</v>
+        <v>1156</v>
       </c>
       <c r="E412" t="s">
-        <v>1550</v>
+        <v>1561</v>
       </c>
       <c r="F412" t="s">
-        <v>1541</v>
+        <v>1539</v>
       </c>
       <c r="G412" t="s">
-        <v>1559</v>
+        <v>1562</v>
       </c>
       <c r="H412" t="s">
         <v>30</v>
       </c>
       <c r="I412" t="s">
         <v>24</v>
       </c>
       <c r="J412" t="s">
-        <v>514</v>
+        <v>512</v>
       </c>
       <c r="K412"/>
       <c r="L412"/>
       <c r="M412"/>
       <c r="N412"/>
       <c r="O412" t="s">
-        <v>1110</v>
-[...3 lines deleted...]
-      </c>
+        <v>1108</v>
+      </c>
+      <c r="P412"/>
       <c r="Q412" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="413" spans="1:17">
       <c r="A413">
-        <v>11094</v>
+        <v>80931</v>
       </c>
       <c r="B413" t="s">
-        <v>1561</v>
+        <v>1563</v>
       </c>
       <c r="C413" t="s">
-        <v>1562</v>
+        <v>1564</v>
       </c>
       <c r="D413" t="s">
-        <v>1158</v>
+        <v>1089</v>
       </c>
       <c r="E413" t="s">
-        <v>1563</v>
+        <v>1565</v>
       </c>
       <c r="F413" t="s">
-        <v>1541</v>
+        <v>1539</v>
       </c>
       <c r="G413" t="s">
-        <v>1564</v>
+        <v>1566</v>
       </c>
       <c r="H413" t="s">
         <v>30</v>
       </c>
       <c r="I413" t="s">
         <v>24</v>
       </c>
       <c r="J413" t="s">
-        <v>514</v>
-[...1 lines deleted...]
-      <c r="K413"/>
+        <v>60</v>
+      </c>
+      <c r="K413" t="s">
+        <v>563</v>
+      </c>
       <c r="L413"/>
       <c r="M413"/>
       <c r="N413"/>
-      <c r="O413" t="s">
-[...2 lines deleted...]
-      <c r="P413"/>
+      <c r="O413"/>
+      <c r="P413" t="s">
+        <v>1567</v>
+      </c>
       <c r="Q413" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="414" spans="1:17">
       <c r="A414">
-        <v>80931</v>
+        <v>10911</v>
       </c>
       <c r="B414" t="s">
-        <v>1565</v>
+        <v>1568</v>
       </c>
       <c r="C414" t="s">
-        <v>1566</v>
+        <v>1569</v>
       </c>
       <c r="D414" t="s">
-        <v>1091</v>
+        <v>1089</v>
       </c>
       <c r="E414" t="s">
-        <v>1567</v>
+        <v>1548</v>
       </c>
       <c r="F414" t="s">
-        <v>1541</v>
+        <v>1539</v>
       </c>
       <c r="G414" t="s">
-        <v>1568</v>
+        <v>1570</v>
       </c>
       <c r="H414" t="s">
         <v>30</v>
       </c>
       <c r="I414" t="s">
         <v>24</v>
       </c>
       <c r="J414" t="s">
-        <v>60</v>
+        <v>554</v>
       </c>
       <c r="K414" t="s">
-        <v>565</v>
+        <v>563</v>
       </c>
       <c r="L414"/>
       <c r="M414"/>
       <c r="N414"/>
-      <c r="O414"/>
-[...2 lines deleted...]
-      </c>
+      <c r="O414" t="s">
+        <v>513</v>
+      </c>
+      <c r="P414"/>
       <c r="Q414" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="415" spans="1:17">
       <c r="A415">
-        <v>10911</v>
+        <v>12262</v>
       </c>
       <c r="B415" t="s">
-        <v>1570</v>
+        <v>1571</v>
       </c>
       <c r="C415" t="s">
-        <v>1571</v>
+        <v>1572</v>
       </c>
       <c r="D415" t="s">
-        <v>1091</v>
+        <v>1543</v>
       </c>
       <c r="E415" t="s">
-        <v>1550</v>
+        <v>1544</v>
       </c>
       <c r="F415" t="s">
-        <v>1541</v>
+        <v>1539</v>
       </c>
       <c r="G415" t="s">
-        <v>1572</v>
+        <v>1573</v>
       </c>
       <c r="H415" t="s">
         <v>30</v>
       </c>
       <c r="I415" t="s">
         <v>24</v>
       </c>
       <c r="J415" t="s">
-        <v>556</v>
+        <v>554</v>
       </c>
       <c r="K415" t="s">
-        <v>565</v>
+        <v>563</v>
       </c>
       <c r="L415"/>
       <c r="M415"/>
       <c r="N415"/>
       <c r="O415" t="s">
-        <v>515</v>
+        <v>513</v>
       </c>
       <c r="P415"/>
       <c r="Q415" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="416" spans="1:17">
       <c r="A416">
-        <v>12262</v>
+        <v>12321</v>
       </c>
       <c r="B416" t="s">
-        <v>1573</v>
+        <v>1574</v>
       </c>
       <c r="C416" t="s">
-        <v>1574</v>
+        <v>1575</v>
       </c>
       <c r="D416" t="s">
-        <v>1545</v>
+        <v>1543</v>
       </c>
       <c r="E416" t="s">
-        <v>1546</v>
+        <v>1548</v>
       </c>
       <c r="F416" t="s">
-        <v>1541</v>
+        <v>1539</v>
       </c>
       <c r="G416" t="s">
-        <v>1575</v>
+        <v>1576</v>
       </c>
       <c r="H416" t="s">
         <v>30</v>
       </c>
       <c r="I416" t="s">
         <v>24</v>
       </c>
       <c r="J416" t="s">
-        <v>556</v>
+        <v>554</v>
       </c>
       <c r="K416" t="s">
-        <v>565</v>
+        <v>563</v>
       </c>
       <c r="L416"/>
       <c r="M416"/>
       <c r="N416"/>
       <c r="O416" t="s">
-        <v>515</v>
+        <v>513</v>
       </c>
       <c r="P416"/>
       <c r="Q416" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="417" spans="1:17">
       <c r="A417">
-        <v>12321</v>
+        <v>16426</v>
       </c>
       <c r="B417" t="s">
-        <v>1576</v>
+        <v>1577</v>
       </c>
       <c r="C417" t="s">
-        <v>1577</v>
+        <v>1578</v>
       </c>
       <c r="D417" t="s">
-        <v>1545</v>
+        <v>609</v>
       </c>
       <c r="E417" t="s">
-        <v>1550</v>
+        <v>1579</v>
       </c>
       <c r="F417" t="s">
-        <v>1541</v>
+        <v>1539</v>
       </c>
       <c r="G417" t="s">
-        <v>1578</v>
+        <v>1580</v>
       </c>
       <c r="H417" t="s">
         <v>30</v>
       </c>
       <c r="I417" t="s">
         <v>24</v>
       </c>
       <c r="J417" t="s">
-        <v>556</v>
+        <v>554</v>
       </c>
       <c r="K417" t="s">
-        <v>565</v>
+        <v>563</v>
       </c>
       <c r="L417"/>
       <c r="M417"/>
       <c r="N417"/>
       <c r="O417" t="s">
-        <v>515</v>
-[...1 lines deleted...]
-      <c r="P417"/>
+        <v>513</v>
+      </c>
+      <c r="P417" t="s">
+        <v>1581</v>
+      </c>
       <c r="Q417" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="418" spans="1:17">
       <c r="A418">
-        <v>16426</v>
+        <v>12190</v>
       </c>
       <c r="B418" t="s">
-        <v>1579</v>
+        <v>1582</v>
       </c>
       <c r="C418" t="s">
-        <v>1580</v>
+        <v>1583</v>
       </c>
       <c r="D418" t="s">
-        <v>611</v>
+        <v>559</v>
       </c>
       <c r="E418" t="s">
-        <v>1581</v>
+        <v>1584</v>
       </c>
       <c r="F418" t="s">
-        <v>1541</v>
+        <v>1539</v>
       </c>
       <c r="G418" t="s">
-        <v>1582</v>
+        <v>1585</v>
       </c>
       <c r="H418" t="s">
         <v>30</v>
       </c>
       <c r="I418" t="s">
         <v>24</v>
       </c>
       <c r="J418" t="s">
-        <v>556</v>
+        <v>554</v>
       </c>
       <c r="K418" t="s">
-        <v>565</v>
+        <v>563</v>
       </c>
       <c r="L418"/>
       <c r="M418"/>
       <c r="N418"/>
       <c r="O418" t="s">
-        <v>515</v>
-[...3 lines deleted...]
-      </c>
+        <v>513</v>
+      </c>
+      <c r="P418"/>
       <c r="Q418" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="419" spans="1:17">
       <c r="A419">
-        <v>12190</v>
+        <v>11421</v>
       </c>
       <c r="B419" t="s">
-        <v>1584</v>
+        <v>1586</v>
       </c>
       <c r="C419" t="s">
-        <v>1585</v>
+        <v>1587</v>
       </c>
       <c r="D419" t="s">
-        <v>561</v>
+        <v>1588</v>
       </c>
       <c r="E419" t="s">
-        <v>1586</v>
+        <v>1589</v>
       </c>
       <c r="F419" t="s">
-        <v>1541</v>
+        <v>1539</v>
       </c>
       <c r="G419" t="s">
-        <v>1587</v>
+        <v>1590</v>
       </c>
       <c r="H419" t="s">
         <v>30</v>
       </c>
       <c r="I419" t="s">
         <v>24</v>
       </c>
       <c r="J419" t="s">
-        <v>556</v>
+        <v>554</v>
       </c>
       <c r="K419" t="s">
-        <v>565</v>
+        <v>233</v>
       </c>
       <c r="L419"/>
       <c r="M419"/>
       <c r="N419"/>
       <c r="O419" t="s">
-        <v>515</v>
+        <v>564</v>
       </c>
       <c r="P419"/>
       <c r="Q419" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="420" spans="1:17">
       <c r="A420">
-        <v>11421</v>
+        <v>11917</v>
       </c>
       <c r="B420" t="s">
-        <v>1588</v>
+        <v>1591</v>
       </c>
       <c r="C420" t="s">
-        <v>1589</v>
+        <v>1592</v>
       </c>
       <c r="D420" t="s">
-        <v>1590</v>
+        <v>1593</v>
       </c>
       <c r="E420" t="s">
-        <v>1591</v>
+        <v>1594</v>
       </c>
       <c r="F420" t="s">
-        <v>1541</v>
+        <v>1595</v>
       </c>
       <c r="G420" t="s">
-        <v>1592</v>
+        <v>1596</v>
       </c>
       <c r="H420" t="s">
         <v>30</v>
       </c>
       <c r="I420" t="s">
         <v>24</v>
       </c>
       <c r="J420" t="s">
-        <v>556</v>
+        <v>554</v>
       </c>
       <c r="K420" t="s">
-        <v>233</v>
+        <v>563</v>
       </c>
       <c r="L420"/>
       <c r="M420"/>
       <c r="N420"/>
       <c r="O420" t="s">
-        <v>566</v>
+        <v>1108</v>
       </c>
       <c r="P420"/>
       <c r="Q420" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="421" spans="1:17">
       <c r="A421">
-        <v>11917</v>
+        <v>11258</v>
       </c>
       <c r="B421" t="s">
-        <v>1593</v>
+        <v>1597</v>
       </c>
       <c r="C421" t="s">
-        <v>1594</v>
+        <v>1598</v>
       </c>
       <c r="D421" t="s">
-        <v>1595</v>
+        <v>1556</v>
       </c>
       <c r="E421" t="s">
-        <v>1596</v>
+        <v>1599</v>
       </c>
       <c r="F421" t="s">
-        <v>1597</v>
+        <v>1600</v>
       </c>
       <c r="G421" t="s">
-        <v>1598</v>
+        <v>1601</v>
       </c>
       <c r="H421" t="s">
         <v>30</v>
       </c>
       <c r="I421" t="s">
         <v>24</v>
       </c>
       <c r="J421" t="s">
-        <v>556</v>
-[...3 lines deleted...]
-      </c>
+        <v>512</v>
+      </c>
+      <c r="K421"/>
       <c r="L421"/>
       <c r="M421"/>
       <c r="N421"/>
       <c r="O421" t="s">
-        <v>1110</v>
-[...1 lines deleted...]
-      <c r="P421"/>
+        <v>1103</v>
+      </c>
+      <c r="P421" t="s">
+        <v>1602</v>
+      </c>
       <c r="Q421" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="422" spans="1:17">
       <c r="A422">
-        <v>11258</v>
+        <v>11312</v>
       </c>
       <c r="B422" t="s">
-        <v>1599</v>
+        <v>1603</v>
       </c>
       <c r="C422" t="s">
+        <v>1604</v>
+      </c>
+      <c r="D422" t="s">
+        <v>815</v>
+      </c>
+      <c r="E422" t="s">
+        <v>1605</v>
+      </c>
+      <c r="F422" t="s">
         <v>1600</v>
       </c>
-      <c r="D422" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="G422" t="s">
-        <v>1603</v>
+        <v>1606</v>
       </c>
       <c r="H422" t="s">
         <v>30</v>
       </c>
       <c r="I422" t="s">
         <v>24</v>
       </c>
       <c r="J422" t="s">
-        <v>514</v>
+        <v>512</v>
       </c>
       <c r="K422"/>
       <c r="L422"/>
       <c r="M422"/>
       <c r="N422"/>
       <c r="O422" t="s">
-        <v>1105</v>
+        <v>1607</v>
       </c>
       <c r="P422" t="s">
-        <v>1604</v>
+        <v>1608</v>
       </c>
       <c r="Q422" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="423" spans="1:17">
       <c r="A423">
-        <v>11312</v>
+        <v>11166</v>
       </c>
       <c r="B423" t="s">
-        <v>1605</v>
+        <v>1609</v>
       </c>
       <c r="C423" t="s">
-        <v>1606</v>
+        <v>1610</v>
       </c>
       <c r="D423" t="s">
-        <v>817</v>
+        <v>1593</v>
       </c>
       <c r="E423" t="s">
-        <v>1607</v>
+        <v>1611</v>
       </c>
       <c r="F423" t="s">
-        <v>1602</v>
+        <v>1612</v>
       </c>
       <c r="G423" t="s">
-        <v>1608</v>
+        <v>1613</v>
       </c>
       <c r="H423" t="s">
-        <v>30</v>
+        <v>23</v>
       </c>
       <c r="I423" t="s">
         <v>24</v>
       </c>
       <c r="J423" t="s">
-        <v>514</v>
+        <v>512</v>
       </c>
       <c r="K423"/>
       <c r="L423"/>
       <c r="M423"/>
       <c r="N423"/>
       <c r="O423" t="s">
-        <v>1609</v>
-[...3 lines deleted...]
-      </c>
+        <v>564</v>
+      </c>
+      <c r="P423"/>
       <c r="Q423" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="424" spans="1:17">
       <c r="A424">
-        <v>11166</v>
+        <v>10664</v>
       </c>
       <c r="B424" t="s">
-        <v>1611</v>
+        <v>1614</v>
       </c>
       <c r="C424" t="s">
-        <v>1612</v>
+        <v>1615</v>
       </c>
       <c r="D424" t="s">
-        <v>1595</v>
+        <v>763</v>
       </c>
       <c r="E424" t="s">
-        <v>1613</v>
+        <v>1616</v>
       </c>
       <c r="F424" t="s">
-        <v>1614</v>
+        <v>1617</v>
       </c>
       <c r="G424" t="s">
-        <v>1615</v>
+        <v>1618</v>
       </c>
       <c r="H424" t="s">
-        <v>23</v>
+        <v>30</v>
       </c>
       <c r="I424" t="s">
         <v>24</v>
       </c>
       <c r="J424" t="s">
-        <v>514</v>
-[...1 lines deleted...]
-      <c r="K424"/>
+        <v>554</v>
+      </c>
+      <c r="K424" t="s">
+        <v>1619</v>
+      </c>
       <c r="L424"/>
       <c r="M424"/>
       <c r="N424"/>
       <c r="O424" t="s">
-        <v>566</v>
+        <v>513</v>
       </c>
       <c r="P424"/>
       <c r="Q424" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="425" spans="1:17">
       <c r="A425">
-        <v>10664</v>
+        <v>11339</v>
       </c>
       <c r="B425" t="s">
+        <v>1620</v>
+      </c>
+      <c r="C425" t="s">
+        <v>1621</v>
+      </c>
+      <c r="D425" t="s">
+        <v>1622</v>
+      </c>
+      <c r="E425" t="s">
         <v>1616</v>
       </c>
-      <c r="C425" t="s">
+      <c r="F425" t="s">
         <v>1617</v>
       </c>
-      <c r="D425" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="G425" t="s">
-        <v>1620</v>
+        <v>1623</v>
       </c>
       <c r="H425" t="s">
         <v>30</v>
       </c>
       <c r="I425" t="s">
         <v>24</v>
       </c>
       <c r="J425" t="s">
-        <v>556</v>
+        <v>554</v>
       </c>
       <c r="K425" t="s">
-        <v>1621</v>
+        <v>563</v>
       </c>
       <c r="L425"/>
       <c r="M425"/>
       <c r="N425"/>
       <c r="O425" t="s">
-        <v>515</v>
+        <v>564</v>
       </c>
       <c r="P425"/>
       <c r="Q425" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="426" spans="1:17">
       <c r="A426">
-        <v>11339</v>
+        <v>11307</v>
       </c>
       <c r="B426" t="s">
-        <v>1622</v>
+        <v>1624</v>
       </c>
       <c r="C426" t="s">
-        <v>1623</v>
+        <v>1625</v>
       </c>
       <c r="D426" t="s">
-        <v>1624</v>
+        <v>900</v>
       </c>
       <c r="E426" t="s">
-        <v>1618</v>
+        <v>1616</v>
       </c>
       <c r="F426" t="s">
-        <v>1619</v>
+        <v>1617</v>
       </c>
       <c r="G426" t="s">
-        <v>1625</v>
+        <v>1626</v>
       </c>
       <c r="H426" t="s">
         <v>30</v>
       </c>
       <c r="I426" t="s">
         <v>24</v>
       </c>
       <c r="J426" t="s">
-        <v>556</v>
+        <v>554</v>
       </c>
       <c r="K426" t="s">
-        <v>565</v>
+        <v>563</v>
       </c>
       <c r="L426"/>
       <c r="M426"/>
       <c r="N426"/>
       <c r="O426" t="s">
-        <v>566</v>
+        <v>1108</v>
       </c>
       <c r="P426"/>
       <c r="Q426" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="427" spans="1:17">
       <c r="A427">
-        <v>11307</v>
+        <v>11591</v>
       </c>
       <c r="B427" t="s">
-        <v>1626</v>
+        <v>1627</v>
       </c>
       <c r="C427" t="s">
-        <v>1627</v>
+        <v>1628</v>
       </c>
       <c r="D427" t="s">
-        <v>902</v>
+        <v>1089</v>
       </c>
       <c r="E427" t="s">
-        <v>1618</v>
+        <v>1616</v>
       </c>
       <c r="F427" t="s">
-        <v>1619</v>
+        <v>1617</v>
       </c>
       <c r="G427" t="s">
-        <v>1628</v>
+        <v>1629</v>
       </c>
       <c r="H427" t="s">
         <v>30</v>
       </c>
       <c r="I427" t="s">
         <v>24</v>
       </c>
       <c r="J427" t="s">
-        <v>556</v>
+        <v>554</v>
       </c>
       <c r="K427" t="s">
-        <v>565</v>
+        <v>61</v>
       </c>
       <c r="L427"/>
       <c r="M427"/>
       <c r="N427"/>
       <c r="O427" t="s">
-        <v>1110</v>
+        <v>564</v>
       </c>
       <c r="P427"/>
       <c r="Q427" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="428" spans="1:17">
       <c r="A428">
-        <v>11591</v>
+        <v>14023</v>
       </c>
       <c r="B428" t="s">
-        <v>1629</v>
+        <v>1630</v>
       </c>
       <c r="C428" t="s">
-        <v>1630</v>
+        <v>1631</v>
       </c>
       <c r="D428" t="s">
-        <v>1091</v>
+        <v>1543</v>
       </c>
       <c r="E428" t="s">
-        <v>1618</v>
+        <v>1616</v>
       </c>
       <c r="F428" t="s">
-        <v>1619</v>
+        <v>1617</v>
       </c>
       <c r="G428" t="s">
-        <v>1631</v>
+        <v>1632</v>
       </c>
       <c r="H428" t="s">
-        <v>30</v>
+        <v>23</v>
       </c>
       <c r="I428" t="s">
         <v>24</v>
       </c>
       <c r="J428" t="s">
-        <v>556</v>
+        <v>554</v>
       </c>
       <c r="K428" t="s">
-        <v>61</v>
+        <v>563</v>
       </c>
       <c r="L428"/>
       <c r="M428"/>
       <c r="N428"/>
       <c r="O428" t="s">
-        <v>566</v>
+        <v>564</v>
       </c>
       <c r="P428"/>
       <c r="Q428" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="429" spans="1:17">
       <c r="A429">
-        <v>14023</v>
+        <v>12312</v>
       </c>
       <c r="B429" t="s">
-        <v>1632</v>
+        <v>1633</v>
       </c>
       <c r="C429" t="s">
-        <v>1633</v>
+        <v>1634</v>
       </c>
       <c r="D429" t="s">
-        <v>1545</v>
+        <v>1429</v>
       </c>
       <c r="E429" t="s">
-        <v>1618</v>
+        <v>1635</v>
       </c>
       <c r="F429" t="s">
-        <v>1619</v>
+        <v>1617</v>
       </c>
       <c r="G429" t="s">
-        <v>1634</v>
+        <v>1636</v>
       </c>
       <c r="H429" t="s">
-        <v>23</v>
+        <v>30</v>
       </c>
       <c r="I429" t="s">
         <v>24</v>
       </c>
       <c r="J429" t="s">
-        <v>556</v>
+        <v>554</v>
       </c>
       <c r="K429" t="s">
-        <v>565</v>
+        <v>61</v>
       </c>
       <c r="L429"/>
       <c r="M429"/>
       <c r="N429"/>
       <c r="O429" t="s">
-        <v>566</v>
-[...1 lines deleted...]
-      <c r="P429"/>
+        <v>555</v>
+      </c>
+      <c r="P429" t="s">
+        <v>1637</v>
+      </c>
       <c r="Q429" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="430" spans="1:17">
       <c r="A430">
-        <v>12312</v>
+        <v>11909</v>
       </c>
       <c r="B430" t="s">
-        <v>1635</v>
+        <v>1638</v>
       </c>
       <c r="C430" t="s">
-        <v>1636</v>
+        <v>1639</v>
       </c>
       <c r="D430" t="s">
-        <v>1431</v>
+        <v>1640</v>
       </c>
       <c r="E430" t="s">
-        <v>1637</v>
+        <v>1641</v>
       </c>
       <c r="F430" t="s">
-        <v>1619</v>
+        <v>1642</v>
       </c>
       <c r="G430" t="s">
-        <v>1638</v>
+        <v>1643</v>
       </c>
       <c r="H430" t="s">
         <v>30</v>
       </c>
       <c r="I430" t="s">
         <v>24</v>
       </c>
       <c r="J430" t="s">
-        <v>556</v>
+        <v>554</v>
       </c>
       <c r="K430" t="s">
-        <v>61</v>
+        <v>233</v>
       </c>
       <c r="L430"/>
       <c r="M430"/>
       <c r="N430"/>
       <c r="O430" t="s">
-        <v>557</v>
-[...3 lines deleted...]
-      </c>
+        <v>564</v>
+      </c>
+      <c r="P430"/>
       <c r="Q430" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="431" spans="1:17">
       <c r="A431">
-        <v>11909</v>
+        <v>11011</v>
       </c>
       <c r="B431" t="s">
-        <v>1640</v>
+        <v>1644</v>
       </c>
       <c r="C431" t="s">
-        <v>1641</v>
+        <v>1645</v>
       </c>
       <c r="D431" t="s">
-        <v>1642</v>
+        <v>1646</v>
       </c>
       <c r="E431" t="s">
-        <v>1643</v>
+        <v>1647</v>
       </c>
       <c r="F431" t="s">
-        <v>1644</v>
+        <v>1648</v>
       </c>
       <c r="G431" t="s">
-        <v>1645</v>
+        <v>1649</v>
       </c>
       <c r="H431" t="s">
         <v>30</v>
       </c>
       <c r="I431" t="s">
         <v>24</v>
       </c>
       <c r="J431" t="s">
-        <v>556</v>
-[...3 lines deleted...]
-      </c>
+        <v>512</v>
+      </c>
+      <c r="K431"/>
       <c r="L431"/>
       <c r="M431"/>
       <c r="N431"/>
       <c r="O431" t="s">
-        <v>566</v>
+        <v>1607</v>
       </c>
       <c r="P431"/>
       <c r="Q431" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="432" spans="1:17">
       <c r="A432">
-        <v>11011</v>
+        <v>33012</v>
       </c>
       <c r="B432" t="s">
-        <v>1646</v>
+        <v>1650</v>
       </c>
       <c r="C432" t="s">
-        <v>1647</v>
+        <v>1651</v>
       </c>
       <c r="D432" t="s">
-        <v>1648</v>
+        <v>815</v>
       </c>
       <c r="E432" t="s">
-        <v>1649</v>
+        <v>1652</v>
       </c>
       <c r="F432" t="s">
-        <v>1650</v>
+        <v>1653</v>
       </c>
       <c r="G432" t="s">
-        <v>1651</v>
+        <v>1654</v>
       </c>
       <c r="H432" t="s">
         <v>30</v>
       </c>
       <c r="I432" t="s">
         <v>24</v>
       </c>
       <c r="J432" t="s">
-        <v>514</v>
+        <v>512</v>
       </c>
       <c r="K432"/>
       <c r="L432"/>
       <c r="M432"/>
       <c r="N432"/>
       <c r="O432" t="s">
-        <v>1609</v>
-[...1 lines deleted...]
-      <c r="P432"/>
+        <v>1108</v>
+      </c>
+      <c r="P432" t="s">
+        <v>1655</v>
+      </c>
       <c r="Q432" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="433" spans="1:17">
       <c r="A433">
-        <v>33012</v>
+        <v>1139</v>
       </c>
       <c r="B433" t="s">
-        <v>1652</v>
+        <v>1656</v>
       </c>
       <c r="C433" t="s">
-        <v>1653</v>
+        <v>1657</v>
       </c>
       <c r="D433" t="s">
-        <v>817</v>
+        <v>34</v>
       </c>
       <c r="E433" t="s">
-        <v>1654</v>
+        <v>27</v>
       </c>
       <c r="F433" t="s">
-        <v>1655</v>
-[...3 lines deleted...]
-      </c>
+        <v>28</v>
+      </c>
+      <c r="G433"/>
       <c r="H433" t="s">
         <v>30</v>
       </c>
       <c r="I433" t="s">
-        <v>24</v>
-[...3 lines deleted...]
-      </c>
+        <v>36</v>
+      </c>
+      <c r="J433"/>
       <c r="K433"/>
       <c r="L433"/>
       <c r="M433"/>
       <c r="N433"/>
-      <c r="O433" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="O433"/>
       <c r="P433" t="s">
-        <v>1657</v>
+        <v>1658</v>
       </c>
       <c r="Q433" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="434" spans="1:17">
       <c r="A434">
-        <v>1139</v>
+        <v>12116</v>
       </c>
       <c r="B434" t="s">
-        <v>1658</v>
-[...1 lines deleted...]
-      <c r="C434" t="s">
         <v>1659</v>
       </c>
-      <c r="D434" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="C434"/>
+      <c r="D434"/>
       <c r="E434" t="s">
         <v>27</v>
       </c>
       <c r="F434" t="s">
         <v>28</v>
       </c>
       <c r="G434"/>
       <c r="H434" t="s">
         <v>30</v>
       </c>
       <c r="I434" t="s">
-        <v>36</v>
+        <v>24</v>
       </c>
       <c r="J434"/>
       <c r="K434"/>
       <c r="L434"/>
       <c r="M434"/>
       <c r="N434"/>
       <c r="O434"/>
       <c r="P434" t="s">
         <v>1660</v>
       </c>
       <c r="Q434" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="435" spans="1:17">
       <c r="A435">
-        <v>12116</v>
+        <v>2078</v>
       </c>
       <c r="B435" t="s">
         <v>1661</v>
       </c>
-      <c r="C435"/>
-      <c r="D435"/>
+      <c r="C435" t="s">
+        <v>1662</v>
+      </c>
+      <c r="D435" t="s">
+        <v>34</v>
+      </c>
       <c r="E435" t="s">
         <v>27</v>
       </c>
       <c r="F435" t="s">
         <v>28</v>
       </c>
       <c r="G435"/>
       <c r="H435" t="s">
         <v>30</v>
       </c>
       <c r="I435" t="s">
-        <v>24</v>
+        <v>36</v>
       </c>
       <c r="J435"/>
       <c r="K435"/>
       <c r="L435"/>
       <c r="M435"/>
       <c r="N435"/>
       <c r="O435"/>
       <c r="P435" t="s">
-        <v>1662</v>
+        <v>1663</v>
       </c>
       <c r="Q435" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="436" spans="1:17">
       <c r="A436">
-        <v>2078</v>
+        <v>2412</v>
       </c>
       <c r="B436" t="s">
-        <v>1663</v>
-[...1 lines deleted...]
-      <c r="C436" t="s">
         <v>1664</v>
       </c>
-      <c r="D436" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="C436"/>
+      <c r="D436"/>
       <c r="E436" t="s">
         <v>27</v>
       </c>
       <c r="F436" t="s">
         <v>28</v>
       </c>
       <c r="G436"/>
       <c r="H436" t="s">
         <v>30</v>
       </c>
       <c r="I436" t="s">
         <v>36</v>
       </c>
       <c r="J436"/>
       <c r="K436"/>
       <c r="L436"/>
       <c r="M436"/>
       <c r="N436"/>
       <c r="O436"/>
-      <c r="P436" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="P436"/>
       <c r="Q436" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="437" spans="1:17">
       <c r="A437">
-        <v>2412</v>
+        <v>32091</v>
       </c>
       <c r="B437" t="s">
-        <v>1666</v>
+        <v>1665</v>
       </c>
       <c r="C437"/>
       <c r="D437"/>
       <c r="E437" t="s">
         <v>27</v>
       </c>
       <c r="F437" t="s">
         <v>28</v>
       </c>
       <c r="G437"/>
       <c r="H437" t="s">
         <v>30</v>
       </c>
       <c r="I437" t="s">
         <v>36</v>
       </c>
       <c r="J437"/>
       <c r="K437"/>
       <c r="L437"/>
       <c r="M437"/>
       <c r="N437"/>
       <c r="O437"/>
       <c r="P437"/>
       <c r="Q437" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="438" spans="1:17">
       <c r="A438">
-        <v>32091</v>
+        <v>9506</v>
       </c>
       <c r="B438" t="s">
-        <v>1667</v>
+        <v>1666</v>
       </c>
       <c r="C438"/>
       <c r="D438"/>
       <c r="E438" t="s">
         <v>27</v>
       </c>
       <c r="F438" t="s">
         <v>28</v>
       </c>
       <c r="G438"/>
       <c r="H438" t="s">
         <v>30</v>
       </c>
       <c r="I438" t="s">
         <v>36</v>
       </c>
       <c r="J438"/>
       <c r="K438"/>
       <c r="L438"/>
       <c r="M438"/>
       <c r="N438"/>
       <c r="O438"/>
       <c r="P438"/>
       <c r="Q438" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="439" spans="1:17">
       <c r="A439">
-        <v>9506</v>
+        <v>20067</v>
       </c>
       <c r="B439" t="s">
+        <v>1667</v>
+      </c>
+      <c r="C439" t="s">
         <v>1668</v>
       </c>
-      <c r="C439"/>
-      <c r="D439"/>
+      <c r="D439" t="s">
+        <v>1357</v>
+      </c>
       <c r="E439" t="s">
         <v>27</v>
       </c>
       <c r="F439" t="s">
         <v>28</v>
       </c>
       <c r="G439"/>
       <c r="H439" t="s">
-        <v>30</v>
+        <v>23</v>
       </c>
       <c r="I439" t="s">
-        <v>36</v>
-[...1 lines deleted...]
-      <c r="J439"/>
+        <v>836</v>
+      </c>
+      <c r="J439" t="s">
+        <v>824</v>
+      </c>
       <c r="K439"/>
       <c r="L439"/>
       <c r="M439"/>
-      <c r="N439"/>
+      <c r="N439" t="s">
+        <v>850</v>
+      </c>
       <c r="O439"/>
       <c r="P439"/>
       <c r="Q439" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="440" spans="1:17">
       <c r="A440">
-        <v>20067</v>
+        <v>118</v>
       </c>
       <c r="B440" t="s">
         <v>1669</v>
       </c>
-      <c r="C440" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="C440"/>
+      <c r="D440"/>
       <c r="E440" t="s">
         <v>27</v>
       </c>
       <c r="F440" t="s">
         <v>28</v>
       </c>
       <c r="G440"/>
       <c r="H440" t="s">
-        <v>23</v>
+        <v>30</v>
       </c>
       <c r="I440" t="s">
-        <v>838</v>
-[...3 lines deleted...]
-      </c>
+        <v>36</v>
+      </c>
+      <c r="J440"/>
       <c r="K440"/>
       <c r="L440"/>
       <c r="M440"/>
-      <c r="N440" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="N440"/>
       <c r="O440"/>
       <c r="P440"/>
       <c r="Q440" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="441" spans="1:17">
       <c r="A441">
-        <v>118</v>
+        <v>23811</v>
       </c>
       <c r="B441" t="s">
-        <v>1671</v>
+        <v>1670</v>
       </c>
       <c r="C441"/>
       <c r="D441"/>
       <c r="E441" t="s">
         <v>27</v>
       </c>
       <c r="F441" t="s">
         <v>28</v>
       </c>
       <c r="G441"/>
       <c r="H441" t="s">
         <v>30</v>
       </c>
       <c r="I441" t="s">
-        <v>36</v>
+        <v>47</v>
       </c>
       <c r="J441"/>
       <c r="K441"/>
       <c r="L441"/>
       <c r="M441"/>
       <c r="N441"/>
       <c r="O441"/>
       <c r="P441"/>
       <c r="Q441" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="442" spans="1:17">
       <c r="A442">
-        <v>23811</v>
+        <v>10284</v>
       </c>
       <c r="B442" t="s">
-        <v>1672</v>
+        <v>1671</v>
       </c>
       <c r="C442"/>
       <c r="D442"/>
       <c r="E442" t="s">
         <v>27</v>
       </c>
       <c r="F442" t="s">
         <v>28</v>
       </c>
       <c r="G442"/>
       <c r="H442" t="s">
         <v>30</v>
       </c>
       <c r="I442" t="s">
-        <v>47</v>
+        <v>36</v>
       </c>
       <c r="J442"/>
       <c r="K442"/>
       <c r="L442"/>
       <c r="M442"/>
       <c r="N442"/>
       <c r="O442"/>
       <c r="P442"/>
       <c r="Q442" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="443" spans="1:17">
       <c r="A443">
-        <v>10284</v>
+        <v>11364</v>
       </c>
       <c r="B443" t="s">
+        <v>1672</v>
+      </c>
+      <c r="C443" t="s">
         <v>1673</v>
       </c>
-      <c r="C443"/>
-      <c r="D443"/>
+      <c r="D443" t="s">
+        <v>58</v>
+      </c>
       <c r="E443" t="s">
         <v>27</v>
       </c>
       <c r="F443" t="s">
         <v>28</v>
       </c>
       <c r="G443"/>
       <c r="H443" t="s">
         <v>30</v>
       </c>
       <c r="I443" t="s">
-        <v>36</v>
+        <v>24</v>
       </c>
       <c r="J443"/>
       <c r="K443"/>
       <c r="L443"/>
       <c r="M443"/>
       <c r="N443"/>
       <c r="O443"/>
       <c r="P443"/>
       <c r="Q443" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="444" spans="1:17">
       <c r="A444">
-        <v>11364</v>
+        <v>2820</v>
       </c>
       <c r="B444" t="s">
         <v>1674</v>
       </c>
-      <c r="C444" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="C444"/>
+      <c r="D444"/>
       <c r="E444" t="s">
         <v>27</v>
       </c>
       <c r="F444" t="s">
         <v>28</v>
       </c>
       <c r="G444"/>
       <c r="H444" t="s">
         <v>30</v>
       </c>
       <c r="I444" t="s">
-        <v>24</v>
+        <v>36</v>
       </c>
       <c r="J444"/>
       <c r="K444"/>
       <c r="L444"/>
       <c r="M444"/>
       <c r="N444"/>
       <c r="O444"/>
-      <c r="P444"/>
+      <c r="P444" t="s">
+        <v>1675</v>
+      </c>
       <c r="Q444" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="445" spans="1:17">
       <c r="A445">
-        <v>2820</v>
+        <v>11889</v>
       </c>
       <c r="B445" t="s">
         <v>1676</v>
       </c>
-      <c r="C445"/>
-      <c r="D445"/>
+      <c r="C445" t="s">
+        <v>1677</v>
+      </c>
+      <c r="D445" t="s">
+        <v>34</v>
+      </c>
       <c r="E445" t="s">
         <v>27</v>
       </c>
       <c r="F445" t="s">
         <v>28</v>
       </c>
       <c r="G445"/>
       <c r="H445" t="s">
         <v>30</v>
       </c>
       <c r="I445" t="s">
-        <v>36</v>
-[...2 lines deleted...]
-      <c r="K445"/>
+        <v>24</v>
+      </c>
+      <c r="J445" t="s">
+        <v>60</v>
+      </c>
+      <c r="K445" t="s">
+        <v>233</v>
+      </c>
       <c r="L445"/>
       <c r="M445"/>
       <c r="N445"/>
       <c r="O445"/>
-      <c r="P445" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="P445"/>
       <c r="Q445" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="446" spans="1:17">
       <c r="A446">
-        <v>11889</v>
+        <v>11888</v>
       </c>
       <c r="B446" t="s">
         <v>1678</v>
       </c>
       <c r="C446" t="s">
         <v>1679</v>
       </c>
       <c r="D446" t="s">
-        <v>34</v>
+        <v>58</v>
       </c>
       <c r="E446" t="s">
         <v>27</v>
       </c>
       <c r="F446" t="s">
         <v>28</v>
       </c>
       <c r="G446"/>
       <c r="H446" t="s">
         <v>30</v>
       </c>
       <c r="I446" t="s">
         <v>24</v>
       </c>
       <c r="J446" t="s">
         <v>60</v>
       </c>
       <c r="K446" t="s">
-        <v>233</v>
+        <v>563</v>
       </c>
       <c r="L446"/>
       <c r="M446"/>
       <c r="N446"/>
       <c r="O446"/>
       <c r="P446"/>
       <c r="Q446" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="447" spans="1:17">
       <c r="A447">
-        <v>11888</v>
+        <v>23813</v>
       </c>
       <c r="B447" t="s">
         <v>1680</v>
       </c>
-      <c r="C447" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="C447"/>
+      <c r="D447"/>
       <c r="E447" t="s">
         <v>27</v>
       </c>
       <c r="F447" t="s">
         <v>28</v>
       </c>
       <c r="G447"/>
       <c r="H447" t="s">
         <v>30</v>
       </c>
       <c r="I447" t="s">
-        <v>24</v>
-[...6 lines deleted...]
-      </c>
+        <v>47</v>
+      </c>
+      <c r="J447"/>
+      <c r="K447"/>
       <c r="L447"/>
       <c r="M447"/>
       <c r="N447"/>
       <c r="O447"/>
       <c r="P447"/>
       <c r="Q447" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="448" spans="1:17">
       <c r="A448">
-        <v>23813</v>
+        <v>23814</v>
       </c>
       <c r="B448" t="s">
-        <v>1682</v>
+        <v>1681</v>
       </c>
       <c r="C448"/>
       <c r="D448"/>
       <c r="E448" t="s">
         <v>27</v>
       </c>
       <c r="F448" t="s">
         <v>28</v>
       </c>
       <c r="G448"/>
       <c r="H448" t="s">
         <v>30</v>
       </c>
       <c r="I448" t="s">
         <v>47</v>
       </c>
       <c r="J448"/>
       <c r="K448"/>
       <c r="L448"/>
       <c r="M448"/>
       <c r="N448"/>
       <c r="O448"/>
       <c r="P448"/>
       <c r="Q448" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="449" spans="1:17">
       <c r="A449">
-        <v>23814</v>
+        <v>2965</v>
       </c>
       <c r="B449" t="s">
+        <v>1682</v>
+      </c>
+      <c r="C449" t="s">
         <v>1683</v>
       </c>
-      <c r="C449"/>
-      <c r="D449"/>
+      <c r="D449" t="s">
+        <v>34</v>
+      </c>
       <c r="E449" t="s">
         <v>27</v>
       </c>
       <c r="F449" t="s">
         <v>28</v>
       </c>
       <c r="G449"/>
       <c r="H449" t="s">
         <v>30</v>
       </c>
       <c r="I449" t="s">
-        <v>47</v>
+        <v>36</v>
       </c>
       <c r="J449"/>
       <c r="K449"/>
       <c r="L449"/>
       <c r="M449"/>
       <c r="N449"/>
       <c r="O449"/>
       <c r="P449"/>
       <c r="Q449" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="450" spans="1:17">
       <c r="A450">
-        <v>2965</v>
+        <v>14011</v>
       </c>
       <c r="B450" t="s">
         <v>1684</v>
       </c>
-      <c r="C450" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="C450"/>
+      <c r="D450"/>
       <c r="E450" t="s">
         <v>27</v>
       </c>
       <c r="F450" t="s">
         <v>28</v>
       </c>
       <c r="G450"/>
       <c r="H450" t="s">
-        <v>30</v>
+        <v>23</v>
       </c>
       <c r="I450" t="s">
-        <v>36</v>
-[...2 lines deleted...]
-      <c r="K450"/>
+        <v>24</v>
+      </c>
+      <c r="J450" t="s">
+        <v>60</v>
+      </c>
+      <c r="K450" t="s">
+        <v>233</v>
+      </c>
       <c r="L450"/>
       <c r="M450"/>
       <c r="N450"/>
       <c r="O450"/>
       <c r="P450"/>
       <c r="Q450" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="451" spans="1:17">
       <c r="A451">
-        <v>14011</v>
+        <v>24092</v>
       </c>
       <c r="B451" t="s">
-        <v>1686</v>
+        <v>1685</v>
       </c>
       <c r="C451"/>
       <c r="D451"/>
       <c r="E451" t="s">
         <v>27</v>
       </c>
       <c r="F451" t="s">
         <v>28</v>
       </c>
       <c r="G451"/>
       <c r="H451" t="s">
-        <v>23</v>
+        <v>30</v>
       </c>
       <c r="I451" t="s">
-        <v>24</v>
-[...6 lines deleted...]
-      </c>
+        <v>47</v>
+      </c>
+      <c r="J451"/>
+      <c r="K451"/>
       <c r="L451"/>
       <c r="M451"/>
       <c r="N451"/>
       <c r="O451"/>
       <c r="P451"/>
       <c r="Q451" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="452" spans="1:17">
       <c r="A452">
-        <v>24092</v>
+        <v>81730</v>
       </c>
       <c r="B452" t="s">
-        <v>1687</v>
+        <v>1686</v>
       </c>
       <c r="C452"/>
       <c r="D452"/>
       <c r="E452" t="s">
         <v>27</v>
       </c>
       <c r="F452" t="s">
         <v>28</v>
       </c>
       <c r="G452"/>
       <c r="H452" t="s">
         <v>30</v>
       </c>
       <c r="I452" t="s">
-        <v>47</v>
+        <v>36</v>
       </c>
       <c r="J452"/>
       <c r="K452"/>
       <c r="L452"/>
       <c r="M452"/>
       <c r="N452"/>
       <c r="O452"/>
-      <c r="P452"/>
+      <c r="P452" t="s">
+        <v>1687</v>
+      </c>
       <c r="Q452" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="453" spans="1:17">
       <c r="A453">
-        <v>81730</v>
+        <v>2926</v>
       </c>
       <c r="B453" t="s">
         <v>1688</v>
       </c>
       <c r="C453"/>
       <c r="D453"/>
       <c r="E453" t="s">
         <v>27</v>
       </c>
       <c r="F453" t="s">
         <v>28</v>
       </c>
       <c r="G453"/>
       <c r="H453" t="s">
         <v>30</v>
       </c>
       <c r="I453" t="s">
         <v>36</v>
       </c>
       <c r="J453"/>
       <c r="K453"/>
       <c r="L453"/>
       <c r="M453"/>
       <c r="N453"/>
       <c r="O453"/>
-      <c r="P453" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="P453"/>
       <c r="Q453" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="454" spans="1:17">
       <c r="A454">
-        <v>2926</v>
+        <v>2927</v>
       </c>
       <c r="B454" t="s">
-        <v>1690</v>
+        <v>1689</v>
       </c>
       <c r="C454"/>
       <c r="D454"/>
       <c r="E454" t="s">
         <v>27</v>
       </c>
       <c r="F454" t="s">
         <v>28</v>
       </c>
       <c r="G454"/>
       <c r="H454" t="s">
         <v>30</v>
       </c>
       <c r="I454" t="s">
         <v>36</v>
       </c>
       <c r="J454"/>
       <c r="K454"/>
       <c r="L454"/>
       <c r="M454"/>
       <c r="N454"/>
       <c r="O454"/>
-      <c r="P454"/>
+      <c r="P454" t="s">
+        <v>1690</v>
+      </c>
       <c r="Q454" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="455" spans="1:17">
       <c r="A455">
-        <v>2927</v>
+        <v>23815</v>
       </c>
       <c r="B455" t="s">
         <v>1691</v>
       </c>
       <c r="C455"/>
       <c r="D455"/>
       <c r="E455" t="s">
         <v>27</v>
       </c>
       <c r="F455" t="s">
         <v>28</v>
       </c>
       <c r="G455"/>
       <c r="H455" t="s">
         <v>30</v>
       </c>
       <c r="I455" t="s">
-        <v>36</v>
+        <v>47</v>
       </c>
       <c r="J455"/>
       <c r="K455"/>
       <c r="L455"/>
       <c r="M455"/>
       <c r="N455"/>
       <c r="O455"/>
-      <c r="P455" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="P455"/>
       <c r="Q455" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="456" spans="1:17">
       <c r="A456">
-        <v>23815</v>
+        <v>3216</v>
       </c>
       <c r="B456" t="s">
+        <v>1692</v>
+      </c>
+      <c r="C456" t="s">
         <v>1693</v>
       </c>
-      <c r="C456"/>
-      <c r="D456"/>
+      <c r="D456" t="s">
+        <v>1694</v>
+      </c>
       <c r="E456" t="s">
         <v>27</v>
       </c>
       <c r="F456" t="s">
         <v>28</v>
       </c>
       <c r="G456"/>
       <c r="H456" t="s">
         <v>30</v>
       </c>
       <c r="I456" t="s">
-        <v>47</v>
+        <v>36</v>
       </c>
       <c r="J456"/>
       <c r="K456"/>
       <c r="L456"/>
       <c r="M456"/>
       <c r="N456"/>
       <c r="O456"/>
       <c r="P456"/>
       <c r="Q456" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="457" spans="1:17">
       <c r="A457">
-        <v>3216</v>
+        <v>3268</v>
       </c>
       <c r="B457" t="s">
-        <v>1694</v>
-[...1 lines deleted...]
-      <c r="C457" t="s">
         <v>1695</v>
       </c>
-      <c r="D457" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="C457"/>
+      <c r="D457"/>
       <c r="E457" t="s">
         <v>27</v>
       </c>
       <c r="F457" t="s">
         <v>28</v>
       </c>
       <c r="G457"/>
       <c r="H457" t="s">
         <v>30</v>
       </c>
       <c r="I457" t="s">
         <v>36</v>
       </c>
       <c r="J457"/>
       <c r="K457"/>
       <c r="L457"/>
       <c r="M457"/>
       <c r="N457"/>
       <c r="O457"/>
-      <c r="P457"/>
+      <c r="P457" t="s">
+        <v>1696</v>
+      </c>
       <c r="Q457" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="458" spans="1:17">
       <c r="A458">
-        <v>3268</v>
+        <v>3416</v>
       </c>
       <c r="B458" t="s">
         <v>1697</v>
       </c>
       <c r="C458"/>
       <c r="D458"/>
       <c r="E458" t="s">
         <v>27</v>
       </c>
       <c r="F458" t="s">
         <v>28</v>
       </c>
       <c r="G458"/>
       <c r="H458" t="s">
         <v>30</v>
       </c>
       <c r="I458" t="s">
         <v>36</v>
       </c>
       <c r="J458"/>
       <c r="K458"/>
       <c r="L458"/>
       <c r="M458"/>
       <c r="N458"/>
       <c r="O458"/>
-      <c r="P458" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="P458"/>
       <c r="Q458" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="459" spans="1:17">
       <c r="A459">
-        <v>3416</v>
+        <v>157</v>
       </c>
       <c r="B459" t="s">
+        <v>1698</v>
+      </c>
+      <c r="C459" t="s">
         <v>1699</v>
       </c>
-      <c r="C459"/>
-      <c r="D459"/>
+      <c r="D459" t="s">
+        <v>69</v>
+      </c>
       <c r="E459" t="s">
         <v>27</v>
       </c>
       <c r="F459" t="s">
         <v>28</v>
       </c>
       <c r="G459"/>
       <c r="H459" t="s">
         <v>30</v>
       </c>
       <c r="I459" t="s">
         <v>36</v>
       </c>
-      <c r="J459"/>
-      <c r="K459"/>
+      <c r="J459" t="s">
+        <v>60</v>
+      </c>
+      <c r="K459" t="s">
+        <v>61</v>
+      </c>
       <c r="L459"/>
       <c r="M459"/>
       <c r="N459"/>
       <c r="O459"/>
       <c r="P459"/>
       <c r="Q459" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="460" spans="1:17">
       <c r="A460">
-        <v>157</v>
+        <v>23767</v>
       </c>
       <c r="B460" t="s">
         <v>1700</v>
       </c>
       <c r="C460" t="s">
         <v>1701</v>
       </c>
       <c r="D460" t="s">
-        <v>69</v>
+        <v>58</v>
       </c>
       <c r="E460" t="s">
         <v>27</v>
       </c>
       <c r="F460" t="s">
         <v>28</v>
       </c>
       <c r="G460"/>
       <c r="H460" t="s">
         <v>30</v>
       </c>
       <c r="I460" t="s">
-        <v>36</v>
-[...6 lines deleted...]
-      </c>
+        <v>24</v>
+      </c>
+      <c r="J460"/>
+      <c r="K460"/>
       <c r="L460"/>
       <c r="M460"/>
       <c r="N460"/>
       <c r="O460"/>
       <c r="P460"/>
       <c r="Q460" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="461" spans="1:17">
       <c r="A461">
-        <v>23767</v>
+        <v>31632</v>
       </c>
       <c r="B461" t="s">
         <v>1702</v>
       </c>
-      <c r="C461" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="C461"/>
+      <c r="D461"/>
       <c r="E461" t="s">
         <v>27</v>
       </c>
       <c r="F461" t="s">
         <v>28</v>
       </c>
       <c r="G461"/>
       <c r="H461" t="s">
         <v>30</v>
       </c>
       <c r="I461" t="s">
-        <v>24</v>
+        <v>36</v>
       </c>
       <c r="J461"/>
       <c r="K461"/>
       <c r="L461"/>
       <c r="M461"/>
       <c r="N461"/>
       <c r="O461"/>
       <c r="P461"/>
       <c r="Q461" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="462" spans="1:17">
       <c r="A462">
-        <v>31632</v>
+        <v>78572</v>
       </c>
       <c r="B462" t="s">
-        <v>1704</v>
+        <v>1703</v>
       </c>
       <c r="C462"/>
       <c r="D462"/>
       <c r="E462" t="s">
         <v>27</v>
       </c>
       <c r="F462" t="s">
         <v>28</v>
       </c>
       <c r="G462"/>
       <c r="H462" t="s">
         <v>30</v>
       </c>
       <c r="I462" t="s">
-        <v>36</v>
+        <v>47</v>
       </c>
       <c r="J462"/>
       <c r="K462"/>
       <c r="L462"/>
       <c r="M462"/>
       <c r="N462"/>
       <c r="O462"/>
-      <c r="P462"/>
+      <c r="P462" t="s">
+        <v>1704</v>
+      </c>
       <c r="Q462" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="463" spans="1:17">
       <c r="A463">
-        <v>78572</v>
+        <v>1247</v>
       </c>
       <c r="B463" t="s">
         <v>1705</v>
       </c>
-      <c r="C463"/>
-      <c r="D463"/>
+      <c r="C463" t="s">
+        <v>1706</v>
+      </c>
+      <c r="D463" t="s">
+        <v>34</v>
+      </c>
       <c r="E463" t="s">
         <v>27</v>
       </c>
       <c r="F463" t="s">
         <v>28</v>
       </c>
       <c r="G463"/>
       <c r="H463" t="s">
         <v>30</v>
       </c>
       <c r="I463" t="s">
-        <v>47</v>
+        <v>36</v>
       </c>
       <c r="J463"/>
       <c r="K463"/>
       <c r="L463"/>
       <c r="M463"/>
       <c r="N463"/>
       <c r="O463"/>
-      <c r="P463" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="P463"/>
       <c r="Q463" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="464" spans="1:17">
       <c r="A464">
-        <v>1247</v>
+        <v>11076</v>
       </c>
       <c r="B464" t="s">
         <v>1707</v>
       </c>
       <c r="C464" t="s">
         <v>1708</v>
       </c>
       <c r="D464" t="s">
         <v>34</v>
       </c>
       <c r="E464" t="s">
         <v>27</v>
       </c>
       <c r="F464" t="s">
         <v>28</v>
       </c>
       <c r="G464"/>
       <c r="H464" t="s">
         <v>30</v>
       </c>
       <c r="I464" t="s">
-        <v>36</v>
+        <v>24</v>
       </c>
       <c r="J464"/>
       <c r="K464"/>
       <c r="L464"/>
       <c r="M464"/>
       <c r="N464"/>
       <c r="O464"/>
       <c r="P464"/>
       <c r="Q464" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="465" spans="1:17">
       <c r="A465">
-        <v>11076</v>
+        <v>33062</v>
       </c>
       <c r="B465" t="s">
         <v>1709</v>
       </c>
       <c r="C465" t="s">
         <v>1710</v>
       </c>
       <c r="D465" t="s">
-        <v>34</v>
+        <v>58</v>
       </c>
       <c r="E465" t="s">
         <v>27</v>
       </c>
       <c r="F465" t="s">
         <v>28</v>
       </c>
       <c r="G465"/>
       <c r="H465" t="s">
         <v>30</v>
       </c>
       <c r="I465" t="s">
         <v>24</v>
       </c>
       <c r="J465"/>
       <c r="K465"/>
       <c r="L465"/>
       <c r="M465"/>
       <c r="N465"/>
       <c r="O465"/>
-      <c r="P465"/>
+      <c r="P465" t="s">
+        <v>1711</v>
+      </c>
       <c r="Q465" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="466" spans="1:17">
       <c r="A466">
-        <v>33062</v>
+        <v>10926</v>
       </c>
       <c r="B466" t="s">
-        <v>1711</v>
+        <v>1712</v>
       </c>
       <c r="C466" t="s">
-        <v>1712</v>
+        <v>1713</v>
       </c>
       <c r="D466" t="s">
         <v>58</v>
       </c>
       <c r="E466" t="s">
         <v>27</v>
       </c>
       <c r="F466" t="s">
         <v>28</v>
       </c>
       <c r="G466"/>
       <c r="H466" t="s">
         <v>30</v>
       </c>
       <c r="I466" t="s">
         <v>24</v>
       </c>
       <c r="J466"/>
       <c r="K466"/>
       <c r="L466"/>
       <c r="M466"/>
       <c r="N466"/>
       <c r="O466"/>
       <c r="P466" t="s">
-        <v>1713</v>
+        <v>1714</v>
       </c>
       <c r="Q466" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="467" spans="1:17">
       <c r="A467">
-        <v>10926</v>
+        <v>10929</v>
       </c>
       <c r="B467" t="s">
-        <v>1714</v>
+        <v>1715</v>
       </c>
       <c r="C467" t="s">
-        <v>1715</v>
+        <v>1716</v>
       </c>
       <c r="D467" t="s">
         <v>58</v>
       </c>
       <c r="E467" t="s">
         <v>27</v>
       </c>
       <c r="F467" t="s">
         <v>28</v>
       </c>
       <c r="G467"/>
       <c r="H467" t="s">
         <v>30</v>
       </c>
       <c r="I467" t="s">
         <v>24</v>
       </c>
       <c r="J467"/>
       <c r="K467"/>
       <c r="L467"/>
       <c r="M467"/>
       <c r="N467"/>
       <c r="O467"/>
       <c r="P467" t="s">
-        <v>1716</v>
+        <v>1717</v>
       </c>
       <c r="Q467" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="468" spans="1:17">
       <c r="A468">
-        <v>10929</v>
+        <v>23817</v>
       </c>
       <c r="B468" t="s">
-        <v>1717</v>
-[...1 lines deleted...]
-      <c r="C468" t="s">
         <v>1718</v>
       </c>
-      <c r="D468" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="C468"/>
+      <c r="D468"/>
       <c r="E468" t="s">
         <v>27</v>
       </c>
       <c r="F468" t="s">
         <v>28</v>
       </c>
       <c r="G468"/>
       <c r="H468" t="s">
         <v>30</v>
       </c>
       <c r="I468" t="s">
-        <v>24</v>
+        <v>47</v>
       </c>
       <c r="J468"/>
       <c r="K468"/>
       <c r="L468"/>
       <c r="M468"/>
       <c r="N468"/>
       <c r="O468"/>
-      <c r="P468" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="P468"/>
       <c r="Q468" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="469" spans="1:17">
       <c r="A469">
-        <v>23817</v>
+        <v>3821</v>
       </c>
       <c r="B469" t="s">
-        <v>1720</v>
+        <v>1719</v>
       </c>
       <c r="C469"/>
       <c r="D469"/>
       <c r="E469" t="s">
         <v>27</v>
       </c>
       <c r="F469" t="s">
         <v>28</v>
       </c>
       <c r="G469"/>
       <c r="H469" t="s">
         <v>30</v>
       </c>
       <c r="I469" t="s">
-        <v>47</v>
+        <v>36</v>
       </c>
       <c r="J469"/>
       <c r="K469"/>
       <c r="L469"/>
       <c r="M469"/>
       <c r="N469"/>
       <c r="O469"/>
       <c r="P469"/>
       <c r="Q469" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="470" spans="1:17">
       <c r="A470">
-        <v>3821</v>
+        <v>3962</v>
       </c>
       <c r="B470" t="s">
+        <v>1720</v>
+      </c>
+      <c r="C470" t="s">
         <v>1721</v>
       </c>
-      <c r="C470"/>
-      <c r="D470"/>
+      <c r="D470" t="s">
+        <v>1722</v>
+      </c>
       <c r="E470" t="s">
         <v>27</v>
       </c>
       <c r="F470" t="s">
         <v>28</v>
       </c>
       <c r="G470"/>
       <c r="H470" t="s">
         <v>30</v>
       </c>
       <c r="I470" t="s">
         <v>36</v>
       </c>
-      <c r="J470"/>
-      <c r="K470"/>
+      <c r="J470" t="s">
+        <v>60</v>
+      </c>
+      <c r="K470" t="s">
+        <v>61</v>
+      </c>
       <c r="L470"/>
       <c r="M470"/>
       <c r="N470"/>
       <c r="O470"/>
       <c r="P470"/>
       <c r="Q470" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="471" spans="1:17">
       <c r="A471">
-        <v>3962</v>
+        <v>217</v>
       </c>
       <c r="B471" t="s">
-        <v>1722</v>
-[...1 lines deleted...]
-      <c r="C471" t="s">
         <v>1723</v>
       </c>
-      <c r="D471" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="C471"/>
+      <c r="D471"/>
       <c r="E471" t="s">
         <v>27</v>
       </c>
       <c r="F471" t="s">
         <v>28</v>
       </c>
       <c r="G471"/>
       <c r="H471" t="s">
         <v>30</v>
       </c>
       <c r="I471" t="s">
         <v>36</v>
       </c>
-      <c r="J471" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="J471"/>
+      <c r="K471"/>
       <c r="L471"/>
       <c r="M471"/>
       <c r="N471"/>
       <c r="O471"/>
       <c r="P471"/>
       <c r="Q471" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="472" spans="1:17">
       <c r="A472">
-        <v>217</v>
+        <v>3998</v>
       </c>
       <c r="B472" t="s">
-        <v>1725</v>
-[...2 lines deleted...]
-      <c r="D472"/>
+        <v>1724</v>
+      </c>
+      <c r="C472" t="s">
+        <v>457</v>
+      </c>
+      <c r="D472" t="s">
+        <v>34</v>
+      </c>
       <c r="E472" t="s">
         <v>27</v>
       </c>
       <c r="F472" t="s">
         <v>28</v>
       </c>
       <c r="G472"/>
       <c r="H472" t="s">
         <v>30</v>
       </c>
       <c r="I472" t="s">
         <v>36</v>
       </c>
       <c r="J472"/>
       <c r="K472"/>
       <c r="L472"/>
       <c r="M472"/>
       <c r="N472"/>
       <c r="O472"/>
-      <c r="P472"/>
+      <c r="P472" t="s">
+        <v>1725</v>
+      </c>
       <c r="Q472" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="473" spans="1:17">
       <c r="A473">
-        <v>3998</v>
+        <v>23818</v>
       </c>
       <c r="B473" t="s">
         <v>1726</v>
       </c>
-      <c r="C473" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="C473"/>
+      <c r="D473"/>
       <c r="E473" t="s">
         <v>27</v>
       </c>
       <c r="F473" t="s">
         <v>28</v>
       </c>
       <c r="G473"/>
       <c r="H473" t="s">
         <v>30</v>
       </c>
       <c r="I473" t="s">
-        <v>36</v>
+        <v>47</v>
       </c>
       <c r="J473"/>
       <c r="K473"/>
       <c r="L473"/>
       <c r="M473"/>
       <c r="N473"/>
       <c r="O473"/>
-      <c r="P473" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="P473"/>
       <c r="Q473" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="474" spans="1:17">
       <c r="A474">
-        <v>23818</v>
+        <v>31667</v>
       </c>
       <c r="B474" t="s">
-        <v>1728</v>
+        <v>1727</v>
       </c>
       <c r="C474"/>
       <c r="D474"/>
       <c r="E474" t="s">
         <v>27</v>
       </c>
       <c r="F474" t="s">
         <v>28</v>
       </c>
       <c r="G474"/>
       <c r="H474" t="s">
         <v>30</v>
       </c>
       <c r="I474" t="s">
-        <v>47</v>
+        <v>36</v>
       </c>
       <c r="J474"/>
       <c r="K474"/>
       <c r="L474"/>
       <c r="M474"/>
       <c r="N474"/>
       <c r="O474"/>
       <c r="P474"/>
       <c r="Q474" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="475" spans="1:17">
       <c r="A475">
-        <v>31667</v>
+        <v>23819</v>
       </c>
       <c r="B475" t="s">
-        <v>1729</v>
+        <v>1728</v>
       </c>
       <c r="C475"/>
       <c r="D475"/>
       <c r="E475" t="s">
         <v>27</v>
       </c>
       <c r="F475" t="s">
         <v>28</v>
       </c>
       <c r="G475"/>
       <c r="H475" t="s">
         <v>30</v>
       </c>
       <c r="I475" t="s">
-        <v>36</v>
+        <v>47</v>
       </c>
       <c r="J475"/>
       <c r="K475"/>
       <c r="L475"/>
       <c r="M475"/>
       <c r="N475"/>
       <c r="O475"/>
       <c r="P475"/>
       <c r="Q475" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="476" spans="1:17">
       <c r="A476">
-        <v>23819</v>
+        <v>31672</v>
       </c>
       <c r="B476" t="s">
-        <v>1730</v>
+        <v>1729</v>
       </c>
       <c r="C476"/>
       <c r="D476"/>
       <c r="E476" t="s">
         <v>27</v>
       </c>
       <c r="F476" t="s">
         <v>28</v>
       </c>
       <c r="G476"/>
       <c r="H476" t="s">
         <v>30</v>
       </c>
       <c r="I476" t="s">
-        <v>47</v>
+        <v>36</v>
       </c>
       <c r="J476"/>
       <c r="K476"/>
       <c r="L476"/>
       <c r="M476"/>
       <c r="N476"/>
       <c r="O476"/>
       <c r="P476"/>
       <c r="Q476" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="477" spans="1:17">
       <c r="A477">
-        <v>31672</v>
+        <v>36839</v>
       </c>
       <c r="B477" t="s">
-        <v>1731</v>
+        <v>1730</v>
       </c>
       <c r="C477"/>
       <c r="D477"/>
       <c r="E477" t="s">
         <v>27</v>
       </c>
       <c r="F477" t="s">
         <v>28</v>
       </c>
       <c r="G477"/>
       <c r="H477" t="s">
         <v>30</v>
       </c>
       <c r="I477" t="s">
-        <v>36</v>
+        <v>47</v>
       </c>
       <c r="J477"/>
       <c r="K477"/>
       <c r="L477"/>
       <c r="M477"/>
       <c r="N477"/>
       <c r="O477"/>
-      <c r="P477"/>
+      <c r="P477" t="s">
+        <v>1731</v>
+      </c>
       <c r="Q477" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="478" spans="1:17">
       <c r="A478">
-        <v>36839</v>
+        <v>4188</v>
       </c>
       <c r="B478" t="s">
         <v>1732</v>
       </c>
       <c r="C478"/>
       <c r="D478"/>
       <c r="E478" t="s">
         <v>27</v>
       </c>
       <c r="F478" t="s">
         <v>28</v>
       </c>
       <c r="G478"/>
       <c r="H478" t="s">
         <v>30</v>
       </c>
       <c r="I478" t="s">
-        <v>47</v>
+        <v>36</v>
       </c>
       <c r="J478"/>
       <c r="K478"/>
       <c r="L478"/>
       <c r="M478"/>
       <c r="N478"/>
       <c r="O478"/>
-      <c r="P478" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="P478"/>
       <c r="Q478" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="479" spans="1:17">
       <c r="A479">
-        <v>4188</v>
+        <v>12165</v>
       </c>
       <c r="B479" t="s">
+        <v>1733</v>
+      </c>
+      <c r="C479" t="s">
         <v>1734</v>
       </c>
-      <c r="C479"/>
-      <c r="D479"/>
+      <c r="D479" t="s">
+        <v>34</v>
+      </c>
       <c r="E479" t="s">
         <v>27</v>
       </c>
       <c r="F479" t="s">
         <v>28</v>
       </c>
       <c r="G479"/>
       <c r="H479" t="s">
         <v>30</v>
       </c>
       <c r="I479" t="s">
-        <v>36</v>
-[...2 lines deleted...]
-      <c r="K479"/>
+        <v>24</v>
+      </c>
+      <c r="J479" t="s">
+        <v>60</v>
+      </c>
+      <c r="K479" t="s">
+        <v>61</v>
+      </c>
       <c r="L479"/>
       <c r="M479"/>
       <c r="N479"/>
       <c r="O479"/>
       <c r="P479"/>
       <c r="Q479" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="480" spans="1:17">
       <c r="A480">
-        <v>12165</v>
+        <v>12164</v>
       </c>
       <c r="B480" t="s">
         <v>1735</v>
       </c>
       <c r="C480" t="s">
-        <v>1736</v>
+        <v>1734</v>
       </c>
       <c r="D480" t="s">
         <v>34</v>
       </c>
       <c r="E480" t="s">
         <v>27</v>
       </c>
       <c r="F480" t="s">
         <v>28</v>
       </c>
       <c r="G480"/>
       <c r="H480" t="s">
         <v>30</v>
       </c>
       <c r="I480" t="s">
         <v>24</v>
       </c>
       <c r="J480" t="s">
         <v>60</v>
       </c>
       <c r="K480" t="s">
         <v>61</v>
       </c>
       <c r="L480"/>
       <c r="M480"/>
       <c r="N480"/>
       <c r="O480"/>
       <c r="P480"/>
       <c r="Q480" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="481" spans="1:17">
       <c r="A481">
-        <v>12164</v>
+        <v>11046</v>
       </c>
       <c r="B481" t="s">
+        <v>1736</v>
+      </c>
+      <c r="C481" t="s">
         <v>1737</v>
       </c>
-      <c r="C481" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D481" t="s">
-        <v>34</v>
+        <v>58</v>
       </c>
       <c r="E481" t="s">
         <v>27</v>
       </c>
       <c r="F481" t="s">
         <v>28</v>
       </c>
       <c r="G481"/>
       <c r="H481" t="s">
         <v>30</v>
       </c>
       <c r="I481" t="s">
         <v>24</v>
       </c>
       <c r="J481" t="s">
-        <v>60</v>
-[...3 lines deleted...]
-      </c>
+        <v>512</v>
+      </c>
+      <c r="K481"/>
       <c r="L481"/>
       <c r="M481"/>
       <c r="N481"/>
-      <c r="O481"/>
-      <c r="P481"/>
+      <c r="O481" t="s">
+        <v>564</v>
+      </c>
+      <c r="P481" t="s">
+        <v>1738</v>
+      </c>
       <c r="Q481" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="482" spans="1:17">
       <c r="A482">
-        <v>11046</v>
+        <v>11048</v>
       </c>
       <c r="B482" t="s">
-        <v>1738</v>
+        <v>1739</v>
       </c>
       <c r="C482" t="s">
-        <v>1739</v>
+        <v>1740</v>
       </c>
       <c r="D482" t="s">
-        <v>58</v>
+        <v>34</v>
       </c>
       <c r="E482" t="s">
         <v>27</v>
       </c>
       <c r="F482" t="s">
         <v>28</v>
       </c>
       <c r="G482"/>
       <c r="H482" t="s">
         <v>30</v>
       </c>
       <c r="I482" t="s">
         <v>24</v>
       </c>
-      <c r="J482" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="J482"/>
       <c r="K482"/>
       <c r="L482"/>
       <c r="M482"/>
       <c r="N482"/>
-      <c r="O482" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="O482"/>
       <c r="P482" t="s">
-        <v>1740</v>
+        <v>1741</v>
       </c>
       <c r="Q482" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="483" spans="1:17">
       <c r="A483">
-        <v>11048</v>
+        <v>24093</v>
       </c>
       <c r="B483" t="s">
-        <v>1741</v>
-[...1 lines deleted...]
-      <c r="C483" t="s">
         <v>1742</v>
       </c>
-      <c r="D483" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="C483"/>
+      <c r="D483"/>
       <c r="E483" t="s">
         <v>27</v>
       </c>
       <c r="F483" t="s">
         <v>28</v>
       </c>
       <c r="G483"/>
       <c r="H483" t="s">
         <v>30</v>
       </c>
       <c r="I483" t="s">
-        <v>24</v>
+        <v>47</v>
       </c>
       <c r="J483"/>
       <c r="K483"/>
       <c r="L483"/>
       <c r="M483"/>
       <c r="N483"/>
       <c r="O483"/>
-      <c r="P483" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="P483"/>
       <c r="Q483" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="484" spans="1:17">
       <c r="A484">
-        <v>24093</v>
+        <v>4679</v>
       </c>
       <c r="B484" t="s">
-        <v>1744</v>
+        <v>1743</v>
       </c>
       <c r="C484"/>
       <c r="D484"/>
       <c r="E484" t="s">
         <v>27</v>
       </c>
       <c r="F484" t="s">
         <v>28</v>
       </c>
       <c r="G484"/>
       <c r="H484" t="s">
         <v>30</v>
       </c>
       <c r="I484" t="s">
-        <v>47</v>
+        <v>36</v>
       </c>
       <c r="J484"/>
       <c r="K484"/>
       <c r="L484"/>
       <c r="M484"/>
       <c r="N484"/>
       <c r="O484"/>
       <c r="P484"/>
       <c r="Q484" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="485" spans="1:17">
       <c r="A485">
-        <v>4679</v>
+        <v>4742</v>
       </c>
       <c r="B485" t="s">
-        <v>1745</v>
+        <v>1744</v>
       </c>
       <c r="C485"/>
       <c r="D485"/>
       <c r="E485" t="s">
         <v>27</v>
       </c>
       <c r="F485" t="s">
         <v>28</v>
       </c>
       <c r="G485"/>
       <c r="H485" t="s">
         <v>30</v>
       </c>
       <c r="I485" t="s">
         <v>36</v>
       </c>
       <c r="J485"/>
       <c r="K485"/>
       <c r="L485"/>
       <c r="M485"/>
       <c r="N485"/>
       <c r="O485"/>
       <c r="P485"/>
       <c r="Q485" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="486" spans="1:17">
       <c r="A486">
-        <v>4742</v>
+        <v>24328</v>
       </c>
       <c r="B486" t="s">
-        <v>1746</v>
+        <v>1745</v>
       </c>
       <c r="C486"/>
       <c r="D486"/>
       <c r="E486" t="s">
         <v>27</v>
       </c>
       <c r="F486" t="s">
         <v>28</v>
       </c>
       <c r="G486"/>
       <c r="H486" t="s">
         <v>30</v>
       </c>
       <c r="I486" t="s">
-        <v>36</v>
+        <v>31</v>
       </c>
       <c r="J486"/>
       <c r="K486"/>
       <c r="L486"/>
       <c r="M486"/>
       <c r="N486"/>
       <c r="O486"/>
       <c r="P486"/>
       <c r="Q486" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="487" spans="1:17">
       <c r="A487">
-        <v>24328</v>
+        <v>10759</v>
       </c>
       <c r="B487" t="s">
-        <v>1747</v>
+        <v>1746</v>
       </c>
       <c r="C487"/>
       <c r="D487"/>
       <c r="E487" t="s">
         <v>27</v>
       </c>
       <c r="F487" t="s">
         <v>28</v>
       </c>
       <c r="G487"/>
       <c r="H487" t="s">
-        <v>30</v>
+        <v>575</v>
       </c>
       <c r="I487" t="s">
-        <v>31</v>
-[...1 lines deleted...]
-      <c r="J487"/>
+        <v>24</v>
+      </c>
+      <c r="J487" t="s">
+        <v>512</v>
+      </c>
       <c r="K487"/>
       <c r="L487"/>
       <c r="M487"/>
       <c r="N487"/>
-      <c r="O487"/>
-      <c r="P487"/>
+      <c r="O487" t="s">
+        <v>513</v>
+      </c>
+      <c r="P487" t="s">
+        <v>1747</v>
+      </c>
       <c r="Q487" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="488" spans="1:17">
       <c r="A488">
-        <v>10759</v>
+        <v>24094</v>
       </c>
       <c r="B488" t="s">
         <v>1748</v>
       </c>
       <c r="C488"/>
       <c r="D488"/>
       <c r="E488" t="s">
         <v>27</v>
       </c>
       <c r="F488" t="s">
         <v>28</v>
       </c>
       <c r="G488"/>
       <c r="H488" t="s">
-        <v>577</v>
+        <v>30</v>
       </c>
       <c r="I488" t="s">
-        <v>24</v>
-[...3 lines deleted...]
-      </c>
+        <v>47</v>
+      </c>
+      <c r="J488"/>
       <c r="K488"/>
       <c r="L488"/>
       <c r="M488"/>
       <c r="N488"/>
-      <c r="O488" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="O488"/>
+      <c r="P488"/>
       <c r="Q488" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="489" spans="1:17">
       <c r="A489">
-        <v>24094</v>
+        <v>32119</v>
       </c>
       <c r="B489" t="s">
-        <v>1750</v>
+        <v>1749</v>
       </c>
       <c r="C489"/>
       <c r="D489"/>
       <c r="E489" t="s">
         <v>27</v>
       </c>
       <c r="F489" t="s">
         <v>28</v>
       </c>
       <c r="G489"/>
       <c r="H489" t="s">
         <v>30</v>
       </c>
       <c r="I489" t="s">
-        <v>47</v>
+        <v>36</v>
       </c>
       <c r="J489"/>
       <c r="K489"/>
       <c r="L489"/>
       <c r="M489"/>
       <c r="N489"/>
       <c r="O489"/>
       <c r="P489"/>
       <c r="Q489" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="490" spans="1:17">
       <c r="A490">
-        <v>32119</v>
+        <v>1330</v>
       </c>
       <c r="B490" t="s">
+        <v>1750</v>
+      </c>
+      <c r="C490" t="s">
         <v>1751</v>
       </c>
-      <c r="C490"/>
-      <c r="D490"/>
+      <c r="D490" t="s">
+        <v>69</v>
+      </c>
       <c r="E490" t="s">
         <v>27</v>
       </c>
       <c r="F490" t="s">
         <v>28</v>
       </c>
       <c r="G490"/>
       <c r="H490" t="s">
         <v>30</v>
       </c>
       <c r="I490" t="s">
         <v>36</v>
       </c>
       <c r="J490"/>
       <c r="K490"/>
       <c r="L490"/>
       <c r="M490"/>
       <c r="N490"/>
       <c r="O490"/>
       <c r="P490"/>
       <c r="Q490" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="491" spans="1:17">
       <c r="A491">
-        <v>1330</v>
+        <v>23820</v>
       </c>
       <c r="B491" t="s">
         <v>1752</v>
       </c>
-      <c r="C491" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="C491"/>
+      <c r="D491"/>
       <c r="E491" t="s">
         <v>27</v>
       </c>
       <c r="F491" t="s">
         <v>28</v>
       </c>
       <c r="G491"/>
       <c r="H491" t="s">
         <v>30</v>
       </c>
       <c r="I491" t="s">
-        <v>36</v>
+        <v>47</v>
       </c>
       <c r="J491"/>
       <c r="K491"/>
       <c r="L491"/>
       <c r="M491"/>
       <c r="N491"/>
       <c r="O491"/>
       <c r="P491"/>
       <c r="Q491" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="492" spans="1:17">
       <c r="A492">
-        <v>23820</v>
+        <v>374</v>
       </c>
       <c r="B492" t="s">
-        <v>1754</v>
+        <v>1753</v>
       </c>
       <c r="C492"/>
       <c r="D492"/>
       <c r="E492" t="s">
         <v>27</v>
       </c>
       <c r="F492" t="s">
         <v>28</v>
       </c>
       <c r="G492"/>
       <c r="H492" t="s">
         <v>30</v>
       </c>
       <c r="I492" t="s">
-        <v>47</v>
+        <v>36</v>
       </c>
       <c r="J492"/>
       <c r="K492"/>
       <c r="L492"/>
       <c r="M492"/>
       <c r="N492"/>
       <c r="O492"/>
       <c r="P492"/>
       <c r="Q492" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="493" spans="1:17">
       <c r="A493">
-        <v>374</v>
+        <v>10050</v>
       </c>
       <c r="B493" t="s">
-        <v>1755</v>
+        <v>1754</v>
       </c>
       <c r="C493"/>
       <c r="D493"/>
       <c r="E493" t="s">
         <v>27</v>
       </c>
       <c r="F493" t="s">
         <v>28</v>
       </c>
       <c r="G493"/>
       <c r="H493" t="s">
         <v>30</v>
       </c>
       <c r="I493" t="s">
         <v>36</v>
       </c>
       <c r="J493"/>
       <c r="K493"/>
       <c r="L493"/>
       <c r="M493"/>
       <c r="N493"/>
       <c r="O493"/>
       <c r="P493"/>
       <c r="Q493" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="494" spans="1:17">
       <c r="A494">
-        <v>10050</v>
+        <v>5344</v>
       </c>
       <c r="B494" t="s">
-        <v>1756</v>
+        <v>1755</v>
       </c>
       <c r="C494"/>
       <c r="D494"/>
       <c r="E494" t="s">
         <v>27</v>
       </c>
       <c r="F494" t="s">
         <v>28</v>
       </c>
       <c r="G494"/>
       <c r="H494" t="s">
         <v>30</v>
       </c>
       <c r="I494" t="s">
         <v>36</v>
       </c>
       <c r="J494"/>
       <c r="K494"/>
       <c r="L494"/>
       <c r="M494"/>
       <c r="N494"/>
       <c r="O494"/>
-      <c r="P494"/>
+      <c r="P494" t="s">
+        <v>1756</v>
+      </c>
       <c r="Q494" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="495" spans="1:17">
       <c r="A495">
-        <v>5344</v>
+        <v>93883</v>
       </c>
       <c r="B495" t="s">
         <v>1757</v>
       </c>
-      <c r="C495"/>
-      <c r="D495"/>
+      <c r="C495" t="s">
+        <v>1758</v>
+      </c>
+      <c r="D495" t="s">
+        <v>34</v>
+      </c>
       <c r="E495" t="s">
         <v>27</v>
       </c>
       <c r="F495" t="s">
         <v>28</v>
       </c>
       <c r="G495"/>
       <c r="H495" t="s">
         <v>30</v>
       </c>
       <c r="I495" t="s">
-        <v>36</v>
+        <v>659</v>
       </c>
       <c r="J495"/>
       <c r="K495"/>
       <c r="L495"/>
       <c r="M495"/>
       <c r="N495"/>
       <c r="O495"/>
       <c r="P495" t="s">
-        <v>1758</v>
+        <v>1759</v>
       </c>
       <c r="Q495" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="496" spans="1:17">
       <c r="A496">
-        <v>93883</v>
+        <v>93884</v>
       </c>
       <c r="B496" t="s">
-        <v>1759</v>
+        <v>1760</v>
       </c>
       <c r="C496" t="s">
-        <v>1760</v>
+        <v>1761</v>
       </c>
       <c r="D496" t="s">
         <v>34</v>
       </c>
       <c r="E496" t="s">
         <v>27</v>
       </c>
       <c r="F496" t="s">
         <v>28</v>
       </c>
       <c r="G496"/>
       <c r="H496" t="s">
         <v>30</v>
       </c>
       <c r="I496" t="s">
-        <v>661</v>
+        <v>659</v>
       </c>
       <c r="J496"/>
       <c r="K496"/>
       <c r="L496"/>
       <c r="M496"/>
       <c r="N496"/>
       <c r="O496"/>
       <c r="P496" t="s">
-        <v>1761</v>
+        <v>1762</v>
       </c>
       <c r="Q496" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="497" spans="1:17">
       <c r="A497">
-        <v>93884</v>
+        <v>33075</v>
       </c>
       <c r="B497" t="s">
-        <v>1762</v>
-[...1 lines deleted...]
-      <c r="C497" t="s">
         <v>1763</v>
       </c>
-      <c r="D497" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="C497"/>
+      <c r="D497"/>
       <c r="E497" t="s">
         <v>27</v>
       </c>
       <c r="F497" t="s">
         <v>28</v>
       </c>
       <c r="G497"/>
       <c r="H497" t="s">
         <v>30</v>
       </c>
       <c r="I497" t="s">
-        <v>661</v>
+        <v>36</v>
       </c>
       <c r="J497"/>
       <c r="K497"/>
       <c r="L497"/>
       <c r="M497"/>
       <c r="N497"/>
       <c r="O497"/>
       <c r="P497" t="s">
         <v>1764</v>
       </c>
       <c r="Q497" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="498" spans="1:17">
       <c r="A498">
-        <v>33075</v>
+        <v>57016</v>
       </c>
       <c r="B498" t="s">
         <v>1765</v>
       </c>
       <c r="C498"/>
       <c r="D498"/>
       <c r="E498" t="s">
         <v>27</v>
       </c>
       <c r="F498" t="s">
         <v>28</v>
       </c>
       <c r="G498"/>
       <c r="H498" t="s">
         <v>30</v>
       </c>
       <c r="I498" t="s">
-        <v>36</v>
+        <v>31</v>
       </c>
       <c r="J498"/>
       <c r="K498"/>
       <c r="L498"/>
       <c r="M498"/>
       <c r="N498"/>
       <c r="O498"/>
       <c r="P498" t="s">
         <v>1766</v>
       </c>
       <c r="Q498" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="499" spans="1:17">
       <c r="A499">
         <v>23822</v>
       </c>
       <c r="B499" t="s">
         <v>1767</v>
       </c>
       <c r="C499"/>
       <c r="D499"/>
       <c r="E499" t="s">
         <v>27</v>
@@ -27527,58 +27530,58 @@
         <v>24456</v>
       </c>
       <c r="B503" t="s">
         <v>1773</v>
       </c>
       <c r="C503" t="s">
         <v>1774</v>
       </c>
       <c r="D503" t="s">
         <v>1775</v>
       </c>
       <c r="E503" t="s">
         <v>27</v>
       </c>
       <c r="F503" t="s">
         <v>28</v>
       </c>
       <c r="G503"/>
       <c r="H503" t="s">
         <v>30</v>
       </c>
       <c r="I503" t="s">
         <v>24</v>
       </c>
       <c r="J503" t="s">
-        <v>514</v>
+        <v>512</v>
       </c>
       <c r="K503"/>
       <c r="L503"/>
       <c r="M503"/>
       <c r="N503"/>
       <c r="O503" t="s">
-        <v>566</v>
+        <v>564</v>
       </c>
       <c r="P503" t="s">
         <v>1776</v>
       </c>
       <c r="Q503" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="504" spans="1:17">
       <c r="A504">
         <v>23823</v>
       </c>
       <c r="B504" t="s">
         <v>1777</v>
       </c>
       <c r="C504"/>
       <c r="D504"/>
       <c r="E504" t="s">
         <v>27</v>
       </c>
       <c r="F504" t="s">
         <v>28</v>
       </c>
       <c r="G504"/>
       <c r="H504" t="s">
@@ -28299,348 +28302,348 @@
       <c r="P525"/>
       <c r="Q525" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="526" spans="1:17">
       <c r="A526">
         <v>93923</v>
       </c>
       <c r="B526" t="s">
         <v>1803</v>
       </c>
       <c r="C526"/>
       <c r="D526"/>
       <c r="E526" t="s">
         <v>27</v>
       </c>
       <c r="F526" t="s">
         <v>28</v>
       </c>
       <c r="G526"/>
       <c r="H526" t="s">
         <v>30</v>
       </c>
       <c r="I526" t="s">
-        <v>806</v>
+        <v>804</v>
       </c>
       <c r="J526"/>
       <c r="K526"/>
       <c r="L526"/>
       <c r="M526"/>
       <c r="N526"/>
       <c r="O526"/>
       <c r="P526"/>
       <c r="Q526" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="527" spans="1:17">
       <c r="A527">
         <v>93924</v>
       </c>
       <c r="B527" t="s">
         <v>1804</v>
       </c>
       <c r="C527"/>
       <c r="D527"/>
       <c r="E527" t="s">
         <v>27</v>
       </c>
       <c r="F527" t="s">
         <v>28</v>
       </c>
       <c r="G527"/>
       <c r="H527" t="s">
         <v>30</v>
       </c>
       <c r="I527" t="s">
-        <v>806</v>
+        <v>804</v>
       </c>
       <c r="J527"/>
       <c r="K527"/>
       <c r="L527"/>
       <c r="M527"/>
       <c r="N527"/>
       <c r="O527"/>
       <c r="P527"/>
       <c r="Q527" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="528" spans="1:17">
       <c r="A528">
         <v>93925</v>
       </c>
       <c r="B528" t="s">
         <v>1805</v>
       </c>
       <c r="C528"/>
       <c r="D528"/>
       <c r="E528" t="s">
         <v>27</v>
       </c>
       <c r="F528" t="s">
         <v>28</v>
       </c>
       <c r="G528"/>
       <c r="H528" t="s">
         <v>30</v>
       </c>
       <c r="I528" t="s">
-        <v>806</v>
+        <v>804</v>
       </c>
       <c r="J528"/>
       <c r="K528"/>
       <c r="L528"/>
       <c r="M528"/>
       <c r="N528"/>
       <c r="O528"/>
       <c r="P528"/>
       <c r="Q528" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="529" spans="1:17">
       <c r="A529">
         <v>93926</v>
       </c>
       <c r="B529" t="s">
         <v>1806</v>
       </c>
       <c r="C529"/>
       <c r="D529"/>
       <c r="E529" t="s">
         <v>27</v>
       </c>
       <c r="F529" t="s">
         <v>28</v>
       </c>
       <c r="G529"/>
       <c r="H529" t="s">
         <v>30</v>
       </c>
       <c r="I529" t="s">
-        <v>806</v>
+        <v>804</v>
       </c>
       <c r="J529"/>
       <c r="K529"/>
       <c r="L529"/>
       <c r="M529"/>
       <c r="N529"/>
       <c r="O529"/>
       <c r="P529"/>
       <c r="Q529" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="530" spans="1:17">
       <c r="A530">
         <v>93927</v>
       </c>
       <c r="B530" t="s">
         <v>1807</v>
       </c>
       <c r="C530"/>
       <c r="D530"/>
       <c r="E530" t="s">
         <v>27</v>
       </c>
       <c r="F530" t="s">
         <v>28</v>
       </c>
       <c r="G530"/>
       <c r="H530" t="s">
         <v>30</v>
       </c>
       <c r="I530" t="s">
-        <v>806</v>
+        <v>804</v>
       </c>
       <c r="J530"/>
       <c r="K530"/>
       <c r="L530"/>
       <c r="M530"/>
       <c r="N530"/>
       <c r="O530"/>
       <c r="P530"/>
       <c r="Q530" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="531" spans="1:17">
       <c r="A531">
         <v>93928</v>
       </c>
       <c r="B531" t="s">
         <v>1808</v>
       </c>
       <c r="C531"/>
       <c r="D531"/>
       <c r="E531" t="s">
         <v>27</v>
       </c>
       <c r="F531" t="s">
         <v>28</v>
       </c>
       <c r="G531"/>
       <c r="H531" t="s">
         <v>30</v>
       </c>
       <c r="I531" t="s">
-        <v>806</v>
+        <v>804</v>
       </c>
       <c r="J531"/>
       <c r="K531"/>
       <c r="L531"/>
       <c r="M531"/>
       <c r="N531"/>
       <c r="O531"/>
       <c r="P531"/>
       <c r="Q531" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="532" spans="1:17">
       <c r="A532">
         <v>93929</v>
       </c>
       <c r="B532" t="s">
         <v>1809</v>
       </c>
       <c r="C532"/>
       <c r="D532"/>
       <c r="E532" t="s">
         <v>27</v>
       </c>
       <c r="F532" t="s">
         <v>28</v>
       </c>
       <c r="G532"/>
       <c r="H532" t="s">
         <v>30</v>
       </c>
       <c r="I532" t="s">
-        <v>806</v>
+        <v>804</v>
       </c>
       <c r="J532"/>
       <c r="K532"/>
       <c r="L532"/>
       <c r="M532"/>
       <c r="N532"/>
       <c r="O532"/>
       <c r="P532"/>
       <c r="Q532" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="533" spans="1:17">
       <c r="A533">
         <v>93931</v>
       </c>
       <c r="B533" t="s">
         <v>1810</v>
       </c>
       <c r="C533"/>
       <c r="D533"/>
       <c r="E533" t="s">
         <v>27</v>
       </c>
       <c r="F533" t="s">
         <v>28</v>
       </c>
       <c r="G533"/>
       <c r="H533" t="s">
         <v>30</v>
       </c>
       <c r="I533" t="s">
-        <v>806</v>
+        <v>804</v>
       </c>
       <c r="J533"/>
       <c r="K533"/>
       <c r="L533"/>
       <c r="M533"/>
       <c r="N533"/>
       <c r="O533"/>
       <c r="P533"/>
       <c r="Q533" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="534" spans="1:17">
       <c r="A534">
         <v>93936</v>
       </c>
       <c r="B534" t="s">
         <v>1811</v>
       </c>
       <c r="C534"/>
       <c r="D534"/>
       <c r="E534" t="s">
         <v>27</v>
       </c>
       <c r="F534" t="s">
         <v>28</v>
       </c>
       <c r="G534"/>
       <c r="H534" t="s">
         <v>30</v>
       </c>
       <c r="I534" t="s">
-        <v>806</v>
+        <v>804</v>
       </c>
       <c r="J534"/>
       <c r="K534"/>
       <c r="L534"/>
       <c r="M534"/>
       <c r="N534"/>
       <c r="O534"/>
       <c r="P534"/>
       <c r="Q534" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="535" spans="1:17">
       <c r="A535">
         <v>93939</v>
       </c>
       <c r="B535" t="s">
         <v>1812</v>
       </c>
       <c r="C535"/>
       <c r="D535"/>
       <c r="E535" t="s">
         <v>27</v>
       </c>
       <c r="F535" t="s">
         <v>28</v>
       </c>
       <c r="G535"/>
       <c r="H535" t="s">
         <v>30</v>
       </c>
       <c r="I535" t="s">
-        <v>806</v>
+        <v>804</v>
       </c>
       <c r="J535"/>
       <c r="K535"/>
       <c r="L535"/>
       <c r="M535"/>
       <c r="N535"/>
       <c r="O535"/>
       <c r="P535"/>
       <c r="Q535" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="536" spans="1:17">
       <c r="A536">
         <v>23826</v>
       </c>
       <c r="B536" t="s">
         <v>1813</v>
       </c>
       <c r="C536"/>
       <c r="D536"/>
       <c r="E536" t="s">
         <v>27</v>
       </c>
       <c r="F536" t="s">
@@ -28787,51 +28790,51 @@
       <c r="I540" t="s">
         <v>24</v>
       </c>
       <c r="J540"/>
       <c r="K540"/>
       <c r="L540"/>
       <c r="M540"/>
       <c r="N540"/>
       <c r="O540"/>
       <c r="P540"/>
       <c r="Q540" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="541" spans="1:17">
       <c r="A541">
         <v>7645</v>
       </c>
       <c r="B541" t="s">
         <v>1819</v>
       </c>
       <c r="C541" t="s">
         <v>1820</v>
       </c>
       <c r="D541" t="s">
-        <v>1696</v>
+        <v>1694</v>
       </c>
       <c r="E541" t="s">
         <v>27</v>
       </c>
       <c r="F541" t="s">
         <v>28</v>
       </c>
       <c r="G541"/>
       <c r="H541" t="s">
         <v>30</v>
       </c>
       <c r="I541" t="s">
         <v>36</v>
       </c>
       <c r="J541"/>
       <c r="K541"/>
       <c r="L541"/>
       <c r="M541"/>
       <c r="N541"/>
       <c r="O541"/>
       <c r="P541" t="s">
         <v>1821</v>
       </c>
       <c r="Q541" t="s">
         <v>25</v>
@@ -29430,11287 +29433,11289 @@
       <c r="J558"/>
       <c r="K558"/>
       <c r="L558"/>
       <c r="M558"/>
       <c r="N558"/>
       <c r="O558"/>
       <c r="P558"/>
       <c r="Q558" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="559" spans="1:17">
       <c r="A559">
         <v>33016</v>
       </c>
       <c r="B559" t="s">
         <v>1850</v>
       </c>
       <c r="C559" t="s">
         <v>1851</v>
       </c>
       <c r="D559" t="s">
         <v>1852</v>
       </c>
       <c r="E559" t="s">
-        <v>562</v>
+        <v>560</v>
       </c>
       <c r="F559" t="s">
-        <v>563</v>
+        <v>561</v>
       </c>
       <c r="G559"/>
       <c r="H559" t="s">
         <v>23</v>
       </c>
       <c r="I559" t="s">
         <v>24</v>
       </c>
       <c r="J559" t="s">
         <v>60</v>
       </c>
       <c r="K559" t="s">
         <v>233</v>
       </c>
       <c r="L559"/>
       <c r="M559"/>
       <c r="N559"/>
       <c r="O559"/>
       <c r="P559" t="s">
         <v>1853</v>
       </c>
       <c r="Q559" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="560" spans="1:17">
       <c r="A560">
         <v>9862</v>
       </c>
       <c r="B560" t="s">
         <v>1854</v>
       </c>
       <c r="C560"/>
       <c r="D560"/>
       <c r="E560" t="s">
-        <v>617</v>
+        <v>615</v>
       </c>
       <c r="F560" t="s">
-        <v>613</v>
+        <v>611</v>
       </c>
       <c r="G560"/>
       <c r="H560" t="s">
         <v>30</v>
       </c>
       <c r="I560" t="s">
         <v>36</v>
       </c>
       <c r="J560"/>
       <c r="K560"/>
       <c r="L560"/>
       <c r="M560"/>
       <c r="N560"/>
       <c r="O560"/>
       <c r="P560"/>
       <c r="Q560" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="561" spans="1:17">
       <c r="A561">
         <v>2642</v>
       </c>
       <c r="B561" t="s">
         <v>1855</v>
       </c>
       <c r="C561" t="s">
         <v>1856</v>
       </c>
       <c r="D561" t="s">
         <v>34</v>
       </c>
       <c r="E561" t="s">
-        <v>638</v>
+        <v>636</v>
       </c>
       <c r="F561" t="s">
-        <v>613</v>
+        <v>611</v>
       </c>
       <c r="G561"/>
       <c r="H561" t="s">
         <v>30</v>
       </c>
       <c r="I561" t="s">
         <v>36</v>
       </c>
       <c r="J561"/>
       <c r="K561"/>
       <c r="L561"/>
       <c r="M561"/>
       <c r="N561"/>
       <c r="O561"/>
       <c r="P561"/>
       <c r="Q561" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="562" spans="1:17">
       <c r="A562">
         <v>2960</v>
       </c>
       <c r="B562" t="s">
         <v>1857</v>
       </c>
       <c r="C562" t="s">
         <v>1858</v>
       </c>
       <c r="D562" t="s">
         <v>34</v>
       </c>
       <c r="E562" t="s">
-        <v>694</v>
+        <v>692</v>
       </c>
       <c r="F562" t="s">
-        <v>613</v>
+        <v>611</v>
       </c>
       <c r="G562"/>
       <c r="H562" t="s">
         <v>30</v>
       </c>
       <c r="I562" t="s">
         <v>36</v>
       </c>
       <c r="J562"/>
       <c r="K562"/>
       <c r="L562"/>
       <c r="M562"/>
       <c r="N562"/>
       <c r="O562"/>
       <c r="P562"/>
       <c r="Q562" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="563" spans="1:17">
       <c r="A563">
         <v>2967</v>
       </c>
       <c r="B563" t="s">
         <v>1859</v>
       </c>
       <c r="C563" t="s">
         <v>1860</v>
       </c>
       <c r="D563" t="s">
-        <v>855</v>
+        <v>853</v>
       </c>
       <c r="E563" t="s">
-        <v>638</v>
+        <v>636</v>
       </c>
       <c r="F563" t="s">
-        <v>613</v>
+        <v>611</v>
       </c>
       <c r="G563"/>
       <c r="H563" t="s">
         <v>30</v>
       </c>
       <c r="I563" t="s">
         <v>36</v>
       </c>
       <c r="J563"/>
       <c r="K563"/>
       <c r="L563"/>
       <c r="M563"/>
       <c r="N563"/>
       <c r="O563"/>
       <c r="P563"/>
       <c r="Q563" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="564" spans="1:17">
       <c r="A564">
         <v>2969</v>
       </c>
       <c r="B564" t="s">
         <v>1861</v>
       </c>
       <c r="C564"/>
       <c r="D564"/>
       <c r="E564" t="s">
-        <v>717</v>
+        <v>715</v>
       </c>
       <c r="F564" t="s">
-        <v>613</v>
+        <v>611</v>
       </c>
       <c r="G564"/>
       <c r="H564" t="s">
         <v>30</v>
       </c>
       <c r="I564" t="s">
         <v>36</v>
       </c>
       <c r="J564"/>
       <c r="K564"/>
       <c r="L564"/>
       <c r="M564"/>
       <c r="N564"/>
       <c r="O564"/>
       <c r="P564"/>
       <c r="Q564" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="565" spans="1:17">
       <c r="A565">
         <v>3033</v>
       </c>
       <c r="B565" t="s">
         <v>1862</v>
       </c>
       <c r="C565" t="s">
         <v>1863</v>
       </c>
       <c r="D565" t="s">
         <v>1864</v>
       </c>
       <c r="E565" t="s">
-        <v>638</v>
+        <v>636</v>
       </c>
       <c r="F565" t="s">
-        <v>613</v>
+        <v>611</v>
       </c>
       <c r="G565"/>
       <c r="H565" t="s">
         <v>30</v>
       </c>
       <c r="I565" t="s">
         <v>36</v>
       </c>
       <c r="J565"/>
       <c r="K565"/>
       <c r="L565"/>
       <c r="M565"/>
       <c r="N565"/>
       <c r="O565"/>
       <c r="P565" t="s">
         <v>1865</v>
       </c>
       <c r="Q565" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="566" spans="1:17">
       <c r="A566">
         <v>3071</v>
       </c>
       <c r="B566" t="s">
         <v>1866</v>
       </c>
       <c r="C566"/>
       <c r="D566"/>
       <c r="E566" t="s">
-        <v>638</v>
+        <v>636</v>
       </c>
       <c r="F566" t="s">
-        <v>613</v>
+        <v>611</v>
       </c>
       <c r="G566"/>
       <c r="H566" t="s">
         <v>30</v>
       </c>
       <c r="I566" t="s">
         <v>36</v>
       </c>
       <c r="J566"/>
       <c r="K566"/>
       <c r="L566"/>
       <c r="M566"/>
       <c r="N566"/>
       <c r="O566"/>
       <c r="P566"/>
       <c r="Q566" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="567" spans="1:17">
       <c r="A567">
         <v>3095</v>
       </c>
       <c r="B567" t="s">
         <v>1867</v>
       </c>
       <c r="C567"/>
       <c r="D567"/>
       <c r="E567" t="s">
-        <v>694</v>
+        <v>692</v>
       </c>
       <c r="F567" t="s">
-        <v>613</v>
+        <v>611</v>
       </c>
       <c r="G567"/>
       <c r="H567" t="s">
         <v>30</v>
       </c>
       <c r="I567" t="s">
         <v>36</v>
       </c>
       <c r="J567"/>
       <c r="K567"/>
       <c r="L567"/>
       <c r="M567"/>
       <c r="N567"/>
       <c r="O567"/>
       <c r="P567"/>
       <c r="Q567" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="568" spans="1:17">
       <c r="A568">
         <v>3105</v>
       </c>
       <c r="B568" t="s">
         <v>1868</v>
       </c>
       <c r="C568"/>
       <c r="D568"/>
       <c r="E568" t="s">
-        <v>617</v>
+        <v>615</v>
       </c>
       <c r="F568" t="s">
-        <v>613</v>
+        <v>611</v>
       </c>
       <c r="G568"/>
       <c r="H568" t="s">
         <v>30</v>
       </c>
       <c r="I568" t="s">
         <v>36</v>
       </c>
       <c r="J568"/>
       <c r="K568"/>
       <c r="L568"/>
       <c r="M568"/>
       <c r="N568"/>
       <c r="O568"/>
       <c r="P568"/>
       <c r="Q568" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="569" spans="1:17">
       <c r="A569">
         <v>1239</v>
       </c>
       <c r="B569" t="s">
         <v>1869</v>
       </c>
       <c r="C569" t="s">
         <v>1870</v>
       </c>
       <c r="D569" t="s">
         <v>34</v>
       </c>
       <c r="E569" t="s">
-        <v>617</v>
+        <v>615</v>
       </c>
       <c r="F569" t="s">
-        <v>613</v>
+        <v>611</v>
       </c>
       <c r="G569"/>
       <c r="H569" t="s">
         <v>30</v>
       </c>
       <c r="I569" t="s">
         <v>36</v>
       </c>
       <c r="J569" t="s">
         <v>60</v>
       </c>
       <c r="K569" t="s">
         <v>233</v>
       </c>
       <c r="L569"/>
       <c r="M569"/>
       <c r="N569"/>
       <c r="O569"/>
       <c r="P569" t="s">
         <v>1871</v>
       </c>
       <c r="Q569" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="570" spans="1:17">
       <c r="A570">
         <v>198</v>
       </c>
       <c r="B570" t="s">
         <v>1872</v>
       </c>
       <c r="C570" t="s">
         <v>1873</v>
       </c>
       <c r="D570" t="s">
         <v>58</v>
       </c>
       <c r="E570" t="s">
-        <v>612</v>
+        <v>610</v>
       </c>
       <c r="F570" t="s">
-        <v>613</v>
+        <v>611</v>
       </c>
       <c r="G570"/>
       <c r="H570" t="s">
         <v>30</v>
       </c>
       <c r="I570" t="s">
         <v>36</v>
       </c>
       <c r="J570"/>
       <c r="K570"/>
       <c r="L570"/>
       <c r="M570"/>
       <c r="N570"/>
       <c r="O570"/>
       <c r="P570"/>
       <c r="Q570" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="571" spans="1:17">
       <c r="A571">
         <v>33066</v>
       </c>
       <c r="B571" t="s">
         <v>1874</v>
       </c>
       <c r="C571"/>
       <c r="D571"/>
       <c r="E571" t="s">
-        <v>638</v>
+        <v>636</v>
       </c>
       <c r="F571" t="s">
-        <v>613</v>
+        <v>611</v>
       </c>
       <c r="G571"/>
       <c r="H571" t="s">
         <v>30</v>
       </c>
       <c r="I571" t="s">
         <v>36</v>
       </c>
       <c r="J571"/>
       <c r="K571"/>
       <c r="L571"/>
       <c r="M571"/>
       <c r="N571"/>
       <c r="O571"/>
       <c r="P571" t="s">
         <v>1875</v>
       </c>
       <c r="Q571" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="572" spans="1:17">
       <c r="A572">
         <v>1257</v>
       </c>
       <c r="B572" t="s">
         <v>1876</v>
       </c>
       <c r="C572" t="s">
         <v>1877</v>
       </c>
       <c r="D572" t="s">
         <v>58</v>
       </c>
       <c r="E572" t="s">
-        <v>617</v>
+        <v>615</v>
       </c>
       <c r="F572" t="s">
-        <v>613</v>
+        <v>611</v>
       </c>
       <c r="G572"/>
       <c r="H572" t="s">
         <v>30</v>
       </c>
       <c r="I572" t="s">
         <v>36</v>
       </c>
       <c r="J572"/>
       <c r="K572"/>
       <c r="L572"/>
       <c r="M572"/>
       <c r="N572"/>
       <c r="O572"/>
       <c r="P572"/>
       <c r="Q572" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="573" spans="1:17">
       <c r="A573">
         <v>31682</v>
       </c>
       <c r="B573" t="s">
         <v>1878</v>
       </c>
       <c r="C573"/>
       <c r="D573"/>
       <c r="E573" t="s">
-        <v>638</v>
+        <v>636</v>
       </c>
       <c r="F573" t="s">
-        <v>613</v>
+        <v>611</v>
       </c>
       <c r="G573"/>
       <c r="H573" t="s">
         <v>30</v>
       </c>
       <c r="I573" t="s">
         <v>36</v>
       </c>
       <c r="J573"/>
       <c r="K573"/>
       <c r="L573"/>
       <c r="M573"/>
       <c r="N573"/>
       <c r="O573"/>
       <c r="P573"/>
       <c r="Q573" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="574" spans="1:17">
       <c r="A574">
         <v>4539</v>
       </c>
       <c r="B574" t="s">
         <v>1879</v>
       </c>
       <c r="C574"/>
       <c r="D574"/>
       <c r="E574" t="s">
-        <v>638</v>
+        <v>636</v>
       </c>
       <c r="F574" t="s">
-        <v>613</v>
+        <v>611</v>
       </c>
       <c r="G574"/>
       <c r="H574" t="s">
         <v>30</v>
       </c>
       <c r="I574" t="s">
         <v>36</v>
       </c>
       <c r="J574" t="s">
         <v>60</v>
       </c>
       <c r="K574" t="s">
-        <v>565</v>
+        <v>563</v>
       </c>
       <c r="L574"/>
       <c r="M574"/>
       <c r="N574"/>
       <c r="O574"/>
       <c r="P574"/>
       <c r="Q574" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="575" spans="1:17">
       <c r="A575">
         <v>4887</v>
       </c>
       <c r="B575" t="s">
         <v>1880</v>
       </c>
       <c r="C575" t="s">
         <v>1881</v>
       </c>
       <c r="D575" t="s">
         <v>34</v>
       </c>
       <c r="E575" t="s">
-        <v>617</v>
+        <v>615</v>
       </c>
       <c r="F575" t="s">
-        <v>613</v>
+        <v>611</v>
       </c>
       <c r="G575"/>
       <c r="H575" t="s">
         <v>30</v>
       </c>
       <c r="I575" t="s">
         <v>36</v>
       </c>
       <c r="J575"/>
       <c r="K575"/>
       <c r="L575"/>
       <c r="M575"/>
       <c r="N575"/>
       <c r="O575"/>
       <c r="P575"/>
       <c r="Q575" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="576" spans="1:17">
       <c r="A576">
         <v>5399</v>
       </c>
       <c r="B576" t="s">
         <v>1882</v>
       </c>
       <c r="C576"/>
       <c r="D576"/>
       <c r="E576" t="s">
-        <v>638</v>
+        <v>636</v>
       </c>
       <c r="F576" t="s">
-        <v>613</v>
+        <v>611</v>
       </c>
       <c r="G576"/>
       <c r="H576" t="s">
         <v>30</v>
       </c>
       <c r="I576" t="s">
         <v>36</v>
       </c>
       <c r="J576"/>
       <c r="K576"/>
       <c r="L576"/>
       <c r="M576"/>
       <c r="N576"/>
       <c r="O576"/>
       <c r="P576"/>
       <c r="Q576" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="577" spans="1:17">
       <c r="A577">
         <v>15725</v>
       </c>
       <c r="B577" t="s">
         <v>1883</v>
       </c>
       <c r="C577" t="s">
         <v>1884</v>
       </c>
       <c r="D577" t="s">
-        <v>902</v>
+        <v>900</v>
       </c>
       <c r="E577" t="s">
-        <v>638</v>
+        <v>636</v>
       </c>
       <c r="F577" t="s">
-        <v>613</v>
+        <v>611</v>
       </c>
       <c r="G577"/>
       <c r="H577" t="s">
-        <v>577</v>
+        <v>575</v>
       </c>
       <c r="I577" t="s">
-        <v>661</v>
+        <v>659</v>
       </c>
       <c r="J577"/>
       <c r="K577"/>
       <c r="L577"/>
       <c r="M577"/>
       <c r="N577"/>
       <c r="O577"/>
       <c r="P577"/>
       <c r="Q577" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="578" spans="1:17">
       <c r="A578">
         <v>9640</v>
       </c>
       <c r="B578" t="s">
         <v>1885</v>
       </c>
       <c r="C578" t="s">
         <v>1886</v>
       </c>
       <c r="D578" t="s">
         <v>58</v>
       </c>
       <c r="E578" t="s">
-        <v>638</v>
+        <v>636</v>
       </c>
       <c r="F578" t="s">
-        <v>613</v>
+        <v>611</v>
       </c>
       <c r="G578"/>
       <c r="H578" t="s">
         <v>30</v>
       </c>
       <c r="I578" t="s">
         <v>36</v>
       </c>
       <c r="J578"/>
       <c r="K578"/>
       <c r="L578"/>
       <c r="M578"/>
       <c r="N578"/>
       <c r="O578"/>
       <c r="P578" t="s">
         <v>1887</v>
       </c>
       <c r="Q578" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="579" spans="1:17">
       <c r="A579">
         <v>6692</v>
       </c>
       <c r="B579" t="s">
         <v>1888</v>
       </c>
       <c r="C579"/>
       <c r="D579"/>
       <c r="E579" t="s">
-        <v>638</v>
+        <v>636</v>
       </c>
       <c r="F579" t="s">
-        <v>613</v>
+        <v>611</v>
       </c>
       <c r="G579"/>
       <c r="H579" t="s">
         <v>30</v>
       </c>
       <c r="I579" t="s">
         <v>36</v>
       </c>
       <c r="J579"/>
       <c r="K579"/>
       <c r="L579"/>
       <c r="M579"/>
       <c r="N579"/>
       <c r="O579"/>
       <c r="P579"/>
       <c r="Q579" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="580" spans="1:17">
       <c r="A580">
         <v>31936</v>
       </c>
       <c r="B580" t="s">
         <v>1889</v>
       </c>
       <c r="C580"/>
       <c r="D580"/>
       <c r="E580" t="s">
-        <v>638</v>
+        <v>636</v>
       </c>
       <c r="F580" t="s">
-        <v>613</v>
+        <v>611</v>
       </c>
       <c r="G580"/>
       <c r="H580" t="s">
         <v>30</v>
       </c>
       <c r="I580" t="s">
         <v>36</v>
       </c>
       <c r="J580"/>
       <c r="K580"/>
       <c r="L580"/>
       <c r="M580"/>
       <c r="N580"/>
       <c r="O580"/>
       <c r="P580"/>
       <c r="Q580" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="581" spans="1:17">
       <c r="A581">
         <v>1448</v>
       </c>
       <c r="B581" t="s">
         <v>1890</v>
       </c>
       <c r="C581" t="s">
         <v>1891</v>
       </c>
       <c r="D581" t="s">
         <v>1892</v>
       </c>
       <c r="E581" t="s">
-        <v>694</v>
+        <v>692</v>
       </c>
       <c r="F581" t="s">
-        <v>613</v>
+        <v>611</v>
       </c>
       <c r="G581"/>
       <c r="H581" t="s">
         <v>30</v>
       </c>
       <c r="I581" t="s">
         <v>36</v>
       </c>
       <c r="J581"/>
       <c r="K581"/>
       <c r="L581"/>
       <c r="M581"/>
       <c r="N581"/>
       <c r="O581"/>
       <c r="P581"/>
       <c r="Q581" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="582" spans="1:17">
       <c r="A582">
         <v>8349</v>
       </c>
       <c r="B582" t="s">
         <v>1893</v>
       </c>
       <c r="C582" t="s">
         <v>1894</v>
       </c>
       <c r="D582" t="s">
         <v>58</v>
       </c>
       <c r="E582" t="s">
-        <v>617</v>
+        <v>615</v>
       </c>
       <c r="F582" t="s">
-        <v>613</v>
+        <v>611</v>
       </c>
       <c r="G582"/>
       <c r="H582" t="s">
         <v>30</v>
       </c>
       <c r="I582" t="s">
         <v>36</v>
       </c>
       <c r="J582"/>
       <c r="K582"/>
       <c r="L582"/>
       <c r="M582"/>
       <c r="N582"/>
       <c r="O582"/>
       <c r="P582" t="s">
         <v>1895</v>
       </c>
       <c r="Q582" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="583" spans="1:17">
       <c r="A583">
         <v>9175</v>
       </c>
       <c r="B583" t="s">
         <v>1896</v>
       </c>
       <c r="C583" t="s">
         <v>1897</v>
       </c>
       <c r="D583" t="s">
-        <v>729</v>
+        <v>727</v>
       </c>
       <c r="E583" t="s">
-        <v>638</v>
+        <v>636</v>
       </c>
       <c r="F583" t="s">
-        <v>613</v>
+        <v>611</v>
       </c>
       <c r="G583"/>
       <c r="H583" t="s">
         <v>30</v>
       </c>
       <c r="I583" t="s">
         <v>36</v>
       </c>
       <c r="J583"/>
       <c r="K583"/>
       <c r="L583"/>
       <c r="M583"/>
       <c r="N583"/>
       <c r="O583"/>
       <c r="P583"/>
       <c r="Q583" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="584" spans="1:17">
       <c r="A584">
         <v>9449</v>
       </c>
       <c r="B584" t="s">
         <v>1898</v>
       </c>
       <c r="C584" t="s">
         <v>1899</v>
       </c>
       <c r="D584" t="s">
         <v>1900</v>
       </c>
       <c r="E584" t="s">
-        <v>638</v>
+        <v>636</v>
       </c>
       <c r="F584" t="s">
-        <v>613</v>
+        <v>611</v>
       </c>
       <c r="G584"/>
       <c r="H584" t="s">
         <v>30</v>
       </c>
       <c r="I584" t="s">
         <v>36</v>
       </c>
       <c r="J584"/>
       <c r="K584"/>
       <c r="L584"/>
       <c r="M584"/>
       <c r="N584"/>
       <c r="O584"/>
       <c r="P584"/>
       <c r="Q584" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="585" spans="1:17">
       <c r="A585">
         <v>10847</v>
       </c>
       <c r="B585" t="s">
         <v>1901</v>
       </c>
       <c r="C585"/>
       <c r="D585"/>
       <c r="E585" t="s">
-        <v>623</v>
+        <v>621</v>
       </c>
       <c r="F585" t="s">
-        <v>613</v>
+        <v>611</v>
       </c>
       <c r="G585"/>
       <c r="H585" t="s">
         <v>30</v>
       </c>
       <c r="I585" t="s">
         <v>31</v>
       </c>
       <c r="J585"/>
       <c r="K585"/>
       <c r="L585"/>
       <c r="M585"/>
       <c r="N585"/>
       <c r="O585"/>
       <c r="P585"/>
       <c r="Q585" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="586" spans="1:17">
       <c r="A586">
         <v>9472</v>
       </c>
       <c r="B586" t="s">
         <v>1902</v>
       </c>
       <c r="C586"/>
       <c r="D586"/>
       <c r="E586" t="s">
-        <v>617</v>
+        <v>615</v>
       </c>
       <c r="F586" t="s">
-        <v>613</v>
+        <v>611</v>
       </c>
       <c r="G586"/>
       <c r="H586" t="s">
         <v>30</v>
       </c>
       <c r="I586" t="s">
         <v>36</v>
       </c>
       <c r="J586"/>
       <c r="K586"/>
       <c r="L586"/>
       <c r="M586"/>
       <c r="N586"/>
       <c r="O586"/>
       <c r="P586"/>
       <c r="Q586" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="587" spans="1:17">
       <c r="A587">
         <v>20069</v>
       </c>
       <c r="B587" t="s">
         <v>1903</v>
       </c>
       <c r="C587" t="s">
         <v>1904</v>
       </c>
       <c r="D587" t="s">
         <v>1905</v>
       </c>
       <c r="E587" t="s">
         <v>1906</v>
       </c>
       <c r="F587" t="s">
-        <v>950</v>
+        <v>948</v>
       </c>
       <c r="G587"/>
       <c r="H587" t="s">
         <v>23</v>
       </c>
       <c r="I587" t="s">
-        <v>838</v>
+        <v>836</v>
       </c>
       <c r="J587" t="s">
-        <v>807</v>
+        <v>805</v>
       </c>
       <c r="K587" t="s">
         <v>233</v>
       </c>
       <c r="L587"/>
       <c r="M587"/>
       <c r="N587" t="s">
-        <v>852</v>
+        <v>850</v>
       </c>
       <c r="O587"/>
       <c r="P587"/>
       <c r="Q587" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="588" spans="1:17">
       <c r="A588">
         <v>11952</v>
       </c>
       <c r="B588" t="s">
         <v>1907</v>
       </c>
       <c r="C588" t="s">
         <v>1908</v>
       </c>
       <c r="D588" t="s">
         <v>142</v>
       </c>
       <c r="E588" t="s">
-        <v>1025</v>
+        <v>1023</v>
       </c>
       <c r="F588" t="s">
-        <v>963</v>
+        <v>961</v>
       </c>
       <c r="G588"/>
       <c r="H588" t="s">
         <v>30</v>
       </c>
       <c r="I588" t="s">
         <v>31</v>
       </c>
       <c r="J588" t="s">
-        <v>807</v>
+        <v>805</v>
       </c>
       <c r="K588" t="s">
-        <v>565</v>
+        <v>563</v>
       </c>
       <c r="L588"/>
       <c r="M588"/>
       <c r="N588" t="s">
-        <v>852</v>
+        <v>850</v>
       </c>
       <c r="O588"/>
       <c r="P588"/>
       <c r="Q588" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="589" spans="1:17">
       <c r="A589">
         <v>24419</v>
       </c>
       <c r="B589" t="s">
         <v>1909</v>
       </c>
       <c r="C589"/>
       <c r="D589"/>
       <c r="E589" t="s">
         <v>1910</v>
       </c>
       <c r="F589" t="s">
-        <v>1114</v>
+        <v>1112</v>
       </c>
       <c r="G589"/>
       <c r="H589" t="s">
         <v>30</v>
       </c>
       <c r="I589" t="s">
-        <v>838</v>
+        <v>836</v>
       </c>
       <c r="J589" t="s">
-        <v>826</v>
+        <v>824</v>
       </c>
       <c r="K589"/>
       <c r="L589"/>
       <c r="M589"/>
       <c r="N589" t="s">
-        <v>876</v>
+        <v>874</v>
       </c>
       <c r="O589"/>
       <c r="P589"/>
       <c r="Q589" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="590" spans="1:17">
       <c r="A590">
         <v>23830</v>
       </c>
       <c r="B590" t="s">
         <v>1911</v>
       </c>
       <c r="C590"/>
       <c r="D590"/>
       <c r="E590" t="s">
-        <v>1117</v>
+        <v>1115</v>
       </c>
       <c r="F590" t="s">
-        <v>1118</v>
+        <v>1116</v>
       </c>
       <c r="G590"/>
       <c r="H590" t="s">
         <v>30</v>
       </c>
       <c r="I590" t="s">
         <v>47</v>
       </c>
       <c r="J590"/>
       <c r="K590"/>
       <c r="L590"/>
       <c r="M590"/>
       <c r="N590"/>
       <c r="O590"/>
       <c r="P590"/>
       <c r="Q590" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="591" spans="1:17">
       <c r="A591">
         <v>12389</v>
       </c>
       <c r="B591" t="s">
         <v>1912</v>
       </c>
       <c r="C591"/>
       <c r="D591"/>
       <c r="E591" t="s">
         <v>1913</v>
       </c>
       <c r="F591" t="s">
         <v>1914</v>
       </c>
       <c r="G591"/>
       <c r="H591" t="s">
         <v>30</v>
       </c>
       <c r="I591" t="s">
         <v>47</v>
       </c>
       <c r="J591" t="s">
-        <v>807</v>
+        <v>805</v>
       </c>
       <c r="K591" t="s">
-        <v>565</v>
+        <v>563</v>
       </c>
       <c r="L591"/>
       <c r="M591"/>
       <c r="N591" t="s">
-        <v>1142</v>
+        <v>1140</v>
       </c>
       <c r="O591"/>
       <c r="P591" t="s">
         <v>1915</v>
       </c>
       <c r="Q591" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="592" spans="1:17">
       <c r="A592">
         <v>1237</v>
       </c>
       <c r="B592" t="s">
         <v>1916</v>
       </c>
       <c r="C592" t="s">
         <v>1917</v>
       </c>
       <c r="D592" t="s">
         <v>34</v>
       </c>
       <c r="E592" t="s">
         <v>1918</v>
       </c>
       <c r="F592" t="s">
-        <v>1124</v>
+        <v>1122</v>
       </c>
       <c r="G592"/>
       <c r="H592" t="s">
         <v>30</v>
       </c>
       <c r="I592" t="s">
         <v>36</v>
       </c>
       <c r="J592" t="s">
-        <v>807</v>
+        <v>805</v>
       </c>
       <c r="K592" t="s">
         <v>233</v>
       </c>
       <c r="L592"/>
       <c r="M592"/>
       <c r="N592" t="s">
-        <v>820</v>
+        <v>818</v>
       </c>
       <c r="O592"/>
       <c r="P592" t="s">
         <v>1919</v>
       </c>
       <c r="Q592" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="593" spans="1:17">
       <c r="A593">
         <v>36680</v>
       </c>
       <c r="B593" t="s">
         <v>1920</v>
       </c>
       <c r="C593"/>
       <c r="D593"/>
       <c r="E593" t="s">
-        <v>1149</v>
+        <v>1147</v>
       </c>
       <c r="F593" t="s">
-        <v>1150</v>
+        <v>1148</v>
       </c>
       <c r="G593"/>
       <c r="H593" t="s">
         <v>30</v>
       </c>
       <c r="I593" t="s">
         <v>47</v>
       </c>
       <c r="J593"/>
       <c r="K593"/>
       <c r="L593"/>
       <c r="M593"/>
       <c r="N593"/>
       <c r="O593"/>
       <c r="P593"/>
       <c r="Q593" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="594" spans="1:17">
       <c r="A594">
         <v>28027</v>
       </c>
       <c r="B594" t="s">
         <v>1921</v>
       </c>
       <c r="C594"/>
       <c r="D594"/>
       <c r="E594" t="s">
-        <v>1149</v>
+        <v>1147</v>
       </c>
       <c r="F594" t="s">
-        <v>1150</v>
+        <v>1148</v>
       </c>
       <c r="G594"/>
       <c r="H594" t="s">
         <v>30</v>
       </c>
       <c r="I594" t="s">
-        <v>838</v>
+        <v>836</v>
       </c>
       <c r="J594"/>
       <c r="K594"/>
       <c r="L594"/>
       <c r="M594"/>
       <c r="N594"/>
       <c r="O594"/>
       <c r="P594"/>
       <c r="Q594" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="595" spans="1:17">
       <c r="A595">
         <v>28029</v>
       </c>
       <c r="B595" t="s">
         <v>1922</v>
       </c>
       <c r="C595"/>
       <c r="D595"/>
       <c r="E595" t="s">
-        <v>1149</v>
+        <v>1147</v>
       </c>
       <c r="F595" t="s">
-        <v>1150</v>
+        <v>1148</v>
       </c>
       <c r="G595"/>
       <c r="H595" t="s">
         <v>30</v>
       </c>
       <c r="I595" t="s">
         <v>24</v>
       </c>
       <c r="J595"/>
       <c r="K595"/>
       <c r="L595"/>
       <c r="M595"/>
       <c r="N595"/>
       <c r="O595"/>
       <c r="P595"/>
       <c r="Q595" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="596" spans="1:17">
       <c r="A596">
         <v>28041</v>
       </c>
       <c r="B596" t="s">
         <v>1923</v>
       </c>
       <c r="C596"/>
       <c r="D596"/>
       <c r="E596" t="s">
-        <v>1149</v>
+        <v>1147</v>
       </c>
       <c r="F596" t="s">
-        <v>1150</v>
+        <v>1148</v>
       </c>
       <c r="G596"/>
       <c r="H596" t="s">
         <v>30</v>
       </c>
       <c r="I596" t="s">
-        <v>661</v>
+        <v>659</v>
       </c>
       <c r="J596"/>
       <c r="K596"/>
       <c r="L596"/>
       <c r="M596"/>
       <c r="N596"/>
       <c r="O596"/>
       <c r="P596"/>
       <c r="Q596" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="597" spans="1:17">
       <c r="A597">
         <v>32285</v>
       </c>
       <c r="B597" t="s">
         <v>1924</v>
       </c>
       <c r="C597" t="s">
         <v>1925</v>
       </c>
       <c r="D597" t="s">
         <v>34</v>
       </c>
       <c r="E597" t="s">
-        <v>1149</v>
+        <v>1147</v>
       </c>
       <c r="F597" t="s">
-        <v>1150</v>
+        <v>1148</v>
       </c>
       <c r="G597"/>
       <c r="H597" t="s">
         <v>30</v>
       </c>
       <c r="I597" t="s">
         <v>31</v>
       </c>
       <c r="J597"/>
       <c r="K597"/>
       <c r="L597"/>
       <c r="M597"/>
       <c r="N597"/>
       <c r="O597"/>
       <c r="P597"/>
       <c r="Q597" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="598" spans="1:17">
       <c r="A598">
         <v>44349</v>
       </c>
       <c r="B598" t="s">
         <v>1926</v>
       </c>
       <c r="C598"/>
       <c r="D598"/>
       <c r="E598" t="s">
-        <v>1149</v>
+        <v>1147</v>
       </c>
       <c r="F598" t="s">
-        <v>1150</v>
+        <v>1148</v>
       </c>
       <c r="G598"/>
       <c r="H598" t="s">
         <v>30</v>
       </c>
       <c r="I598" t="s">
         <v>31</v>
       </c>
       <c r="J598"/>
       <c r="K598"/>
       <c r="L598"/>
       <c r="M598"/>
       <c r="N598"/>
       <c r="O598"/>
       <c r="P598"/>
       <c r="Q598" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="599" spans="1:17">
       <c r="A599">
         <v>28059</v>
       </c>
       <c r="B599" t="s">
         <v>1927</v>
       </c>
       <c r="C599"/>
       <c r="D599"/>
       <c r="E599" t="s">
-        <v>1149</v>
+        <v>1147</v>
       </c>
       <c r="F599" t="s">
-        <v>1150</v>
+        <v>1148</v>
       </c>
       <c r="G599"/>
       <c r="H599" t="s">
         <v>23</v>
       </c>
       <c r="I599" t="s">
-        <v>661</v>
+        <v>659</v>
       </c>
       <c r="J599"/>
       <c r="K599"/>
       <c r="L599"/>
       <c r="M599"/>
       <c r="N599"/>
       <c r="O599"/>
       <c r="P599"/>
       <c r="Q599" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="600" spans="1:17">
       <c r="A600">
         <v>28078</v>
       </c>
       <c r="B600" t="s">
         <v>1928</v>
       </c>
       <c r="C600"/>
       <c r="D600"/>
       <c r="E600" t="s">
-        <v>1149</v>
+        <v>1147</v>
       </c>
       <c r="F600" t="s">
-        <v>1150</v>
+        <v>1148</v>
       </c>
       <c r="G600"/>
       <c r="H600" t="s">
         <v>30</v>
       </c>
       <c r="I600" t="s">
-        <v>838</v>
+        <v>836</v>
       </c>
       <c r="J600"/>
       <c r="K600"/>
       <c r="L600"/>
       <c r="M600"/>
       <c r="N600"/>
       <c r="O600"/>
       <c r="P600"/>
       <c r="Q600" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="601" spans="1:17">
       <c r="A601">
         <v>28127</v>
       </c>
       <c r="B601" t="s">
         <v>1929</v>
       </c>
       <c r="C601"/>
       <c r="D601"/>
       <c r="E601" t="s">
-        <v>1149</v>
+        <v>1147</v>
       </c>
       <c r="F601" t="s">
-        <v>1150</v>
+        <v>1148</v>
       </c>
       <c r="G601"/>
       <c r="H601" t="s">
         <v>30</v>
       </c>
       <c r="I601" t="s">
         <v>24</v>
       </c>
       <c r="J601"/>
       <c r="K601"/>
       <c r="L601"/>
       <c r="M601"/>
       <c r="N601"/>
       <c r="O601"/>
       <c r="P601"/>
       <c r="Q601" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="602" spans="1:17">
       <c r="A602">
         <v>79440</v>
       </c>
       <c r="B602" t="s">
         <v>1930</v>
       </c>
       <c r="C602"/>
       <c r="D602"/>
       <c r="E602" t="s">
-        <v>1149</v>
+        <v>1147</v>
       </c>
       <c r="F602" t="s">
-        <v>1150</v>
+        <v>1148</v>
       </c>
       <c r="G602"/>
       <c r="H602" t="s">
         <v>30</v>
       </c>
       <c r="I602" t="s">
         <v>24</v>
       </c>
       <c r="J602"/>
       <c r="K602"/>
       <c r="L602"/>
       <c r="M602"/>
       <c r="N602"/>
       <c r="O602"/>
       <c r="P602"/>
       <c r="Q602" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="603" spans="1:17">
       <c r="A603">
         <v>28141</v>
       </c>
       <c r="B603" t="s">
         <v>1931</v>
       </c>
       <c r="C603"/>
       <c r="D603"/>
       <c r="E603" t="s">
-        <v>1149</v>
+        <v>1147</v>
       </c>
       <c r="F603" t="s">
-        <v>1150</v>
+        <v>1148</v>
       </c>
       <c r="G603"/>
       <c r="H603" t="s">
         <v>30</v>
       </c>
       <c r="I603" t="s">
         <v>24</v>
       </c>
       <c r="J603"/>
       <c r="K603"/>
       <c r="L603"/>
       <c r="M603"/>
       <c r="N603"/>
       <c r="O603"/>
       <c r="P603"/>
       <c r="Q603" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="604" spans="1:17">
       <c r="A604">
         <v>28142</v>
       </c>
       <c r="B604" t="s">
         <v>1932</v>
       </c>
       <c r="C604"/>
       <c r="D604"/>
       <c r="E604" t="s">
-        <v>1149</v>
+        <v>1147</v>
       </c>
       <c r="F604" t="s">
-        <v>1150</v>
+        <v>1148</v>
       </c>
       <c r="G604"/>
       <c r="H604" t="s">
         <v>30</v>
       </c>
       <c r="I604" t="s">
         <v>24</v>
       </c>
       <c r="J604"/>
       <c r="K604"/>
       <c r="L604"/>
       <c r="M604"/>
       <c r="N604"/>
       <c r="O604"/>
       <c r="P604"/>
       <c r="Q604" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="605" spans="1:17">
       <c r="A605">
         <v>1853</v>
       </c>
       <c r="B605" t="s">
         <v>1933</v>
       </c>
       <c r="C605" t="s">
         <v>1934</v>
       </c>
       <c r="D605" t="s">
         <v>221</v>
       </c>
       <c r="E605" t="s">
-        <v>1149</v>
+        <v>1147</v>
       </c>
       <c r="F605" t="s">
-        <v>1150</v>
+        <v>1148</v>
       </c>
       <c r="G605"/>
       <c r="H605" t="s">
         <v>30</v>
       </c>
       <c r="I605" t="s">
         <v>36</v>
       </c>
       <c r="J605"/>
       <c r="K605"/>
       <c r="L605"/>
       <c r="M605"/>
       <c r="N605"/>
       <c r="O605"/>
       <c r="P605"/>
       <c r="Q605" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="606" spans="1:17">
       <c r="A606">
         <v>28180</v>
       </c>
       <c r="B606" t="s">
         <v>1935</v>
       </c>
       <c r="C606"/>
       <c r="D606"/>
       <c r="E606" t="s">
-        <v>1149</v>
+        <v>1147</v>
       </c>
       <c r="F606" t="s">
-        <v>1150</v>
+        <v>1148</v>
       </c>
       <c r="G606"/>
       <c r="H606" t="s">
         <v>30</v>
       </c>
       <c r="I606" t="s">
         <v>24</v>
       </c>
       <c r="J606"/>
       <c r="K606"/>
       <c r="L606"/>
       <c r="M606"/>
       <c r="N606"/>
       <c r="O606"/>
       <c r="P606"/>
       <c r="Q606" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="607" spans="1:17">
       <c r="A607">
         <v>28200</v>
       </c>
       <c r="B607" t="s">
         <v>1936</v>
       </c>
       <c r="C607"/>
       <c r="D607"/>
       <c r="E607" t="s">
-        <v>1149</v>
+        <v>1147</v>
       </c>
       <c r="F607" t="s">
-        <v>1150</v>
+        <v>1148</v>
       </c>
       <c r="G607"/>
       <c r="H607" t="s">
         <v>30</v>
       </c>
       <c r="I607" t="s">
         <v>24</v>
       </c>
       <c r="J607"/>
       <c r="K607"/>
       <c r="L607"/>
       <c r="M607"/>
       <c r="N607"/>
       <c r="O607"/>
       <c r="P607"/>
       <c r="Q607" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="608" spans="1:17">
       <c r="A608">
         <v>2199</v>
       </c>
       <c r="B608" t="s">
         <v>1937</v>
       </c>
       <c r="C608"/>
       <c r="D608"/>
       <c r="E608" t="s">
-        <v>1149</v>
+        <v>1147</v>
       </c>
       <c r="F608" t="s">
-        <v>1150</v>
+        <v>1148</v>
       </c>
       <c r="G608"/>
       <c r="H608" t="s">
         <v>30</v>
       </c>
       <c r="I608" t="s">
         <v>36</v>
       </c>
       <c r="J608"/>
       <c r="K608"/>
       <c r="L608"/>
       <c r="M608"/>
       <c r="N608"/>
       <c r="O608"/>
       <c r="P608"/>
       <c r="Q608" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="609" spans="1:17">
       <c r="A609">
         <v>28232</v>
       </c>
       <c r="B609" t="s">
         <v>1938</v>
       </c>
       <c r="C609"/>
       <c r="D609"/>
       <c r="E609" t="s">
-        <v>1149</v>
+        <v>1147</v>
       </c>
       <c r="F609" t="s">
-        <v>1150</v>
+        <v>1148</v>
       </c>
       <c r="G609"/>
       <c r="H609" t="s">
         <v>30</v>
       </c>
       <c r="I609" t="s">
-        <v>661</v>
+        <v>659</v>
       </c>
       <c r="J609"/>
       <c r="K609"/>
       <c r="L609"/>
       <c r="M609"/>
       <c r="N609"/>
       <c r="O609"/>
       <c r="P609"/>
       <c r="Q609" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="610" spans="1:17">
       <c r="A610">
         <v>16299</v>
       </c>
       <c r="B610" t="s">
         <v>1939</v>
       </c>
       <c r="C610" t="s">
         <v>1940</v>
       </c>
       <c r="D610" t="s">
-        <v>817</v>
+        <v>815</v>
       </c>
       <c r="E610" t="s">
-        <v>1149</v>
+        <v>1147</v>
       </c>
       <c r="F610" t="s">
-        <v>1150</v>
+        <v>1148</v>
       </c>
       <c r="G610"/>
       <c r="H610" t="s">
         <v>30</v>
       </c>
       <c r="I610" t="s">
         <v>24</v>
       </c>
       <c r="J610"/>
       <c r="K610"/>
       <c r="L610"/>
       <c r="M610"/>
       <c r="N610"/>
       <c r="O610"/>
       <c r="P610"/>
       <c r="Q610" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="611" spans="1:17">
       <c r="A611">
         <v>28276</v>
       </c>
       <c r="B611" t="s">
         <v>1941</v>
       </c>
       <c r="C611" t="s">
         <v>1942</v>
       </c>
       <c r="D611" t="s">
         <v>34</v>
       </c>
       <c r="E611" t="s">
-        <v>1149</v>
+        <v>1147</v>
       </c>
       <c r="F611" t="s">
-        <v>1150</v>
+        <v>1148</v>
       </c>
       <c r="G611"/>
       <c r="H611" t="s">
         <v>30</v>
       </c>
       <c r="I611" t="s">
         <v>24</v>
       </c>
       <c r="J611"/>
       <c r="K611"/>
       <c r="L611"/>
       <c r="M611"/>
       <c r="N611"/>
       <c r="O611"/>
       <c r="P611"/>
       <c r="Q611" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="612" spans="1:17">
       <c r="A612">
         <v>28292</v>
       </c>
       <c r="B612" t="s">
         <v>1943</v>
       </c>
       <c r="C612"/>
       <c r="D612"/>
       <c r="E612" t="s">
-        <v>1149</v>
+        <v>1147</v>
       </c>
       <c r="F612" t="s">
-        <v>1150</v>
+        <v>1148</v>
       </c>
       <c r="G612"/>
       <c r="H612" t="s">
         <v>30</v>
       </c>
       <c r="I612" t="s">
-        <v>661</v>
+        <v>659</v>
       </c>
       <c r="J612"/>
       <c r="K612"/>
       <c r="L612"/>
       <c r="M612"/>
       <c r="N612"/>
       <c r="O612"/>
       <c r="P612"/>
       <c r="Q612" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="613" spans="1:17">
       <c r="A613">
         <v>62</v>
       </c>
       <c r="B613" t="s">
         <v>1944</v>
       </c>
       <c r="C613"/>
       <c r="D613"/>
       <c r="E613" t="s">
-        <v>1149</v>
+        <v>1147</v>
       </c>
       <c r="F613" t="s">
-        <v>1150</v>
+        <v>1148</v>
       </c>
       <c r="G613"/>
       <c r="H613" t="s">
         <v>30</v>
       </c>
       <c r="I613" t="s">
         <v>36</v>
       </c>
       <c r="J613"/>
       <c r="K613"/>
       <c r="L613"/>
       <c r="M613"/>
       <c r="N613"/>
       <c r="O613"/>
       <c r="P613"/>
       <c r="Q613" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="614" spans="1:17">
       <c r="A614">
         <v>28306</v>
       </c>
       <c r="B614" t="s">
         <v>1945</v>
       </c>
       <c r="C614"/>
       <c r="D614"/>
       <c r="E614" t="s">
-        <v>1149</v>
+        <v>1147</v>
       </c>
       <c r="F614" t="s">
-        <v>1150</v>
+        <v>1148</v>
       </c>
       <c r="G614"/>
       <c r="H614" t="s">
         <v>30</v>
       </c>
       <c r="I614" t="s">
-        <v>838</v>
+        <v>836</v>
       </c>
       <c r="J614"/>
       <c r="K614"/>
       <c r="L614"/>
       <c r="M614"/>
       <c r="N614"/>
       <c r="O614"/>
       <c r="P614"/>
       <c r="Q614" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="615" spans="1:17">
       <c r="A615">
         <v>28330</v>
       </c>
       <c r="B615" t="s">
         <v>1946</v>
       </c>
       <c r="C615" t="s">
         <v>1947</v>
       </c>
       <c r="D615" t="s">
         <v>34</v>
       </c>
       <c r="E615" t="s">
-        <v>1149</v>
+        <v>1147</v>
       </c>
       <c r="F615" t="s">
-        <v>1150</v>
+        <v>1148</v>
       </c>
       <c r="G615"/>
       <c r="H615" t="s">
         <v>30</v>
       </c>
       <c r="I615" t="s">
         <v>24</v>
       </c>
       <c r="J615"/>
       <c r="K615"/>
       <c r="L615"/>
       <c r="M615"/>
       <c r="N615"/>
       <c r="O615"/>
       <c r="P615"/>
       <c r="Q615" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="616" spans="1:17">
       <c r="A616">
         <v>28350</v>
       </c>
       <c r="B616" t="s">
         <v>1948</v>
       </c>
       <c r="C616"/>
       <c r="D616"/>
       <c r="E616" t="s">
-        <v>1149</v>
+        <v>1147</v>
       </c>
       <c r="F616" t="s">
-        <v>1150</v>
+        <v>1148</v>
       </c>
       <c r="G616"/>
       <c r="H616" t="s">
         <v>30</v>
       </c>
       <c r="I616" t="s">
         <v>24</v>
       </c>
       <c r="J616"/>
       <c r="K616"/>
       <c r="L616"/>
       <c r="M616"/>
       <c r="N616"/>
       <c r="O616"/>
       <c r="P616"/>
       <c r="Q616" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="617" spans="1:17">
       <c r="A617">
         <v>79451</v>
       </c>
       <c r="B617" t="s">
         <v>1949</v>
       </c>
       <c r="C617"/>
       <c r="D617"/>
       <c r="E617" t="s">
-        <v>1149</v>
+        <v>1147</v>
       </c>
       <c r="F617" t="s">
-        <v>1150</v>
+        <v>1148</v>
       </c>
       <c r="G617"/>
       <c r="H617" t="s">
         <v>30</v>
       </c>
       <c r="I617" t="s">
-        <v>838</v>
+        <v>836</v>
       </c>
       <c r="J617"/>
       <c r="K617"/>
       <c r="L617"/>
       <c r="M617"/>
       <c r="N617"/>
       <c r="O617"/>
       <c r="P617"/>
       <c r="Q617" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="618" spans="1:17">
       <c r="A618">
         <v>28398</v>
       </c>
       <c r="B618" t="s">
         <v>1950</v>
       </c>
       <c r="C618"/>
       <c r="D618"/>
       <c r="E618" t="s">
-        <v>1149</v>
+        <v>1147</v>
       </c>
       <c r="F618" t="s">
-        <v>1150</v>
+        <v>1148</v>
       </c>
       <c r="G618"/>
       <c r="H618" t="s">
         <v>30</v>
       </c>
       <c r="I618" t="s">
-        <v>661</v>
+        <v>659</v>
       </c>
       <c r="J618"/>
       <c r="K618"/>
       <c r="L618"/>
       <c r="M618"/>
       <c r="N618"/>
       <c r="O618"/>
       <c r="P618"/>
       <c r="Q618" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="619" spans="1:17">
       <c r="A619">
         <v>28399</v>
       </c>
       <c r="B619" t="s">
         <v>1951</v>
       </c>
       <c r="C619"/>
       <c r="D619"/>
       <c r="E619" t="s">
-        <v>1149</v>
+        <v>1147</v>
       </c>
       <c r="F619" t="s">
-        <v>1150</v>
+        <v>1148</v>
       </c>
       <c r="G619"/>
       <c r="H619" t="s">
         <v>30</v>
       </c>
       <c r="I619" t="s">
-        <v>661</v>
+        <v>659</v>
       </c>
       <c r="J619"/>
       <c r="K619"/>
       <c r="L619"/>
       <c r="M619"/>
       <c r="N619"/>
       <c r="O619"/>
       <c r="P619"/>
       <c r="Q619" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="620" spans="1:17">
       <c r="A620">
         <v>28406</v>
       </c>
       <c r="B620" t="s">
         <v>1952</v>
       </c>
       <c r="C620"/>
       <c r="D620"/>
       <c r="E620" t="s">
-        <v>1149</v>
+        <v>1147</v>
       </c>
       <c r="F620" t="s">
-        <v>1150</v>
+        <v>1148</v>
       </c>
       <c r="G620"/>
       <c r="H620" t="s">
         <v>30</v>
       </c>
       <c r="I620" t="s">
         <v>31</v>
       </c>
       <c r="J620"/>
       <c r="K620"/>
       <c r="L620"/>
       <c r="M620"/>
       <c r="N620"/>
       <c r="O620"/>
       <c r="P620"/>
       <c r="Q620" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="621" spans="1:17">
       <c r="A621">
         <v>9736</v>
       </c>
       <c r="B621" t="s">
         <v>1953</v>
       </c>
       <c r="C621"/>
       <c r="D621"/>
       <c r="E621" t="s">
-        <v>1149</v>
+        <v>1147</v>
       </c>
       <c r="F621" t="s">
-        <v>1150</v>
+        <v>1148</v>
       </c>
       <c r="G621"/>
       <c r="H621" t="s">
         <v>30</v>
       </c>
       <c r="I621" t="s">
         <v>36</v>
       </c>
       <c r="J621"/>
       <c r="K621"/>
       <c r="L621"/>
       <c r="M621"/>
       <c r="N621"/>
       <c r="O621"/>
       <c r="P621"/>
       <c r="Q621" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="622" spans="1:17">
       <c r="A622">
         <v>28422</v>
       </c>
       <c r="B622" t="s">
         <v>1954</v>
       </c>
       <c r="C622"/>
       <c r="D622"/>
       <c r="E622" t="s">
-        <v>1149</v>
+        <v>1147</v>
       </c>
       <c r="F622" t="s">
-        <v>1150</v>
+        <v>1148</v>
       </c>
       <c r="G622"/>
       <c r="H622" t="s">
         <v>30</v>
       </c>
       <c r="I622" t="s">
-        <v>838</v>
+        <v>836</v>
       </c>
       <c r="J622"/>
       <c r="K622"/>
       <c r="L622"/>
       <c r="M622"/>
       <c r="N622"/>
       <c r="O622"/>
       <c r="P622"/>
       <c r="Q622" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="623" spans="1:17">
       <c r="A623">
         <v>28424</v>
       </c>
       <c r="B623" t="s">
         <v>1955</v>
       </c>
       <c r="C623"/>
       <c r="D623"/>
       <c r="E623" t="s">
-        <v>1149</v>
+        <v>1147</v>
       </c>
       <c r="F623" t="s">
-        <v>1150</v>
+        <v>1148</v>
       </c>
       <c r="G623"/>
       <c r="H623" t="s">
         <v>30</v>
       </c>
       <c r="I623" t="s">
-        <v>838</v>
+        <v>836</v>
       </c>
       <c r="J623"/>
       <c r="K623"/>
       <c r="L623"/>
       <c r="M623"/>
       <c r="N623"/>
       <c r="O623"/>
       <c r="P623"/>
       <c r="Q623" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="624" spans="1:17">
       <c r="A624">
         <v>49035</v>
       </c>
       <c r="B624" t="s">
         <v>1956</v>
       </c>
       <c r="C624"/>
       <c r="D624"/>
       <c r="E624" t="s">
-        <v>1149</v>
+        <v>1147</v>
       </c>
       <c r="F624" t="s">
-        <v>1150</v>
+        <v>1148</v>
       </c>
       <c r="G624"/>
       <c r="H624" t="s">
         <v>30</v>
       </c>
       <c r="I624" t="s">
         <v>31</v>
       </c>
       <c r="J624"/>
       <c r="K624"/>
       <c r="L624"/>
       <c r="M624"/>
       <c r="N624"/>
       <c r="O624"/>
       <c r="P624"/>
       <c r="Q624" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="625" spans="1:17">
       <c r="A625">
         <v>49046</v>
       </c>
       <c r="B625" t="s">
         <v>1957</v>
       </c>
       <c r="C625"/>
       <c r="D625"/>
       <c r="E625" t="s">
-        <v>1149</v>
+        <v>1147</v>
       </c>
       <c r="F625" t="s">
-        <v>1150</v>
+        <v>1148</v>
       </c>
       <c r="G625"/>
       <c r="H625" t="s">
         <v>30</v>
       </c>
       <c r="I625" t="s">
         <v>31</v>
       </c>
       <c r="J625"/>
       <c r="K625"/>
       <c r="L625"/>
       <c r="M625"/>
       <c r="N625"/>
       <c r="O625"/>
       <c r="P625"/>
       <c r="Q625" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="626" spans="1:17">
       <c r="A626">
         <v>28457</v>
       </c>
       <c r="B626" t="s">
         <v>1958</v>
       </c>
       <c r="C626"/>
       <c r="D626"/>
       <c r="E626" t="s">
-        <v>1149</v>
+        <v>1147</v>
       </c>
       <c r="F626" t="s">
-        <v>1150</v>
+        <v>1148</v>
       </c>
       <c r="G626"/>
       <c r="H626" t="s">
         <v>30</v>
       </c>
       <c r="I626" t="s">
         <v>24</v>
       </c>
       <c r="J626"/>
       <c r="K626"/>
       <c r="L626"/>
       <c r="M626"/>
       <c r="N626"/>
       <c r="O626"/>
       <c r="P626"/>
       <c r="Q626" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="627" spans="1:17">
       <c r="A627">
         <v>49169</v>
       </c>
       <c r="B627" t="s">
         <v>1959</v>
       </c>
       <c r="C627"/>
       <c r="D627"/>
       <c r="E627" t="s">
-        <v>1149</v>
+        <v>1147</v>
       </c>
       <c r="F627" t="s">
-        <v>1150</v>
+        <v>1148</v>
       </c>
       <c r="G627"/>
       <c r="H627" t="s">
         <v>30</v>
       </c>
       <c r="I627" t="s">
         <v>31</v>
       </c>
       <c r="J627"/>
       <c r="K627"/>
       <c r="L627"/>
       <c r="M627"/>
       <c r="N627"/>
       <c r="O627"/>
       <c r="P627"/>
       <c r="Q627" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="628" spans="1:17">
       <c r="A628">
         <v>49179</v>
       </c>
       <c r="B628" t="s">
         <v>1960</v>
       </c>
       <c r="C628"/>
       <c r="D628"/>
       <c r="E628" t="s">
-        <v>1149</v>
+        <v>1147</v>
       </c>
       <c r="F628" t="s">
-        <v>1150</v>
+        <v>1148</v>
       </c>
       <c r="G628"/>
       <c r="H628" t="s">
         <v>30</v>
       </c>
       <c r="I628" t="s">
         <v>31</v>
       </c>
       <c r="J628"/>
       <c r="K628"/>
       <c r="L628"/>
       <c r="M628"/>
       <c r="N628"/>
       <c r="O628"/>
       <c r="P628"/>
       <c r="Q628" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="629" spans="1:17">
       <c r="A629">
         <v>49197</v>
       </c>
       <c r="B629" t="s">
         <v>1961</v>
       </c>
       <c r="C629" t="s">
         <v>1962</v>
       </c>
       <c r="D629" t="s">
         <v>34</v>
       </c>
       <c r="E629" t="s">
-        <v>1149</v>
+        <v>1147</v>
       </c>
       <c r="F629" t="s">
-        <v>1150</v>
+        <v>1148</v>
       </c>
       <c r="G629"/>
       <c r="H629" t="s">
         <v>30</v>
       </c>
       <c r="I629" t="s">
         <v>31</v>
       </c>
       <c r="J629"/>
       <c r="K629"/>
       <c r="L629"/>
       <c r="M629"/>
       <c r="N629"/>
       <c r="O629"/>
       <c r="P629"/>
       <c r="Q629" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="630" spans="1:17">
       <c r="A630">
         <v>49198</v>
       </c>
       <c r="B630" t="s">
         <v>1963</v>
       </c>
       <c r="C630"/>
       <c r="D630"/>
       <c r="E630" t="s">
-        <v>1149</v>
+        <v>1147</v>
       </c>
       <c r="F630" t="s">
-        <v>1150</v>
+        <v>1148</v>
       </c>
       <c r="G630"/>
       <c r="H630" t="s">
         <v>30</v>
       </c>
       <c r="I630" t="s">
         <v>31</v>
       </c>
       <c r="J630"/>
       <c r="K630"/>
       <c r="L630"/>
       <c r="M630"/>
       <c r="N630"/>
       <c r="O630"/>
       <c r="P630"/>
       <c r="Q630" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="631" spans="1:17">
       <c r="A631">
         <v>49200</v>
       </c>
       <c r="B631" t="s">
         <v>1964</v>
       </c>
       <c r="C631" t="s">
         <v>1965</v>
       </c>
       <c r="D631" t="s">
         <v>34</v>
       </c>
       <c r="E631" t="s">
-        <v>1149</v>
+        <v>1147</v>
       </c>
       <c r="F631" t="s">
-        <v>1150</v>
+        <v>1148</v>
       </c>
       <c r="G631"/>
       <c r="H631" t="s">
         <v>30</v>
       </c>
       <c r="I631" t="s">
         <v>31</v>
       </c>
       <c r="J631"/>
       <c r="K631"/>
       <c r="L631"/>
       <c r="M631"/>
       <c r="N631"/>
       <c r="O631"/>
       <c r="P631"/>
       <c r="Q631" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="632" spans="1:17">
       <c r="A632">
         <v>78541</v>
       </c>
       <c r="B632" t="s">
         <v>1966</v>
       </c>
       <c r="C632"/>
       <c r="D632"/>
       <c r="E632" t="s">
-        <v>1149</v>
+        <v>1147</v>
       </c>
       <c r="F632" t="s">
-        <v>1150</v>
+        <v>1148</v>
       </c>
       <c r="G632"/>
       <c r="H632" t="s">
         <v>30</v>
       </c>
       <c r="I632" t="s">
         <v>47</v>
       </c>
       <c r="J632"/>
       <c r="K632"/>
       <c r="L632"/>
       <c r="M632"/>
       <c r="N632"/>
       <c r="O632"/>
       <c r="P632"/>
       <c r="Q632" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="633" spans="1:17">
       <c r="A633">
         <v>32219</v>
       </c>
       <c r="B633" t="s">
         <v>1967</v>
       </c>
       <c r="C633"/>
       <c r="D633"/>
       <c r="E633" t="s">
-        <v>1149</v>
+        <v>1147</v>
       </c>
       <c r="F633" t="s">
-        <v>1150</v>
+        <v>1148</v>
       </c>
       <c r="G633"/>
       <c r="H633" t="s">
         <v>30</v>
       </c>
       <c r="I633" t="s">
-        <v>838</v>
+        <v>836</v>
       </c>
       <c r="J633"/>
       <c r="K633"/>
       <c r="L633"/>
       <c r="M633"/>
       <c r="N633"/>
       <c r="O633"/>
       <c r="P633"/>
       <c r="Q633" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="634" spans="1:17">
       <c r="A634">
         <v>15962</v>
       </c>
       <c r="B634" t="s">
         <v>1968</v>
       </c>
       <c r="C634" t="s">
         <v>1969</v>
       </c>
       <c r="D634" t="s">
         <v>142</v>
       </c>
       <c r="E634" t="s">
-        <v>1149</v>
+        <v>1147</v>
       </c>
       <c r="F634" t="s">
-        <v>1150</v>
+        <v>1148</v>
       </c>
       <c r="G634"/>
       <c r="H634" t="s">
         <v>23</v>
       </c>
       <c r="I634" t="s">
-        <v>661</v>
+        <v>659</v>
       </c>
       <c r="J634"/>
       <c r="K634"/>
       <c r="L634"/>
       <c r="M634"/>
       <c r="N634"/>
       <c r="O634"/>
       <c r="P634"/>
       <c r="Q634" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="635" spans="1:17">
       <c r="A635">
         <v>15963</v>
       </c>
       <c r="B635" t="s">
         <v>1970</v>
       </c>
       <c r="C635" t="s">
         <v>1971</v>
       </c>
       <c r="D635" t="s">
         <v>142</v>
       </c>
       <c r="E635" t="s">
-        <v>1149</v>
+        <v>1147</v>
       </c>
       <c r="F635" t="s">
-        <v>1150</v>
+        <v>1148</v>
       </c>
       <c r="G635"/>
       <c r="H635" t="s">
         <v>23</v>
       </c>
       <c r="I635" t="s">
-        <v>661</v>
+        <v>659</v>
       </c>
       <c r="J635"/>
       <c r="K635"/>
       <c r="L635"/>
       <c r="M635"/>
       <c r="N635"/>
       <c r="O635"/>
       <c r="P635"/>
       <c r="Q635" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="636" spans="1:17">
       <c r="A636">
         <v>28541</v>
       </c>
       <c r="B636" t="s">
         <v>1972</v>
       </c>
       <c r="C636"/>
       <c r="D636"/>
       <c r="E636" t="s">
-        <v>1149</v>
+        <v>1147</v>
       </c>
       <c r="F636" t="s">
-        <v>1150</v>
+        <v>1148</v>
       </c>
       <c r="G636"/>
       <c r="H636" t="s">
         <v>30</v>
       </c>
       <c r="I636" t="s">
         <v>24</v>
       </c>
       <c r="J636"/>
       <c r="K636"/>
       <c r="L636"/>
       <c r="M636"/>
       <c r="N636"/>
       <c r="O636"/>
       <c r="P636"/>
       <c r="Q636" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="637" spans="1:17">
       <c r="A637">
         <v>30560</v>
       </c>
       <c r="B637" t="s">
         <v>1973</v>
       </c>
       <c r="C637"/>
       <c r="D637"/>
       <c r="E637" t="s">
-        <v>1149</v>
+        <v>1147</v>
       </c>
       <c r="F637" t="s">
-        <v>1150</v>
+        <v>1148</v>
       </c>
       <c r="G637"/>
       <c r="H637" t="s">
         <v>30</v>
       </c>
       <c r="I637" t="s">
-        <v>806</v>
+        <v>804</v>
       </c>
       <c r="J637"/>
       <c r="K637"/>
       <c r="L637"/>
       <c r="M637"/>
       <c r="N637"/>
       <c r="O637"/>
       <c r="P637"/>
       <c r="Q637" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="638" spans="1:17">
       <c r="A638">
         <v>3196</v>
       </c>
       <c r="B638" t="s">
         <v>1974</v>
       </c>
       <c r="C638" t="s">
         <v>1975</v>
       </c>
       <c r="D638" t="s">
         <v>19</v>
       </c>
       <c r="E638" t="s">
-        <v>1149</v>
+        <v>1147</v>
       </c>
       <c r="F638" t="s">
-        <v>1150</v>
+        <v>1148</v>
       </c>
       <c r="G638"/>
       <c r="H638" t="s">
         <v>30</v>
       </c>
       <c r="I638" t="s">
         <v>36</v>
       </c>
       <c r="J638"/>
       <c r="K638"/>
       <c r="L638"/>
       <c r="M638"/>
       <c r="N638"/>
       <c r="O638"/>
       <c r="P638"/>
       <c r="Q638" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="639" spans="1:17">
       <c r="A639">
         <v>3277</v>
       </c>
       <c r="B639" t="s">
         <v>1976</v>
       </c>
       <c r="C639"/>
       <c r="D639"/>
       <c r="E639" t="s">
-        <v>1149</v>
+        <v>1147</v>
       </c>
       <c r="F639" t="s">
-        <v>1150</v>
+        <v>1148</v>
       </c>
       <c r="G639"/>
       <c r="H639" t="s">
         <v>30</v>
       </c>
       <c r="I639" t="s">
         <v>36</v>
       </c>
       <c r="J639"/>
       <c r="K639"/>
       <c r="L639"/>
       <c r="M639"/>
       <c r="N639"/>
       <c r="O639"/>
       <c r="P639"/>
       <c r="Q639" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="640" spans="1:17">
       <c r="A640">
         <v>28565</v>
       </c>
       <c r="B640" t="s">
         <v>1977</v>
       </c>
       <c r="C640" t="s">
         <v>1978</v>
       </c>
       <c r="D640" t="s">
         <v>34</v>
       </c>
       <c r="E640" t="s">
-        <v>1149</v>
+        <v>1147</v>
       </c>
       <c r="F640" t="s">
-        <v>1150</v>
+        <v>1148</v>
       </c>
       <c r="G640"/>
       <c r="H640" t="s">
         <v>30</v>
       </c>
       <c r="I640" t="s">
-        <v>806</v>
+        <v>804</v>
       </c>
       <c r="J640"/>
       <c r="K640"/>
       <c r="L640"/>
       <c r="M640"/>
       <c r="N640"/>
       <c r="O640"/>
       <c r="P640"/>
       <c r="Q640" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="641" spans="1:17">
       <c r="A641">
         <v>16046</v>
       </c>
       <c r="B641" t="s">
         <v>1979</v>
       </c>
       <c r="C641" t="s">
         <v>1980</v>
       </c>
       <c r="D641" t="s">
-        <v>637</v>
+        <v>635</v>
       </c>
       <c r="E641" t="s">
-        <v>1149</v>
+        <v>1147</v>
       </c>
       <c r="F641" t="s">
-        <v>1150</v>
+        <v>1148</v>
       </c>
       <c r="G641"/>
       <c r="H641" t="s">
         <v>23</v>
       </c>
       <c r="I641" t="s">
-        <v>661</v>
+        <v>659</v>
       </c>
       <c r="J641"/>
       <c r="K641"/>
       <c r="L641"/>
       <c r="M641"/>
       <c r="N641"/>
       <c r="O641"/>
       <c r="P641" t="s">
         <v>1981</v>
       </c>
       <c r="Q641" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="642" spans="1:17">
       <c r="A642">
         <v>16048</v>
       </c>
       <c r="B642" t="s">
         <v>1982</v>
       </c>
       <c r="C642" t="s">
         <v>1983</v>
       </c>
       <c r="D642" t="s">
         <v>1984</v>
       </c>
       <c r="E642" t="s">
-        <v>1149</v>
+        <v>1147</v>
       </c>
       <c r="F642" t="s">
-        <v>1150</v>
+        <v>1148</v>
       </c>
       <c r="G642"/>
       <c r="H642" t="s">
         <v>23</v>
       </c>
       <c r="I642" t="s">
-        <v>661</v>
+        <v>659</v>
       </c>
       <c r="J642"/>
       <c r="K642"/>
       <c r="L642"/>
       <c r="M642"/>
       <c r="N642"/>
       <c r="O642"/>
       <c r="P642"/>
       <c r="Q642" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="643" spans="1:17">
       <c r="A643">
         <v>16049</v>
       </c>
       <c r="B643" t="s">
         <v>1985</v>
       </c>
       <c r="C643" t="s">
         <v>1986</v>
       </c>
       <c r="D643" t="s">
         <v>1987</v>
       </c>
       <c r="E643" t="s">
-        <v>1149</v>
+        <v>1147</v>
       </c>
       <c r="F643" t="s">
-        <v>1150</v>
+        <v>1148</v>
       </c>
       <c r="G643"/>
       <c r="H643" t="s">
         <v>23</v>
       </c>
       <c r="I643" t="s">
-        <v>661</v>
+        <v>659</v>
       </c>
       <c r="J643"/>
       <c r="K643"/>
       <c r="L643"/>
       <c r="M643"/>
       <c r="N643"/>
       <c r="O643"/>
       <c r="P643"/>
       <c r="Q643" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="644" spans="1:17">
       <c r="A644">
         <v>78577</v>
       </c>
       <c r="B644" t="s">
         <v>1988</v>
       </c>
       <c r="C644"/>
       <c r="D644"/>
       <c r="E644" t="s">
-        <v>1149</v>
+        <v>1147</v>
       </c>
       <c r="F644" t="s">
-        <v>1150</v>
+        <v>1148</v>
       </c>
       <c r="G644"/>
       <c r="H644" t="s">
         <v>30</v>
       </c>
       <c r="I644" t="s">
         <v>47</v>
       </c>
       <c r="J644"/>
       <c r="K644"/>
       <c r="L644"/>
       <c r="M644"/>
       <c r="N644"/>
       <c r="O644"/>
       <c r="P644"/>
       <c r="Q644" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="645" spans="1:17">
       <c r="A645">
         <v>28594</v>
       </c>
       <c r="B645" t="s">
         <v>1989</v>
       </c>
       <c r="C645"/>
       <c r="D645"/>
       <c r="E645" t="s">
-        <v>1149</v>
+        <v>1147</v>
       </c>
       <c r="F645" t="s">
-        <v>1150</v>
+        <v>1148</v>
       </c>
       <c r="G645"/>
       <c r="H645" t="s">
         <v>30</v>
       </c>
       <c r="I645" t="s">
-        <v>838</v>
+        <v>836</v>
       </c>
       <c r="J645"/>
       <c r="K645"/>
       <c r="L645"/>
       <c r="M645"/>
       <c r="N645"/>
       <c r="O645"/>
       <c r="P645"/>
       <c r="Q645" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="646" spans="1:17">
       <c r="A646">
         <v>79470</v>
       </c>
       <c r="B646" t="s">
         <v>1990</v>
       </c>
       <c r="C646"/>
       <c r="D646"/>
       <c r="E646" t="s">
-        <v>1149</v>
+        <v>1147</v>
       </c>
       <c r="F646" t="s">
-        <v>1150</v>
+        <v>1148</v>
       </c>
       <c r="G646"/>
       <c r="H646" t="s">
         <v>30</v>
       </c>
       <c r="I646" t="s">
-        <v>838</v>
+        <v>836</v>
       </c>
       <c r="J646"/>
       <c r="K646"/>
       <c r="L646"/>
       <c r="M646"/>
       <c r="N646"/>
       <c r="O646"/>
       <c r="P646"/>
       <c r="Q646" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="647" spans="1:17">
       <c r="A647">
         <v>30579</v>
       </c>
       <c r="B647" t="s">
         <v>1991</v>
       </c>
       <c r="C647"/>
       <c r="D647"/>
       <c r="E647" t="s">
-        <v>1149</v>
+        <v>1147</v>
       </c>
       <c r="F647" t="s">
-        <v>1150</v>
+        <v>1148</v>
       </c>
       <c r="G647"/>
       <c r="H647" t="s">
         <v>30</v>
       </c>
       <c r="I647" t="s">
-        <v>838</v>
+        <v>836</v>
       </c>
       <c r="J647"/>
       <c r="K647"/>
       <c r="L647"/>
       <c r="M647"/>
       <c r="N647"/>
       <c r="O647"/>
       <c r="P647"/>
       <c r="Q647" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="648" spans="1:17">
       <c r="A648">
         <v>79471</v>
       </c>
       <c r="B648" t="s">
         <v>1992</v>
       </c>
       <c r="C648"/>
       <c r="D648"/>
       <c r="E648" t="s">
-        <v>1149</v>
+        <v>1147</v>
       </c>
       <c r="F648" t="s">
-        <v>1150</v>
+        <v>1148</v>
       </c>
       <c r="G648"/>
       <c r="H648" t="s">
         <v>30</v>
       </c>
       <c r="I648" t="s">
-        <v>838</v>
+        <v>836</v>
       </c>
       <c r="J648"/>
       <c r="K648"/>
       <c r="L648"/>
       <c r="M648"/>
       <c r="N648"/>
       <c r="O648"/>
       <c r="P648"/>
       <c r="Q648" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="649" spans="1:17">
       <c r="A649">
         <v>28602</v>
       </c>
       <c r="B649" t="s">
         <v>1993</v>
       </c>
       <c r="C649"/>
       <c r="D649"/>
       <c r="E649" t="s">
-        <v>1149</v>
+        <v>1147</v>
       </c>
       <c r="F649" t="s">
-        <v>1150</v>
+        <v>1148</v>
       </c>
       <c r="G649"/>
       <c r="H649" t="s">
         <v>30</v>
       </c>
       <c r="I649" t="s">
-        <v>838</v>
+        <v>836</v>
       </c>
       <c r="J649"/>
       <c r="K649"/>
       <c r="L649"/>
       <c r="M649"/>
       <c r="N649"/>
       <c r="O649"/>
       <c r="P649"/>
       <c r="Q649" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="650" spans="1:17">
       <c r="A650">
         <v>28606</v>
       </c>
       <c r="B650" t="s">
         <v>1994</v>
       </c>
       <c r="C650"/>
       <c r="D650"/>
       <c r="E650" t="s">
-        <v>1149</v>
+        <v>1147</v>
       </c>
       <c r="F650" t="s">
-        <v>1150</v>
+        <v>1148</v>
       </c>
       <c r="G650"/>
       <c r="H650" t="s">
         <v>30</v>
       </c>
       <c r="I650" t="s">
-        <v>838</v>
+        <v>836</v>
       </c>
       <c r="J650"/>
       <c r="K650"/>
       <c r="L650"/>
       <c r="M650"/>
       <c r="N650"/>
       <c r="O650"/>
       <c r="P650"/>
       <c r="Q650" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="651" spans="1:17">
       <c r="A651">
         <v>15993</v>
       </c>
       <c r="B651" t="s">
         <v>1995</v>
       </c>
       <c r="C651" t="s">
         <v>1996</v>
       </c>
       <c r="D651" t="s">
         <v>1997</v>
       </c>
       <c r="E651" t="s">
-        <v>1149</v>
+        <v>1147</v>
       </c>
       <c r="F651" t="s">
-        <v>1150</v>
+        <v>1148</v>
       </c>
       <c r="G651"/>
       <c r="H651" t="s">
         <v>23</v>
       </c>
       <c r="I651" t="s">
-        <v>661</v>
+        <v>659</v>
       </c>
       <c r="J651" t="s">
         <v>60</v>
       </c>
       <c r="K651" t="s">
-        <v>565</v>
+        <v>563</v>
       </c>
       <c r="L651"/>
       <c r="M651"/>
       <c r="N651"/>
       <c r="O651"/>
       <c r="P651"/>
       <c r="Q651" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="652" spans="1:17">
       <c r="A652">
         <v>28652</v>
       </c>
       <c r="B652" t="s">
         <v>1998</v>
       </c>
       <c r="C652"/>
       <c r="D652"/>
       <c r="E652" t="s">
-        <v>1149</v>
+        <v>1147</v>
       </c>
       <c r="F652" t="s">
-        <v>1150</v>
+        <v>1148</v>
       </c>
       <c r="G652"/>
       <c r="H652" t="s">
         <v>30</v>
       </c>
       <c r="I652" t="s">
-        <v>661</v>
+        <v>659</v>
       </c>
       <c r="J652"/>
       <c r="K652"/>
       <c r="L652"/>
       <c r="M652"/>
       <c r="N652"/>
       <c r="O652"/>
       <c r="P652"/>
       <c r="Q652" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="653" spans="1:17">
       <c r="A653">
         <v>28661</v>
       </c>
       <c r="B653" t="s">
         <v>1999</v>
       </c>
       <c r="C653"/>
       <c r="D653"/>
       <c r="E653" t="s">
-        <v>1149</v>
+        <v>1147</v>
       </c>
       <c r="F653" t="s">
-        <v>1150</v>
+        <v>1148</v>
       </c>
       <c r="G653"/>
       <c r="H653" t="s">
         <v>23</v>
       </c>
       <c r="I653" t="s">
-        <v>661</v>
+        <v>659</v>
       </c>
       <c r="J653"/>
       <c r="K653"/>
       <c r="L653"/>
       <c r="M653"/>
       <c r="N653"/>
       <c r="O653"/>
       <c r="P653"/>
       <c r="Q653" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="654" spans="1:17">
       <c r="A654">
         <v>50439</v>
       </c>
       <c r="B654" t="s">
         <v>2000</v>
       </c>
       <c r="C654"/>
       <c r="D654"/>
       <c r="E654" t="s">
-        <v>1149</v>
+        <v>1147</v>
       </c>
       <c r="F654" t="s">
-        <v>1150</v>
+        <v>1148</v>
       </c>
       <c r="G654"/>
       <c r="H654" t="s">
         <v>30</v>
       </c>
       <c r="I654" t="s">
         <v>31</v>
       </c>
       <c r="J654"/>
       <c r="K654"/>
       <c r="L654"/>
       <c r="M654"/>
       <c r="N654"/>
       <c r="O654"/>
       <c r="P654"/>
       <c r="Q654" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="655" spans="1:17">
       <c r="A655">
         <v>50449</v>
       </c>
       <c r="B655" t="s">
         <v>2001</v>
       </c>
       <c r="C655"/>
       <c r="D655"/>
       <c r="E655" t="s">
-        <v>1149</v>
+        <v>1147</v>
       </c>
       <c r="F655" t="s">
-        <v>1150</v>
+        <v>1148</v>
       </c>
       <c r="G655"/>
       <c r="H655" t="s">
         <v>30</v>
       </c>
       <c r="I655" t="s">
         <v>31</v>
       </c>
       <c r="J655"/>
       <c r="K655"/>
       <c r="L655"/>
       <c r="M655"/>
       <c r="N655"/>
       <c r="O655"/>
       <c r="P655"/>
       <c r="Q655" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="656" spans="1:17">
       <c r="A656">
         <v>50453</v>
       </c>
       <c r="B656" t="s">
         <v>2002</v>
       </c>
       <c r="C656"/>
       <c r="D656"/>
       <c r="E656" t="s">
-        <v>1149</v>
+        <v>1147</v>
       </c>
       <c r="F656" t="s">
-        <v>1150</v>
+        <v>1148</v>
       </c>
       <c r="G656"/>
       <c r="H656" t="s">
         <v>30</v>
       </c>
       <c r="I656" t="s">
         <v>31</v>
       </c>
       <c r="J656"/>
       <c r="K656"/>
       <c r="L656"/>
       <c r="M656"/>
       <c r="N656"/>
       <c r="O656"/>
       <c r="P656"/>
       <c r="Q656" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="657" spans="1:17">
       <c r="A657">
         <v>50456</v>
       </c>
       <c r="B657" t="s">
         <v>2003</v>
       </c>
       <c r="C657"/>
       <c r="D657"/>
       <c r="E657" t="s">
-        <v>1149</v>
+        <v>1147</v>
       </c>
       <c r="F657" t="s">
-        <v>1150</v>
+        <v>1148</v>
       </c>
       <c r="G657"/>
       <c r="H657" t="s">
         <v>30</v>
       </c>
       <c r="I657" t="s">
         <v>31</v>
       </c>
       <c r="J657"/>
       <c r="K657"/>
       <c r="L657"/>
       <c r="M657"/>
       <c r="N657"/>
       <c r="O657"/>
       <c r="P657"/>
       <c r="Q657" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="658" spans="1:17">
       <c r="A658">
         <v>50458</v>
       </c>
       <c r="B658" t="s">
         <v>2004</v>
       </c>
       <c r="C658"/>
       <c r="D658"/>
       <c r="E658" t="s">
-        <v>1149</v>
+        <v>1147</v>
       </c>
       <c r="F658" t="s">
-        <v>1150</v>
+        <v>1148</v>
       </c>
       <c r="G658"/>
       <c r="H658" t="s">
         <v>30</v>
       </c>
       <c r="I658" t="s">
         <v>31</v>
       </c>
       <c r="J658"/>
       <c r="K658"/>
       <c r="L658"/>
       <c r="M658"/>
       <c r="N658"/>
       <c r="O658"/>
       <c r="P658"/>
       <c r="Q658" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="659" spans="1:17">
       <c r="A659">
         <v>50461</v>
       </c>
       <c r="B659" t="s">
         <v>2005</v>
       </c>
       <c r="C659"/>
       <c r="D659"/>
       <c r="E659" t="s">
-        <v>1149</v>
+        <v>1147</v>
       </c>
       <c r="F659" t="s">
-        <v>1150</v>
+        <v>1148</v>
       </c>
       <c r="G659"/>
       <c r="H659" t="s">
         <v>30</v>
       </c>
       <c r="I659" t="s">
         <v>31</v>
       </c>
       <c r="J659"/>
       <c r="K659"/>
       <c r="L659"/>
       <c r="M659"/>
       <c r="N659"/>
       <c r="O659"/>
       <c r="P659"/>
       <c r="Q659" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="660" spans="1:17">
       <c r="A660">
         <v>50462</v>
       </c>
       <c r="B660" t="s">
         <v>2006</v>
       </c>
       <c r="C660"/>
       <c r="D660"/>
       <c r="E660" t="s">
-        <v>1149</v>
+        <v>1147</v>
       </c>
       <c r="F660" t="s">
-        <v>1150</v>
+        <v>1148</v>
       </c>
       <c r="G660"/>
       <c r="H660" t="s">
         <v>30</v>
       </c>
       <c r="I660" t="s">
         <v>31</v>
       </c>
       <c r="J660"/>
       <c r="K660"/>
       <c r="L660"/>
       <c r="M660"/>
       <c r="N660"/>
       <c r="O660"/>
       <c r="P660"/>
       <c r="Q660" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="661" spans="1:17">
       <c r="A661">
         <v>50463</v>
       </c>
       <c r="B661" t="s">
         <v>2007</v>
       </c>
       <c r="C661"/>
       <c r="D661"/>
       <c r="E661" t="s">
-        <v>1149</v>
+        <v>1147</v>
       </c>
       <c r="F661" t="s">
-        <v>1150</v>
+        <v>1148</v>
       </c>
       <c r="G661"/>
       <c r="H661" t="s">
         <v>30</v>
       </c>
       <c r="I661" t="s">
         <v>31</v>
       </c>
       <c r="J661"/>
       <c r="K661"/>
       <c r="L661"/>
       <c r="M661"/>
       <c r="N661"/>
       <c r="O661"/>
       <c r="P661"/>
       <c r="Q661" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="662" spans="1:17">
       <c r="A662">
         <v>50466</v>
       </c>
       <c r="B662" t="s">
         <v>2008</v>
       </c>
       <c r="C662"/>
       <c r="D662"/>
       <c r="E662" t="s">
-        <v>1149</v>
+        <v>1147</v>
       </c>
       <c r="F662" t="s">
-        <v>1150</v>
+        <v>1148</v>
       </c>
       <c r="G662"/>
       <c r="H662" t="s">
         <v>30</v>
       </c>
       <c r="I662" t="s">
         <v>31</v>
       </c>
       <c r="J662"/>
       <c r="K662"/>
       <c r="L662"/>
       <c r="M662"/>
       <c r="N662"/>
       <c r="O662"/>
       <c r="P662"/>
       <c r="Q662" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="663" spans="1:17">
       <c r="A663">
         <v>79352</v>
       </c>
       <c r="B663" t="s">
         <v>2009</v>
       </c>
       <c r="C663"/>
       <c r="D663"/>
       <c r="E663" t="s">
-        <v>1149</v>
+        <v>1147</v>
       </c>
       <c r="F663" t="s">
-        <v>1150</v>
+        <v>1148</v>
       </c>
       <c r="G663"/>
       <c r="H663" t="s">
         <v>30</v>
       </c>
       <c r="I663" t="s">
         <v>31</v>
       </c>
       <c r="J663"/>
       <c r="K663"/>
       <c r="L663"/>
       <c r="M663"/>
       <c r="N663"/>
       <c r="O663"/>
       <c r="P663"/>
       <c r="Q663" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="664" spans="1:17">
       <c r="A664">
         <v>79353</v>
       </c>
       <c r="B664" t="s">
         <v>2010</v>
       </c>
       <c r="C664"/>
       <c r="D664"/>
       <c r="E664" t="s">
-        <v>1149</v>
+        <v>1147</v>
       </c>
       <c r="F664" t="s">
-        <v>1150</v>
+        <v>1148</v>
       </c>
       <c r="G664"/>
       <c r="H664" t="s">
         <v>30</v>
       </c>
       <c r="I664" t="s">
         <v>31</v>
       </c>
       <c r="J664"/>
       <c r="K664"/>
       <c r="L664"/>
       <c r="M664"/>
       <c r="N664"/>
       <c r="O664"/>
       <c r="P664"/>
       <c r="Q664" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="665" spans="1:17">
       <c r="A665">
         <v>50468</v>
       </c>
       <c r="B665" t="s">
         <v>2011</v>
       </c>
       <c r="C665"/>
       <c r="D665"/>
       <c r="E665" t="s">
-        <v>1149</v>
+        <v>1147</v>
       </c>
       <c r="F665" t="s">
-        <v>1150</v>
+        <v>1148</v>
       </c>
       <c r="G665"/>
       <c r="H665" t="s">
         <v>30</v>
       </c>
       <c r="I665" t="s">
         <v>31</v>
       </c>
       <c r="J665"/>
       <c r="K665"/>
       <c r="L665"/>
       <c r="M665"/>
       <c r="N665"/>
       <c r="O665"/>
       <c r="P665"/>
       <c r="Q665" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="666" spans="1:17">
       <c r="A666">
         <v>79354</v>
       </c>
       <c r="B666" t="s">
         <v>2012</v>
       </c>
       <c r="C666"/>
       <c r="D666"/>
       <c r="E666" t="s">
-        <v>1149</v>
+        <v>1147</v>
       </c>
       <c r="F666" t="s">
-        <v>1150</v>
+        <v>1148</v>
       </c>
       <c r="G666"/>
       <c r="H666" t="s">
         <v>30</v>
       </c>
       <c r="I666" t="s">
         <v>31</v>
       </c>
       <c r="J666"/>
       <c r="K666"/>
       <c r="L666"/>
       <c r="M666"/>
       <c r="N666"/>
       <c r="O666"/>
       <c r="P666"/>
       <c r="Q666" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="667" spans="1:17">
       <c r="A667">
         <v>79355</v>
       </c>
       <c r="B667" t="s">
         <v>2013</v>
       </c>
       <c r="C667"/>
       <c r="D667"/>
       <c r="E667" t="s">
-        <v>1149</v>
+        <v>1147</v>
       </c>
       <c r="F667" t="s">
-        <v>1150</v>
+        <v>1148</v>
       </c>
       <c r="G667"/>
       <c r="H667" t="s">
         <v>30</v>
       </c>
       <c r="I667" t="s">
         <v>31</v>
       </c>
       <c r="J667"/>
       <c r="K667"/>
       <c r="L667"/>
       <c r="M667"/>
       <c r="N667"/>
       <c r="O667"/>
       <c r="P667"/>
       <c r="Q667" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="668" spans="1:17">
       <c r="A668">
         <v>28679</v>
       </c>
       <c r="B668" t="s">
         <v>2014</v>
       </c>
       <c r="C668"/>
       <c r="D668"/>
       <c r="E668" t="s">
-        <v>1149</v>
+        <v>1147</v>
       </c>
       <c r="F668" t="s">
-        <v>1150</v>
+        <v>1148</v>
       </c>
       <c r="G668"/>
       <c r="H668" t="s">
         <v>30</v>
       </c>
       <c r="I668" t="s">
-        <v>838</v>
+        <v>836</v>
       </c>
       <c r="J668"/>
       <c r="K668"/>
       <c r="L668"/>
       <c r="M668"/>
       <c r="N668"/>
       <c r="O668"/>
       <c r="P668"/>
       <c r="Q668" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="669" spans="1:17">
       <c r="A669">
         <v>28680</v>
       </c>
       <c r="B669" t="s">
         <v>2015</v>
       </c>
       <c r="C669"/>
       <c r="D669"/>
       <c r="E669" t="s">
-        <v>1149</v>
+        <v>1147</v>
       </c>
       <c r="F669" t="s">
-        <v>1150</v>
+        <v>1148</v>
       </c>
       <c r="G669"/>
       <c r="H669" t="s">
         <v>30</v>
       </c>
       <c r="I669" t="s">
-        <v>838</v>
+        <v>836</v>
       </c>
       <c r="J669"/>
       <c r="K669"/>
       <c r="L669"/>
       <c r="M669"/>
       <c r="N669"/>
       <c r="O669"/>
       <c r="P669"/>
       <c r="Q669" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="670" spans="1:17">
       <c r="A670">
         <v>28681</v>
       </c>
       <c r="B670" t="s">
         <v>2016</v>
       </c>
       <c r="C670"/>
       <c r="D670"/>
       <c r="E670" t="s">
-        <v>1149</v>
+        <v>1147</v>
       </c>
       <c r="F670" t="s">
-        <v>1150</v>
+        <v>1148</v>
       </c>
       <c r="G670"/>
       <c r="H670" t="s">
         <v>30</v>
       </c>
       <c r="I670" t="s">
-        <v>806</v>
+        <v>804</v>
       </c>
       <c r="J670"/>
       <c r="K670"/>
       <c r="L670"/>
       <c r="M670"/>
       <c r="N670"/>
       <c r="O670"/>
       <c r="P670"/>
       <c r="Q670" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="671" spans="1:17">
       <c r="A671">
         <v>30901</v>
       </c>
       <c r="B671" t="s">
         <v>2017</v>
       </c>
       <c r="C671"/>
       <c r="D671"/>
       <c r="E671" t="s">
-        <v>1149</v>
+        <v>1147</v>
       </c>
       <c r="F671" t="s">
-        <v>1150</v>
+        <v>1148</v>
       </c>
       <c r="G671"/>
       <c r="H671" t="s">
         <v>30</v>
       </c>
       <c r="I671" t="s">
-        <v>838</v>
+        <v>836</v>
       </c>
       <c r="J671"/>
       <c r="K671"/>
       <c r="L671"/>
       <c r="M671"/>
       <c r="N671"/>
       <c r="O671"/>
       <c r="P671"/>
       <c r="Q671" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="672" spans="1:17">
       <c r="A672">
         <v>50968</v>
       </c>
       <c r="B672" t="s">
         <v>2018</v>
       </c>
       <c r="C672"/>
       <c r="D672"/>
       <c r="E672" t="s">
-        <v>1149</v>
+        <v>1147</v>
       </c>
       <c r="F672" t="s">
-        <v>1150</v>
+        <v>1148</v>
       </c>
       <c r="G672"/>
       <c r="H672" t="s">
         <v>30</v>
       </c>
       <c r="I672" t="s">
         <v>31</v>
       </c>
       <c r="J672"/>
       <c r="K672"/>
       <c r="L672"/>
       <c r="M672"/>
       <c r="N672"/>
       <c r="O672"/>
       <c r="P672"/>
       <c r="Q672" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="673" spans="1:17">
       <c r="A673">
         <v>30916</v>
       </c>
       <c r="B673" t="s">
         <v>2019</v>
       </c>
       <c r="C673"/>
       <c r="D673"/>
       <c r="E673" t="s">
-        <v>1149</v>
+        <v>1147</v>
       </c>
       <c r="F673" t="s">
-        <v>1150</v>
+        <v>1148</v>
       </c>
       <c r="G673"/>
       <c r="H673" t="s">
         <v>30</v>
       </c>
       <c r="I673" t="s">
-        <v>806</v>
+        <v>804</v>
       </c>
       <c r="J673"/>
       <c r="K673"/>
       <c r="L673"/>
       <c r="M673"/>
       <c r="N673"/>
       <c r="O673"/>
       <c r="P673"/>
       <c r="Q673" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="674" spans="1:17">
       <c r="A674">
         <v>20374</v>
       </c>
       <c r="B674" t="s">
         <v>2020</v>
       </c>
       <c r="C674" t="s">
         <v>2021</v>
       </c>
       <c r="D674" t="s">
         <v>2022</v>
       </c>
       <c r="E674" t="s">
-        <v>1149</v>
+        <v>1147</v>
       </c>
       <c r="F674" t="s">
-        <v>1150</v>
+        <v>1148</v>
       </c>
       <c r="G674"/>
       <c r="H674" t="s">
         <v>23</v>
       </c>
       <c r="I674" t="s">
         <v>31</v>
       </c>
       <c r="J674" t="s">
         <v>60</v>
       </c>
       <c r="K674" t="s">
-        <v>565</v>
+        <v>563</v>
       </c>
       <c r="L674"/>
       <c r="M674"/>
       <c r="N674"/>
       <c r="O674"/>
       <c r="P674"/>
       <c r="Q674" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="675" spans="1:17">
       <c r="A675">
         <v>79359</v>
       </c>
       <c r="B675" t="s">
         <v>2023</v>
       </c>
       <c r="C675"/>
       <c r="D675"/>
       <c r="E675" t="s">
-        <v>1149</v>
+        <v>1147</v>
       </c>
       <c r="F675" t="s">
-        <v>1150</v>
+        <v>1148</v>
       </c>
       <c r="G675"/>
       <c r="H675" t="s">
         <v>30</v>
       </c>
       <c r="I675" t="s">
         <v>31</v>
       </c>
       <c r="J675"/>
       <c r="K675"/>
       <c r="L675"/>
       <c r="M675"/>
       <c r="N675"/>
       <c r="O675"/>
       <c r="P675" t="s">
         <v>2024</v>
       </c>
       <c r="Q675" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="676" spans="1:17">
       <c r="A676">
         <v>9544</v>
       </c>
       <c r="B676" t="s">
         <v>2025</v>
       </c>
       <c r="C676"/>
       <c r="D676"/>
       <c r="E676" t="s">
-        <v>1149</v>
+        <v>1147</v>
       </c>
       <c r="F676" t="s">
-        <v>1150</v>
+        <v>1148</v>
       </c>
       <c r="G676"/>
       <c r="H676" t="s">
         <v>30</v>
       </c>
       <c r="I676" t="s">
         <v>36</v>
       </c>
       <c r="J676"/>
       <c r="K676"/>
       <c r="L676"/>
       <c r="M676"/>
       <c r="N676"/>
       <c r="O676"/>
       <c r="P676"/>
       <c r="Q676" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="677" spans="1:17">
       <c r="A677">
         <v>51820</v>
       </c>
       <c r="B677" t="s">
         <v>2026</v>
       </c>
       <c r="C677"/>
       <c r="D677"/>
       <c r="E677" t="s">
-        <v>1149</v>
+        <v>1147</v>
       </c>
       <c r="F677" t="s">
-        <v>1150</v>
+        <v>1148</v>
       </c>
       <c r="G677"/>
       <c r="H677" t="s">
         <v>30</v>
       </c>
       <c r="I677" t="s">
         <v>31</v>
       </c>
       <c r="J677"/>
       <c r="K677"/>
       <c r="L677"/>
       <c r="M677"/>
       <c r="N677"/>
       <c r="O677"/>
       <c r="P677"/>
       <c r="Q677" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="678" spans="1:17">
       <c r="A678">
         <v>78560</v>
       </c>
       <c r="B678" t="s">
         <v>2027</v>
       </c>
       <c r="C678"/>
       <c r="D678"/>
       <c r="E678" t="s">
-        <v>1149</v>
+        <v>1147</v>
       </c>
       <c r="F678" t="s">
-        <v>1150</v>
+        <v>1148</v>
       </c>
       <c r="G678"/>
       <c r="H678" t="s">
         <v>30</v>
       </c>
       <c r="I678" t="s">
         <v>47</v>
       </c>
       <c r="J678"/>
       <c r="K678"/>
       <c r="L678"/>
       <c r="M678"/>
       <c r="N678"/>
       <c r="O678"/>
       <c r="P678"/>
       <c r="Q678" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="679" spans="1:17">
       <c r="A679">
         <v>3698</v>
       </c>
       <c r="B679" t="s">
         <v>2028</v>
       </c>
       <c r="C679"/>
       <c r="D679"/>
       <c r="E679" t="s">
-        <v>1149</v>
+        <v>1147</v>
       </c>
       <c r="F679" t="s">
-        <v>1150</v>
+        <v>1148</v>
       </c>
       <c r="G679"/>
       <c r="H679" t="s">
         <v>30</v>
       </c>
       <c r="I679" t="s">
         <v>36</v>
       </c>
       <c r="J679"/>
       <c r="K679"/>
       <c r="L679"/>
       <c r="M679"/>
       <c r="N679"/>
       <c r="O679"/>
       <c r="P679"/>
       <c r="Q679" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="680" spans="1:17">
       <c r="A680">
         <v>9769</v>
       </c>
       <c r="B680" t="s">
         <v>2029</v>
       </c>
       <c r="C680"/>
       <c r="D680"/>
       <c r="E680" t="s">
-        <v>1149</v>
+        <v>1147</v>
       </c>
       <c r="F680" t="s">
-        <v>1150</v>
+        <v>1148</v>
       </c>
       <c r="G680"/>
       <c r="H680" t="s">
         <v>30</v>
       </c>
       <c r="I680" t="s">
         <v>36</v>
       </c>
       <c r="J680"/>
       <c r="K680"/>
       <c r="L680"/>
       <c r="M680"/>
       <c r="N680"/>
       <c r="O680"/>
       <c r="P680"/>
       <c r="Q680" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="681" spans="1:17">
       <c r="A681">
         <v>30944</v>
       </c>
       <c r="B681" t="s">
         <v>2030</v>
       </c>
       <c r="C681"/>
       <c r="D681"/>
       <c r="E681" t="s">
-        <v>1149</v>
+        <v>1147</v>
       </c>
       <c r="F681" t="s">
-        <v>1150</v>
+        <v>1148</v>
       </c>
       <c r="G681"/>
       <c r="H681" t="s">
         <v>30</v>
       </c>
       <c r="I681" t="s">
         <v>24</v>
       </c>
       <c r="J681"/>
       <c r="K681"/>
       <c r="L681"/>
       <c r="M681"/>
       <c r="N681"/>
       <c r="O681"/>
       <c r="P681"/>
       <c r="Q681" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="682" spans="1:17">
       <c r="A682">
         <v>52566</v>
       </c>
       <c r="B682" t="s">
         <v>2031</v>
       </c>
       <c r="C682"/>
       <c r="D682"/>
       <c r="E682" t="s">
-        <v>1149</v>
+        <v>1147</v>
       </c>
       <c r="F682" t="s">
-        <v>1150</v>
+        <v>1148</v>
       </c>
       <c r="G682"/>
       <c r="H682" t="s">
         <v>30</v>
       </c>
       <c r="I682" t="s">
         <v>31</v>
       </c>
       <c r="J682"/>
       <c r="K682"/>
       <c r="L682"/>
       <c r="M682"/>
       <c r="N682"/>
       <c r="O682"/>
       <c r="P682"/>
       <c r="Q682" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="683" spans="1:17">
       <c r="A683">
         <v>28845</v>
       </c>
       <c r="B683" t="s">
         <v>2032</v>
       </c>
       <c r="C683"/>
       <c r="D683"/>
       <c r="E683" t="s">
-        <v>1149</v>
+        <v>1147</v>
       </c>
       <c r="F683" t="s">
-        <v>1150</v>
+        <v>1148</v>
       </c>
       <c r="G683"/>
       <c r="H683" t="s">
         <v>30</v>
       </c>
       <c r="I683" t="s">
-        <v>838</v>
+        <v>836</v>
       </c>
       <c r="J683"/>
       <c r="K683"/>
       <c r="L683"/>
       <c r="M683"/>
       <c r="N683"/>
       <c r="O683"/>
       <c r="P683"/>
       <c r="Q683" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="684" spans="1:17">
       <c r="A684">
         <v>28846</v>
       </c>
       <c r="B684" t="s">
         <v>2033</v>
       </c>
       <c r="C684" t="s">
         <v>2034</v>
       </c>
       <c r="D684" t="s">
         <v>34</v>
       </c>
       <c r="E684" t="s">
-        <v>1149</v>
+        <v>1147</v>
       </c>
       <c r="F684" t="s">
-        <v>1150</v>
+        <v>1148</v>
       </c>
       <c r="G684"/>
       <c r="H684" t="s">
         <v>30</v>
       </c>
       <c r="I684" t="s">
-        <v>806</v>
+        <v>804</v>
       </c>
       <c r="J684"/>
       <c r="K684"/>
       <c r="L684"/>
       <c r="M684"/>
       <c r="N684"/>
       <c r="O684"/>
       <c r="P684"/>
       <c r="Q684" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="685" spans="1:17">
       <c r="A685">
         <v>81804</v>
       </c>
       <c r="B685" t="s">
         <v>2035</v>
       </c>
       <c r="C685"/>
       <c r="D685"/>
       <c r="E685" t="s">
-        <v>1149</v>
+        <v>1147</v>
       </c>
       <c r="F685" t="s">
-        <v>1150</v>
+        <v>1148</v>
       </c>
       <c r="G685"/>
       <c r="H685" t="s">
         <v>30</v>
       </c>
       <c r="I685" t="s">
         <v>36</v>
       </c>
       <c r="J685"/>
       <c r="K685"/>
       <c r="L685"/>
       <c r="M685"/>
       <c r="N685"/>
       <c r="O685"/>
       <c r="P685"/>
       <c r="Q685" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="686" spans="1:17">
       <c r="A686">
         <v>28861</v>
       </c>
       <c r="B686" t="s">
         <v>2036</v>
       </c>
       <c r="C686" t="s">
         <v>2037</v>
       </c>
       <c r="D686" t="s">
         <v>34</v>
       </c>
       <c r="E686" t="s">
-        <v>1149</v>
+        <v>1147</v>
       </c>
       <c r="F686" t="s">
-        <v>1150</v>
+        <v>1148</v>
       </c>
       <c r="G686"/>
       <c r="H686" t="s">
         <v>30</v>
       </c>
       <c r="I686" t="s">
-        <v>806</v>
+        <v>804</v>
       </c>
       <c r="J686"/>
       <c r="K686"/>
       <c r="L686"/>
       <c r="M686"/>
       <c r="N686"/>
       <c r="O686"/>
       <c r="P686"/>
       <c r="Q686" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="687" spans="1:17">
       <c r="A687">
         <v>15986</v>
       </c>
       <c r="B687" t="s">
         <v>2038</v>
       </c>
       <c r="C687" t="s">
         <v>2039</v>
       </c>
       <c r="D687" t="s">
         <v>2040</v>
       </c>
       <c r="E687" t="s">
-        <v>1149</v>
+        <v>1147</v>
       </c>
       <c r="F687" t="s">
-        <v>1150</v>
+        <v>1148</v>
       </c>
       <c r="G687"/>
       <c r="H687" t="s">
         <v>23</v>
       </c>
       <c r="I687" t="s">
-        <v>661</v>
+        <v>659</v>
       </c>
       <c r="J687"/>
       <c r="K687"/>
       <c r="L687"/>
       <c r="M687"/>
       <c r="N687"/>
       <c r="O687"/>
       <c r="P687"/>
       <c r="Q687" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="688" spans="1:17">
       <c r="A688">
         <v>28956</v>
       </c>
       <c r="B688" t="s">
         <v>2041</v>
       </c>
       <c r="C688"/>
       <c r="D688"/>
       <c r="E688" t="s">
-        <v>1149</v>
+        <v>1147</v>
       </c>
       <c r="F688" t="s">
-        <v>1150</v>
+        <v>1148</v>
       </c>
       <c r="G688"/>
       <c r="H688" t="s">
         <v>30</v>
       </c>
       <c r="I688" t="s">
-        <v>838</v>
+        <v>836</v>
       </c>
       <c r="J688"/>
       <c r="K688"/>
       <c r="L688"/>
       <c r="M688"/>
       <c r="N688"/>
       <c r="O688"/>
       <c r="P688"/>
       <c r="Q688" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="689" spans="1:17">
       <c r="A689">
         <v>79495</v>
       </c>
       <c r="B689" t="s">
         <v>2042</v>
       </c>
       <c r="C689"/>
       <c r="D689"/>
       <c r="E689" t="s">
-        <v>1149</v>
+        <v>1147</v>
       </c>
       <c r="F689" t="s">
-        <v>1150</v>
+        <v>1148</v>
       </c>
       <c r="G689"/>
       <c r="H689" t="s">
         <v>30</v>
       </c>
       <c r="I689" t="s">
         <v>24</v>
       </c>
       <c r="J689"/>
       <c r="K689"/>
       <c r="L689"/>
       <c r="M689"/>
       <c r="N689"/>
       <c r="O689"/>
       <c r="P689"/>
       <c r="Q689" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="690" spans="1:17">
       <c r="A690">
         <v>81356</v>
       </c>
       <c r="B690" t="s">
         <v>2043</v>
       </c>
       <c r="C690"/>
       <c r="D690"/>
       <c r="E690" t="s">
-        <v>1149</v>
+        <v>1147</v>
       </c>
       <c r="F690" t="s">
-        <v>1150</v>
+        <v>1148</v>
       </c>
       <c r="G690"/>
       <c r="H690" t="s">
         <v>30</v>
       </c>
       <c r="I690" t="s">
         <v>31</v>
       </c>
       <c r="J690"/>
       <c r="K690"/>
       <c r="L690"/>
       <c r="M690"/>
       <c r="N690"/>
       <c r="O690"/>
       <c r="P690"/>
       <c r="Q690" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="691" spans="1:17">
       <c r="A691">
         <v>31025</v>
       </c>
       <c r="B691" t="s">
         <v>2044</v>
       </c>
       <c r="C691"/>
       <c r="D691"/>
       <c r="E691" t="s">
-        <v>1149</v>
+        <v>1147</v>
       </c>
       <c r="F691" t="s">
-        <v>1150</v>
+        <v>1148</v>
       </c>
       <c r="G691"/>
       <c r="H691" t="s">
         <v>30</v>
       </c>
       <c r="I691" t="s">
-        <v>838</v>
+        <v>836</v>
       </c>
       <c r="J691"/>
       <c r="K691"/>
       <c r="L691"/>
       <c r="M691"/>
       <c r="N691"/>
       <c r="O691"/>
       <c r="P691" t="s">
         <v>2045</v>
       </c>
       <c r="Q691" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="692" spans="1:17">
       <c r="A692">
         <v>79499</v>
       </c>
       <c r="B692" t="s">
         <v>2046</v>
       </c>
       <c r="C692"/>
       <c r="D692"/>
       <c r="E692" t="s">
-        <v>1149</v>
+        <v>1147</v>
       </c>
       <c r="F692" t="s">
-        <v>1150</v>
+        <v>1148</v>
       </c>
       <c r="G692"/>
       <c r="H692" t="s">
         <v>30</v>
       </c>
       <c r="I692" t="s">
-        <v>838</v>
+        <v>836</v>
       </c>
       <c r="J692"/>
       <c r="K692"/>
       <c r="L692"/>
       <c r="M692"/>
       <c r="N692"/>
       <c r="O692"/>
       <c r="P692"/>
       <c r="Q692" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="693" spans="1:17">
       <c r="A693">
         <v>31033</v>
       </c>
       <c r="B693" t="s">
         <v>2047</v>
       </c>
       <c r="C693"/>
       <c r="D693"/>
       <c r="E693" t="s">
-        <v>1149</v>
+        <v>1147</v>
       </c>
       <c r="F693" t="s">
-        <v>1150</v>
+        <v>1148</v>
       </c>
       <c r="G693"/>
       <c r="H693" t="s">
         <v>30</v>
       </c>
       <c r="I693" t="s">
-        <v>838</v>
+        <v>836</v>
       </c>
       <c r="J693"/>
       <c r="K693"/>
       <c r="L693"/>
       <c r="M693"/>
       <c r="N693"/>
       <c r="O693"/>
       <c r="P693"/>
       <c r="Q693" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="694" spans="1:17">
       <c r="A694">
         <v>31022</v>
       </c>
       <c r="B694" t="s">
         <v>2048</v>
       </c>
       <c r="C694"/>
       <c r="D694"/>
       <c r="E694" t="s">
-        <v>1149</v>
+        <v>1147</v>
       </c>
       <c r="F694" t="s">
-        <v>1150</v>
+        <v>1148</v>
       </c>
       <c r="G694"/>
       <c r="H694" t="s">
         <v>30</v>
       </c>
       <c r="I694" t="s">
-        <v>838</v>
+        <v>836</v>
       </c>
       <c r="J694"/>
       <c r="K694"/>
       <c r="L694"/>
       <c r="M694"/>
       <c r="N694"/>
       <c r="O694"/>
       <c r="P694"/>
       <c r="Q694" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="695" spans="1:17">
       <c r="A695">
         <v>4402</v>
       </c>
       <c r="B695" t="s">
         <v>2049</v>
       </c>
       <c r="C695"/>
       <c r="D695"/>
       <c r="E695" t="s">
-        <v>1149</v>
+        <v>1147</v>
       </c>
       <c r="F695" t="s">
-        <v>1150</v>
+        <v>1148</v>
       </c>
       <c r="G695"/>
       <c r="H695" t="s">
         <v>30</v>
       </c>
       <c r="I695" t="s">
         <v>36</v>
       </c>
       <c r="J695"/>
       <c r="K695"/>
       <c r="L695"/>
       <c r="M695"/>
       <c r="N695"/>
       <c r="O695"/>
       <c r="P695"/>
       <c r="Q695" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="696" spans="1:17">
       <c r="A696">
         <v>4449</v>
       </c>
       <c r="B696" t="s">
         <v>2050</v>
       </c>
       <c r="C696"/>
       <c r="D696"/>
       <c r="E696" t="s">
-        <v>1149</v>
+        <v>1147</v>
       </c>
       <c r="F696" t="s">
-        <v>1150</v>
+        <v>1148</v>
       </c>
       <c r="G696"/>
       <c r="H696" t="s">
         <v>30</v>
       </c>
       <c r="I696" t="s">
         <v>36</v>
       </c>
       <c r="J696"/>
       <c r="K696"/>
       <c r="L696"/>
       <c r="M696"/>
       <c r="N696"/>
       <c r="O696"/>
       <c r="P696"/>
       <c r="Q696" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="697" spans="1:17">
       <c r="A697">
         <v>79503</v>
       </c>
       <c r="B697" t="s">
         <v>2051</v>
       </c>
       <c r="C697"/>
       <c r="D697"/>
       <c r="E697" t="s">
-        <v>1149</v>
+        <v>1147</v>
       </c>
       <c r="F697" t="s">
-        <v>1150</v>
+        <v>1148</v>
       </c>
       <c r="G697"/>
       <c r="H697" t="s">
         <v>30</v>
       </c>
       <c r="I697" t="s">
-        <v>838</v>
+        <v>836</v>
       </c>
       <c r="J697"/>
       <c r="K697"/>
       <c r="L697"/>
       <c r="M697"/>
       <c r="N697"/>
       <c r="O697"/>
       <c r="P697"/>
       <c r="Q697" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="698" spans="1:17">
       <c r="A698">
         <v>64547</v>
       </c>
       <c r="B698" t="s">
         <v>2052</v>
       </c>
       <c r="C698"/>
       <c r="D698"/>
       <c r="E698" t="s">
-        <v>1149</v>
+        <v>1147</v>
       </c>
       <c r="F698" t="s">
-        <v>1150</v>
+        <v>1148</v>
       </c>
       <c r="G698"/>
       <c r="H698" t="s">
         <v>30</v>
       </c>
       <c r="I698" t="s">
         <v>31</v>
       </c>
       <c r="J698"/>
       <c r="K698"/>
       <c r="L698"/>
       <c r="M698"/>
       <c r="N698"/>
       <c r="O698"/>
       <c r="P698"/>
       <c r="Q698" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="699" spans="1:17">
       <c r="A699">
         <v>64549</v>
       </c>
       <c r="B699" t="s">
         <v>2053</v>
       </c>
       <c r="C699"/>
       <c r="D699"/>
       <c r="E699" t="s">
-        <v>1149</v>
+        <v>1147</v>
       </c>
       <c r="F699" t="s">
-        <v>1150</v>
+        <v>1148</v>
       </c>
       <c r="G699"/>
       <c r="H699" t="s">
         <v>30</v>
       </c>
       <c r="I699" t="s">
         <v>31</v>
       </c>
       <c r="J699"/>
       <c r="K699"/>
       <c r="L699"/>
       <c r="M699"/>
       <c r="N699"/>
       <c r="O699"/>
       <c r="P699"/>
       <c r="Q699" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="700" spans="1:17">
       <c r="A700">
         <v>64566</v>
       </c>
       <c r="B700" t="s">
         <v>2054</v>
       </c>
       <c r="C700"/>
       <c r="D700"/>
       <c r="E700" t="s">
-        <v>1149</v>
+        <v>1147</v>
       </c>
       <c r="F700" t="s">
-        <v>1150</v>
+        <v>1148</v>
       </c>
       <c r="G700"/>
       <c r="H700" t="s">
         <v>30</v>
       </c>
       <c r="I700" t="s">
         <v>31</v>
       </c>
       <c r="J700"/>
       <c r="K700"/>
       <c r="L700"/>
       <c r="M700"/>
       <c r="N700"/>
       <c r="O700"/>
       <c r="P700"/>
       <c r="Q700" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="701" spans="1:17">
       <c r="A701">
         <v>64572</v>
       </c>
       <c r="B701" t="s">
         <v>2055</v>
       </c>
       <c r="C701"/>
       <c r="D701"/>
       <c r="E701" t="s">
-        <v>1149</v>
+        <v>1147</v>
       </c>
       <c r="F701" t="s">
-        <v>1150</v>
+        <v>1148</v>
       </c>
       <c r="G701"/>
       <c r="H701" t="s">
         <v>30</v>
       </c>
       <c r="I701" t="s">
         <v>31</v>
       </c>
       <c r="J701"/>
       <c r="K701"/>
       <c r="L701"/>
       <c r="M701"/>
       <c r="N701"/>
       <c r="O701"/>
       <c r="P701"/>
       <c r="Q701" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="702" spans="1:17">
       <c r="A702">
         <v>33549</v>
       </c>
       <c r="B702" t="s">
         <v>2056</v>
       </c>
       <c r="C702"/>
       <c r="D702"/>
       <c r="E702" t="s">
-        <v>1149</v>
+        <v>1147</v>
       </c>
       <c r="F702" t="s">
-        <v>1150</v>
+        <v>1148</v>
       </c>
       <c r="G702"/>
       <c r="H702" t="s">
         <v>30</v>
       </c>
       <c r="I702" t="s">
         <v>31</v>
       </c>
       <c r="J702"/>
       <c r="K702"/>
       <c r="L702"/>
       <c r="M702"/>
       <c r="N702"/>
       <c r="O702"/>
       <c r="P702"/>
       <c r="Q702" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="703" spans="1:17">
       <c r="A703">
         <v>26569</v>
       </c>
       <c r="B703" t="s">
         <v>2057</v>
       </c>
       <c r="C703"/>
       <c r="D703"/>
       <c r="E703" t="s">
-        <v>1149</v>
+        <v>1147</v>
       </c>
       <c r="F703" t="s">
-        <v>1150</v>
+        <v>1148</v>
       </c>
       <c r="G703"/>
       <c r="H703" t="s">
         <v>30</v>
       </c>
       <c r="I703" t="s">
         <v>36</v>
       </c>
       <c r="J703"/>
       <c r="K703"/>
       <c r="L703"/>
       <c r="M703"/>
       <c r="N703"/>
       <c r="O703"/>
       <c r="P703"/>
       <c r="Q703" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="704" spans="1:17">
       <c r="A704">
         <v>31073</v>
       </c>
       <c r="B704" t="s">
         <v>2058</v>
       </c>
       <c r="C704"/>
       <c r="D704"/>
       <c r="E704" t="s">
-        <v>1149</v>
+        <v>1147</v>
       </c>
       <c r="F704" t="s">
-        <v>1150</v>
+        <v>1148</v>
       </c>
       <c r="G704"/>
       <c r="H704" t="s">
         <v>30</v>
       </c>
       <c r="I704" t="s">
-        <v>806</v>
+        <v>804</v>
       </c>
       <c r="J704"/>
       <c r="K704"/>
       <c r="L704"/>
       <c r="M704"/>
       <c r="N704"/>
       <c r="O704"/>
       <c r="P704"/>
       <c r="Q704" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="705" spans="1:17">
       <c r="A705">
         <v>81950</v>
       </c>
       <c r="B705" t="s">
         <v>2059</v>
       </c>
       <c r="C705" t="s">
         <v>2060</v>
       </c>
       <c r="D705" t="s">
         <v>2061</v>
       </c>
       <c r="E705" t="s">
-        <v>1149</v>
+        <v>1147</v>
       </c>
       <c r="F705" t="s">
-        <v>1150</v>
+        <v>1148</v>
       </c>
       <c r="G705"/>
       <c r="H705" t="s">
         <v>30</v>
       </c>
       <c r="I705" t="s">
         <v>36</v>
       </c>
       <c r="J705"/>
       <c r="K705"/>
       <c r="L705"/>
       <c r="M705"/>
       <c r="N705"/>
       <c r="O705"/>
       <c r="P705"/>
       <c r="Q705" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="706" spans="1:17">
       <c r="A706">
         <v>29090</v>
       </c>
       <c r="B706" t="s">
         <v>2062</v>
       </c>
       <c r="C706"/>
       <c r="D706"/>
       <c r="E706" t="s">
-        <v>1149</v>
+        <v>1147</v>
       </c>
       <c r="F706" t="s">
-        <v>1150</v>
+        <v>1148</v>
       </c>
       <c r="G706"/>
       <c r="H706" t="s">
         <v>30</v>
       </c>
       <c r="I706" t="s">
-        <v>838</v>
+        <v>836</v>
       </c>
       <c r="J706"/>
       <c r="K706"/>
       <c r="L706"/>
       <c r="M706"/>
       <c r="N706"/>
       <c r="O706"/>
       <c r="P706"/>
       <c r="Q706" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="707" spans="1:17">
       <c r="A707">
         <v>29095</v>
       </c>
       <c r="B707" t="s">
         <v>2063</v>
       </c>
       <c r="C707"/>
       <c r="D707"/>
       <c r="E707" t="s">
-        <v>1149</v>
+        <v>1147</v>
       </c>
       <c r="F707" t="s">
-        <v>1150</v>
+        <v>1148</v>
       </c>
       <c r="G707"/>
       <c r="H707" t="s">
         <v>30</v>
       </c>
       <c r="I707" t="s">
-        <v>661</v>
+        <v>659</v>
       </c>
       <c r="J707"/>
       <c r="K707"/>
       <c r="L707"/>
       <c r="M707"/>
       <c r="N707"/>
       <c r="O707"/>
       <c r="P707"/>
       <c r="Q707" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="708" spans="1:17">
       <c r="A708">
         <v>16007</v>
       </c>
       <c r="B708" t="s">
         <v>2064</v>
       </c>
       <c r="C708" t="s">
         <v>2065</v>
       </c>
       <c r="D708" t="s">
-        <v>611</v>
+        <v>609</v>
       </c>
       <c r="E708" t="s">
-        <v>1149</v>
+        <v>1147</v>
       </c>
       <c r="F708" t="s">
-        <v>1150</v>
+        <v>1148</v>
       </c>
       <c r="G708"/>
       <c r="H708" t="s">
         <v>23</v>
       </c>
       <c r="I708" t="s">
-        <v>661</v>
+        <v>659</v>
       </c>
       <c r="J708" t="s">
         <v>60</v>
       </c>
       <c r="K708" t="s">
-        <v>565</v>
+        <v>563</v>
       </c>
       <c r="L708"/>
       <c r="M708"/>
       <c r="N708"/>
       <c r="O708"/>
       <c r="P708"/>
       <c r="Q708" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="709" spans="1:17">
       <c r="A709">
         <v>33585</v>
       </c>
       <c r="B709" t="s">
         <v>2066</v>
       </c>
       <c r="C709"/>
       <c r="D709"/>
       <c r="E709" t="s">
-        <v>1149</v>
+        <v>1147</v>
       </c>
       <c r="F709" t="s">
-        <v>1150</v>
+        <v>1148</v>
       </c>
       <c r="G709"/>
       <c r="H709" t="s">
         <v>30</v>
       </c>
       <c r="I709" t="s">
         <v>31</v>
       </c>
       <c r="J709"/>
       <c r="K709"/>
       <c r="L709"/>
       <c r="M709"/>
       <c r="N709"/>
       <c r="O709"/>
       <c r="P709"/>
       <c r="Q709" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="710" spans="1:17">
       <c r="A710">
         <v>55315</v>
       </c>
       <c r="B710" t="s">
         <v>2067</v>
       </c>
       <c r="C710"/>
       <c r="D710"/>
       <c r="E710" t="s">
-        <v>1149</v>
+        <v>1147</v>
       </c>
       <c r="F710" t="s">
-        <v>1150</v>
+        <v>1148</v>
       </c>
       <c r="G710"/>
       <c r="H710" t="s">
         <v>30</v>
       </c>
       <c r="I710" t="s">
         <v>31</v>
       </c>
       <c r="J710"/>
       <c r="K710"/>
       <c r="L710"/>
       <c r="M710"/>
       <c r="N710"/>
       <c r="O710"/>
       <c r="P710"/>
       <c r="Q710" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="711" spans="1:17">
       <c r="A711">
         <v>55350</v>
       </c>
       <c r="B711" t="s">
         <v>2068</v>
       </c>
       <c r="C711"/>
       <c r="D711"/>
       <c r="E711" t="s">
-        <v>1149</v>
+        <v>1147</v>
       </c>
       <c r="F711" t="s">
-        <v>1150</v>
+        <v>1148</v>
       </c>
       <c r="G711"/>
       <c r="H711" t="s">
         <v>30</v>
       </c>
       <c r="I711" t="s">
         <v>31</v>
       </c>
       <c r="J711"/>
       <c r="K711"/>
       <c r="L711"/>
       <c r="M711"/>
       <c r="N711"/>
       <c r="O711"/>
       <c r="P711"/>
       <c r="Q711" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="712" spans="1:17">
       <c r="A712">
         <v>29210</v>
       </c>
       <c r="B712" t="s">
         <v>2069</v>
       </c>
       <c r="C712"/>
       <c r="D712"/>
       <c r="E712" t="s">
-        <v>1149</v>
+        <v>1147</v>
       </c>
       <c r="F712" t="s">
-        <v>1150</v>
+        <v>1148</v>
       </c>
       <c r="G712"/>
       <c r="H712" t="s">
         <v>30</v>
       </c>
       <c r="I712" t="s">
-        <v>806</v>
+        <v>804</v>
       </c>
       <c r="J712"/>
       <c r="K712"/>
       <c r="L712"/>
       <c r="M712"/>
       <c r="N712"/>
       <c r="O712"/>
       <c r="P712"/>
       <c r="Q712" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="713" spans="1:17">
       <c r="A713">
         <v>55432</v>
       </c>
       <c r="B713" t="s">
         <v>2070</v>
       </c>
       <c r="C713"/>
       <c r="D713"/>
       <c r="E713" t="s">
-        <v>1149</v>
+        <v>1147</v>
       </c>
       <c r="F713" t="s">
-        <v>1150</v>
+        <v>1148</v>
       </c>
       <c r="G713"/>
       <c r="H713" t="s">
         <v>30</v>
       </c>
       <c r="I713" t="s">
         <v>31</v>
       </c>
       <c r="J713"/>
       <c r="K713"/>
       <c r="L713"/>
       <c r="M713"/>
       <c r="N713"/>
       <c r="O713"/>
       <c r="P713"/>
       <c r="Q713" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="714" spans="1:17">
       <c r="A714">
         <v>55374</v>
       </c>
       <c r="B714" t="s">
         <v>2071</v>
       </c>
       <c r="C714"/>
       <c r="D714"/>
       <c r="E714" t="s">
-        <v>1149</v>
+        <v>1147</v>
       </c>
       <c r="F714" t="s">
-        <v>1150</v>
+        <v>1148</v>
       </c>
       <c r="G714"/>
       <c r="H714" t="s">
         <v>30</v>
       </c>
       <c r="I714" t="s">
         <v>31</v>
       </c>
       <c r="J714"/>
       <c r="K714"/>
       <c r="L714"/>
       <c r="M714"/>
       <c r="N714"/>
       <c r="O714"/>
       <c r="P714" t="s">
         <v>2072</v>
       </c>
       <c r="Q714" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="715" spans="1:17">
       <c r="A715">
         <v>29226</v>
       </c>
       <c r="B715" t="s">
         <v>2073</v>
       </c>
       <c r="C715"/>
       <c r="D715"/>
       <c r="E715" t="s">
-        <v>1149</v>
+        <v>1147</v>
       </c>
       <c r="F715" t="s">
-        <v>1150</v>
+        <v>1148</v>
       </c>
       <c r="G715"/>
       <c r="H715" t="s">
         <v>30</v>
       </c>
       <c r="I715" t="s">
-        <v>838</v>
+        <v>836</v>
       </c>
       <c r="J715"/>
       <c r="K715"/>
       <c r="L715"/>
       <c r="M715"/>
       <c r="N715"/>
       <c r="O715"/>
       <c r="P715"/>
       <c r="Q715" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="716" spans="1:17">
       <c r="A716">
         <v>29227</v>
       </c>
       <c r="B716" t="s">
         <v>2074</v>
       </c>
       <c r="C716"/>
       <c r="D716"/>
       <c r="E716" t="s">
-        <v>1149</v>
+        <v>1147</v>
       </c>
       <c r="F716" t="s">
-        <v>1150</v>
+        <v>1148</v>
       </c>
       <c r="G716"/>
       <c r="H716" t="s">
         <v>23</v>
       </c>
       <c r="I716" t="s">
-        <v>661</v>
+        <v>659</v>
       </c>
       <c r="J716"/>
       <c r="K716"/>
       <c r="L716"/>
       <c r="M716"/>
       <c r="N716"/>
       <c r="O716"/>
       <c r="P716"/>
       <c r="Q716" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="717" spans="1:17">
       <c r="A717">
         <v>38949</v>
       </c>
       <c r="B717" t="s">
         <v>2075</v>
       </c>
       <c r="C717"/>
       <c r="D717"/>
       <c r="E717" t="s">
-        <v>1149</v>
+        <v>1147</v>
       </c>
       <c r="F717" t="s">
-        <v>1150</v>
+        <v>1148</v>
       </c>
       <c r="G717"/>
       <c r="H717" t="s">
         <v>30</v>
       </c>
       <c r="I717" t="s">
         <v>2076</v>
       </c>
       <c r="J717"/>
       <c r="K717"/>
       <c r="L717"/>
       <c r="M717"/>
       <c r="N717"/>
       <c r="O717"/>
       <c r="P717"/>
       <c r="Q717" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="718" spans="1:17">
       <c r="A718">
         <v>29260</v>
       </c>
       <c r="B718" t="s">
         <v>2077</v>
       </c>
       <c r="C718"/>
       <c r="D718"/>
       <c r="E718" t="s">
-        <v>1149</v>
+        <v>1147</v>
       </c>
       <c r="F718" t="s">
-        <v>1150</v>
+        <v>1148</v>
       </c>
       <c r="G718"/>
       <c r="H718" t="s">
         <v>30</v>
       </c>
       <c r="I718" t="s">
-        <v>838</v>
+        <v>836</v>
       </c>
       <c r="J718"/>
       <c r="K718"/>
       <c r="L718"/>
       <c r="M718"/>
       <c r="N718"/>
       <c r="O718"/>
       <c r="P718"/>
       <c r="Q718" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="719" spans="1:17">
       <c r="A719">
         <v>29261</v>
       </c>
       <c r="B719" t="s">
         <v>2078</v>
       </c>
       <c r="C719"/>
       <c r="D719"/>
       <c r="E719" t="s">
-        <v>1149</v>
+        <v>1147</v>
       </c>
       <c r="F719" t="s">
-        <v>1150</v>
+        <v>1148</v>
       </c>
       <c r="G719"/>
       <c r="H719" t="s">
         <v>30</v>
       </c>
       <c r="I719" t="s">
-        <v>838</v>
+        <v>836</v>
       </c>
       <c r="J719"/>
       <c r="K719"/>
       <c r="L719"/>
       <c r="M719"/>
       <c r="N719"/>
       <c r="O719"/>
       <c r="P719"/>
       <c r="Q719" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="720" spans="1:17">
       <c r="A720">
         <v>29262</v>
       </c>
       <c r="B720" t="s">
         <v>2079</v>
       </c>
       <c r="C720"/>
       <c r="D720"/>
       <c r="E720" t="s">
-        <v>1149</v>
+        <v>1147</v>
       </c>
       <c r="F720" t="s">
-        <v>1150</v>
+        <v>1148</v>
       </c>
       <c r="G720"/>
       <c r="H720" t="s">
         <v>30</v>
       </c>
       <c r="I720" t="s">
-        <v>838</v>
+        <v>836</v>
       </c>
       <c r="J720"/>
       <c r="K720"/>
       <c r="L720"/>
       <c r="M720"/>
       <c r="N720"/>
       <c r="O720"/>
       <c r="P720"/>
       <c r="Q720" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="721" spans="1:17">
       <c r="A721">
         <v>29263</v>
       </c>
       <c r="B721" t="s">
         <v>2080</v>
       </c>
       <c r="C721"/>
       <c r="D721"/>
       <c r="E721" t="s">
-        <v>1149</v>
+        <v>1147</v>
       </c>
       <c r="F721" t="s">
-        <v>1150</v>
+        <v>1148</v>
       </c>
       <c r="G721"/>
       <c r="H721" t="s">
         <v>30</v>
       </c>
       <c r="I721" t="s">
-        <v>838</v>
+        <v>836</v>
       </c>
       <c r="J721"/>
       <c r="K721"/>
       <c r="L721"/>
       <c r="M721"/>
       <c r="N721"/>
       <c r="O721"/>
       <c r="P721"/>
       <c r="Q721" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="722" spans="1:17">
       <c r="A722">
         <v>29264</v>
       </c>
       <c r="B722" t="s">
         <v>2081</v>
       </c>
       <c r="C722"/>
       <c r="D722"/>
       <c r="E722" t="s">
-        <v>1149</v>
+        <v>1147</v>
       </c>
       <c r="F722" t="s">
-        <v>1150</v>
+        <v>1148</v>
       </c>
       <c r="G722"/>
       <c r="H722" t="s">
         <v>30</v>
       </c>
       <c r="I722" t="s">
-        <v>838</v>
+        <v>836</v>
       </c>
       <c r="J722"/>
       <c r="K722"/>
       <c r="L722"/>
       <c r="M722"/>
       <c r="N722"/>
       <c r="O722"/>
       <c r="P722"/>
       <c r="Q722" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="723" spans="1:17">
       <c r="A723">
         <v>32734</v>
       </c>
       <c r="B723" t="s">
         <v>2082</v>
       </c>
       <c r="C723"/>
       <c r="D723"/>
       <c r="E723" t="s">
-        <v>1149</v>
+        <v>1147</v>
       </c>
       <c r="F723" t="s">
-        <v>1150</v>
+        <v>1148</v>
       </c>
       <c r="G723"/>
       <c r="H723" t="s">
         <v>30</v>
       </c>
       <c r="I723" t="s">
         <v>31</v>
       </c>
       <c r="J723"/>
       <c r="K723"/>
       <c r="L723"/>
       <c r="M723"/>
       <c r="N723"/>
       <c r="O723"/>
-      <c r="P723"/>
+      <c r="P723" t="s">
+        <v>2083</v>
+      </c>
       <c r="Q723" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="724" spans="1:17">
       <c r="A724">
         <v>24247</v>
       </c>
       <c r="B724" t="s">
-        <v>2083</v>
+        <v>2084</v>
       </c>
       <c r="C724"/>
       <c r="D724"/>
       <c r="E724" t="s">
-        <v>1149</v>
+        <v>1147</v>
       </c>
       <c r="F724" t="s">
-        <v>1150</v>
+        <v>1148</v>
       </c>
       <c r="G724"/>
       <c r="H724" t="s">
         <v>30</v>
       </c>
       <c r="I724" t="s">
         <v>36</v>
       </c>
       <c r="J724" t="s">
         <v>60</v>
       </c>
       <c r="K724" t="s">
-        <v>565</v>
+        <v>563</v>
       </c>
       <c r="L724"/>
       <c r="M724"/>
       <c r="N724"/>
       <c r="O724"/>
       <c r="P724"/>
       <c r="Q724" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="725" spans="1:17">
       <c r="A725">
         <v>10297</v>
       </c>
       <c r="B725" t="s">
-        <v>2084</v>
+        <v>2085</v>
       </c>
       <c r="C725" t="s">
-        <v>2085</v>
+        <v>2086</v>
       </c>
       <c r="D725" t="s">
-        <v>1267</v>
+        <v>1265</v>
       </c>
       <c r="E725" t="s">
-        <v>1149</v>
+        <v>1147</v>
       </c>
       <c r="F725" t="s">
-        <v>1150</v>
+        <v>1148</v>
       </c>
       <c r="G725"/>
       <c r="H725" t="s">
         <v>30</v>
       </c>
       <c r="I725" t="s">
         <v>36</v>
       </c>
       <c r="J725"/>
       <c r="K725"/>
       <c r="L725"/>
       <c r="M725"/>
       <c r="N725"/>
       <c r="O725"/>
       <c r="P725"/>
       <c r="Q725" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="726" spans="1:17">
       <c r="A726">
         <v>82041</v>
       </c>
       <c r="B726" t="s">
-        <v>2086</v>
+        <v>2087</v>
       </c>
       <c r="C726"/>
       <c r="D726"/>
       <c r="E726" t="s">
-        <v>1149</v>
+        <v>1147</v>
       </c>
       <c r="F726" t="s">
-        <v>1150</v>
+        <v>1148</v>
       </c>
       <c r="G726"/>
       <c r="H726" t="s">
         <v>30</v>
       </c>
       <c r="I726" t="s">
         <v>36</v>
       </c>
       <c r="J726"/>
       <c r="K726"/>
       <c r="L726"/>
       <c r="M726"/>
       <c r="N726"/>
       <c r="O726"/>
       <c r="P726"/>
       <c r="Q726" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="727" spans="1:17">
       <c r="A727">
         <v>15995</v>
       </c>
       <c r="B727" t="s">
-        <v>2087</v>
+        <v>2088</v>
       </c>
       <c r="C727" t="s">
-        <v>2088</v>
+        <v>2089</v>
       </c>
       <c r="D727" t="s">
-        <v>902</v>
+        <v>900</v>
       </c>
       <c r="E727" t="s">
-        <v>1149</v>
+        <v>1147</v>
       </c>
       <c r="F727" t="s">
-        <v>1150</v>
+        <v>1148</v>
       </c>
       <c r="G727"/>
       <c r="H727" t="s">
         <v>23</v>
       </c>
       <c r="I727" t="s">
-        <v>661</v>
+        <v>659</v>
       </c>
       <c r="J727" t="s">
         <v>60</v>
       </c>
       <c r="K727" t="s">
-        <v>565</v>
+        <v>563</v>
       </c>
       <c r="L727"/>
       <c r="M727"/>
       <c r="N727"/>
       <c r="O727"/>
       <c r="P727"/>
       <c r="Q727" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="728" spans="1:17">
       <c r="A728">
         <v>15996</v>
       </c>
       <c r="B728" t="s">
-        <v>2089</v>
+        <v>2090</v>
       </c>
       <c r="C728" t="s">
-        <v>2090</v>
+        <v>2091</v>
       </c>
       <c r="D728" t="s">
         <v>1997</v>
       </c>
       <c r="E728" t="s">
-        <v>1149</v>
+        <v>1147</v>
       </c>
       <c r="F728" t="s">
-        <v>1150</v>
+        <v>1148</v>
       </c>
       <c r="G728"/>
       <c r="H728" t="s">
         <v>23</v>
       </c>
       <c r="I728" t="s">
-        <v>661</v>
+        <v>659</v>
       </c>
       <c r="J728"/>
       <c r="K728"/>
       <c r="L728"/>
       <c r="M728"/>
       <c r="N728"/>
       <c r="O728"/>
       <c r="P728"/>
       <c r="Q728" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="729" spans="1:17">
       <c r="A729">
         <v>24248</v>
       </c>
       <c r="B729" t="s">
-        <v>2091</v>
+        <v>2092</v>
       </c>
       <c r="C729" t="s">
-        <v>2092</v>
+        <v>2093</v>
       </c>
       <c r="D729" t="s">
         <v>34</v>
       </c>
       <c r="E729" t="s">
-        <v>1149</v>
+        <v>1147</v>
       </c>
       <c r="F729" t="s">
-        <v>1150</v>
+        <v>1148</v>
       </c>
       <c r="G729"/>
       <c r="H729" t="s">
         <v>30</v>
       </c>
       <c r="I729" t="s">
         <v>36</v>
       </c>
       <c r="J729" t="s">
-        <v>807</v>
+        <v>805</v>
       </c>
       <c r="K729" t="s">
-        <v>565</v>
+        <v>563</v>
       </c>
       <c r="L729"/>
       <c r="M729"/>
       <c r="N729" t="s">
-        <v>820</v>
+        <v>818</v>
       </c>
       <c r="O729"/>
       <c r="P729"/>
       <c r="Q729" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="730" spans="1:17">
       <c r="A730">
         <v>82049</v>
       </c>
       <c r="B730" t="s">
-        <v>2093</v>
+        <v>2094</v>
       </c>
       <c r="C730"/>
       <c r="D730"/>
       <c r="E730" t="s">
-        <v>1149</v>
+        <v>1147</v>
       </c>
       <c r="F730" t="s">
-        <v>1150</v>
+        <v>1148</v>
       </c>
       <c r="G730"/>
       <c r="H730" t="s">
         <v>30</v>
       </c>
       <c r="I730" t="s">
         <v>36</v>
       </c>
       <c r="J730"/>
       <c r="K730"/>
       <c r="L730"/>
       <c r="M730"/>
       <c r="N730"/>
       <c r="O730"/>
       <c r="P730"/>
       <c r="Q730" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="731" spans="1:17">
       <c r="A731">
         <v>5465</v>
       </c>
       <c r="B731" t="s">
-        <v>2094</v>
+        <v>2095</v>
       </c>
       <c r="C731"/>
       <c r="D731"/>
       <c r="E731" t="s">
-        <v>1149</v>
+        <v>1147</v>
       </c>
       <c r="F731" t="s">
-        <v>1150</v>
+        <v>1148</v>
       </c>
       <c r="G731"/>
       <c r="H731" t="s">
         <v>30</v>
       </c>
       <c r="I731" t="s">
         <v>36</v>
       </c>
       <c r="J731"/>
       <c r="K731"/>
       <c r="L731"/>
       <c r="M731"/>
       <c r="N731"/>
       <c r="O731"/>
       <c r="P731"/>
       <c r="Q731" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="732" spans="1:17">
       <c r="A732">
         <v>5494</v>
       </c>
       <c r="B732" t="s">
-        <v>2095</v>
+        <v>2096</v>
       </c>
       <c r="C732"/>
       <c r="D732"/>
       <c r="E732" t="s">
-        <v>1149</v>
+        <v>1147</v>
       </c>
       <c r="F732" t="s">
-        <v>1150</v>
+        <v>1148</v>
       </c>
       <c r="G732"/>
       <c r="H732" t="s">
         <v>30</v>
       </c>
       <c r="I732" t="s">
         <v>36</v>
       </c>
       <c r="J732"/>
       <c r="K732"/>
       <c r="L732"/>
       <c r="M732"/>
       <c r="N732"/>
       <c r="O732"/>
       <c r="P732"/>
       <c r="Q732" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="733" spans="1:17">
       <c r="A733">
         <v>37496</v>
       </c>
       <c r="B733" t="s">
-        <v>2096</v>
+        <v>2097</v>
       </c>
       <c r="C733"/>
       <c r="D733"/>
       <c r="E733" t="s">
-        <v>1149</v>
+        <v>1147</v>
       </c>
       <c r="F733" t="s">
-        <v>1150</v>
+        <v>1148</v>
       </c>
       <c r="G733"/>
       <c r="H733" t="s">
         <v>30</v>
       </c>
       <c r="I733" t="s">
         <v>36</v>
       </c>
       <c r="J733"/>
       <c r="K733"/>
       <c r="L733"/>
       <c r="M733"/>
       <c r="N733"/>
       <c r="O733"/>
       <c r="P733"/>
       <c r="Q733" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="734" spans="1:17">
       <c r="A734">
         <v>29301</v>
       </c>
       <c r="B734" t="s">
-        <v>2097</v>
+        <v>2098</v>
       </c>
       <c r="C734"/>
       <c r="D734"/>
       <c r="E734" t="s">
-        <v>1149</v>
+        <v>1147</v>
       </c>
       <c r="F734" t="s">
-        <v>1150</v>
+        <v>1148</v>
       </c>
       <c r="G734"/>
       <c r="H734" t="s">
         <v>30</v>
       </c>
       <c r="I734" t="s">
-        <v>838</v>
+        <v>836</v>
       </c>
       <c r="J734"/>
       <c r="K734"/>
       <c r="L734"/>
       <c r="M734"/>
       <c r="N734"/>
       <c r="O734"/>
       <c r="P734"/>
       <c r="Q734" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="735" spans="1:17">
       <c r="A735">
         <v>31144</v>
       </c>
       <c r="B735" t="s">
-        <v>2098</v>
+        <v>2099</v>
       </c>
       <c r="C735"/>
       <c r="D735"/>
       <c r="E735" t="s">
-        <v>1149</v>
+        <v>1147</v>
       </c>
       <c r="F735" t="s">
-        <v>1150</v>
+        <v>1148</v>
       </c>
       <c r="G735"/>
       <c r="H735" t="s">
         <v>30</v>
       </c>
       <c r="I735" t="s">
-        <v>838</v>
+        <v>836</v>
       </c>
       <c r="J735"/>
       <c r="K735"/>
       <c r="L735"/>
       <c r="M735"/>
       <c r="N735"/>
       <c r="O735"/>
       <c r="P735"/>
       <c r="Q735" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="736" spans="1:17">
       <c r="A736">
         <v>38702</v>
       </c>
       <c r="B736" t="s">
-        <v>2099</v>
+        <v>2100</v>
       </c>
       <c r="C736"/>
       <c r="D736"/>
       <c r="E736" t="s">
-        <v>1149</v>
+        <v>1147</v>
       </c>
       <c r="F736" t="s">
-        <v>1150</v>
+        <v>1148</v>
       </c>
       <c r="G736"/>
       <c r="H736" t="s">
         <v>30</v>
       </c>
       <c r="I736" t="s">
         <v>2076</v>
       </c>
       <c r="J736"/>
       <c r="K736"/>
       <c r="L736"/>
       <c r="M736"/>
       <c r="N736"/>
       <c r="O736"/>
       <c r="P736"/>
       <c r="Q736" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="737" spans="1:17">
       <c r="A737">
         <v>33743</v>
       </c>
       <c r="B737" t="s">
-        <v>2100</v>
+        <v>2101</v>
       </c>
       <c r="C737"/>
       <c r="D737"/>
       <c r="E737" t="s">
-        <v>1149</v>
+        <v>1147</v>
       </c>
       <c r="F737" t="s">
-        <v>1150</v>
+        <v>1148</v>
       </c>
       <c r="G737"/>
       <c r="H737" t="s">
         <v>30</v>
       </c>
       <c r="I737" t="s">
         <v>31</v>
       </c>
       <c r="J737"/>
       <c r="K737"/>
       <c r="L737"/>
       <c r="M737"/>
       <c r="N737"/>
       <c r="O737"/>
       <c r="P737"/>
       <c r="Q737" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="738" spans="1:17">
       <c r="A738">
         <v>55765</v>
       </c>
       <c r="B738" t="s">
-        <v>2101</v>
+        <v>2102</v>
       </c>
       <c r="C738" t="s">
-        <v>2102</v>
+        <v>2103</v>
       </c>
       <c r="D738" t="s">
         <v>34</v>
       </c>
       <c r="E738" t="s">
-        <v>1149</v>
+        <v>1147</v>
       </c>
       <c r="F738" t="s">
-        <v>1150</v>
+        <v>1148</v>
       </c>
       <c r="G738"/>
       <c r="H738" t="s">
         <v>30</v>
       </c>
       <c r="I738" t="s">
         <v>31</v>
       </c>
       <c r="J738"/>
       <c r="K738"/>
       <c r="L738"/>
       <c r="M738"/>
       <c r="N738"/>
       <c r="O738"/>
       <c r="P738"/>
       <c r="Q738" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="739" spans="1:17">
       <c r="A739">
         <v>29341</v>
       </c>
       <c r="B739" t="s">
-        <v>2103</v>
+        <v>2104</v>
       </c>
       <c r="C739"/>
       <c r="D739"/>
       <c r="E739" t="s">
-        <v>1149</v>
+        <v>1147</v>
       </c>
       <c r="F739" t="s">
-        <v>1150</v>
+        <v>1148</v>
       </c>
       <c r="G739"/>
       <c r="H739" t="s">
         <v>30</v>
       </c>
       <c r="I739" t="s">
-        <v>838</v>
+        <v>836</v>
       </c>
       <c r="J739"/>
       <c r="K739"/>
       <c r="L739"/>
       <c r="M739"/>
       <c r="N739"/>
       <c r="O739"/>
       <c r="P739"/>
       <c r="Q739" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="740" spans="1:17">
       <c r="A740">
         <v>29343</v>
       </c>
       <c r="B740" t="s">
-        <v>2104</v>
+        <v>2105</v>
       </c>
       <c r="C740"/>
       <c r="D740"/>
       <c r="E740" t="s">
-        <v>1149</v>
+        <v>1147</v>
       </c>
       <c r="F740" t="s">
-        <v>1150</v>
+        <v>1148</v>
       </c>
       <c r="G740"/>
       <c r="H740" t="s">
         <v>30</v>
       </c>
       <c r="I740" t="s">
-        <v>838</v>
+        <v>836</v>
       </c>
       <c r="J740"/>
       <c r="K740"/>
       <c r="L740"/>
       <c r="M740"/>
       <c r="N740"/>
       <c r="O740"/>
       <c r="P740"/>
       <c r="Q740" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="741" spans="1:17">
       <c r="A741">
         <v>29344</v>
       </c>
       <c r="B741" t="s">
-        <v>2105</v>
+        <v>2106</v>
       </c>
       <c r="C741"/>
       <c r="D741"/>
       <c r="E741" t="s">
-        <v>1149</v>
+        <v>1147</v>
       </c>
       <c r="F741" t="s">
-        <v>1150</v>
+        <v>1148</v>
       </c>
       <c r="G741"/>
       <c r="H741" t="s">
         <v>30</v>
       </c>
       <c r="I741" t="s">
-        <v>838</v>
+        <v>836</v>
       </c>
       <c r="J741"/>
       <c r="K741"/>
       <c r="L741"/>
       <c r="M741"/>
       <c r="N741"/>
       <c r="O741"/>
       <c r="P741"/>
       <c r="Q741" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="742" spans="1:17">
       <c r="A742">
         <v>16023</v>
       </c>
       <c r="B742" t="s">
-        <v>2106</v>
+        <v>2107</v>
       </c>
       <c r="C742" t="s">
-        <v>2107</v>
+        <v>2108</v>
       </c>
       <c r="D742" t="s">
-        <v>902</v>
+        <v>900</v>
       </c>
       <c r="E742" t="s">
-        <v>1149</v>
+        <v>1147</v>
       </c>
       <c r="F742" t="s">
-        <v>1150</v>
+        <v>1148</v>
       </c>
       <c r="G742"/>
       <c r="H742" t="s">
         <v>23</v>
       </c>
       <c r="I742" t="s">
-        <v>661</v>
+        <v>659</v>
       </c>
       <c r="J742" t="s">
         <v>60</v>
       </c>
       <c r="K742" t="s">
-        <v>565</v>
+        <v>563</v>
       </c>
       <c r="L742"/>
       <c r="M742"/>
       <c r="N742"/>
       <c r="O742"/>
       <c r="P742" t="s">
-        <v>2108</v>
+        <v>2109</v>
       </c>
       <c r="Q742" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="743" spans="1:17">
       <c r="A743">
         <v>29370</v>
       </c>
       <c r="B743" t="s">
-        <v>2109</v>
+        <v>2110</v>
       </c>
       <c r="C743" t="s">
-        <v>2110</v>
+        <v>2111</v>
       </c>
       <c r="D743" t="s">
         <v>34</v>
       </c>
       <c r="E743" t="s">
-        <v>1149</v>
+        <v>1147</v>
       </c>
       <c r="F743" t="s">
-        <v>1150</v>
+        <v>1148</v>
       </c>
       <c r="G743"/>
       <c r="H743" t="s">
         <v>30</v>
       </c>
       <c r="I743" t="s">
         <v>24</v>
       </c>
       <c r="J743"/>
       <c r="K743"/>
       <c r="L743"/>
       <c r="M743"/>
       <c r="N743"/>
       <c r="O743"/>
       <c r="P743"/>
       <c r="Q743" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="744" spans="1:17">
       <c r="A744">
         <v>29390</v>
       </c>
       <c r="B744" t="s">
-        <v>2111</v>
+        <v>2112</v>
       </c>
       <c r="C744"/>
       <c r="D744"/>
       <c r="E744" t="s">
-        <v>1149</v>
+        <v>1147</v>
       </c>
       <c r="F744" t="s">
-        <v>1150</v>
+        <v>1148</v>
       </c>
       <c r="G744"/>
       <c r="H744" t="s">
         <v>30</v>
       </c>
       <c r="I744" t="s">
         <v>24</v>
       </c>
       <c r="J744"/>
       <c r="K744"/>
       <c r="L744"/>
       <c r="M744"/>
       <c r="N744"/>
       <c r="O744"/>
       <c r="P744"/>
       <c r="Q744" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="745" spans="1:17">
       <c r="A745">
         <v>29399</v>
       </c>
       <c r="B745" t="s">
-        <v>2112</v>
+        <v>2113</v>
       </c>
       <c r="C745"/>
       <c r="D745"/>
       <c r="E745" t="s">
-        <v>1149</v>
+        <v>1147</v>
       </c>
       <c r="F745" t="s">
-        <v>1150</v>
+        <v>1148</v>
       </c>
       <c r="G745"/>
       <c r="H745" t="s">
         <v>30</v>
       </c>
       <c r="I745" t="s">
-        <v>838</v>
+        <v>836</v>
       </c>
       <c r="J745"/>
       <c r="K745"/>
       <c r="L745"/>
       <c r="M745"/>
       <c r="N745"/>
       <c r="O745"/>
       <c r="P745"/>
       <c r="Q745" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="746" spans="1:17">
       <c r="A746">
         <v>29412</v>
       </c>
       <c r="B746" t="s">
-        <v>2113</v>
+        <v>2114</v>
       </c>
       <c r="C746"/>
       <c r="D746"/>
       <c r="E746" t="s">
-        <v>1149</v>
+        <v>1147</v>
       </c>
       <c r="F746" t="s">
-        <v>1150</v>
+        <v>1148</v>
       </c>
       <c r="G746"/>
       <c r="H746" t="s">
         <v>30</v>
       </c>
       <c r="I746" t="s">
-        <v>838</v>
+        <v>836</v>
       </c>
       <c r="J746"/>
       <c r="K746"/>
       <c r="L746"/>
       <c r="M746"/>
       <c r="N746"/>
       <c r="O746"/>
       <c r="P746"/>
       <c r="Q746" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="747" spans="1:17">
       <c r="A747">
         <v>29419</v>
       </c>
       <c r="B747" t="s">
-        <v>2114</v>
+        <v>2115</v>
       </c>
       <c r="C747"/>
       <c r="D747"/>
       <c r="E747" t="s">
-        <v>1149</v>
+        <v>1147</v>
       </c>
       <c r="F747" t="s">
-        <v>1150</v>
+        <v>1148</v>
       </c>
       <c r="G747"/>
       <c r="H747" t="s">
         <v>30</v>
       </c>
       <c r="I747" t="s">
-        <v>838</v>
+        <v>836</v>
       </c>
       <c r="J747"/>
       <c r="K747"/>
       <c r="L747"/>
       <c r="M747"/>
       <c r="N747"/>
       <c r="O747"/>
       <c r="P747"/>
       <c r="Q747" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="748" spans="1:17">
       <c r="A748">
         <v>29422</v>
       </c>
       <c r="B748" t="s">
-        <v>2115</v>
+        <v>2116</v>
       </c>
       <c r="C748"/>
       <c r="D748"/>
       <c r="E748" t="s">
-        <v>1149</v>
+        <v>1147</v>
       </c>
       <c r="F748" t="s">
-        <v>1150</v>
+        <v>1148</v>
       </c>
       <c r="G748"/>
       <c r="H748" t="s">
         <v>30</v>
       </c>
       <c r="I748" t="s">
-        <v>838</v>
+        <v>836</v>
       </c>
       <c r="J748"/>
       <c r="K748"/>
       <c r="L748"/>
       <c r="M748"/>
       <c r="N748"/>
       <c r="O748"/>
       <c r="P748"/>
       <c r="Q748" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="749" spans="1:17">
       <c r="A749">
         <v>29423</v>
       </c>
       <c r="B749" t="s">
-        <v>2116</v>
+        <v>2117</v>
       </c>
       <c r="C749"/>
       <c r="D749"/>
       <c r="E749" t="s">
-        <v>1149</v>
+        <v>1147</v>
       </c>
       <c r="F749" t="s">
-        <v>1150</v>
+        <v>1148</v>
       </c>
       <c r="G749"/>
       <c r="H749" t="s">
         <v>30</v>
       </c>
       <c r="I749" t="s">
-        <v>838</v>
+        <v>836</v>
       </c>
       <c r="J749"/>
       <c r="K749"/>
       <c r="L749"/>
       <c r="M749"/>
       <c r="N749"/>
       <c r="O749"/>
       <c r="P749"/>
       <c r="Q749" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="750" spans="1:17">
       <c r="A750">
         <v>29430</v>
       </c>
       <c r="B750" t="s">
-        <v>2117</v>
+        <v>2118</v>
       </c>
       <c r="C750"/>
       <c r="D750"/>
       <c r="E750" t="s">
-        <v>1149</v>
+        <v>1147</v>
       </c>
       <c r="F750" t="s">
-        <v>1150</v>
+        <v>1148</v>
       </c>
       <c r="G750"/>
       <c r="H750" t="s">
         <v>30</v>
       </c>
       <c r="I750" t="s">
-        <v>806</v>
+        <v>804</v>
       </c>
       <c r="J750"/>
       <c r="K750"/>
       <c r="L750"/>
       <c r="M750"/>
       <c r="N750"/>
       <c r="O750"/>
       <c r="P750"/>
       <c r="Q750" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="751" spans="1:17">
       <c r="A751">
         <v>29434</v>
       </c>
       <c r="B751" t="s">
-        <v>2118</v>
+        <v>2119</v>
       </c>
       <c r="C751"/>
       <c r="D751"/>
       <c r="E751" t="s">
-        <v>1149</v>
+        <v>1147</v>
       </c>
       <c r="F751" t="s">
-        <v>1150</v>
+        <v>1148</v>
       </c>
       <c r="G751"/>
       <c r="H751" t="s">
         <v>30</v>
       </c>
       <c r="I751" t="s">
-        <v>838</v>
+        <v>836</v>
       </c>
       <c r="J751"/>
       <c r="K751"/>
       <c r="L751"/>
       <c r="M751"/>
       <c r="N751"/>
       <c r="O751"/>
       <c r="P751"/>
       <c r="Q751" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="752" spans="1:17">
       <c r="A752">
         <v>29437</v>
       </c>
       <c r="B752" t="s">
-        <v>2119</v>
+        <v>2120</v>
       </c>
       <c r="C752"/>
       <c r="D752"/>
       <c r="E752" t="s">
-        <v>1149</v>
+        <v>1147</v>
       </c>
       <c r="F752" t="s">
-        <v>1150</v>
+        <v>1148</v>
       </c>
       <c r="G752"/>
       <c r="H752" t="s">
         <v>30</v>
       </c>
       <c r="I752" t="s">
-        <v>731</v>
+        <v>729</v>
       </c>
       <c r="J752"/>
       <c r="K752"/>
       <c r="L752"/>
       <c r="M752"/>
       <c r="N752"/>
       <c r="O752"/>
       <c r="P752"/>
       <c r="Q752" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="753" spans="1:17">
       <c r="A753">
         <v>29439</v>
       </c>
       <c r="B753" t="s">
-        <v>2120</v>
+        <v>2121</v>
       </c>
       <c r="C753"/>
       <c r="D753"/>
       <c r="E753" t="s">
-        <v>1149</v>
+        <v>1147</v>
       </c>
       <c r="F753" t="s">
-        <v>1150</v>
+        <v>1148</v>
       </c>
       <c r="G753"/>
       <c r="H753" t="s">
         <v>30</v>
       </c>
       <c r="I753" t="s">
-        <v>731</v>
+        <v>729</v>
       </c>
       <c r="J753"/>
       <c r="K753"/>
       <c r="L753"/>
       <c r="M753"/>
       <c r="N753"/>
       <c r="O753"/>
       <c r="P753"/>
       <c r="Q753" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="754" spans="1:17">
       <c r="A754">
         <v>58455</v>
       </c>
       <c r="B754" t="s">
-        <v>2121</v>
+        <v>2122</v>
       </c>
       <c r="C754"/>
       <c r="D754"/>
       <c r="E754" t="s">
-        <v>1149</v>
+        <v>1147</v>
       </c>
       <c r="F754" t="s">
-        <v>1150</v>
+        <v>1148</v>
       </c>
       <c r="G754"/>
       <c r="H754" t="s">
         <v>30</v>
       </c>
       <c r="I754" t="s">
         <v>31</v>
       </c>
       <c r="J754"/>
       <c r="K754"/>
       <c r="L754"/>
       <c r="M754"/>
       <c r="N754"/>
       <c r="O754"/>
       <c r="P754"/>
       <c r="Q754" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="755" spans="1:17">
       <c r="A755">
         <v>29454</v>
       </c>
       <c r="B755" t="s">
-        <v>2122</v>
+        <v>2123</v>
       </c>
       <c r="C755"/>
       <c r="D755"/>
       <c r="E755" t="s">
-        <v>1149</v>
+        <v>1147</v>
       </c>
       <c r="F755" t="s">
-        <v>1150</v>
+        <v>1148</v>
       </c>
       <c r="G755"/>
       <c r="H755" t="s">
         <v>30</v>
       </c>
       <c r="I755" t="s">
-        <v>661</v>
+        <v>659</v>
       </c>
       <c r="J755"/>
       <c r="K755"/>
       <c r="L755"/>
       <c r="M755"/>
       <c r="N755"/>
       <c r="O755"/>
       <c r="P755"/>
       <c r="Q755" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="756" spans="1:17">
       <c r="A756">
         <v>58259</v>
       </c>
       <c r="B756" t="s">
-        <v>2123</v>
+        <v>2124</v>
       </c>
       <c r="C756"/>
       <c r="D756"/>
       <c r="E756" t="s">
-        <v>1149</v>
+        <v>1147</v>
       </c>
       <c r="F756" t="s">
-        <v>1150</v>
+        <v>1148</v>
       </c>
       <c r="G756"/>
       <c r="H756" t="s">
         <v>30</v>
       </c>
       <c r="I756" t="s">
         <v>31</v>
       </c>
       <c r="J756"/>
       <c r="K756"/>
       <c r="L756"/>
       <c r="M756"/>
       <c r="N756"/>
       <c r="O756"/>
       <c r="P756"/>
       <c r="Q756" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="757" spans="1:17">
       <c r="A757">
         <v>58252</v>
       </c>
       <c r="B757" t="s">
-        <v>2124</v>
+        <v>2125</v>
       </c>
       <c r="C757"/>
       <c r="D757"/>
       <c r="E757" t="s">
-        <v>1149</v>
+        <v>1147</v>
       </c>
       <c r="F757" t="s">
-        <v>1150</v>
+        <v>1148</v>
       </c>
       <c r="G757"/>
       <c r="H757" t="s">
         <v>30</v>
       </c>
       <c r="I757" t="s">
         <v>31</v>
       </c>
       <c r="J757"/>
       <c r="K757"/>
       <c r="L757"/>
       <c r="M757"/>
       <c r="N757"/>
       <c r="O757"/>
       <c r="P757"/>
       <c r="Q757" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="758" spans="1:17">
       <c r="A758">
         <v>58154</v>
       </c>
       <c r="B758" t="s">
-        <v>2125</v>
+        <v>2126</v>
       </c>
       <c r="C758"/>
       <c r="D758"/>
       <c r="E758" t="s">
-        <v>1149</v>
+        <v>1147</v>
       </c>
       <c r="F758" t="s">
-        <v>1150</v>
+        <v>1148</v>
       </c>
       <c r="G758"/>
       <c r="H758" t="s">
         <v>30</v>
       </c>
       <c r="I758" t="s">
         <v>31</v>
       </c>
       <c r="J758"/>
       <c r="K758"/>
       <c r="L758"/>
       <c r="M758"/>
       <c r="N758"/>
       <c r="O758"/>
       <c r="P758"/>
       <c r="Q758" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="759" spans="1:17">
       <c r="A759">
         <v>29461</v>
       </c>
       <c r="B759" t="s">
-        <v>2126</v>
+        <v>2127</v>
       </c>
       <c r="C759" t="s">
-        <v>2127</v>
+        <v>2128</v>
       </c>
       <c r="D759" t="s">
         <v>34</v>
       </c>
       <c r="E759" t="s">
-        <v>1149</v>
+        <v>1147</v>
       </c>
       <c r="F759" t="s">
-        <v>1150</v>
+        <v>1148</v>
       </c>
       <c r="G759"/>
       <c r="H759" t="s">
         <v>30</v>
       </c>
       <c r="I759" t="s">
-        <v>838</v>
+        <v>836</v>
       </c>
       <c r="J759"/>
       <c r="K759"/>
       <c r="L759"/>
       <c r="M759"/>
       <c r="N759"/>
       <c r="O759"/>
       <c r="P759"/>
       <c r="Q759" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="760" spans="1:17">
       <c r="A760">
         <v>36625</v>
       </c>
       <c r="B760" t="s">
-        <v>2128</v>
+        <v>2129</v>
       </c>
       <c r="C760" t="s">
-        <v>2129</v>
+        <v>2130</v>
       </c>
       <c r="D760" t="s">
-        <v>2130</v>
+        <v>2131</v>
       </c>
       <c r="E760" t="s">
-        <v>1149</v>
+        <v>1147</v>
       </c>
       <c r="F760" t="s">
-        <v>1150</v>
+        <v>1148</v>
       </c>
       <c r="G760"/>
       <c r="H760" t="s">
         <v>23</v>
       </c>
       <c r="I760" t="s">
-        <v>661</v>
+        <v>659</v>
       </c>
       <c r="J760"/>
       <c r="K760"/>
       <c r="L760"/>
       <c r="M760"/>
       <c r="N760"/>
       <c r="O760"/>
       <c r="P760" t="s">
-        <v>2131</v>
+        <v>2132</v>
       </c>
       <c r="Q760" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="761" spans="1:17">
       <c r="A761">
         <v>16010</v>
       </c>
       <c r="B761" t="s">
-        <v>2132</v>
+        <v>2133</v>
       </c>
       <c r="C761" t="s">
-        <v>2133</v>
+        <v>2134</v>
       </c>
       <c r="D761" t="s">
-        <v>817</v>
+        <v>815</v>
       </c>
       <c r="E761" t="s">
-        <v>1149</v>
+        <v>1147</v>
       </c>
       <c r="F761" t="s">
-        <v>1150</v>
+        <v>1148</v>
       </c>
       <c r="G761"/>
       <c r="H761" t="s">
         <v>23</v>
       </c>
       <c r="I761" t="s">
-        <v>661</v>
+        <v>659</v>
       </c>
       <c r="J761" t="s">
         <v>60</v>
       </c>
       <c r="K761" t="s">
-        <v>565</v>
+        <v>563</v>
       </c>
       <c r="L761"/>
       <c r="M761"/>
       <c r="N761"/>
       <c r="O761"/>
       <c r="P761"/>
       <c r="Q761" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="762" spans="1:17">
       <c r="A762">
         <v>16011</v>
       </c>
       <c r="B762" t="s">
-        <v>2134</v>
+        <v>2135</v>
       </c>
       <c r="C762" t="s">
-        <v>2135</v>
+        <v>2136</v>
       </c>
       <c r="D762" t="s">
-        <v>2136</v>
+        <v>2137</v>
       </c>
       <c r="E762" t="s">
-        <v>1149</v>
+        <v>1147</v>
       </c>
       <c r="F762" t="s">
-        <v>1150</v>
+        <v>1148</v>
       </c>
       <c r="G762"/>
       <c r="H762" t="s">
         <v>23</v>
       </c>
       <c r="I762" t="s">
-        <v>661</v>
+        <v>659</v>
       </c>
       <c r="J762"/>
       <c r="K762"/>
       <c r="L762"/>
       <c r="M762"/>
       <c r="N762"/>
       <c r="O762"/>
       <c r="P762"/>
       <c r="Q762" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="763" spans="1:17">
       <c r="A763">
         <v>15984</v>
       </c>
       <c r="B763" t="s">
-        <v>2137</v>
+        <v>2138</v>
       </c>
       <c r="C763" t="s">
-        <v>2138</v>
+        <v>2139</v>
       </c>
       <c r="D763" t="s">
         <v>142</v>
       </c>
       <c r="E763" t="s">
-        <v>1149</v>
+        <v>1147</v>
       </c>
       <c r="F763" t="s">
-        <v>1150</v>
+        <v>1148</v>
       </c>
       <c r="G763"/>
       <c r="H763" t="s">
         <v>23</v>
       </c>
       <c r="I763" t="s">
-        <v>661</v>
+        <v>659</v>
       </c>
       <c r="J763"/>
       <c r="K763"/>
       <c r="L763"/>
       <c r="M763"/>
       <c r="N763"/>
       <c r="O763"/>
       <c r="P763"/>
       <c r="Q763" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="764" spans="1:17">
       <c r="A764">
         <v>61795</v>
       </c>
       <c r="B764" t="s">
-        <v>2139</v>
+        <v>2140</v>
       </c>
       <c r="C764"/>
       <c r="D764"/>
       <c r="E764" t="s">
-        <v>1149</v>
+        <v>1147</v>
       </c>
       <c r="F764" t="s">
-        <v>1150</v>
+        <v>1148</v>
       </c>
       <c r="G764"/>
       <c r="H764" t="s">
         <v>30</v>
       </c>
       <c r="I764" t="s">
         <v>31</v>
       </c>
       <c r="J764"/>
       <c r="K764"/>
       <c r="L764"/>
       <c r="M764"/>
       <c r="N764"/>
       <c r="O764"/>
       <c r="P764"/>
       <c r="Q764" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="765" spans="1:17">
       <c r="A765">
         <v>60555</v>
       </c>
       <c r="B765" t="s">
-        <v>2140</v>
+        <v>2141</v>
       </c>
       <c r="C765"/>
       <c r="D765"/>
       <c r="E765" t="s">
-        <v>1149</v>
+        <v>1147</v>
       </c>
       <c r="F765" t="s">
-        <v>1150</v>
+        <v>1148</v>
       </c>
       <c r="G765"/>
       <c r="H765" t="s">
         <v>30</v>
       </c>
       <c r="I765" t="s">
         <v>31</v>
       </c>
       <c r="J765"/>
       <c r="K765"/>
       <c r="L765"/>
       <c r="M765"/>
       <c r="N765"/>
       <c r="O765"/>
       <c r="P765"/>
       <c r="Q765" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="766" spans="1:17">
       <c r="A766">
         <v>29566</v>
       </c>
       <c r="B766" t="s">
-        <v>2141</v>
+        <v>2142</v>
       </c>
       <c r="C766"/>
       <c r="D766"/>
       <c r="E766" t="s">
-        <v>1149</v>
+        <v>1147</v>
       </c>
       <c r="F766" t="s">
-        <v>1150</v>
+        <v>1148</v>
       </c>
       <c r="G766"/>
       <c r="H766" t="s">
         <v>30</v>
       </c>
       <c r="I766" t="s">
         <v>24</v>
       </c>
       <c r="J766"/>
       <c r="K766"/>
       <c r="L766"/>
       <c r="M766"/>
       <c r="N766"/>
       <c r="O766"/>
       <c r="P766"/>
       <c r="Q766" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="767" spans="1:17">
       <c r="A767">
         <v>29576</v>
       </c>
       <c r="B767" t="s">
-        <v>2142</v>
+        <v>2143</v>
       </c>
       <c r="C767"/>
       <c r="D767"/>
       <c r="E767" t="s">
-        <v>1149</v>
+        <v>1147</v>
       </c>
       <c r="F767" t="s">
-        <v>1150</v>
+        <v>1148</v>
       </c>
       <c r="G767"/>
       <c r="H767" t="s">
         <v>30</v>
       </c>
       <c r="I767" t="s">
-        <v>838</v>
+        <v>836</v>
       </c>
       <c r="J767"/>
       <c r="K767"/>
       <c r="L767"/>
       <c r="M767"/>
       <c r="N767"/>
       <c r="O767"/>
       <c r="P767"/>
       <c r="Q767" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="768" spans="1:17">
       <c r="A768">
         <v>60631</v>
       </c>
       <c r="B768" t="s">
-        <v>2143</v>
+        <v>2144</v>
       </c>
       <c r="C768"/>
       <c r="D768"/>
       <c r="E768" t="s">
-        <v>1149</v>
+        <v>1147</v>
       </c>
       <c r="F768" t="s">
-        <v>1150</v>
+        <v>1148</v>
       </c>
       <c r="G768"/>
       <c r="H768" t="s">
         <v>30</v>
       </c>
       <c r="I768" t="s">
         <v>31</v>
       </c>
       <c r="J768"/>
       <c r="K768"/>
       <c r="L768"/>
       <c r="M768"/>
       <c r="N768"/>
       <c r="O768"/>
       <c r="P768"/>
       <c r="Q768" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="769" spans="1:17">
       <c r="A769">
         <v>66507</v>
       </c>
       <c r="B769" t="s">
-        <v>2144</v>
+        <v>2145</v>
       </c>
       <c r="C769"/>
       <c r="D769"/>
       <c r="E769" t="s">
-        <v>1149</v>
+        <v>1147</v>
       </c>
       <c r="F769" t="s">
-        <v>1150</v>
+        <v>1148</v>
       </c>
       <c r="G769"/>
       <c r="H769" t="s">
         <v>30</v>
       </c>
       <c r="I769" t="s">
         <v>31</v>
       </c>
       <c r="J769"/>
       <c r="K769"/>
       <c r="L769"/>
       <c r="M769"/>
       <c r="N769"/>
       <c r="O769"/>
       <c r="P769"/>
       <c r="Q769" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="770" spans="1:17">
       <c r="A770">
         <v>66772</v>
       </c>
       <c r="B770" t="s">
-        <v>2145</v>
+        <v>2146</v>
       </c>
       <c r="C770"/>
       <c r="D770"/>
       <c r="E770" t="s">
-        <v>1149</v>
+        <v>1147</v>
       </c>
       <c r="F770" t="s">
-        <v>1150</v>
+        <v>1148</v>
       </c>
       <c r="G770"/>
       <c r="H770" t="s">
         <v>30</v>
       </c>
       <c r="I770" t="s">
         <v>31</v>
       </c>
       <c r="J770"/>
       <c r="K770"/>
       <c r="L770"/>
       <c r="M770"/>
       <c r="N770"/>
       <c r="O770"/>
       <c r="P770"/>
       <c r="Q770" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="771" spans="1:17">
       <c r="A771">
         <v>66991</v>
       </c>
       <c r="B771" t="s">
-        <v>2146</v>
+        <v>2147</v>
       </c>
       <c r="C771"/>
       <c r="D771"/>
       <c r="E771" t="s">
-        <v>1149</v>
+        <v>1147</v>
       </c>
       <c r="F771" t="s">
-        <v>1150</v>
+        <v>1148</v>
       </c>
       <c r="G771"/>
       <c r="H771" t="s">
         <v>30</v>
       </c>
       <c r="I771" t="s">
         <v>31</v>
       </c>
       <c r="J771"/>
       <c r="K771"/>
       <c r="L771"/>
       <c r="M771"/>
       <c r="N771"/>
       <c r="O771"/>
       <c r="P771"/>
       <c r="Q771" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="772" spans="1:17">
       <c r="A772">
         <v>29599</v>
       </c>
       <c r="B772" t="s">
-        <v>2147</v>
+        <v>2148</v>
       </c>
       <c r="C772"/>
       <c r="D772"/>
       <c r="E772" t="s">
-        <v>1149</v>
+        <v>1147</v>
       </c>
       <c r="F772" t="s">
-        <v>1150</v>
+        <v>1148</v>
       </c>
       <c r="G772"/>
       <c r="H772" t="s">
         <v>30</v>
       </c>
       <c r="I772" t="s">
-        <v>838</v>
+        <v>836</v>
       </c>
       <c r="J772"/>
       <c r="K772"/>
       <c r="L772"/>
       <c r="M772"/>
       <c r="N772"/>
       <c r="O772"/>
       <c r="P772"/>
       <c r="Q772" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="773" spans="1:17">
       <c r="A773">
         <v>70996</v>
       </c>
       <c r="B773" t="s">
-        <v>2148</v>
+        <v>2149</v>
       </c>
       <c r="C773"/>
       <c r="D773"/>
       <c r="E773" t="s">
-        <v>1149</v>
+        <v>1147</v>
       </c>
       <c r="F773" t="s">
-        <v>1150</v>
+        <v>1148</v>
       </c>
       <c r="G773"/>
       <c r="H773" t="s">
         <v>30</v>
       </c>
       <c r="I773" t="s">
         <v>31</v>
       </c>
       <c r="J773"/>
       <c r="K773"/>
       <c r="L773"/>
       <c r="M773"/>
       <c r="N773"/>
       <c r="O773"/>
       <c r="P773"/>
       <c r="Q773" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="774" spans="1:17">
       <c r="A774">
         <v>16060</v>
       </c>
       <c r="B774" t="s">
-        <v>2149</v>
+        <v>2150</v>
       </c>
       <c r="C774" t="s">
-        <v>2150</v>
+        <v>2151</v>
       </c>
       <c r="D774" t="s">
-        <v>817</v>
+        <v>815</v>
       </c>
       <c r="E774" t="s">
-        <v>1149</v>
+        <v>1147</v>
       </c>
       <c r="F774" t="s">
-        <v>1150</v>
+        <v>1148</v>
       </c>
       <c r="G774"/>
       <c r="H774" t="s">
         <v>23</v>
       </c>
       <c r="I774" t="s">
-        <v>661</v>
+        <v>659</v>
       </c>
       <c r="J774" t="s">
         <v>60</v>
       </c>
       <c r="K774" t="s">
-        <v>565</v>
+        <v>563</v>
       </c>
       <c r="L774"/>
       <c r="M774"/>
       <c r="N774"/>
       <c r="O774"/>
       <c r="P774"/>
       <c r="Q774" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="775" spans="1:17">
       <c r="A775">
         <v>29631</v>
       </c>
       <c r="B775" t="s">
-        <v>2151</v>
+        <v>2152</v>
       </c>
       <c r="C775"/>
       <c r="D775"/>
       <c r="E775" t="s">
-        <v>1149</v>
+        <v>1147</v>
       </c>
       <c r="F775" t="s">
-        <v>1150</v>
+        <v>1148</v>
       </c>
       <c r="G775"/>
       <c r="H775" t="s">
         <v>30</v>
       </c>
       <c r="I775" t="s">
         <v>24</v>
       </c>
       <c r="J775"/>
       <c r="K775"/>
       <c r="L775"/>
       <c r="M775"/>
       <c r="N775"/>
       <c r="O775"/>
       <c r="P775"/>
       <c r="Q775" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="776" spans="1:17">
       <c r="A776">
         <v>29641</v>
       </c>
       <c r="B776" t="s">
-        <v>2152</v>
+        <v>2153</v>
       </c>
       <c r="C776"/>
       <c r="D776"/>
       <c r="E776" t="s">
-        <v>1149</v>
+        <v>1147</v>
       </c>
       <c r="F776" t="s">
-        <v>1150</v>
+        <v>1148</v>
       </c>
       <c r="G776"/>
       <c r="H776" t="s">
         <v>30</v>
       </c>
       <c r="I776" t="s">
-        <v>661</v>
+        <v>659</v>
       </c>
       <c r="J776"/>
       <c r="K776"/>
       <c r="L776"/>
       <c r="M776"/>
       <c r="N776"/>
       <c r="O776"/>
       <c r="P776"/>
       <c r="Q776" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="777" spans="1:17">
       <c r="A777">
         <v>29642</v>
       </c>
       <c r="B777" t="s">
-        <v>2153</v>
+        <v>2154</v>
       </c>
       <c r="C777"/>
       <c r="D777"/>
       <c r="E777" t="s">
-        <v>1149</v>
+        <v>1147</v>
       </c>
       <c r="F777" t="s">
-        <v>1150</v>
+        <v>1148</v>
       </c>
       <c r="G777"/>
       <c r="H777" t="s">
         <v>30</v>
       </c>
       <c r="I777" t="s">
-        <v>661</v>
+        <v>659</v>
       </c>
       <c r="J777"/>
       <c r="K777"/>
       <c r="L777"/>
       <c r="M777"/>
       <c r="N777"/>
       <c r="O777"/>
       <c r="P777"/>
       <c r="Q777" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="778" spans="1:17">
       <c r="A778">
         <v>29647</v>
       </c>
       <c r="B778" t="s">
-        <v>2154</v>
+        <v>2155</v>
       </c>
       <c r="C778"/>
       <c r="D778"/>
       <c r="E778" t="s">
-        <v>1149</v>
+        <v>1147</v>
       </c>
       <c r="F778" t="s">
-        <v>1150</v>
+        <v>1148</v>
       </c>
       <c r="G778"/>
       <c r="H778" t="s">
         <v>30</v>
       </c>
       <c r="I778" t="s">
-        <v>838</v>
+        <v>836</v>
       </c>
       <c r="J778"/>
       <c r="K778"/>
       <c r="L778"/>
       <c r="M778"/>
       <c r="N778"/>
       <c r="O778"/>
       <c r="P778"/>
       <c r="Q778" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="779" spans="1:17">
       <c r="A779">
         <v>29653</v>
       </c>
       <c r="B779" t="s">
-        <v>2155</v>
+        <v>2156</v>
       </c>
       <c r="C779"/>
       <c r="D779"/>
       <c r="E779" t="s">
-        <v>1149</v>
+        <v>1147</v>
       </c>
       <c r="F779" t="s">
-        <v>1150</v>
+        <v>1148</v>
       </c>
       <c r="G779"/>
       <c r="H779" t="s">
         <v>30</v>
       </c>
       <c r="I779" t="s">
-        <v>838</v>
+        <v>836</v>
       </c>
       <c r="J779"/>
       <c r="K779"/>
       <c r="L779"/>
       <c r="M779"/>
       <c r="N779"/>
       <c r="O779"/>
       <c r="P779"/>
       <c r="Q779" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="780" spans="1:17">
       <c r="A780">
         <v>29655</v>
       </c>
       <c r="B780" t="s">
-        <v>2156</v>
+        <v>2157</v>
       </c>
       <c r="C780"/>
       <c r="D780"/>
       <c r="E780" t="s">
-        <v>1149</v>
+        <v>1147</v>
       </c>
       <c r="F780" t="s">
-        <v>1150</v>
+        <v>1148</v>
       </c>
       <c r="G780"/>
       <c r="H780" t="s">
         <v>30</v>
       </c>
       <c r="I780" t="s">
-        <v>838</v>
+        <v>836</v>
       </c>
       <c r="J780"/>
       <c r="K780"/>
       <c r="L780"/>
       <c r="M780"/>
       <c r="N780"/>
       <c r="O780"/>
       <c r="P780"/>
       <c r="Q780" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="781" spans="1:17">
       <c r="A781">
         <v>29654</v>
       </c>
       <c r="B781" t="s">
-        <v>2157</v>
+        <v>2158</v>
       </c>
       <c r="C781"/>
       <c r="D781"/>
       <c r="E781" t="s">
-        <v>1149</v>
+        <v>1147</v>
       </c>
       <c r="F781" t="s">
-        <v>1150</v>
+        <v>1148</v>
       </c>
       <c r="G781"/>
       <c r="H781" t="s">
         <v>30</v>
       </c>
       <c r="I781" t="s">
-        <v>838</v>
+        <v>836</v>
       </c>
       <c r="J781"/>
       <c r="K781"/>
       <c r="L781"/>
       <c r="M781"/>
       <c r="N781"/>
       <c r="O781"/>
       <c r="P781"/>
       <c r="Q781" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="782" spans="1:17">
       <c r="A782">
         <v>29657</v>
       </c>
       <c r="B782" t="s">
-        <v>2158</v>
+        <v>2159</v>
       </c>
       <c r="C782"/>
       <c r="D782"/>
       <c r="E782" t="s">
-        <v>1149</v>
+        <v>1147</v>
       </c>
       <c r="F782" t="s">
-        <v>1150</v>
+        <v>1148</v>
       </c>
       <c r="G782"/>
       <c r="H782" t="s">
         <v>30</v>
       </c>
       <c r="I782" t="s">
-        <v>838</v>
+        <v>836</v>
       </c>
       <c r="J782"/>
       <c r="K782"/>
       <c r="L782"/>
       <c r="M782"/>
       <c r="N782"/>
       <c r="O782"/>
       <c r="P782"/>
       <c r="Q782" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="783" spans="1:17">
       <c r="A783">
         <v>29636</v>
       </c>
       <c r="B783" t="s">
-        <v>2159</v>
+        <v>2160</v>
       </c>
       <c r="C783"/>
       <c r="D783"/>
       <c r="E783" t="s">
-        <v>1149</v>
+        <v>1147</v>
       </c>
       <c r="F783" t="s">
-        <v>1150</v>
+        <v>1148</v>
       </c>
       <c r="G783"/>
       <c r="H783" t="s">
         <v>30</v>
       </c>
       <c r="I783" t="s">
-        <v>838</v>
+        <v>836</v>
       </c>
       <c r="J783"/>
       <c r="K783"/>
       <c r="L783"/>
       <c r="M783"/>
       <c r="N783"/>
       <c r="O783"/>
       <c r="P783"/>
       <c r="Q783" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="784" spans="1:17">
       <c r="A784">
         <v>29637</v>
       </c>
       <c r="B784" t="s">
-        <v>2160</v>
+        <v>2161</v>
       </c>
       <c r="C784"/>
       <c r="D784"/>
       <c r="E784" t="s">
-        <v>1149</v>
+        <v>1147</v>
       </c>
       <c r="F784" t="s">
-        <v>1150</v>
+        <v>1148</v>
       </c>
       <c r="G784"/>
       <c r="H784" t="s">
         <v>30</v>
       </c>
       <c r="I784" t="s">
-        <v>838</v>
+        <v>836</v>
       </c>
       <c r="J784"/>
       <c r="K784"/>
       <c r="L784"/>
       <c r="M784"/>
       <c r="N784"/>
       <c r="O784"/>
       <c r="P784"/>
       <c r="Q784" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="785" spans="1:17">
       <c r="A785">
         <v>71182</v>
       </c>
       <c r="B785" t="s">
-        <v>2161</v>
+        <v>2162</v>
       </c>
       <c r="C785"/>
       <c r="D785"/>
       <c r="E785" t="s">
-        <v>1149</v>
+        <v>1147</v>
       </c>
       <c r="F785" t="s">
-        <v>1150</v>
+        <v>1148</v>
       </c>
       <c r="G785"/>
       <c r="H785" t="s">
         <v>30</v>
       </c>
       <c r="I785" t="s">
         <v>31</v>
       </c>
       <c r="J785"/>
       <c r="K785"/>
       <c r="L785"/>
       <c r="M785"/>
       <c r="N785"/>
       <c r="O785"/>
       <c r="P785" t="s">
-        <v>2162</v>
+        <v>2163</v>
       </c>
       <c r="Q785" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="786" spans="1:17">
       <c r="A786">
         <v>29700</v>
       </c>
       <c r="B786" t="s">
-        <v>2163</v>
+        <v>2164</v>
       </c>
       <c r="C786"/>
       <c r="D786"/>
       <c r="E786" t="s">
-        <v>1149</v>
+        <v>1147</v>
       </c>
       <c r="F786" t="s">
-        <v>1150</v>
+        <v>1148</v>
       </c>
       <c r="G786"/>
       <c r="H786" t="s">
         <v>30</v>
       </c>
       <c r="I786" t="s">
         <v>24</v>
       </c>
       <c r="J786"/>
       <c r="K786"/>
       <c r="L786"/>
       <c r="M786"/>
       <c r="N786"/>
       <c r="O786"/>
       <c r="P786"/>
       <c r="Q786" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="787" spans="1:17">
       <c r="A787">
         <v>70594</v>
       </c>
       <c r="B787" t="s">
-        <v>2164</v>
+        <v>2165</v>
       </c>
       <c r="C787"/>
       <c r="D787"/>
       <c r="E787" t="s">
-        <v>1149</v>
+        <v>1147</v>
       </c>
       <c r="F787" t="s">
-        <v>1150</v>
+        <v>1148</v>
       </c>
       <c r="G787"/>
       <c r="H787" t="s">
         <v>30</v>
       </c>
       <c r="I787" t="s">
         <v>31</v>
       </c>
       <c r="J787"/>
       <c r="K787"/>
       <c r="L787"/>
       <c r="M787"/>
       <c r="N787"/>
       <c r="O787"/>
       <c r="P787" t="s">
-        <v>2165</v>
+        <v>2166</v>
       </c>
       <c r="Q787" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="788" spans="1:17">
       <c r="A788">
         <v>70582</v>
       </c>
       <c r="B788" t="s">
-        <v>2166</v>
+        <v>2167</v>
       </c>
       <c r="C788"/>
       <c r="D788"/>
       <c r="E788" t="s">
-        <v>1149</v>
+        <v>1147</v>
       </c>
       <c r="F788" t="s">
-        <v>1150</v>
+        <v>1148</v>
       </c>
       <c r="G788"/>
       <c r="H788" t="s">
         <v>30</v>
       </c>
       <c r="I788" t="s">
         <v>31</v>
       </c>
       <c r="J788"/>
       <c r="K788"/>
       <c r="L788"/>
       <c r="M788"/>
       <c r="N788"/>
       <c r="O788"/>
       <c r="P788"/>
       <c r="Q788" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="789" spans="1:17">
       <c r="A789">
         <v>73547</v>
       </c>
       <c r="B789" t="s">
-        <v>2167</v>
+        <v>2168</v>
       </c>
       <c r="C789"/>
       <c r="D789"/>
       <c r="E789" t="s">
-        <v>1149</v>
+        <v>1147</v>
       </c>
       <c r="F789" t="s">
-        <v>1150</v>
+        <v>1148</v>
       </c>
       <c r="G789"/>
       <c r="H789" t="s">
         <v>30</v>
       </c>
       <c r="I789" t="s">
         <v>31</v>
       </c>
       <c r="J789"/>
       <c r="K789"/>
       <c r="L789"/>
       <c r="M789"/>
       <c r="N789"/>
       <c r="O789"/>
       <c r="P789"/>
       <c r="Q789" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="790" spans="1:17">
       <c r="A790">
         <v>31324</v>
       </c>
       <c r="B790" t="s">
-        <v>2168</v>
+        <v>2169</v>
       </c>
       <c r="C790"/>
       <c r="D790"/>
       <c r="E790" t="s">
-        <v>1149</v>
+        <v>1147</v>
       </c>
       <c r="F790" t="s">
-        <v>1150</v>
+        <v>1148</v>
       </c>
       <c r="G790"/>
       <c r="H790" t="s">
         <v>30</v>
       </c>
       <c r="I790" t="s">
-        <v>731</v>
+        <v>729</v>
       </c>
       <c r="J790"/>
       <c r="K790"/>
       <c r="L790"/>
       <c r="M790"/>
       <c r="N790"/>
       <c r="O790"/>
       <c r="P790"/>
       <c r="Q790" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="791" spans="1:17">
       <c r="A791">
         <v>79173</v>
       </c>
       <c r="B791" t="s">
-        <v>2169</v>
+        <v>2170</v>
       </c>
       <c r="C791" t="s">
-        <v>2170</v>
+        <v>2171</v>
       </c>
       <c r="D791" t="s">
         <v>34</v>
       </c>
       <c r="E791" t="s">
-        <v>1149</v>
+        <v>1147</v>
       </c>
       <c r="F791" t="s">
-        <v>1150</v>
+        <v>1148</v>
       </c>
       <c r="G791"/>
       <c r="H791" t="s">
         <v>30</v>
       </c>
       <c r="I791" t="s">
         <v>36</v>
       </c>
       <c r="J791"/>
       <c r="K791"/>
       <c r="L791"/>
       <c r="M791"/>
       <c r="N791"/>
       <c r="O791"/>
       <c r="P791"/>
       <c r="Q791" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="792" spans="1:17">
       <c r="A792">
         <v>71441</v>
       </c>
       <c r="B792" t="s">
-        <v>2171</v>
+        <v>2172</v>
       </c>
       <c r="C792"/>
       <c r="D792"/>
       <c r="E792" t="s">
-        <v>1149</v>
+        <v>1147</v>
       </c>
       <c r="F792" t="s">
-        <v>1150</v>
+        <v>1148</v>
       </c>
       <c r="G792"/>
       <c r="H792" t="s">
         <v>30</v>
       </c>
       <c r="I792" t="s">
         <v>31</v>
       </c>
       <c r="J792"/>
       <c r="K792"/>
       <c r="L792"/>
       <c r="M792"/>
       <c r="N792"/>
       <c r="O792"/>
       <c r="P792"/>
       <c r="Q792" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="793" spans="1:17">
       <c r="A793">
         <v>7125</v>
       </c>
       <c r="B793" t="s">
-        <v>2172</v>
+        <v>2173</v>
       </c>
       <c r="C793" t="s">
-        <v>2173</v>
+        <v>2174</v>
       </c>
       <c r="D793" t="s">
-        <v>2174</v>
+        <v>2175</v>
       </c>
       <c r="E793" t="s">
-        <v>1149</v>
+        <v>1147</v>
       </c>
       <c r="F793" t="s">
-        <v>1150</v>
+        <v>1148</v>
       </c>
       <c r="G793"/>
       <c r="H793" t="s">
         <v>30</v>
       </c>
       <c r="I793" t="s">
         <v>36</v>
       </c>
       <c r="J793"/>
       <c r="K793"/>
       <c r="L793"/>
       <c r="M793"/>
       <c r="N793"/>
       <c r="O793"/>
       <c r="P793"/>
       <c r="Q793" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="794" spans="1:17">
       <c r="A794">
         <v>79408</v>
       </c>
       <c r="B794" t="s">
-        <v>2175</v>
+        <v>2176</v>
       </c>
       <c r="C794"/>
       <c r="D794"/>
       <c r="E794" t="s">
-        <v>1149</v>
+        <v>1147</v>
       </c>
       <c r="F794" t="s">
-        <v>1150</v>
+        <v>1148</v>
       </c>
       <c r="G794"/>
       <c r="H794" t="s">
         <v>30</v>
       </c>
       <c r="I794" t="s">
         <v>31</v>
       </c>
       <c r="J794"/>
       <c r="K794"/>
       <c r="L794"/>
       <c r="M794"/>
       <c r="N794"/>
       <c r="O794"/>
       <c r="P794"/>
       <c r="Q794" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="795" spans="1:17">
       <c r="A795">
         <v>71522</v>
       </c>
       <c r="B795" t="s">
-        <v>2176</v>
+        <v>2177</v>
       </c>
       <c r="C795"/>
       <c r="D795"/>
       <c r="E795" t="s">
-        <v>1149</v>
+        <v>1147</v>
       </c>
       <c r="F795" t="s">
-        <v>1150</v>
+        <v>1148</v>
       </c>
       <c r="G795"/>
       <c r="H795" t="s">
         <v>30</v>
       </c>
       <c r="I795" t="s">
         <v>31</v>
       </c>
       <c r="J795"/>
       <c r="K795"/>
       <c r="L795"/>
       <c r="M795"/>
       <c r="N795"/>
       <c r="O795"/>
       <c r="P795"/>
       <c r="Q795" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="796" spans="1:17">
       <c r="A796">
         <v>71552</v>
       </c>
       <c r="B796" t="s">
-        <v>2177</v>
+        <v>2178</v>
       </c>
       <c r="C796"/>
       <c r="D796"/>
       <c r="E796" t="s">
-        <v>1149</v>
+        <v>1147</v>
       </c>
       <c r="F796" t="s">
-        <v>1150</v>
+        <v>1148</v>
       </c>
       <c r="G796"/>
       <c r="H796" t="s">
         <v>30</v>
       </c>
       <c r="I796" t="s">
         <v>31</v>
       </c>
       <c r="J796"/>
       <c r="K796"/>
       <c r="L796"/>
       <c r="M796"/>
       <c r="N796"/>
       <c r="O796"/>
       <c r="P796"/>
       <c r="Q796" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="797" spans="1:17">
       <c r="A797">
         <v>29768</v>
       </c>
       <c r="B797" t="s">
-        <v>2178</v>
+        <v>2179</v>
       </c>
       <c r="C797"/>
       <c r="D797"/>
       <c r="E797" t="s">
-        <v>1149</v>
+        <v>1147</v>
       </c>
       <c r="F797" t="s">
-        <v>1150</v>
+        <v>1148</v>
       </c>
       <c r="G797"/>
       <c r="H797" t="s">
         <v>30</v>
       </c>
       <c r="I797" t="s">
-        <v>661</v>
+        <v>659</v>
       </c>
       <c r="J797"/>
       <c r="K797"/>
       <c r="L797"/>
       <c r="M797"/>
       <c r="N797"/>
       <c r="O797"/>
       <c r="P797"/>
       <c r="Q797" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="798" spans="1:17">
       <c r="A798">
         <v>79410</v>
       </c>
       <c r="B798" t="s">
-        <v>2179</v>
+        <v>2180</v>
       </c>
       <c r="C798"/>
       <c r="D798"/>
       <c r="E798" t="s">
-        <v>1149</v>
+        <v>1147</v>
       </c>
       <c r="F798" t="s">
-        <v>1150</v>
+        <v>1148</v>
       </c>
       <c r="G798"/>
       <c r="H798" t="s">
         <v>30</v>
       </c>
       <c r="I798" t="s">
         <v>31</v>
       </c>
       <c r="J798"/>
       <c r="K798"/>
       <c r="L798"/>
       <c r="M798"/>
       <c r="N798"/>
       <c r="O798"/>
       <c r="P798"/>
       <c r="Q798" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="799" spans="1:17">
       <c r="A799">
         <v>618</v>
       </c>
       <c r="B799" t="s">
-        <v>2180</v>
+        <v>2181</v>
       </c>
       <c r="C799"/>
       <c r="D799"/>
       <c r="E799" t="s">
-        <v>1149</v>
+        <v>1147</v>
       </c>
       <c r="F799" t="s">
-        <v>1150</v>
+        <v>1148</v>
       </c>
       <c r="G799"/>
       <c r="H799" t="s">
         <v>30</v>
       </c>
       <c r="I799" t="s">
         <v>36</v>
       </c>
       <c r="J799"/>
       <c r="K799"/>
       <c r="L799"/>
       <c r="M799"/>
       <c r="N799"/>
       <c r="O799"/>
       <c r="P799" t="s">
-        <v>2181</v>
+        <v>2182</v>
       </c>
       <c r="Q799" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="800" spans="1:17">
       <c r="A800">
         <v>79561</v>
       </c>
       <c r="B800" t="s">
-        <v>2182</v>
+        <v>2183</v>
       </c>
       <c r="C800"/>
       <c r="D800"/>
       <c r="E800" t="s">
-        <v>1149</v>
+        <v>1147</v>
       </c>
       <c r="F800" t="s">
-        <v>1150</v>
+        <v>1148</v>
       </c>
       <c r="G800"/>
       <c r="H800" t="s">
         <v>30</v>
       </c>
       <c r="I800" t="s">
         <v>24</v>
       </c>
       <c r="J800"/>
       <c r="K800"/>
       <c r="L800"/>
       <c r="M800"/>
       <c r="N800"/>
       <c r="O800"/>
       <c r="P800"/>
       <c r="Q800" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="801" spans="1:17">
       <c r="A801">
         <v>67776</v>
       </c>
       <c r="B801" t="s">
-        <v>2183</v>
+        <v>2184</v>
       </c>
       <c r="C801" t="s">
-        <v>2184</v>
+        <v>2185</v>
       </c>
       <c r="D801" t="s">
         <v>34</v>
       </c>
       <c r="E801" t="s">
-        <v>1149</v>
+        <v>1147</v>
       </c>
       <c r="F801" t="s">
-        <v>1150</v>
+        <v>1148</v>
       </c>
       <c r="G801"/>
       <c r="H801" t="s">
         <v>30</v>
       </c>
       <c r="I801" t="s">
         <v>31</v>
       </c>
       <c r="J801"/>
       <c r="K801"/>
       <c r="L801"/>
       <c r="M801"/>
       <c r="N801"/>
       <c r="O801"/>
       <c r="P801"/>
       <c r="Q801" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="802" spans="1:17">
       <c r="A802">
         <v>29924</v>
       </c>
       <c r="B802" t="s">
-        <v>2185</v>
+        <v>2186</v>
       </c>
       <c r="C802" t="s">
-        <v>2186</v>
+        <v>2187</v>
       </c>
       <c r="D802" t="s">
         <v>34</v>
       </c>
       <c r="E802" t="s">
-        <v>1149</v>
+        <v>1147</v>
       </c>
       <c r="F802" t="s">
-        <v>1150</v>
+        <v>1148</v>
       </c>
       <c r="G802"/>
       <c r="H802" t="s">
         <v>30</v>
       </c>
       <c r="I802" t="s">
         <v>24</v>
       </c>
       <c r="J802"/>
       <c r="K802"/>
       <c r="L802"/>
       <c r="M802"/>
       <c r="N802"/>
       <c r="O802"/>
       <c r="P802"/>
       <c r="Q802" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="803" spans="1:17">
       <c r="A803">
         <v>29930</v>
       </c>
       <c r="B803" t="s">
-        <v>2187</v>
+        <v>2188</v>
       </c>
       <c r="C803"/>
       <c r="D803"/>
       <c r="E803" t="s">
-        <v>1149</v>
+        <v>1147</v>
       </c>
       <c r="F803" t="s">
-        <v>1150</v>
+        <v>1148</v>
       </c>
       <c r="G803"/>
       <c r="H803" t="s">
         <v>23</v>
       </c>
       <c r="I803" t="s">
-        <v>661</v>
+        <v>659</v>
       </c>
       <c r="J803"/>
       <c r="K803"/>
       <c r="L803"/>
       <c r="M803"/>
       <c r="N803"/>
       <c r="O803"/>
       <c r="P803"/>
       <c r="Q803" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="804" spans="1:17">
       <c r="A804">
         <v>29948</v>
       </c>
       <c r="B804" t="s">
-        <v>2188</v>
+        <v>2189</v>
       </c>
       <c r="C804"/>
       <c r="D804"/>
       <c r="E804" t="s">
-        <v>1149</v>
+        <v>1147</v>
       </c>
       <c r="F804" t="s">
-        <v>1150</v>
+        <v>1148</v>
       </c>
       <c r="G804"/>
       <c r="H804" t="s">
         <v>30</v>
       </c>
       <c r="I804" t="s">
-        <v>661</v>
+        <v>659</v>
       </c>
       <c r="J804"/>
       <c r="K804"/>
       <c r="L804"/>
       <c r="M804"/>
       <c r="N804"/>
       <c r="O804"/>
       <c r="P804"/>
       <c r="Q804" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="805" spans="1:17">
       <c r="A805">
         <v>32289</v>
       </c>
       <c r="B805" t="s">
-        <v>2189</v>
+        <v>2190</v>
       </c>
       <c r="C805"/>
       <c r="D805"/>
       <c r="E805" t="s">
-        <v>1149</v>
+        <v>1147</v>
       </c>
       <c r="F805" t="s">
-        <v>1150</v>
+        <v>1148</v>
       </c>
       <c r="G805"/>
       <c r="H805" t="s">
         <v>30</v>
       </c>
       <c r="I805" t="s">
         <v>31</v>
       </c>
       <c r="J805"/>
       <c r="K805"/>
       <c r="L805"/>
       <c r="M805"/>
       <c r="N805"/>
       <c r="O805"/>
       <c r="P805"/>
       <c r="Q805" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="806" spans="1:17">
       <c r="A806">
         <v>37177</v>
       </c>
       <c r="B806" t="s">
-        <v>2190</v>
+        <v>2191</v>
       </c>
       <c r="C806"/>
       <c r="D806"/>
       <c r="E806" t="s">
-        <v>1149</v>
+        <v>1147</v>
       </c>
       <c r="F806" t="s">
-        <v>1150</v>
+        <v>1148</v>
       </c>
       <c r="G806"/>
       <c r="H806" t="s">
         <v>30</v>
       </c>
       <c r="I806" t="s">
         <v>47</v>
       </c>
       <c r="J806"/>
       <c r="K806"/>
       <c r="L806"/>
       <c r="M806"/>
       <c r="N806"/>
       <c r="O806"/>
       <c r="P806"/>
       <c r="Q806" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="807" spans="1:17">
       <c r="A807">
         <v>16036</v>
       </c>
       <c r="B807" t="s">
-        <v>2191</v>
+        <v>2192</v>
       </c>
       <c r="C807" t="s">
-        <v>2192</v>
+        <v>2193</v>
       </c>
       <c r="D807" t="s">
-        <v>817</v>
+        <v>815</v>
       </c>
       <c r="E807" t="s">
-        <v>1149</v>
+        <v>1147</v>
       </c>
       <c r="F807" t="s">
-        <v>1150</v>
+        <v>1148</v>
       </c>
       <c r="G807"/>
       <c r="H807" t="s">
         <v>23</v>
       </c>
       <c r="I807" t="s">
-        <v>661</v>
+        <v>659</v>
       </c>
       <c r="J807"/>
       <c r="K807"/>
       <c r="L807"/>
       <c r="M807"/>
       <c r="N807"/>
       <c r="O807"/>
       <c r="P807"/>
       <c r="Q807" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="808" spans="1:17">
       <c r="A808">
         <v>16037</v>
       </c>
       <c r="B808" t="s">
-        <v>2193</v>
+        <v>2194</v>
       </c>
       <c r="C808" t="s">
-        <v>2194</v>
+        <v>2195</v>
       </c>
       <c r="D808" t="s">
-        <v>1158</v>
+        <v>1156</v>
       </c>
       <c r="E808" t="s">
-        <v>1149</v>
+        <v>1147</v>
       </c>
       <c r="F808" t="s">
-        <v>1150</v>
+        <v>1148</v>
       </c>
       <c r="G808"/>
       <c r="H808" t="s">
         <v>23</v>
       </c>
       <c r="I808" t="s">
-        <v>661</v>
+        <v>659</v>
       </c>
       <c r="J808"/>
       <c r="K808"/>
       <c r="L808"/>
       <c r="M808"/>
       <c r="N808"/>
       <c r="O808"/>
       <c r="P808"/>
       <c r="Q808" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="809" spans="1:17">
       <c r="A809">
         <v>69872</v>
       </c>
       <c r="B809" t="s">
-        <v>2195</v>
+        <v>2196</v>
       </c>
       <c r="C809"/>
       <c r="D809"/>
       <c r="E809" t="s">
-        <v>1149</v>
+        <v>1147</v>
       </c>
       <c r="F809" t="s">
-        <v>1150</v>
+        <v>1148</v>
       </c>
       <c r="G809"/>
       <c r="H809" t="s">
         <v>30</v>
       </c>
       <c r="I809" t="s">
         <v>31</v>
       </c>
       <c r="J809"/>
       <c r="K809"/>
       <c r="L809"/>
       <c r="M809"/>
       <c r="N809"/>
       <c r="O809"/>
       <c r="P809"/>
       <c r="Q809" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="810" spans="1:17">
       <c r="A810">
         <v>7729</v>
       </c>
       <c r="B810" t="s">
-        <v>2196</v>
+        <v>2197</v>
       </c>
       <c r="C810" t="s">
-        <v>2197</v>
+        <v>2198</v>
       </c>
       <c r="D810" t="s">
-        <v>2198</v>
+        <v>2199</v>
       </c>
       <c r="E810" t="s">
-        <v>1149</v>
+        <v>1147</v>
       </c>
       <c r="F810" t="s">
-        <v>1150</v>
+        <v>1148</v>
       </c>
       <c r="G810"/>
       <c r="H810" t="s">
         <v>30</v>
       </c>
       <c r="I810" t="s">
         <v>36</v>
       </c>
       <c r="J810"/>
       <c r="K810"/>
       <c r="L810"/>
       <c r="M810"/>
       <c r="N810"/>
       <c r="O810"/>
       <c r="P810"/>
       <c r="Q810" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="811" spans="1:17">
       <c r="A811">
         <v>16016</v>
       </c>
       <c r="B811" t="s">
-        <v>2199</v>
+        <v>2200</v>
       </c>
       <c r="C811" t="s">
-        <v>2200</v>
+        <v>2201</v>
       </c>
       <c r="D811" t="s">
-        <v>817</v>
+        <v>815</v>
       </c>
       <c r="E811" t="s">
-        <v>1149</v>
+        <v>1147</v>
       </c>
       <c r="F811" t="s">
-        <v>1150</v>
+        <v>1148</v>
       </c>
       <c r="G811"/>
       <c r="H811" t="s">
         <v>23</v>
       </c>
       <c r="I811" t="s">
-        <v>661</v>
+        <v>659</v>
       </c>
       <c r="J811"/>
       <c r="K811"/>
       <c r="L811"/>
       <c r="M811"/>
       <c r="N811"/>
       <c r="O811"/>
       <c r="P811"/>
       <c r="Q811" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="812" spans="1:17">
       <c r="A812">
         <v>79571</v>
       </c>
       <c r="B812" t="s">
-        <v>2201</v>
+        <v>2202</v>
       </c>
       <c r="C812"/>
       <c r="D812"/>
       <c r="E812" t="s">
-        <v>1149</v>
+        <v>1147</v>
       </c>
       <c r="F812" t="s">
-        <v>1150</v>
+        <v>1148</v>
       </c>
       <c r="G812"/>
       <c r="H812" t="s">
         <v>30</v>
       </c>
       <c r="I812" t="s">
         <v>31</v>
       </c>
       <c r="J812"/>
       <c r="K812"/>
       <c r="L812"/>
       <c r="M812"/>
       <c r="N812"/>
       <c r="O812"/>
       <c r="P812"/>
       <c r="Q812" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="813" spans="1:17">
       <c r="A813">
         <v>30024</v>
       </c>
       <c r="B813" t="s">
-        <v>2202</v>
+        <v>2203</v>
       </c>
       <c r="C813"/>
       <c r="D813"/>
       <c r="E813" t="s">
-        <v>1149</v>
+        <v>1147</v>
       </c>
       <c r="F813" t="s">
-        <v>1150</v>
+        <v>1148</v>
       </c>
       <c r="G813"/>
       <c r="H813" t="s">
         <v>30</v>
       </c>
       <c r="I813" t="s">
         <v>24</v>
       </c>
       <c r="J813"/>
       <c r="K813"/>
       <c r="L813"/>
       <c r="M813"/>
       <c r="N813"/>
       <c r="O813"/>
       <c r="P813"/>
       <c r="Q813" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="814" spans="1:17">
       <c r="A814">
         <v>31968</v>
       </c>
       <c r="B814" t="s">
-        <v>2203</v>
+        <v>2204</v>
       </c>
       <c r="C814"/>
       <c r="D814"/>
       <c r="E814" t="s">
-        <v>1149</v>
+        <v>1147</v>
       </c>
       <c r="F814" t="s">
-        <v>1150</v>
+        <v>1148</v>
       </c>
       <c r="G814"/>
       <c r="H814" t="s">
         <v>30</v>
       </c>
       <c r="I814" t="s">
         <v>36</v>
       </c>
       <c r="J814"/>
       <c r="K814"/>
       <c r="L814"/>
       <c r="M814"/>
       <c r="N814"/>
       <c r="O814"/>
       <c r="P814"/>
       <c r="Q814" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="815" spans="1:17">
       <c r="A815">
         <v>16043</v>
       </c>
       <c r="B815" t="s">
-        <v>2204</v>
+        <v>2205</v>
       </c>
       <c r="C815" t="s">
-        <v>2205</v>
+        <v>2206</v>
       </c>
       <c r="D815" t="s">
-        <v>2206</v>
+        <v>2207</v>
       </c>
       <c r="E815" t="s">
-        <v>1149</v>
+        <v>1147</v>
       </c>
       <c r="F815" t="s">
-        <v>1150</v>
+        <v>1148</v>
       </c>
       <c r="G815"/>
       <c r="H815" t="s">
         <v>23</v>
       </c>
       <c r="I815" t="s">
-        <v>661</v>
+        <v>659</v>
       </c>
       <c r="J815" t="s">
         <v>60</v>
       </c>
       <c r="K815" t="s">
-        <v>565</v>
+        <v>563</v>
       </c>
       <c r="L815"/>
       <c r="M815"/>
       <c r="N815"/>
       <c r="O815"/>
       <c r="P815"/>
       <c r="Q815" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="816" spans="1:17">
       <c r="A816">
         <v>30035</v>
       </c>
       <c r="B816" t="s">
-        <v>2207</v>
+        <v>2208</v>
       </c>
       <c r="C816"/>
       <c r="D816"/>
       <c r="E816" t="s">
-        <v>1149</v>
+        <v>1147</v>
       </c>
       <c r="F816" t="s">
-        <v>1150</v>
+        <v>1148</v>
       </c>
       <c r="G816"/>
       <c r="H816" t="s">
         <v>30</v>
       </c>
       <c r="I816" t="s">
         <v>24</v>
       </c>
       <c r="J816"/>
       <c r="K816"/>
       <c r="L816"/>
       <c r="M816"/>
       <c r="N816"/>
       <c r="O816"/>
       <c r="P816"/>
       <c r="Q816" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="817" spans="1:17">
       <c r="A817">
         <v>9751</v>
       </c>
       <c r="B817" t="s">
-        <v>2208</v>
+        <v>2209</v>
       </c>
       <c r="C817" t="s">
-        <v>2209</v>
+        <v>2210</v>
       </c>
       <c r="D817" t="s">
-        <v>2210</v>
+        <v>2211</v>
       </c>
       <c r="E817" t="s">
-        <v>1149</v>
+        <v>1147</v>
       </c>
       <c r="F817" t="s">
-        <v>1150</v>
+        <v>1148</v>
       </c>
       <c r="G817"/>
       <c r="H817" t="s">
         <v>30</v>
       </c>
       <c r="I817" t="s">
         <v>36</v>
       </c>
       <c r="J817"/>
       <c r="K817"/>
       <c r="L817"/>
       <c r="M817"/>
       <c r="N817"/>
       <c r="O817"/>
       <c r="P817"/>
       <c r="Q817" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="818" spans="1:17">
       <c r="A818">
         <v>9750</v>
       </c>
       <c r="B818" t="s">
-        <v>2211</v>
+        <v>2212</v>
       </c>
       <c r="C818" t="s">
-        <v>2212</v>
+        <v>2213</v>
       </c>
       <c r="D818" t="s">
         <v>2022</v>
       </c>
       <c r="E818" t="s">
-        <v>1149</v>
+        <v>1147</v>
       </c>
       <c r="F818" t="s">
-        <v>1150</v>
+        <v>1148</v>
       </c>
       <c r="G818"/>
       <c r="H818" t="s">
         <v>30</v>
       </c>
       <c r="I818" t="s">
         <v>36</v>
       </c>
       <c r="J818"/>
       <c r="K818"/>
       <c r="L818"/>
       <c r="M818"/>
       <c r="N818"/>
       <c r="O818"/>
       <c r="P818"/>
       <c r="Q818" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="819" spans="1:17">
       <c r="A819">
         <v>36630</v>
       </c>
       <c r="B819" t="s">
-        <v>2213</v>
+        <v>2214</v>
       </c>
       <c r="C819"/>
       <c r="D819"/>
       <c r="E819" t="s">
-        <v>1149</v>
+        <v>1147</v>
       </c>
       <c r="F819" t="s">
-        <v>1150</v>
+        <v>1148</v>
       </c>
       <c r="G819"/>
       <c r="H819" t="s">
         <v>30</v>
       </c>
       <c r="I819" t="s">
         <v>36</v>
       </c>
       <c r="J819"/>
       <c r="K819"/>
       <c r="L819"/>
       <c r="M819"/>
       <c r="N819"/>
       <c r="O819"/>
       <c r="P819"/>
       <c r="Q819" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="820" spans="1:17">
       <c r="A820">
         <v>30102</v>
       </c>
       <c r="B820" t="s">
-        <v>2214</v>
+        <v>2215</v>
       </c>
       <c r="C820" t="s">
-        <v>2215</v>
+        <v>2216</v>
       </c>
       <c r="D820" t="s">
         <v>34</v>
       </c>
       <c r="E820" t="s">
-        <v>1149</v>
+        <v>1147</v>
       </c>
       <c r="F820" t="s">
-        <v>1150</v>
+        <v>1148</v>
       </c>
       <c r="G820"/>
       <c r="H820" t="s">
         <v>30</v>
       </c>
       <c r="I820" t="s">
-        <v>806</v>
+        <v>804</v>
       </c>
       <c r="J820"/>
       <c r="K820"/>
       <c r="L820"/>
       <c r="M820"/>
       <c r="N820"/>
       <c r="O820"/>
       <c r="P820"/>
       <c r="Q820" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="821" spans="1:17">
       <c r="A821">
         <v>8447</v>
       </c>
       <c r="B821" t="s">
-        <v>2216</v>
+        <v>2217</v>
       </c>
       <c r="C821"/>
       <c r="D821"/>
       <c r="E821" t="s">
-        <v>1149</v>
+        <v>1147</v>
       </c>
       <c r="F821" t="s">
-        <v>1150</v>
+        <v>1148</v>
       </c>
       <c r="G821"/>
       <c r="H821" t="s">
         <v>30</v>
       </c>
       <c r="I821" t="s">
         <v>36</v>
       </c>
       <c r="J821"/>
       <c r="K821"/>
       <c r="L821"/>
       <c r="M821"/>
       <c r="N821"/>
       <c r="O821"/>
       <c r="P821"/>
       <c r="Q821" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="822" spans="1:17">
       <c r="A822">
         <v>8565</v>
       </c>
       <c r="B822" t="s">
-        <v>2217</v>
+        <v>2218</v>
       </c>
       <c r="C822"/>
       <c r="D822"/>
       <c r="E822" t="s">
-        <v>1149</v>
+        <v>1147</v>
       </c>
       <c r="F822" t="s">
-        <v>1150</v>
+        <v>1148</v>
       </c>
       <c r="G822"/>
       <c r="H822" t="s">
         <v>30</v>
       </c>
       <c r="I822" t="s">
         <v>36</v>
       </c>
       <c r="J822"/>
       <c r="K822"/>
       <c r="L822"/>
       <c r="M822"/>
       <c r="N822"/>
       <c r="O822"/>
       <c r="P822"/>
       <c r="Q822" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="823" spans="1:17">
       <c r="A823">
         <v>71814</v>
       </c>
       <c r="B823" t="s">
-        <v>2218</v>
+        <v>2219</v>
       </c>
       <c r="C823"/>
       <c r="D823"/>
       <c r="E823" t="s">
-        <v>1149</v>
+        <v>1147</v>
       </c>
       <c r="F823" t="s">
-        <v>1150</v>
+        <v>1148</v>
       </c>
       <c r="G823"/>
       <c r="H823" t="s">
         <v>30</v>
       </c>
       <c r="I823" t="s">
         <v>31</v>
       </c>
       <c r="J823"/>
       <c r="K823"/>
       <c r="L823"/>
       <c r="M823"/>
       <c r="N823"/>
       <c r="O823"/>
       <c r="P823"/>
       <c r="Q823" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="824" spans="1:17">
       <c r="A824">
         <v>71819</v>
       </c>
       <c r="B824" t="s">
-        <v>2219</v>
+        <v>2220</v>
       </c>
       <c r="C824"/>
       <c r="D824"/>
       <c r="E824" t="s">
-        <v>1149</v>
+        <v>1147</v>
       </c>
       <c r="F824" t="s">
-        <v>1150</v>
+        <v>1148</v>
       </c>
       <c r="G824"/>
       <c r="H824" t="s">
         <v>30</v>
       </c>
       <c r="I824" t="s">
         <v>31</v>
       </c>
       <c r="J824"/>
       <c r="K824"/>
       <c r="L824"/>
       <c r="M824"/>
       <c r="N824"/>
       <c r="O824"/>
       <c r="P824"/>
       <c r="Q824" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="825" spans="1:17">
       <c r="A825">
         <v>71820</v>
       </c>
       <c r="B825" t="s">
-        <v>2220</v>
+        <v>2221</v>
       </c>
       <c r="C825"/>
       <c r="D825"/>
       <c r="E825" t="s">
-        <v>1149</v>
+        <v>1147</v>
       </c>
       <c r="F825" t="s">
-        <v>1150</v>
+        <v>1148</v>
       </c>
       <c r="G825"/>
       <c r="H825" t="s">
         <v>30</v>
       </c>
       <c r="I825" t="s">
         <v>31</v>
       </c>
       <c r="J825"/>
       <c r="K825"/>
       <c r="L825"/>
       <c r="M825"/>
       <c r="N825"/>
       <c r="O825"/>
       <c r="P825"/>
       <c r="Q825" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="826" spans="1:17">
       <c r="A826">
         <v>30130</v>
       </c>
       <c r="B826" t="s">
-        <v>2221</v>
+        <v>2222</v>
       </c>
       <c r="C826" t="s">
-        <v>2222</v>
+        <v>2223</v>
       </c>
       <c r="D826" t="s">
         <v>34</v>
       </c>
       <c r="E826" t="s">
-        <v>1149</v>
+        <v>1147</v>
       </c>
       <c r="F826" t="s">
-        <v>1150</v>
+        <v>1148</v>
       </c>
       <c r="G826"/>
       <c r="H826" t="s">
         <v>30</v>
       </c>
       <c r="I826" t="s">
         <v>24</v>
       </c>
       <c r="J826"/>
       <c r="K826"/>
       <c r="L826"/>
       <c r="M826"/>
       <c r="N826"/>
       <c r="O826"/>
       <c r="P826"/>
       <c r="Q826" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="827" spans="1:17">
       <c r="A827">
         <v>72067</v>
       </c>
       <c r="B827" t="s">
-        <v>2223</v>
+        <v>2224</v>
       </c>
       <c r="C827" t="s">
-        <v>2224</v>
+        <v>2225</v>
       </c>
       <c r="D827" t="s">
         <v>34</v>
       </c>
       <c r="E827" t="s">
-        <v>1149</v>
+        <v>1147</v>
       </c>
       <c r="F827" t="s">
-        <v>1150</v>
+        <v>1148</v>
       </c>
       <c r="G827"/>
       <c r="H827" t="s">
         <v>30</v>
       </c>
       <c r="I827" t="s">
         <v>31</v>
       </c>
       <c r="J827"/>
       <c r="K827"/>
       <c r="L827"/>
       <c r="M827"/>
       <c r="N827"/>
       <c r="O827"/>
       <c r="P827"/>
       <c r="Q827" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="828" spans="1:17">
       <c r="A828">
         <v>72070</v>
       </c>
       <c r="B828" t="s">
-        <v>2225</v>
+        <v>2226</v>
       </c>
       <c r="C828" t="s">
-        <v>2226</v>
+        <v>2227</v>
       </c>
       <c r="D828" t="s">
         <v>34</v>
       </c>
       <c r="E828" t="s">
-        <v>1149</v>
+        <v>1147</v>
       </c>
       <c r="F828" t="s">
-        <v>1150</v>
+        <v>1148</v>
       </c>
       <c r="G828"/>
       <c r="H828" t="s">
         <v>30</v>
       </c>
       <c r="I828" t="s">
         <v>31</v>
       </c>
       <c r="J828"/>
       <c r="K828"/>
       <c r="L828"/>
       <c r="M828"/>
       <c r="N828"/>
       <c r="O828"/>
       <c r="P828"/>
       <c r="Q828" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="829" spans="1:17">
       <c r="A829">
         <v>30135</v>
       </c>
       <c r="B829" t="s">
-        <v>2227</v>
+        <v>2228</v>
       </c>
       <c r="C829"/>
       <c r="D829"/>
       <c r="E829" t="s">
-        <v>1149</v>
+        <v>1147</v>
       </c>
       <c r="F829" t="s">
-        <v>1150</v>
+        <v>1148</v>
       </c>
       <c r="G829"/>
       <c r="H829" t="s">
         <v>23</v>
       </c>
       <c r="I829" t="s">
-        <v>661</v>
+        <v>659</v>
       </c>
       <c r="J829"/>
       <c r="K829"/>
       <c r="L829"/>
       <c r="M829"/>
       <c r="N829"/>
       <c r="O829"/>
       <c r="P829"/>
       <c r="Q829" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="830" spans="1:17">
       <c r="A830">
         <v>72135</v>
       </c>
       <c r="B830" t="s">
-        <v>2228</v>
+        <v>2229</v>
       </c>
       <c r="C830"/>
       <c r="D830"/>
       <c r="E830" t="s">
-        <v>1149</v>
+        <v>1147</v>
       </c>
       <c r="F830" t="s">
-        <v>1150</v>
+        <v>1148</v>
       </c>
       <c r="G830"/>
       <c r="H830" t="s">
         <v>30</v>
       </c>
       <c r="I830" t="s">
         <v>31</v>
       </c>
       <c r="J830"/>
       <c r="K830"/>
       <c r="L830"/>
       <c r="M830"/>
       <c r="N830"/>
       <c r="O830"/>
       <c r="P830"/>
       <c r="Q830" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="831" spans="1:17">
       <c r="A831">
         <v>30145</v>
       </c>
       <c r="B831" t="s">
-        <v>2229</v>
+        <v>2230</v>
       </c>
       <c r="C831"/>
       <c r="D831"/>
       <c r="E831" t="s">
-        <v>1149</v>
+        <v>1147</v>
       </c>
       <c r="F831" t="s">
-        <v>1150</v>
+        <v>1148</v>
       </c>
       <c r="G831"/>
       <c r="H831" t="s">
         <v>23</v>
       </c>
       <c r="I831" t="s">
-        <v>661</v>
+        <v>659</v>
       </c>
       <c r="J831"/>
       <c r="K831"/>
       <c r="L831"/>
       <c r="M831"/>
       <c r="N831"/>
       <c r="O831"/>
       <c r="P831"/>
       <c r="Q831" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="832" spans="1:17">
       <c r="A832">
         <v>30176</v>
       </c>
       <c r="B832" t="s">
-        <v>2230</v>
+        <v>2231</v>
       </c>
       <c r="C832"/>
       <c r="D832"/>
       <c r="E832" t="s">
-        <v>1149</v>
+        <v>1147</v>
       </c>
       <c r="F832" t="s">
-        <v>1150</v>
+        <v>1148</v>
       </c>
       <c r="G832"/>
       <c r="H832" t="s">
         <v>30</v>
       </c>
       <c r="I832" t="s">
-        <v>838</v>
+        <v>836</v>
       </c>
       <c r="J832"/>
       <c r="K832"/>
       <c r="L832"/>
       <c r="M832"/>
       <c r="N832"/>
       <c r="O832"/>
       <c r="P832"/>
       <c r="Q832" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="833" spans="1:17">
       <c r="A833">
         <v>30195</v>
       </c>
       <c r="B833" t="s">
-        <v>2231</v>
+        <v>2232</v>
       </c>
       <c r="C833"/>
       <c r="D833"/>
       <c r="E833" t="s">
-        <v>1149</v>
+        <v>1147</v>
       </c>
       <c r="F833" t="s">
-        <v>1150</v>
+        <v>1148</v>
       </c>
       <c r="G833"/>
       <c r="H833" t="s">
         <v>23</v>
       </c>
       <c r="I833" t="s">
         <v>31</v>
       </c>
       <c r="J833"/>
       <c r="K833"/>
       <c r="L833"/>
       <c r="M833"/>
       <c r="N833"/>
       <c r="O833"/>
       <c r="P833"/>
       <c r="Q833" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="834" spans="1:17">
       <c r="A834">
         <v>30207</v>
       </c>
       <c r="B834" t="s">
-        <v>2232</v>
+        <v>2233</v>
       </c>
       <c r="C834"/>
       <c r="D834"/>
       <c r="E834" t="s">
-        <v>1149</v>
+        <v>1147</v>
       </c>
       <c r="F834" t="s">
-        <v>1150</v>
+        <v>1148</v>
       </c>
       <c r="G834"/>
       <c r="H834" t="s">
         <v>30</v>
       </c>
       <c r="I834" t="s">
-        <v>838</v>
+        <v>836</v>
       </c>
       <c r="J834"/>
       <c r="K834"/>
       <c r="L834"/>
       <c r="M834"/>
       <c r="N834"/>
       <c r="O834"/>
       <c r="P834"/>
       <c r="Q834" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="835" spans="1:17">
       <c r="A835">
         <v>30223</v>
       </c>
       <c r="B835" t="s">
-        <v>2233</v>
+        <v>2234</v>
       </c>
       <c r="C835" t="s">
-        <v>2234</v>
+        <v>2235</v>
       </c>
       <c r="D835" t="s">
         <v>34</v>
       </c>
       <c r="E835" t="s">
-        <v>1149</v>
+        <v>1147</v>
       </c>
       <c r="F835" t="s">
-        <v>1150</v>
+        <v>1148</v>
       </c>
       <c r="G835"/>
       <c r="H835" t="s">
         <v>30</v>
       </c>
       <c r="I835" t="s">
         <v>24</v>
       </c>
       <c r="J835"/>
       <c r="K835"/>
       <c r="L835"/>
       <c r="M835"/>
       <c r="N835"/>
       <c r="O835"/>
       <c r="P835"/>
       <c r="Q835" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="836" spans="1:17">
       <c r="A836">
         <v>80922</v>
       </c>
       <c r="B836" t="s">
-        <v>2235</v>
+        <v>2236</v>
       </c>
       <c r="C836"/>
       <c r="D836"/>
       <c r="E836" t="s">
-        <v>1149</v>
+        <v>1147</v>
       </c>
       <c r="F836" t="s">
-        <v>1150</v>
+        <v>1148</v>
       </c>
       <c r="G836"/>
       <c r="H836" t="s">
         <v>30</v>
       </c>
       <c r="I836" t="s">
         <v>24</v>
       </c>
       <c r="J836"/>
       <c r="K836"/>
       <c r="L836"/>
       <c r="M836"/>
       <c r="N836"/>
       <c r="O836"/>
       <c r="P836"/>
       <c r="Q836" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="837" spans="1:17">
       <c r="A837">
         <v>32293</v>
       </c>
       <c r="B837" t="s">
-        <v>2236</v>
+        <v>2237</v>
       </c>
       <c r="C837" t="s">
-        <v>2237</v>
+        <v>2238</v>
       </c>
       <c r="D837" t="s">
         <v>34</v>
       </c>
       <c r="E837" t="s">
-        <v>1149</v>
+        <v>1147</v>
       </c>
       <c r="F837" t="s">
-        <v>1150</v>
+        <v>1148</v>
       </c>
       <c r="G837"/>
       <c r="H837" t="s">
         <v>23</v>
       </c>
       <c r="I837" t="s">
         <v>31</v>
       </c>
       <c r="J837"/>
       <c r="K837"/>
       <c r="L837"/>
       <c r="M837"/>
       <c r="N837"/>
       <c r="O837"/>
       <c r="P837"/>
       <c r="Q837" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="838" spans="1:17">
       <c r="A838">
         <v>77006</v>
       </c>
       <c r="B838" t="s">
-        <v>2238</v>
+        <v>2239</v>
       </c>
       <c r="C838"/>
       <c r="D838"/>
       <c r="E838" t="s">
-        <v>1149</v>
+        <v>1147</v>
       </c>
       <c r="F838" t="s">
-        <v>1150</v>
+        <v>1148</v>
       </c>
       <c r="G838"/>
       <c r="H838" t="s">
         <v>30</v>
       </c>
       <c r="I838" t="s">
         <v>31</v>
       </c>
       <c r="J838"/>
       <c r="K838"/>
       <c r="L838"/>
       <c r="M838"/>
       <c r="N838"/>
       <c r="O838"/>
       <c r="P838"/>
       <c r="Q838" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="839" spans="1:17">
       <c r="A839">
         <v>77007</v>
       </c>
       <c r="B839" t="s">
-        <v>2239</v>
+        <v>2240</v>
       </c>
       <c r="C839"/>
       <c r="D839"/>
       <c r="E839" t="s">
-        <v>1149</v>
+        <v>1147</v>
       </c>
       <c r="F839" t="s">
-        <v>1150</v>
+        <v>1148</v>
       </c>
       <c r="G839"/>
       <c r="H839" t="s">
         <v>30</v>
       </c>
       <c r="I839" t="s">
         <v>31</v>
       </c>
       <c r="J839"/>
       <c r="K839"/>
       <c r="L839"/>
       <c r="M839"/>
       <c r="N839"/>
       <c r="O839"/>
       <c r="P839"/>
       <c r="Q839" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="840" spans="1:17">
       <c r="A840">
         <v>80266</v>
       </c>
       <c r="B840" t="s">
-        <v>2240</v>
+        <v>2241</v>
       </c>
       <c r="C840"/>
       <c r="D840"/>
       <c r="E840" t="s">
-        <v>1149</v>
+        <v>1147</v>
       </c>
       <c r="F840" t="s">
-        <v>1150</v>
+        <v>1148</v>
       </c>
       <c r="G840"/>
       <c r="H840" t="s">
         <v>30</v>
       </c>
       <c r="I840" t="s">
         <v>31</v>
       </c>
       <c r="J840"/>
       <c r="K840"/>
       <c r="L840"/>
       <c r="M840"/>
       <c r="N840"/>
       <c r="O840"/>
       <c r="P840"/>
       <c r="Q840" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="841" spans="1:17">
       <c r="A841">
         <v>78239</v>
       </c>
       <c r="B841" t="s">
-        <v>2241</v>
+        <v>2242</v>
       </c>
       <c r="C841"/>
       <c r="D841"/>
       <c r="E841" t="s">
-        <v>1149</v>
+        <v>1147</v>
       </c>
       <c r="F841" t="s">
-        <v>1150</v>
+        <v>1148</v>
       </c>
       <c r="G841"/>
       <c r="H841" t="s">
         <v>30</v>
       </c>
       <c r="I841" t="s">
         <v>31</v>
       </c>
       <c r="J841"/>
       <c r="K841"/>
       <c r="L841"/>
       <c r="M841"/>
       <c r="N841"/>
       <c r="O841"/>
       <c r="P841"/>
       <c r="Q841" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="842" spans="1:17">
       <c r="A842">
         <v>31224</v>
       </c>
       <c r="B842" t="s">
-        <v>2242</v>
+        <v>2243</v>
       </c>
       <c r="C842"/>
       <c r="D842"/>
       <c r="E842" t="s">
-        <v>1149</v>
+        <v>1147</v>
       </c>
       <c r="F842" t="s">
-        <v>1150</v>
+        <v>1148</v>
       </c>
       <c r="G842"/>
       <c r="H842" t="s">
         <v>30</v>
       </c>
       <c r="I842" t="s">
-        <v>806</v>
+        <v>804</v>
       </c>
       <c r="J842"/>
       <c r="K842"/>
       <c r="L842"/>
       <c r="M842"/>
       <c r="N842"/>
       <c r="O842"/>
       <c r="P842"/>
       <c r="Q842" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="843" spans="1:17">
       <c r="A843">
         <v>30288</v>
       </c>
       <c r="B843" t="s">
-        <v>2243</v>
+        <v>2244</v>
       </c>
       <c r="C843"/>
       <c r="D843"/>
       <c r="E843" t="s">
-        <v>1149</v>
+        <v>1147</v>
       </c>
       <c r="F843" t="s">
-        <v>1150</v>
+        <v>1148</v>
       </c>
       <c r="G843"/>
       <c r="H843" t="s">
         <v>23</v>
       </c>
       <c r="I843" t="s">
-        <v>838</v>
+        <v>836</v>
       </c>
       <c r="J843"/>
       <c r="K843"/>
       <c r="L843"/>
       <c r="M843"/>
       <c r="N843"/>
       <c r="O843"/>
       <c r="P843"/>
       <c r="Q843" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="844" spans="1:17">
       <c r="A844">
         <v>9097</v>
       </c>
       <c r="B844" t="s">
-        <v>2244</v>
+        <v>2245</v>
       </c>
       <c r="C844"/>
       <c r="D844"/>
       <c r="E844" t="s">
-        <v>1149</v>
+        <v>1147</v>
       </c>
       <c r="F844" t="s">
-        <v>1150</v>
+        <v>1148</v>
       </c>
       <c r="G844"/>
       <c r="H844" t="s">
         <v>30</v>
       </c>
       <c r="I844" t="s">
         <v>36</v>
       </c>
       <c r="J844"/>
       <c r="K844"/>
       <c r="L844"/>
       <c r="M844"/>
       <c r="N844"/>
       <c r="O844"/>
       <c r="P844" t="s">
-        <v>2245</v>
+        <v>2246</v>
       </c>
       <c r="Q844" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="845" spans="1:17">
       <c r="A845">
         <v>75301</v>
       </c>
       <c r="B845" t="s">
-        <v>2246</v>
+        <v>2247</v>
       </c>
       <c r="C845"/>
       <c r="D845"/>
       <c r="E845" t="s">
-        <v>1149</v>
+        <v>1147</v>
       </c>
       <c r="F845" t="s">
-        <v>1150</v>
+        <v>1148</v>
       </c>
       <c r="G845"/>
       <c r="H845" t="s">
         <v>30</v>
       </c>
       <c r="I845" t="s">
         <v>31</v>
       </c>
       <c r="J845"/>
       <c r="K845"/>
       <c r="L845"/>
       <c r="M845"/>
       <c r="N845"/>
       <c r="O845"/>
       <c r="P845"/>
       <c r="Q845" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="846" spans="1:17">
       <c r="A846">
         <v>30351</v>
       </c>
       <c r="B846" t="s">
-        <v>2247</v>
+        <v>2248</v>
       </c>
       <c r="C846"/>
       <c r="D846"/>
       <c r="E846" t="s">
-        <v>1149</v>
+        <v>1147</v>
       </c>
       <c r="F846" t="s">
-        <v>1150</v>
+        <v>1148</v>
       </c>
       <c r="G846"/>
       <c r="H846" t="s">
         <v>30</v>
       </c>
       <c r="I846" t="s">
-        <v>806</v>
+        <v>804</v>
       </c>
       <c r="J846"/>
       <c r="K846"/>
       <c r="L846"/>
       <c r="M846"/>
       <c r="N846"/>
       <c r="O846"/>
       <c r="P846"/>
       <c r="Q846" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="847" spans="1:17">
       <c r="A847">
         <v>31356</v>
       </c>
       <c r="B847" t="s">
-        <v>2248</v>
+        <v>2249</v>
       </c>
       <c r="C847"/>
       <c r="D847"/>
       <c r="E847" t="s">
-        <v>1149</v>
+        <v>1147</v>
       </c>
       <c r="F847" t="s">
-        <v>1150</v>
+        <v>1148</v>
       </c>
       <c r="G847"/>
       <c r="H847" t="s">
         <v>30</v>
       </c>
       <c r="I847" t="s">
-        <v>806</v>
+        <v>804</v>
       </c>
       <c r="J847"/>
       <c r="K847"/>
       <c r="L847"/>
       <c r="M847"/>
       <c r="N847"/>
       <c r="O847"/>
       <c r="P847"/>
       <c r="Q847" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="848" spans="1:17">
       <c r="A848">
         <v>76588</v>
       </c>
       <c r="B848" t="s">
-        <v>2249</v>
+        <v>2250</v>
       </c>
       <c r="C848"/>
       <c r="D848"/>
       <c r="E848" t="s">
-        <v>1149</v>
+        <v>1147</v>
       </c>
       <c r="F848" t="s">
-        <v>1150</v>
+        <v>1148</v>
       </c>
       <c r="G848"/>
       <c r="H848" t="s">
         <v>30</v>
       </c>
       <c r="I848" t="s">
         <v>31</v>
       </c>
       <c r="J848"/>
       <c r="K848"/>
       <c r="L848"/>
       <c r="M848"/>
       <c r="N848"/>
       <c r="O848"/>
       <c r="P848"/>
       <c r="Q848" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="849" spans="1:17">
       <c r="A849">
         <v>76610</v>
       </c>
       <c r="B849" t="s">
-        <v>2250</v>
+        <v>2251</v>
       </c>
       <c r="C849"/>
       <c r="D849"/>
       <c r="E849" t="s">
-        <v>1149</v>
+        <v>1147</v>
       </c>
       <c r="F849" t="s">
-        <v>1150</v>
+        <v>1148</v>
       </c>
       <c r="G849"/>
       <c r="H849" t="s">
         <v>30</v>
       </c>
       <c r="I849" t="s">
         <v>31</v>
       </c>
       <c r="J849"/>
       <c r="K849"/>
       <c r="L849"/>
       <c r="M849"/>
       <c r="N849"/>
       <c r="O849"/>
       <c r="P849"/>
       <c r="Q849" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="850" spans="1:17">
       <c r="A850">
         <v>32939</v>
       </c>
       <c r="B850" t="s">
-        <v>2251</v>
+        <v>2252</v>
       </c>
       <c r="C850"/>
       <c r="D850"/>
       <c r="E850" t="s">
-        <v>1149</v>
+        <v>1147</v>
       </c>
       <c r="F850" t="s">
-        <v>1150</v>
+        <v>1148</v>
       </c>
       <c r="G850"/>
       <c r="H850" t="s">
         <v>30</v>
       </c>
       <c r="I850" t="s">
         <v>2076</v>
       </c>
       <c r="J850"/>
       <c r="K850"/>
       <c r="L850"/>
       <c r="M850"/>
       <c r="N850"/>
       <c r="O850"/>
       <c r="P850"/>
       <c r="Q850" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="851" spans="1:17">
       <c r="A851">
         <v>5594</v>
       </c>
       <c r="B851" t="s">
-        <v>2252</v>
+        <v>2253</v>
       </c>
       <c r="C851"/>
       <c r="D851"/>
       <c r="E851" t="s">
-        <v>1171</v>
+        <v>1169</v>
       </c>
       <c r="F851" t="s">
-        <v>1172</v>
+        <v>1170</v>
       </c>
       <c r="G851"/>
       <c r="H851" t="s">
         <v>30</v>
       </c>
       <c r="I851" t="s">
         <v>36</v>
       </c>
       <c r="J851"/>
       <c r="K851"/>
       <c r="L851"/>
       <c r="M851"/>
       <c r="N851"/>
       <c r="O851"/>
       <c r="P851" t="s">
-        <v>2253</v>
+        <v>2254</v>
       </c>
       <c r="Q851" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="852" spans="1:17">
       <c r="A852">
         <v>23845</v>
       </c>
       <c r="B852" t="s">
-        <v>2254</v>
+        <v>2255</v>
       </c>
       <c r="C852"/>
       <c r="D852"/>
       <c r="E852" t="s">
-        <v>1171</v>
+        <v>1169</v>
       </c>
       <c r="F852" t="s">
-        <v>1172</v>
+        <v>1170</v>
       </c>
       <c r="G852"/>
       <c r="H852" t="s">
         <v>30</v>
       </c>
       <c r="I852" t="s">
         <v>47</v>
       </c>
       <c r="J852"/>
       <c r="K852"/>
       <c r="L852"/>
       <c r="M852"/>
       <c r="N852"/>
       <c r="O852"/>
       <c r="P852"/>
       <c r="Q852" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="853" spans="1:17">
       <c r="A853">
         <v>9505</v>
       </c>
       <c r="B853" t="s">
-        <v>2255</v>
+        <v>2256</v>
       </c>
       <c r="C853"/>
       <c r="D853"/>
       <c r="E853" t="s">
-        <v>1171</v>
+        <v>1169</v>
       </c>
       <c r="F853" t="s">
-        <v>1172</v>
+        <v>1170</v>
       </c>
       <c r="G853"/>
       <c r="H853" t="s">
         <v>30</v>
       </c>
       <c r="I853" t="s">
         <v>36</v>
       </c>
       <c r="J853"/>
       <c r="K853"/>
       <c r="L853"/>
       <c r="M853"/>
       <c r="N853"/>
       <c r="O853"/>
       <c r="P853"/>
       <c r="Q853" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="854" spans="1:17">
       <c r="A854">
         <v>1135</v>
       </c>
       <c r="B854" t="s">
-        <v>2256</v>
+        <v>2257</v>
       </c>
       <c r="C854" t="s">
-        <v>2257</v>
+        <v>2258</v>
       </c>
       <c r="D854" t="s">
         <v>34</v>
       </c>
       <c r="E854" t="s">
-        <v>2258</v>
+        <v>2259</v>
       </c>
       <c r="F854" t="s">
-        <v>1172</v>
+        <v>1170</v>
       </c>
       <c r="G854"/>
       <c r="H854" t="s">
         <v>30</v>
       </c>
       <c r="I854" t="s">
         <v>36</v>
       </c>
       <c r="J854"/>
       <c r="K854"/>
       <c r="L854"/>
       <c r="M854"/>
       <c r="N854"/>
       <c r="O854"/>
       <c r="P854"/>
       <c r="Q854" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="855" spans="1:17">
       <c r="A855">
         <v>2771</v>
       </c>
       <c r="B855" t="s">
-        <v>2259</v>
+        <v>2260</v>
       </c>
       <c r="C855" t="s">
-        <v>2260</v>
+        <v>2261</v>
       </c>
       <c r="D855" t="s">
-        <v>492</v>
+        <v>490</v>
       </c>
       <c r="E855" t="s">
-        <v>1186</v>
+        <v>1184</v>
       </c>
       <c r="F855" t="s">
-        <v>1172</v>
+        <v>1170</v>
       </c>
       <c r="G855"/>
       <c r="H855" t="s">
         <v>30</v>
       </c>
       <c r="I855" t="s">
         <v>36</v>
       </c>
       <c r="J855"/>
       <c r="K855"/>
       <c r="L855"/>
       <c r="M855"/>
       <c r="N855"/>
       <c r="O855"/>
       <c r="P855"/>
       <c r="Q855" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="856" spans="1:17">
       <c r="A856">
         <v>11479</v>
       </c>
       <c r="B856" t="s">
-        <v>2261</v>
+        <v>2262</v>
       </c>
       <c r="C856"/>
       <c r="D856"/>
       <c r="E856" t="s">
-        <v>2258</v>
+        <v>2259</v>
       </c>
       <c r="F856" t="s">
-        <v>1172</v>
+        <v>1170</v>
       </c>
       <c r="G856"/>
       <c r="H856" t="s">
         <v>30</v>
       </c>
       <c r="I856" t="s">
         <v>31</v>
       </c>
       <c r="J856"/>
       <c r="K856"/>
       <c r="L856"/>
       <c r="M856"/>
       <c r="N856"/>
       <c r="O856"/>
       <c r="P856"/>
       <c r="Q856" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="857" spans="1:17">
       <c r="A857">
         <v>3218</v>
       </c>
       <c r="B857" t="s">
-        <v>2262</v>
+        <v>2263</v>
       </c>
       <c r="C857" t="s">
-        <v>2263</v>
+        <v>2264</v>
       </c>
       <c r="D857" t="s">
         <v>34</v>
       </c>
       <c r="E857" t="s">
-        <v>1171</v>
+        <v>1169</v>
       </c>
       <c r="F857" t="s">
-        <v>1172</v>
+        <v>1170</v>
       </c>
       <c r="G857"/>
       <c r="H857" t="s">
         <v>30</v>
       </c>
       <c r="I857" t="s">
         <v>36</v>
       </c>
       <c r="J857" t="s">
         <v>60</v>
       </c>
       <c r="K857" t="s">
-        <v>565</v>
+        <v>563</v>
       </c>
       <c r="L857"/>
       <c r="M857"/>
       <c r="N857"/>
       <c r="O857"/>
       <c r="P857"/>
       <c r="Q857" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="858" spans="1:17">
       <c r="A858">
         <v>3264</v>
       </c>
       <c r="B858" t="s">
-        <v>2264</v>
+        <v>2265</v>
       </c>
       <c r="C858"/>
       <c r="D858"/>
       <c r="E858" t="s">
-        <v>1171</v>
+        <v>1169</v>
       </c>
       <c r="F858" t="s">
-        <v>1172</v>
+        <v>1170</v>
       </c>
       <c r="G858"/>
       <c r="H858" t="s">
         <v>30</v>
       </c>
       <c r="I858" t="s">
         <v>36</v>
       </c>
       <c r="J858"/>
       <c r="K858"/>
       <c r="L858"/>
       <c r="M858"/>
       <c r="N858"/>
       <c r="O858"/>
       <c r="P858" t="s">
-        <v>2265</v>
+        <v>2266</v>
       </c>
       <c r="Q858" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="859" spans="1:17">
       <c r="A859">
         <v>11714</v>
       </c>
       <c r="B859" t="s">
-        <v>2266</v>
+        <v>2267</v>
       </c>
       <c r="C859"/>
       <c r="D859"/>
       <c r="E859" t="s">
-        <v>1273</v>
+        <v>1271</v>
       </c>
       <c r="F859" t="s">
-        <v>1172</v>
+        <v>1170</v>
       </c>
       <c r="G859"/>
       <c r="H859" t="s">
         <v>30</v>
       </c>
       <c r="I859" t="s">
         <v>31</v>
       </c>
       <c r="J859"/>
       <c r="K859"/>
       <c r="L859"/>
       <c r="M859"/>
       <c r="N859"/>
       <c r="O859"/>
       <c r="P859"/>
       <c r="Q859" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="860" spans="1:17">
       <c r="A860">
         <v>1250</v>
       </c>
       <c r="B860" t="s">
-        <v>2267</v>
+        <v>2268</v>
       </c>
       <c r="C860" t="s">
-        <v>2268</v>
+        <v>2269</v>
       </c>
       <c r="D860" t="s">
         <v>58</v>
       </c>
       <c r="E860" t="s">
-        <v>1171</v>
+        <v>1169</v>
       </c>
       <c r="F860" t="s">
-        <v>1172</v>
+        <v>1170</v>
       </c>
       <c r="G860"/>
       <c r="H860" t="s">
         <v>30</v>
       </c>
       <c r="I860" t="s">
         <v>36</v>
       </c>
       <c r="J860"/>
       <c r="K860"/>
       <c r="L860"/>
       <c r="M860"/>
       <c r="N860"/>
       <c r="O860"/>
       <c r="P860"/>
       <c r="Q860" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="861" spans="1:17">
       <c r="A861">
         <v>11547</v>
       </c>
       <c r="B861" t="s">
-        <v>2269</v>
+        <v>2270</v>
       </c>
       <c r="C861"/>
       <c r="D861"/>
       <c r="E861" t="s">
-        <v>2258</v>
+        <v>2259</v>
       </c>
       <c r="F861" t="s">
-        <v>1172</v>
+        <v>1170</v>
       </c>
       <c r="G861"/>
       <c r="H861" t="s">
         <v>30</v>
       </c>
       <c r="I861" t="s">
         <v>31</v>
       </c>
       <c r="J861"/>
       <c r="K861"/>
       <c r="L861"/>
       <c r="M861"/>
       <c r="N861"/>
       <c r="O861"/>
       <c r="P861"/>
       <c r="Q861" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="862" spans="1:17">
       <c r="A862">
         <v>4245</v>
       </c>
       <c r="B862" t="s">
-        <v>2270</v>
+        <v>2271</v>
       </c>
       <c r="C862" t="s">
-        <v>2271</v>
+        <v>2272</v>
       </c>
       <c r="D862" t="s">
         <v>34</v>
       </c>
       <c r="E862" t="s">
-        <v>1171</v>
+        <v>1169</v>
       </c>
       <c r="F862" t="s">
-        <v>1172</v>
+        <v>1170</v>
       </c>
       <c r="G862"/>
       <c r="H862" t="s">
         <v>30</v>
       </c>
       <c r="I862" t="s">
         <v>36</v>
       </c>
       <c r="J862" t="s">
         <v>60</v>
       </c>
       <c r="K862" t="s">
-        <v>565</v>
+        <v>563</v>
       </c>
       <c r="L862"/>
       <c r="M862"/>
       <c r="N862"/>
       <c r="O862"/>
       <c r="P862"/>
       <c r="Q862" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="863" spans="1:17">
       <c r="A863">
         <v>80479</v>
       </c>
       <c r="B863" t="s">
-        <v>2272</v>
+        <v>2273</v>
       </c>
       <c r="C863"/>
       <c r="D863"/>
       <c r="E863" t="s">
-        <v>1171</v>
+        <v>1169</v>
       </c>
       <c r="F863" t="s">
-        <v>1172</v>
+        <v>1170</v>
       </c>
       <c r="G863"/>
       <c r="H863" t="s">
         <v>30</v>
       </c>
       <c r="I863" t="s">
         <v>36</v>
       </c>
       <c r="J863"/>
       <c r="K863"/>
       <c r="L863"/>
       <c r="M863"/>
       <c r="N863"/>
       <c r="O863"/>
       <c r="P863" t="s">
-        <v>2273</v>
+        <v>2274</v>
       </c>
       <c r="Q863" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="864" spans="1:17">
       <c r="A864">
         <v>80480</v>
       </c>
       <c r="B864" t="s">
-        <v>2274</v>
+        <v>2275</v>
       </c>
       <c r="C864"/>
       <c r="D864"/>
       <c r="E864" t="s">
-        <v>1186</v>
+        <v>1184</v>
       </c>
       <c r="F864" t="s">
-        <v>1172</v>
+        <v>1170</v>
       </c>
       <c r="G864"/>
       <c r="H864" t="s">
         <v>30</v>
       </c>
       <c r="I864" t="s">
         <v>36</v>
       </c>
       <c r="J864"/>
       <c r="K864"/>
       <c r="L864"/>
       <c r="M864"/>
       <c r="N864"/>
       <c r="O864"/>
       <c r="P864" t="s">
-        <v>2275</v>
+        <v>2276</v>
       </c>
       <c r="Q864" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="865" spans="1:17">
       <c r="A865">
         <v>11478</v>
       </c>
       <c r="B865" t="s">
-        <v>2276</v>
+        <v>2277</v>
       </c>
       <c r="C865" t="s">
-        <v>2277</v>
+        <v>2278</v>
       </c>
       <c r="D865" t="s">
-        <v>1015</v>
+        <v>1013</v>
       </c>
       <c r="E865" t="s">
-        <v>2278</v>
+        <v>2279</v>
       </c>
       <c r="F865" t="s">
-        <v>1172</v>
+        <v>1170</v>
       </c>
       <c r="G865"/>
       <c r="H865" t="s">
         <v>30</v>
       </c>
       <c r="I865" t="s">
-        <v>661</v>
+        <v>659</v>
       </c>
       <c r="J865"/>
       <c r="K865"/>
       <c r="L865"/>
       <c r="M865"/>
       <c r="N865"/>
       <c r="O865"/>
       <c r="P865"/>
       <c r="Q865" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="866" spans="1:17">
       <c r="A866">
         <v>11432</v>
       </c>
       <c r="B866" t="s">
-        <v>2279</v>
+        <v>2280</v>
       </c>
       <c r="C866"/>
       <c r="D866"/>
       <c r="E866" t="s">
-        <v>2258</v>
+        <v>2259</v>
       </c>
       <c r="F866" t="s">
-        <v>1172</v>
+        <v>1170</v>
       </c>
       <c r="G866"/>
       <c r="H866" t="s">
         <v>30</v>
       </c>
       <c r="I866" t="s">
         <v>31</v>
       </c>
       <c r="J866"/>
       <c r="K866"/>
       <c r="L866"/>
       <c r="M866"/>
       <c r="N866"/>
       <c r="O866"/>
       <c r="P866"/>
       <c r="Q866" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="867" spans="1:17">
       <c r="A867">
         <v>11928</v>
       </c>
       <c r="B867" t="s">
-        <v>2280</v>
+        <v>2281</v>
       </c>
       <c r="C867"/>
       <c r="D867"/>
       <c r="E867" t="s">
-        <v>2258</v>
+        <v>2259</v>
       </c>
       <c r="F867" t="s">
-        <v>1172</v>
+        <v>1170</v>
       </c>
       <c r="G867"/>
       <c r="H867" t="s">
         <v>30</v>
       </c>
       <c r="I867" t="s">
         <v>31</v>
       </c>
       <c r="J867"/>
       <c r="K867"/>
       <c r="L867"/>
       <c r="M867"/>
       <c r="N867"/>
       <c r="O867"/>
       <c r="P867"/>
       <c r="Q867" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="868" spans="1:17">
       <c r="A868">
         <v>1019</v>
       </c>
       <c r="B868" t="s">
-        <v>2281</v>
+        <v>2282</v>
       </c>
       <c r="C868" t="s">
-        <v>2282</v>
+        <v>2283</v>
       </c>
       <c r="D868" t="s">
-        <v>841</v>
+        <v>839</v>
       </c>
       <c r="E868" t="s">
-        <v>1171</v>
+        <v>1169</v>
       </c>
       <c r="F868" t="s">
-        <v>1172</v>
+        <v>1170</v>
       </c>
       <c r="G868"/>
       <c r="H868" t="s">
         <v>30</v>
       </c>
       <c r="I868" t="s">
         <v>36</v>
       </c>
       <c r="J868" t="s">
         <v>60</v>
       </c>
       <c r="K868" t="s">
         <v>233</v>
       </c>
       <c r="L868"/>
       <c r="M868"/>
       <c r="N868"/>
       <c r="O868"/>
       <c r="P868" t="s">
-        <v>2283</v>
+        <v>2284</v>
       </c>
       <c r="Q868" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="869" spans="1:17">
       <c r="A869">
         <v>12427</v>
       </c>
       <c r="B869" t="s">
-        <v>2284</v>
+        <v>2285</v>
       </c>
       <c r="C869"/>
       <c r="D869"/>
       <c r="E869" t="s">
-        <v>2258</v>
+        <v>2259</v>
       </c>
       <c r="F869" t="s">
-        <v>1172</v>
+        <v>1170</v>
       </c>
       <c r="G869"/>
       <c r="H869" t="s">
         <v>30</v>
       </c>
       <c r="I869" t="s">
         <v>31</v>
       </c>
       <c r="J869"/>
       <c r="K869"/>
       <c r="L869"/>
       <c r="M869"/>
       <c r="N869"/>
       <c r="O869"/>
       <c r="P869"/>
       <c r="Q869" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="870" spans="1:17">
       <c r="A870">
         <v>5560</v>
       </c>
       <c r="B870" t="s">
-        <v>2285</v>
+        <v>2286</v>
       </c>
       <c r="C870" t="s">
-        <v>2286</v>
+        <v>2287</v>
       </c>
       <c r="D870" t="s">
         <v>34</v>
       </c>
       <c r="E870" t="s">
-        <v>1171</v>
+        <v>1169</v>
       </c>
       <c r="F870" t="s">
-        <v>1172</v>
+        <v>1170</v>
       </c>
       <c r="G870"/>
       <c r="H870" t="s">
         <v>30</v>
       </c>
       <c r="I870" t="s">
         <v>36</v>
       </c>
       <c r="J870"/>
       <c r="K870"/>
       <c r="L870"/>
       <c r="M870"/>
       <c r="N870"/>
       <c r="O870"/>
       <c r="P870" t="s">
-        <v>2287</v>
+        <v>2288</v>
       </c>
       <c r="Q870" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="871" spans="1:17">
       <c r="A871">
         <v>1123</v>
       </c>
       <c r="B871" t="s">
-        <v>2288</v>
+        <v>2289</v>
       </c>
       <c r="C871" t="s">
-        <v>2289</v>
+        <v>2290</v>
       </c>
       <c r="D871" t="s">
-        <v>492</v>
+        <v>490</v>
       </c>
       <c r="E871" t="s">
-        <v>1171</v>
+        <v>1169</v>
       </c>
       <c r="F871" t="s">
-        <v>1172</v>
+        <v>1170</v>
       </c>
       <c r="G871"/>
       <c r="H871" t="s">
         <v>30</v>
       </c>
       <c r="I871" t="s">
         <v>36</v>
       </c>
       <c r="J871"/>
       <c r="K871"/>
       <c r="L871"/>
       <c r="M871"/>
       <c r="N871"/>
       <c r="O871"/>
       <c r="P871"/>
       <c r="Q871" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="872" spans="1:17">
       <c r="A872">
         <v>11174</v>
       </c>
       <c r="B872" t="s">
-        <v>2290</v>
+        <v>2291</v>
       </c>
       <c r="C872"/>
       <c r="D872"/>
       <c r="E872" t="s">
-        <v>2258</v>
+        <v>2259</v>
       </c>
       <c r="F872" t="s">
-        <v>1172</v>
+        <v>1170</v>
       </c>
       <c r="G872"/>
       <c r="H872" t="s">
         <v>30</v>
       </c>
       <c r="I872" t="s">
         <v>31</v>
       </c>
       <c r="J872"/>
       <c r="K872"/>
       <c r="L872"/>
       <c r="M872"/>
       <c r="N872"/>
       <c r="O872"/>
       <c r="P872"/>
       <c r="Q872" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="873" spans="1:17">
       <c r="A873">
         <v>11809</v>
       </c>
       <c r="B873" t="s">
-        <v>2291</v>
+        <v>2292</v>
       </c>
       <c r="C873"/>
       <c r="D873"/>
       <c r="E873" t="s">
-        <v>2258</v>
+        <v>2259</v>
       </c>
       <c r="F873" t="s">
-        <v>1172</v>
+        <v>1170</v>
       </c>
       <c r="G873"/>
       <c r="H873" t="s">
         <v>30</v>
       </c>
       <c r="I873" t="s">
         <v>31</v>
       </c>
       <c r="J873"/>
       <c r="K873"/>
       <c r="L873"/>
       <c r="M873"/>
       <c r="N873"/>
       <c r="O873"/>
       <c r="P873"/>
       <c r="Q873" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="874" spans="1:17">
       <c r="A874">
         <v>23895</v>
       </c>
       <c r="B874" t="s">
-        <v>2292</v>
+        <v>2293</v>
       </c>
       <c r="C874"/>
       <c r="D874"/>
       <c r="E874" t="s">
-        <v>1171</v>
+        <v>1169</v>
       </c>
       <c r="F874" t="s">
-        <v>1172</v>
+        <v>1170</v>
       </c>
       <c r="G874"/>
       <c r="H874" t="s">
         <v>30</v>
       </c>
       <c r="I874" t="s">
         <v>47</v>
       </c>
       <c r="J874"/>
       <c r="K874"/>
       <c r="L874"/>
       <c r="M874"/>
       <c r="N874"/>
       <c r="O874"/>
       <c r="P874"/>
       <c r="Q874" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="875" spans="1:17">
       <c r="A875">
         <v>37133</v>
       </c>
       <c r="B875" t="s">
-        <v>2293</v>
+        <v>2294</v>
       </c>
       <c r="C875"/>
       <c r="D875"/>
       <c r="E875" t="s">
-        <v>2294</v>
+        <v>2295</v>
       </c>
       <c r="F875" t="s">
-        <v>1172</v>
+        <v>1170</v>
       </c>
       <c r="G875"/>
       <c r="H875" t="s">
         <v>30</v>
       </c>
       <c r="I875" t="s">
         <v>47</v>
       </c>
       <c r="J875"/>
       <c r="K875"/>
       <c r="L875"/>
       <c r="M875"/>
       <c r="N875"/>
       <c r="O875"/>
       <c r="P875" t="s">
-        <v>2295</v>
+        <v>2296</v>
       </c>
       <c r="Q875" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="876" spans="1:17">
       <c r="A876">
         <v>29100</v>
       </c>
       <c r="B876" t="s">
-        <v>2296</v>
+        <v>2297</v>
       </c>
       <c r="C876" t="s">
-        <v>2297</v>
+        <v>2298</v>
       </c>
       <c r="D876" t="s">
         <v>34</v>
       </c>
       <c r="E876" t="s">
-        <v>1178</v>
+        <v>1176</v>
       </c>
       <c r="F876" t="s">
-        <v>1172</v>
+        <v>1170</v>
       </c>
       <c r="G876"/>
       <c r="H876" t="s">
         <v>30</v>
       </c>
       <c r="I876" t="s">
-        <v>806</v>
+        <v>804</v>
       </c>
       <c r="J876"/>
       <c r="K876"/>
       <c r="L876"/>
       <c r="M876"/>
       <c r="N876"/>
       <c r="O876"/>
       <c r="P876"/>
       <c r="Q876" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="877" spans="1:17">
       <c r="A877">
         <v>33011</v>
       </c>
       <c r="B877" t="s">
-        <v>2298</v>
+        <v>2299</v>
       </c>
       <c r="C877" t="s">
-        <v>2299</v>
+        <v>2300</v>
       </c>
       <c r="D877" t="s">
-        <v>512</v>
+        <v>510</v>
       </c>
       <c r="E877" t="s">
-        <v>2300</v>
+        <v>2301</v>
       </c>
       <c r="F877" t="s">
-        <v>2301</v>
+        <v>2302</v>
       </c>
       <c r="G877"/>
       <c r="H877" t="s">
         <v>30</v>
       </c>
       <c r="I877" t="s">
         <v>24</v>
       </c>
       <c r="J877" t="s">
-        <v>556</v>
+        <v>554</v>
       </c>
       <c r="K877" t="s">
         <v>61</v>
       </c>
       <c r="L877"/>
       <c r="M877"/>
       <c r="N877"/>
       <c r="O877" t="s">
-        <v>515</v>
+        <v>513</v>
       </c>
       <c r="P877" t="s">
-        <v>2302</v>
+        <v>2303</v>
       </c>
       <c r="Q877" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="878" spans="1:17">
       <c r="A878">
         <v>7146</v>
       </c>
       <c r="B878" t="s">
-        <v>2303</v>
+        <v>2304</v>
       </c>
       <c r="C878"/>
       <c r="D878"/>
       <c r="E878" t="s">
-        <v>2304</v>
+        <v>2305</v>
       </c>
       <c r="F878" t="s">
-        <v>1331</v>
+        <v>1329</v>
       </c>
       <c r="G878"/>
       <c r="H878" t="s">
         <v>30</v>
       </c>
       <c r="I878" t="s">
         <v>36</v>
       </c>
       <c r="J878" t="s">
-        <v>807</v>
+        <v>805</v>
       </c>
       <c r="K878" t="s">
-        <v>565</v>
+        <v>563</v>
       </c>
       <c r="L878"/>
       <c r="M878"/>
       <c r="N878" t="s">
-        <v>808</v>
+        <v>806</v>
       </c>
       <c r="O878"/>
       <c r="P878" t="s">
-        <v>2305</v>
+        <v>2306</v>
       </c>
       <c r="Q878" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="879" spans="1:17">
       <c r="A879">
         <v>12232</v>
       </c>
       <c r="B879" t="s">
-        <v>2306</v>
+        <v>2307</v>
       </c>
       <c r="C879"/>
       <c r="D879"/>
       <c r="E879" t="s">
-        <v>2307</v>
+        <v>2308</v>
       </c>
       <c r="F879" t="s">
-        <v>1379</v>
+        <v>1377</v>
       </c>
       <c r="G879"/>
       <c r="H879" t="s">
         <v>30</v>
       </c>
       <c r="I879" t="s">
         <v>47</v>
       </c>
       <c r="J879" t="s">
-        <v>807</v>
+        <v>805</v>
       </c>
       <c r="K879" t="s">
-        <v>565</v>
+        <v>563</v>
       </c>
       <c r="L879"/>
       <c r="M879"/>
       <c r="N879" t="s">
-        <v>2308</v>
+        <v>2309</v>
       </c>
       <c r="O879"/>
       <c r="P879" t="s">
-        <v>2309</v>
+        <v>2310</v>
       </c>
       <c r="Q879" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="880" spans="1:17">
       <c r="A880">
         <v>79346</v>
       </c>
       <c r="B880" t="s">
-        <v>2310</v>
+        <v>2311</v>
       </c>
       <c r="C880"/>
       <c r="D880"/>
       <c r="E880" t="s">
-        <v>2311</v>
+        <v>2312</v>
       </c>
       <c r="F880" t="s">
-        <v>2312</v>
+        <v>2313</v>
       </c>
       <c r="G880"/>
       <c r="H880" t="s">
         <v>30</v>
       </c>
       <c r="I880" t="s">
         <v>31</v>
       </c>
       <c r="J880"/>
       <c r="K880"/>
       <c r="L880"/>
       <c r="M880"/>
       <c r="N880"/>
       <c r="O880"/>
       <c r="P880" t="s">
-        <v>2313</v>
+        <v>2314</v>
       </c>
       <c r="Q880" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="881" spans="1:17">
       <c r="A881">
         <v>14009</v>
       </c>
       <c r="B881" t="s">
-        <v>2314</v>
+        <v>2315</v>
       </c>
       <c r="C881" t="s">
-        <v>2315</v>
+        <v>2316</v>
       </c>
       <c r="D881" t="s">
-        <v>2316</v>
+        <v>2317</v>
       </c>
       <c r="E881" t="s">
-        <v>2317</v>
+        <v>2318</v>
       </c>
       <c r="F881" t="s">
-        <v>1518</v>
+        <v>1516</v>
       </c>
       <c r="G881"/>
       <c r="H881" t="s">
         <v>23</v>
       </c>
       <c r="I881" t="s">
         <v>24</v>
       </c>
       <c r="J881"/>
       <c r="K881"/>
       <c r="L881"/>
       <c r="M881"/>
       <c r="N881"/>
       <c r="O881"/>
       <c r="P881"/>
       <c r="Q881" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="882" spans="1:17">
       <c r="A882">
         <v>1339</v>
       </c>
       <c r="B882" t="s">
-        <v>2318</v>
+        <v>2319</v>
       </c>
       <c r="C882" t="s">
-        <v>2319</v>
+        <v>2320</v>
       </c>
       <c r="D882" t="s">
         <v>58</v>
       </c>
       <c r="E882" t="s">
-        <v>1528</v>
+        <v>1526</v>
       </c>
       <c r="F882" t="s">
-        <v>1529</v>
+        <v>1527</v>
       </c>
       <c r="G882"/>
       <c r="H882" t="s">
         <v>30</v>
       </c>
       <c r="I882" t="s">
         <v>36</v>
       </c>
       <c r="J882" t="s">
-        <v>807</v>
+        <v>805</v>
       </c>
       <c r="K882" t="s">
-        <v>2320</v>
+        <v>2321</v>
       </c>
       <c r="L882"/>
       <c r="M882"/>
       <c r="N882" t="s">
-        <v>814</v>
+        <v>812</v>
       </c>
       <c r="O882"/>
       <c r="P882"/>
       <c r="Q882" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="883" spans="1:17">
       <c r="A883">
         <v>1715</v>
       </c>
       <c r="B883" t="s">
-        <v>2321</v>
+        <v>2322</v>
       </c>
       <c r="C883"/>
       <c r="D883"/>
       <c r="E883" t="s">
-        <v>2322</v>
+        <v>2323</v>
       </c>
       <c r="F883" t="s">
-        <v>1534</v>
+        <v>1532</v>
       </c>
       <c r="G883"/>
       <c r="H883" t="s">
         <v>30</v>
       </c>
       <c r="I883" t="s">
         <v>36</v>
       </c>
       <c r="J883" t="s">
-        <v>826</v>
+        <v>824</v>
       </c>
       <c r="K883"/>
       <c r="L883"/>
       <c r="M883"/>
       <c r="N883" t="s">
-        <v>876</v>
+        <v>874</v>
       </c>
       <c r="O883"/>
       <c r="P883"/>
       <c r="Q883" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="884" spans="1:17">
       <c r="A884">
         <v>24297</v>
       </c>
       <c r="B884" t="s">
-        <v>2323</v>
+        <v>2324</v>
       </c>
       <c r="C884" t="s">
-        <v>2324</v>
+        <v>2325</v>
       </c>
       <c r="D884" t="s">
         <v>34</v>
       </c>
       <c r="E884" t="s">
-        <v>2322</v>
+        <v>2323</v>
       </c>
       <c r="F884" t="s">
-        <v>1534</v>
+        <v>1532</v>
       </c>
       <c r="G884"/>
       <c r="H884" t="s">
         <v>30</v>
       </c>
       <c r="I884" t="s">
         <v>31</v>
       </c>
       <c r="J884" t="s">
         <v>60</v>
       </c>
       <c r="K884" t="s">
         <v>61</v>
       </c>
       <c r="L884"/>
       <c r="M884"/>
       <c r="N884"/>
       <c r="O884"/>
       <c r="P884"/>
       <c r="Q884" t="s">
         <v>25</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>