--- v0 (2025-11-13)
+++ v1 (2026-01-04)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="especies" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1142">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1143">
   <si>
     <t>Código de la especie (id taxon)</t>
   </si>
   <si>
     <t>Nombre aceptado</t>
   </si>
   <si>
     <t>Nombres comunes</t>
   </si>
   <si>
     <t>Nombre idioma</t>
   </si>
   <si>
     <t>Categoría de amenaza UICN</t>
   </si>
   <si>
     <t>Categoría de amenaza UICN nacional o mundial</t>
   </si>
   <si>
     <t>Descripción</t>
   </si>
   <si>
     <t>Ámbito</t>
   </si>
   <si>
@@ -2316,50 +2316,53 @@
     <t>Phormidium autumnale (C. Agardh) Gomont</t>
   </si>
   <si>
     <t>Phormidium baculum (Gomont) Anagnostidis</t>
   </si>
   <si>
     <t>Phormidium breve (Kützing ex Gomont) Anagnostidis et Komarék</t>
   </si>
   <si>
     <t>Phormidium chalybeum (Mertens ex Gomont) Anagnostidis et Komarék</t>
   </si>
   <si>
     <t>Phormidium corium Gomont ex Gomont</t>
   </si>
   <si>
     <t>Phormidium crassisor (Behre) Anagnostidis</t>
   </si>
   <si>
     <t>Phormidium formosum (Bory de Saint-Vincent ex Gomont) Anagnostidis et Komárek</t>
   </si>
   <si>
     <t>Phormidium holdenii (Forti) L.K..Z. Branco, C. L. Sant'Anna, M.T. P. Azevedo et L. Sormus</t>
   </si>
   <si>
     <t>Phormidium laetevirens (P.L. Crouan et H.M. Crouan ex Gomont) Anagnostidis et Komárek</t>
+  </si>
+  <si>
+    <t>Phormidium nigroviride</t>
   </si>
   <si>
     <t>Phormidium nigroviride (Thwaites ex Gomont) Anagnostidis et Komarék</t>
   </si>
   <si>
     <t>Phormidium papyraceum (C. Agardh) Kützing</t>
   </si>
   <si>
     <t>Phormidium submembranaceum Gomont</t>
   </si>
   <si>
     <t>Phormidium thwaitesii I. Umezaki et M. Watanabe</t>
   </si>
   <si>
     <t>Phormidium uncinatum Gomont ex Gomont</t>
   </si>
   <si>
     <t>Photobacterium damsela Love, Teebken-Fisher, Hose, Farmer III, Hickman &amp; Fanning, 1981</t>
   </si>
   <si>
     <t>Photobacterium damsela piscicida McDonell &amp; Colwell, 1986</t>
   </si>
   <si>
     <t>Phycocelis foecunda Strömfelt</t>
   </si>
@@ -3785,51 +3788,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:Q1067"/>
+  <dimension ref="A1:Q1068"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="37.705" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="169.816" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="144.965" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="65.984" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="52.987" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="875.215" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="11.711" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="252.367" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="49.417" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="35.277" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="88.407" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="50.559" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="113.115" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="124.97" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="50.559" bestFit="true" customWidth="true" style="0"/>
   </cols>
@@ -24282,10774 +24285,10801 @@
       </c>
       <c r="C698"/>
       <c r="D698"/>
       <c r="E698"/>
       <c r="F698"/>
       <c r="G698"/>
       <c r="H698" t="s">
         <v>30</v>
       </c>
       <c r="I698" t="s">
         <v>22</v>
       </c>
       <c r="J698"/>
       <c r="K698"/>
       <c r="L698"/>
       <c r="M698"/>
       <c r="N698"/>
       <c r="O698"/>
       <c r="P698"/>
       <c r="Q698" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="699" spans="1:17">
       <c r="A699">
-        <v>12781</v>
+        <v>85119</v>
       </c>
       <c r="B699" t="s">
         <v>768</v>
       </c>
       <c r="C699"/>
       <c r="D699"/>
       <c r="E699"/>
       <c r="F699"/>
       <c r="G699"/>
-      <c r="H699" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H699"/>
       <c r="I699" t="s">
         <v>22</v>
       </c>
       <c r="J699"/>
       <c r="K699"/>
       <c r="L699"/>
       <c r="M699"/>
       <c r="N699"/>
       <c r="O699"/>
       <c r="P699"/>
       <c r="Q699" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="700" spans="1:17">
       <c r="A700">
-        <v>12782</v>
+        <v>12781</v>
       </c>
       <c r="B700" t="s">
         <v>769</v>
       </c>
       <c r="C700"/>
       <c r="D700"/>
       <c r="E700"/>
       <c r="F700"/>
       <c r="G700"/>
       <c r="H700" t="s">
         <v>30</v>
       </c>
       <c r="I700" t="s">
         <v>22</v>
       </c>
       <c r="J700"/>
       <c r="K700"/>
       <c r="L700"/>
       <c r="M700"/>
       <c r="N700"/>
       <c r="O700"/>
       <c r="P700"/>
       <c r="Q700" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="701" spans="1:17">
       <c r="A701">
-        <v>12783</v>
+        <v>12782</v>
       </c>
       <c r="B701" t="s">
         <v>770</v>
       </c>
       <c r="C701"/>
       <c r="D701"/>
       <c r="E701"/>
       <c r="F701"/>
       <c r="G701"/>
       <c r="H701" t="s">
         <v>30</v>
       </c>
       <c r="I701" t="s">
         <v>22</v>
       </c>
       <c r="J701"/>
       <c r="K701"/>
       <c r="L701"/>
       <c r="M701"/>
       <c r="N701"/>
       <c r="O701"/>
       <c r="P701"/>
       <c r="Q701" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="702" spans="1:17">
       <c r="A702">
-        <v>12784</v>
+        <v>12783</v>
       </c>
       <c r="B702" t="s">
         <v>771</v>
       </c>
       <c r="C702"/>
       <c r="D702"/>
       <c r="E702"/>
       <c r="F702"/>
       <c r="G702"/>
       <c r="H702" t="s">
         <v>30</v>
       </c>
       <c r="I702" t="s">
         <v>22</v>
       </c>
       <c r="J702"/>
       <c r="K702"/>
       <c r="L702"/>
       <c r="M702"/>
       <c r="N702"/>
       <c r="O702"/>
       <c r="P702"/>
       <c r="Q702" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="703" spans="1:17">
       <c r="A703">
-        <v>12785</v>
+        <v>12784</v>
       </c>
       <c r="B703" t="s">
         <v>772</v>
       </c>
       <c r="C703"/>
       <c r="D703"/>
       <c r="E703"/>
       <c r="F703"/>
       <c r="G703"/>
       <c r="H703" t="s">
         <v>30</v>
       </c>
       <c r="I703" t="s">
         <v>22</v>
       </c>
       <c r="J703"/>
       <c r="K703"/>
       <c r="L703"/>
       <c r="M703"/>
       <c r="N703"/>
       <c r="O703"/>
       <c r="P703"/>
       <c r="Q703" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="704" spans="1:17">
       <c r="A704">
-        <v>35847</v>
+        <v>12785</v>
       </c>
       <c r="B704" t="s">
         <v>773</v>
       </c>
       <c r="C704"/>
       <c r="D704"/>
       <c r="E704"/>
       <c r="F704"/>
       <c r="G704"/>
       <c r="H704" t="s">
         <v>30</v>
       </c>
       <c r="I704" t="s">
         <v>22</v>
       </c>
       <c r="J704"/>
       <c r="K704"/>
       <c r="L704"/>
       <c r="M704"/>
       <c r="N704"/>
       <c r="O704"/>
       <c r="P704"/>
       <c r="Q704" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="705" spans="1:17">
       <c r="A705">
-        <v>35848</v>
+        <v>35847</v>
       </c>
       <c r="B705" t="s">
         <v>774</v>
       </c>
       <c r="C705"/>
       <c r="D705"/>
       <c r="E705"/>
       <c r="F705"/>
       <c r="G705"/>
       <c r="H705" t="s">
         <v>30</v>
       </c>
       <c r="I705" t="s">
         <v>22</v>
       </c>
       <c r="J705"/>
       <c r="K705"/>
       <c r="L705"/>
       <c r="M705"/>
       <c r="N705"/>
       <c r="O705"/>
       <c r="P705"/>
       <c r="Q705" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="706" spans="1:17">
       <c r="A706">
-        <v>13054</v>
+        <v>35848</v>
       </c>
       <c r="B706" t="s">
         <v>775</v>
       </c>
       <c r="C706"/>
       <c r="D706"/>
       <c r="E706"/>
       <c r="F706"/>
       <c r="G706"/>
       <c r="H706" t="s">
         <v>30</v>
       </c>
       <c r="I706" t="s">
         <v>22</v>
       </c>
       <c r="J706"/>
       <c r="K706"/>
       <c r="L706"/>
       <c r="M706"/>
       <c r="N706"/>
       <c r="O706"/>
       <c r="P706"/>
       <c r="Q706" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="707" spans="1:17">
       <c r="A707">
-        <v>13150</v>
+        <v>13054</v>
       </c>
       <c r="B707" t="s">
         <v>776</v>
       </c>
       <c r="C707"/>
       <c r="D707"/>
       <c r="E707"/>
       <c r="F707"/>
       <c r="G707"/>
       <c r="H707" t="s">
         <v>30</v>
       </c>
       <c r="I707" t="s">
         <v>22</v>
       </c>
       <c r="J707"/>
       <c r="K707"/>
       <c r="L707"/>
       <c r="M707"/>
       <c r="N707"/>
       <c r="O707"/>
       <c r="P707"/>
       <c r="Q707" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="708" spans="1:17">
       <c r="A708">
-        <v>13151</v>
+        <v>13150</v>
       </c>
       <c r="B708" t="s">
         <v>777</v>
       </c>
       <c r="C708"/>
       <c r="D708"/>
       <c r="E708"/>
       <c r="F708"/>
       <c r="G708"/>
       <c r="H708" t="s">
         <v>30</v>
       </c>
       <c r="I708" t="s">
         <v>22</v>
       </c>
       <c r="J708"/>
       <c r="K708"/>
       <c r="L708"/>
       <c r="M708"/>
       <c r="N708"/>
       <c r="O708"/>
       <c r="P708"/>
       <c r="Q708" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="709" spans="1:17">
       <c r="A709">
-        <v>13152</v>
+        <v>13151</v>
       </c>
       <c r="B709" t="s">
         <v>778</v>
       </c>
       <c r="C709"/>
       <c r="D709"/>
       <c r="E709"/>
       <c r="F709"/>
       <c r="G709"/>
       <c r="H709" t="s">
         <v>30</v>
       </c>
       <c r="I709" t="s">
         <v>22</v>
       </c>
       <c r="J709"/>
       <c r="K709"/>
       <c r="L709"/>
       <c r="M709"/>
       <c r="N709"/>
       <c r="O709"/>
       <c r="P709"/>
       <c r="Q709" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="710" spans="1:17">
       <c r="A710">
-        <v>13029</v>
+        <v>13152</v>
       </c>
       <c r="B710" t="s">
         <v>779</v>
       </c>
       <c r="C710"/>
       <c r="D710"/>
       <c r="E710"/>
       <c r="F710"/>
       <c r="G710"/>
       <c r="H710" t="s">
         <v>30</v>
       </c>
       <c r="I710" t="s">
         <v>22</v>
       </c>
       <c r="J710"/>
       <c r="K710"/>
       <c r="L710"/>
       <c r="M710"/>
       <c r="N710"/>
       <c r="O710"/>
       <c r="P710"/>
       <c r="Q710" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="711" spans="1:17">
       <c r="A711">
-        <v>13030</v>
+        <v>13029</v>
       </c>
       <c r="B711" t="s">
         <v>780</v>
       </c>
       <c r="C711"/>
       <c r="D711"/>
       <c r="E711"/>
       <c r="F711"/>
       <c r="G711"/>
       <c r="H711" t="s">
         <v>30</v>
       </c>
       <c r="I711" t="s">
         <v>22</v>
       </c>
       <c r="J711"/>
       <c r="K711"/>
       <c r="L711"/>
       <c r="M711"/>
       <c r="N711"/>
       <c r="O711"/>
       <c r="P711"/>
       <c r="Q711" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="712" spans="1:17">
       <c r="A712">
-        <v>35860</v>
+        <v>13030</v>
       </c>
       <c r="B712" t="s">
         <v>781</v>
       </c>
       <c r="C712"/>
       <c r="D712"/>
       <c r="E712"/>
       <c r="F712"/>
       <c r="G712"/>
       <c r="H712" t="s">
         <v>30</v>
       </c>
       <c r="I712" t="s">
         <v>22</v>
       </c>
       <c r="J712"/>
       <c r="K712"/>
       <c r="L712"/>
       <c r="M712"/>
       <c r="N712"/>
       <c r="O712"/>
       <c r="P712"/>
       <c r="Q712" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="713" spans="1:17">
       <c r="A713">
-        <v>35861</v>
+        <v>35860</v>
       </c>
       <c r="B713" t="s">
         <v>782</v>
       </c>
       <c r="C713"/>
       <c r="D713"/>
       <c r="E713"/>
       <c r="F713"/>
       <c r="G713"/>
       <c r="H713" t="s">
         <v>30</v>
       </c>
       <c r="I713" t="s">
         <v>22</v>
       </c>
       <c r="J713"/>
       <c r="K713"/>
       <c r="L713"/>
       <c r="M713"/>
       <c r="N713"/>
       <c r="O713"/>
       <c r="P713"/>
       <c r="Q713" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="714" spans="1:17">
       <c r="A714">
-        <v>12722</v>
+        <v>35861</v>
       </c>
       <c r="B714" t="s">
         <v>783</v>
       </c>
       <c r="C714"/>
       <c r="D714"/>
       <c r="E714"/>
       <c r="F714"/>
       <c r="G714"/>
       <c r="H714" t="s">
         <v>30</v>
       </c>
       <c r="I714" t="s">
         <v>22</v>
       </c>
       <c r="J714"/>
       <c r="K714"/>
       <c r="L714"/>
       <c r="M714"/>
       <c r="N714"/>
       <c r="O714"/>
       <c r="P714"/>
       <c r="Q714" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="715" spans="1:17">
       <c r="A715">
-        <v>35871</v>
+        <v>12722</v>
       </c>
       <c r="B715" t="s">
         <v>784</v>
       </c>
       <c r="C715"/>
       <c r="D715"/>
       <c r="E715"/>
       <c r="F715"/>
       <c r="G715"/>
       <c r="H715" t="s">
         <v>30</v>
       </c>
       <c r="I715" t="s">
         <v>22</v>
       </c>
       <c r="J715"/>
       <c r="K715"/>
       <c r="L715"/>
       <c r="M715"/>
       <c r="N715"/>
       <c r="O715"/>
       <c r="P715"/>
       <c r="Q715" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="716" spans="1:17">
       <c r="A716">
-        <v>12786</v>
+        <v>35871</v>
       </c>
       <c r="B716" t="s">
         <v>785</v>
       </c>
       <c r="C716"/>
       <c r="D716"/>
       <c r="E716"/>
       <c r="F716"/>
       <c r="G716"/>
       <c r="H716" t="s">
         <v>30</v>
       </c>
       <c r="I716" t="s">
         <v>22</v>
       </c>
       <c r="J716"/>
       <c r="K716"/>
       <c r="L716"/>
       <c r="M716"/>
       <c r="N716"/>
       <c r="O716"/>
       <c r="P716"/>
       <c r="Q716" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="717" spans="1:17">
       <c r="A717">
-        <v>12787</v>
+        <v>12786</v>
       </c>
       <c r="B717" t="s">
         <v>786</v>
       </c>
       <c r="C717"/>
       <c r="D717"/>
       <c r="E717"/>
       <c r="F717"/>
       <c r="G717"/>
       <c r="H717" t="s">
         <v>30</v>
       </c>
       <c r="I717" t="s">
         <v>22</v>
       </c>
       <c r="J717"/>
       <c r="K717"/>
       <c r="L717"/>
       <c r="M717"/>
       <c r="N717"/>
       <c r="O717"/>
       <c r="P717"/>
       <c r="Q717" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="718" spans="1:17">
       <c r="A718">
-        <v>35875</v>
+        <v>12787</v>
       </c>
       <c r="B718" t="s">
         <v>787</v>
       </c>
       <c r="C718"/>
       <c r="D718"/>
       <c r="E718"/>
       <c r="F718"/>
       <c r="G718"/>
       <c r="H718" t="s">
         <v>30</v>
       </c>
       <c r="I718" t="s">
         <v>22</v>
       </c>
       <c r="J718"/>
       <c r="K718"/>
       <c r="L718"/>
       <c r="M718"/>
       <c r="N718"/>
       <c r="O718"/>
       <c r="P718"/>
       <c r="Q718" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="719" spans="1:17">
       <c r="A719">
-        <v>12730</v>
+        <v>35875</v>
       </c>
       <c r="B719" t="s">
         <v>788</v>
       </c>
       <c r="C719"/>
       <c r="D719"/>
       <c r="E719"/>
       <c r="F719"/>
       <c r="G719"/>
       <c r="H719" t="s">
         <v>30</v>
       </c>
       <c r="I719" t="s">
         <v>22</v>
       </c>
       <c r="J719"/>
       <c r="K719"/>
       <c r="L719"/>
       <c r="M719"/>
       <c r="N719"/>
       <c r="O719"/>
       <c r="P719"/>
       <c r="Q719" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="720" spans="1:17">
       <c r="A720">
-        <v>12731</v>
+        <v>12730</v>
       </c>
       <c r="B720" t="s">
         <v>789</v>
       </c>
       <c r="C720"/>
       <c r="D720"/>
       <c r="E720"/>
       <c r="F720"/>
       <c r="G720"/>
       <c r="H720" t="s">
         <v>30</v>
       </c>
       <c r="I720" t="s">
         <v>22</v>
       </c>
       <c r="J720"/>
       <c r="K720"/>
       <c r="L720"/>
       <c r="M720"/>
       <c r="N720"/>
       <c r="O720"/>
       <c r="P720"/>
       <c r="Q720" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="721" spans="1:17">
       <c r="A721">
-        <v>12732</v>
+        <v>12731</v>
       </c>
       <c r="B721" t="s">
         <v>790</v>
       </c>
       <c r="C721"/>
       <c r="D721"/>
       <c r="E721"/>
       <c r="F721"/>
       <c r="G721"/>
       <c r="H721" t="s">
         <v>30</v>
       </c>
       <c r="I721" t="s">
         <v>22</v>
       </c>
       <c r="J721"/>
       <c r="K721"/>
       <c r="L721"/>
       <c r="M721"/>
       <c r="N721"/>
       <c r="O721"/>
       <c r="P721"/>
       <c r="Q721" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="722" spans="1:17">
       <c r="A722">
-        <v>12733</v>
+        <v>12732</v>
       </c>
       <c r="B722" t="s">
         <v>791</v>
       </c>
       <c r="C722"/>
       <c r="D722"/>
       <c r="E722"/>
       <c r="F722"/>
       <c r="G722"/>
       <c r="H722" t="s">
         <v>30</v>
       </c>
       <c r="I722" t="s">
         <v>22</v>
       </c>
       <c r="J722"/>
       <c r="K722"/>
       <c r="L722"/>
       <c r="M722"/>
       <c r="N722"/>
       <c r="O722"/>
       <c r="P722"/>
       <c r="Q722" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="723" spans="1:17">
       <c r="A723">
-        <v>35885</v>
+        <v>12733</v>
       </c>
       <c r="B723" t="s">
         <v>792</v>
       </c>
       <c r="C723"/>
       <c r="D723"/>
       <c r="E723"/>
       <c r="F723"/>
       <c r="G723"/>
       <c r="H723" t="s">
         <v>30</v>
       </c>
       <c r="I723" t="s">
         <v>22</v>
       </c>
       <c r="J723"/>
       <c r="K723"/>
       <c r="L723"/>
       <c r="M723"/>
       <c r="N723"/>
       <c r="O723"/>
       <c r="P723"/>
       <c r="Q723" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="724" spans="1:17">
       <c r="A724">
-        <v>35886</v>
+        <v>35885</v>
       </c>
       <c r="B724" t="s">
         <v>793</v>
       </c>
       <c r="C724"/>
       <c r="D724"/>
       <c r="E724"/>
       <c r="F724"/>
       <c r="G724"/>
       <c r="H724" t="s">
         <v>30</v>
       </c>
       <c r="I724" t="s">
         <v>22</v>
       </c>
       <c r="J724"/>
       <c r="K724"/>
       <c r="L724"/>
       <c r="M724"/>
       <c r="N724"/>
       <c r="O724"/>
       <c r="P724"/>
       <c r="Q724" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="725" spans="1:17">
       <c r="A725">
-        <v>35887</v>
+        <v>35886</v>
       </c>
       <c r="B725" t="s">
         <v>794</v>
       </c>
       <c r="C725"/>
       <c r="D725"/>
       <c r="E725"/>
       <c r="F725"/>
       <c r="G725"/>
       <c r="H725" t="s">
         <v>30</v>
       </c>
       <c r="I725" t="s">
         <v>22</v>
       </c>
       <c r="J725"/>
       <c r="K725"/>
       <c r="L725"/>
       <c r="M725"/>
       <c r="N725"/>
       <c r="O725"/>
       <c r="P725"/>
       <c r="Q725" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="726" spans="1:17">
       <c r="A726">
-        <v>35888</v>
+        <v>35887</v>
       </c>
       <c r="B726" t="s">
         <v>795</v>
       </c>
       <c r="C726"/>
       <c r="D726"/>
       <c r="E726"/>
       <c r="F726"/>
       <c r="G726"/>
       <c r="H726" t="s">
         <v>30</v>
       </c>
       <c r="I726" t="s">
         <v>22</v>
       </c>
       <c r="J726"/>
       <c r="K726"/>
       <c r="L726"/>
       <c r="M726"/>
       <c r="N726"/>
       <c r="O726"/>
       <c r="P726"/>
       <c r="Q726" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="727" spans="1:17">
       <c r="A727">
-        <v>35889</v>
+        <v>35888</v>
       </c>
       <c r="B727" t="s">
         <v>796</v>
       </c>
       <c r="C727"/>
       <c r="D727"/>
       <c r="E727"/>
       <c r="F727"/>
       <c r="G727"/>
       <c r="H727" t="s">
         <v>30</v>
       </c>
       <c r="I727" t="s">
         <v>22</v>
       </c>
       <c r="J727"/>
       <c r="K727"/>
       <c r="L727"/>
       <c r="M727"/>
       <c r="N727"/>
       <c r="O727"/>
       <c r="P727"/>
       <c r="Q727" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="728" spans="1:17">
       <c r="A728">
-        <v>35890</v>
+        <v>35889</v>
       </c>
       <c r="B728" t="s">
         <v>797</v>
       </c>
       <c r="C728"/>
       <c r="D728"/>
       <c r="E728"/>
       <c r="F728"/>
       <c r="G728"/>
       <c r="H728" t="s">
         <v>30</v>
       </c>
       <c r="I728" t="s">
         <v>22</v>
       </c>
       <c r="J728"/>
       <c r="K728"/>
       <c r="L728"/>
       <c r="M728"/>
       <c r="N728"/>
       <c r="O728"/>
       <c r="P728"/>
       <c r="Q728" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="729" spans="1:17">
       <c r="A729">
-        <v>35891</v>
+        <v>35890</v>
       </c>
       <c r="B729" t="s">
         <v>798</v>
       </c>
       <c r="C729"/>
       <c r="D729"/>
       <c r="E729"/>
       <c r="F729"/>
       <c r="G729"/>
       <c r="H729" t="s">
         <v>30</v>
       </c>
       <c r="I729" t="s">
         <v>22</v>
       </c>
       <c r="J729"/>
       <c r="K729"/>
       <c r="L729"/>
       <c r="M729"/>
       <c r="N729"/>
       <c r="O729"/>
       <c r="P729"/>
       <c r="Q729" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="730" spans="1:17">
       <c r="A730">
-        <v>35892</v>
+        <v>35891</v>
       </c>
       <c r="B730" t="s">
         <v>799</v>
       </c>
       <c r="C730"/>
       <c r="D730"/>
       <c r="E730"/>
       <c r="F730"/>
       <c r="G730"/>
       <c r="H730" t="s">
         <v>30</v>
       </c>
       <c r="I730" t="s">
         <v>22</v>
       </c>
       <c r="J730"/>
       <c r="K730"/>
       <c r="L730"/>
       <c r="M730"/>
       <c r="N730"/>
       <c r="O730"/>
       <c r="P730"/>
       <c r="Q730" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="731" spans="1:17">
       <c r="A731">
-        <v>35902</v>
+        <v>35892</v>
       </c>
       <c r="B731" t="s">
         <v>800</v>
       </c>
       <c r="C731"/>
       <c r="D731"/>
       <c r="E731"/>
       <c r="F731"/>
       <c r="G731"/>
       <c r="H731" t="s">
         <v>30</v>
       </c>
       <c r="I731" t="s">
         <v>22</v>
       </c>
       <c r="J731"/>
       <c r="K731"/>
       <c r="L731"/>
       <c r="M731"/>
       <c r="N731"/>
       <c r="O731"/>
       <c r="P731"/>
       <c r="Q731" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="732" spans="1:17">
       <c r="A732">
-        <v>35903</v>
+        <v>35902</v>
       </c>
       <c r="B732" t="s">
         <v>801</v>
       </c>
       <c r="C732"/>
       <c r="D732"/>
       <c r="E732"/>
       <c r="F732"/>
       <c r="G732"/>
       <c r="H732" t="s">
         <v>30</v>
       </c>
       <c r="I732" t="s">
         <v>22</v>
       </c>
       <c r="J732"/>
       <c r="K732"/>
       <c r="L732"/>
       <c r="M732"/>
       <c r="N732"/>
       <c r="O732"/>
       <c r="P732"/>
       <c r="Q732" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="733" spans="1:17">
       <c r="A733">
-        <v>35904</v>
+        <v>35903</v>
       </c>
       <c r="B733" t="s">
         <v>802</v>
       </c>
       <c r="C733"/>
       <c r="D733"/>
       <c r="E733"/>
       <c r="F733"/>
       <c r="G733"/>
       <c r="H733" t="s">
         <v>30</v>
       </c>
       <c r="I733" t="s">
         <v>22</v>
       </c>
       <c r="J733"/>
       <c r="K733"/>
       <c r="L733"/>
       <c r="M733"/>
       <c r="N733"/>
       <c r="O733"/>
       <c r="P733"/>
       <c r="Q733" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="734" spans="1:17">
       <c r="A734">
-        <v>35905</v>
+        <v>35904</v>
       </c>
       <c r="B734" t="s">
         <v>803</v>
       </c>
       <c r="C734"/>
       <c r="D734"/>
       <c r="E734"/>
       <c r="F734"/>
       <c r="G734"/>
       <c r="H734" t="s">
         <v>30</v>
       </c>
       <c r="I734" t="s">
         <v>22</v>
       </c>
       <c r="J734"/>
       <c r="K734"/>
       <c r="L734"/>
       <c r="M734"/>
       <c r="N734"/>
       <c r="O734"/>
       <c r="P734"/>
       <c r="Q734" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="735" spans="1:17">
       <c r="A735">
-        <v>35906</v>
+        <v>35905</v>
       </c>
       <c r="B735" t="s">
         <v>804</v>
       </c>
       <c r="C735"/>
       <c r="D735"/>
       <c r="E735"/>
       <c r="F735"/>
       <c r="G735"/>
       <c r="H735" t="s">
         <v>30</v>
       </c>
       <c r="I735" t="s">
         <v>22</v>
       </c>
       <c r="J735"/>
       <c r="K735"/>
       <c r="L735"/>
       <c r="M735"/>
       <c r="N735"/>
       <c r="O735"/>
       <c r="P735"/>
       <c r="Q735" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="736" spans="1:17">
       <c r="A736">
-        <v>12959</v>
+        <v>35906</v>
       </c>
       <c r="B736" t="s">
         <v>805</v>
       </c>
       <c r="C736"/>
       <c r="D736"/>
       <c r="E736"/>
       <c r="F736"/>
       <c r="G736"/>
       <c r="H736" t="s">
         <v>30</v>
       </c>
       <c r="I736" t="s">
         <v>22</v>
       </c>
       <c r="J736"/>
       <c r="K736"/>
       <c r="L736"/>
       <c r="M736"/>
       <c r="N736"/>
       <c r="O736"/>
       <c r="P736"/>
       <c r="Q736" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="737" spans="1:17">
       <c r="A737">
-        <v>35912</v>
+        <v>12959</v>
       </c>
       <c r="B737" t="s">
         <v>806</v>
       </c>
       <c r="C737"/>
       <c r="D737"/>
       <c r="E737"/>
       <c r="F737"/>
       <c r="G737"/>
       <c r="H737" t="s">
         <v>30</v>
       </c>
       <c r="I737" t="s">
         <v>22</v>
       </c>
       <c r="J737"/>
       <c r="K737"/>
       <c r="L737"/>
       <c r="M737"/>
       <c r="N737"/>
       <c r="O737"/>
       <c r="P737"/>
       <c r="Q737" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="738" spans="1:17">
       <c r="A738">
-        <v>35926</v>
+        <v>35912</v>
       </c>
       <c r="B738" t="s">
         <v>807</v>
       </c>
       <c r="C738"/>
       <c r="D738"/>
       <c r="E738"/>
       <c r="F738"/>
       <c r="G738"/>
       <c r="H738" t="s">
         <v>30</v>
       </c>
       <c r="I738" t="s">
         <v>22</v>
       </c>
       <c r="J738"/>
       <c r="K738"/>
       <c r="L738"/>
       <c r="M738"/>
       <c r="N738"/>
       <c r="O738"/>
       <c r="P738"/>
       <c r="Q738" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="739" spans="1:17">
       <c r="A739">
-        <v>35927</v>
+        <v>35926</v>
       </c>
       <c r="B739" t="s">
         <v>808</v>
       </c>
       <c r="C739"/>
       <c r="D739"/>
       <c r="E739"/>
       <c r="F739"/>
       <c r="G739"/>
       <c r="H739" t="s">
         <v>30</v>
       </c>
       <c r="I739" t="s">
         <v>22</v>
       </c>
       <c r="J739"/>
       <c r="K739"/>
       <c r="L739"/>
       <c r="M739"/>
       <c r="N739"/>
       <c r="O739"/>
       <c r="P739"/>
       <c r="Q739" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="740" spans="1:17">
       <c r="A740">
-        <v>35928</v>
+        <v>35927</v>
       </c>
       <c r="B740" t="s">
         <v>809</v>
       </c>
       <c r="C740"/>
       <c r="D740"/>
       <c r="E740"/>
       <c r="F740"/>
       <c r="G740"/>
       <c r="H740" t="s">
         <v>30</v>
       </c>
       <c r="I740" t="s">
         <v>22</v>
       </c>
       <c r="J740"/>
       <c r="K740"/>
       <c r="L740"/>
       <c r="M740"/>
       <c r="N740"/>
       <c r="O740"/>
       <c r="P740"/>
       <c r="Q740" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="741" spans="1:17">
       <c r="A741">
-        <v>12788</v>
+        <v>35928</v>
       </c>
       <c r="B741" t="s">
         <v>810</v>
       </c>
       <c r="C741"/>
       <c r="D741"/>
       <c r="E741"/>
       <c r="F741"/>
       <c r="G741"/>
       <c r="H741" t="s">
         <v>30</v>
       </c>
       <c r="I741" t="s">
         <v>22</v>
       </c>
       <c r="J741"/>
       <c r="K741"/>
       <c r="L741"/>
       <c r="M741"/>
       <c r="N741"/>
       <c r="O741"/>
       <c r="P741"/>
       <c r="Q741" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="742" spans="1:17">
       <c r="A742">
-        <v>12789</v>
+        <v>12788</v>
       </c>
       <c r="B742" t="s">
         <v>811</v>
       </c>
       <c r="C742"/>
       <c r="D742"/>
       <c r="E742"/>
       <c r="F742"/>
       <c r="G742"/>
       <c r="H742" t="s">
         <v>30</v>
       </c>
       <c r="I742" t="s">
         <v>22</v>
       </c>
       <c r="J742"/>
       <c r="K742"/>
       <c r="L742"/>
       <c r="M742"/>
       <c r="N742"/>
       <c r="O742"/>
       <c r="P742"/>
       <c r="Q742" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="743" spans="1:17">
       <c r="A743">
-        <v>35939</v>
+        <v>12789</v>
       </c>
       <c r="B743" t="s">
         <v>812</v>
       </c>
       <c r="C743"/>
       <c r="D743"/>
       <c r="E743"/>
       <c r="F743"/>
       <c r="G743"/>
       <c r="H743" t="s">
         <v>30</v>
       </c>
       <c r="I743" t="s">
         <v>22</v>
       </c>
       <c r="J743"/>
       <c r="K743"/>
       <c r="L743"/>
       <c r="M743"/>
       <c r="N743"/>
       <c r="O743"/>
       <c r="P743"/>
       <c r="Q743" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="744" spans="1:17">
       <c r="A744">
-        <v>35940</v>
+        <v>35939</v>
       </c>
       <c r="B744" t="s">
         <v>813</v>
       </c>
       <c r="C744"/>
       <c r="D744"/>
       <c r="E744"/>
       <c r="F744"/>
       <c r="G744"/>
       <c r="H744" t="s">
         <v>30</v>
       </c>
       <c r="I744" t="s">
         <v>22</v>
       </c>
       <c r="J744"/>
       <c r="K744"/>
       <c r="L744"/>
       <c r="M744"/>
       <c r="N744"/>
       <c r="O744"/>
       <c r="P744"/>
       <c r="Q744" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="745" spans="1:17">
       <c r="A745">
-        <v>35950</v>
+        <v>35940</v>
       </c>
       <c r="B745" t="s">
         <v>814</v>
       </c>
       <c r="C745"/>
       <c r="D745"/>
       <c r="E745"/>
       <c r="F745"/>
       <c r="G745"/>
       <c r="H745" t="s">
         <v>30</v>
       </c>
       <c r="I745" t="s">
         <v>22</v>
       </c>
       <c r="J745"/>
       <c r="K745"/>
       <c r="L745"/>
       <c r="M745"/>
       <c r="N745"/>
       <c r="O745"/>
       <c r="P745"/>
       <c r="Q745" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="746" spans="1:17">
       <c r="A746">
-        <v>35952</v>
+        <v>35950</v>
       </c>
       <c r="B746" t="s">
         <v>815</v>
       </c>
       <c r="C746"/>
       <c r="D746"/>
       <c r="E746"/>
       <c r="F746"/>
       <c r="G746"/>
       <c r="H746" t="s">
         <v>30</v>
       </c>
       <c r="I746" t="s">
         <v>22</v>
       </c>
       <c r="J746"/>
       <c r="K746"/>
       <c r="L746"/>
       <c r="M746"/>
       <c r="N746"/>
       <c r="O746"/>
       <c r="P746"/>
       <c r="Q746" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="747" spans="1:17">
       <c r="A747">
-        <v>35953</v>
+        <v>35952</v>
       </c>
       <c r="B747" t="s">
         <v>816</v>
       </c>
       <c r="C747"/>
       <c r="D747"/>
       <c r="E747"/>
       <c r="F747"/>
       <c r="G747"/>
       <c r="H747" t="s">
         <v>30</v>
       </c>
       <c r="I747" t="s">
         <v>22</v>
       </c>
       <c r="J747"/>
       <c r="K747"/>
       <c r="L747"/>
       <c r="M747"/>
       <c r="N747"/>
       <c r="O747"/>
       <c r="P747"/>
       <c r="Q747" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="748" spans="1:17">
       <c r="A748">
-        <v>35954</v>
+        <v>35953</v>
       </c>
       <c r="B748" t="s">
         <v>817</v>
       </c>
       <c r="C748"/>
       <c r="D748"/>
       <c r="E748"/>
       <c r="F748"/>
       <c r="G748"/>
       <c r="H748" t="s">
         <v>30</v>
       </c>
       <c r="I748" t="s">
         <v>22</v>
       </c>
       <c r="J748"/>
       <c r="K748"/>
       <c r="L748"/>
       <c r="M748"/>
       <c r="N748"/>
       <c r="O748"/>
       <c r="P748"/>
       <c r="Q748" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="749" spans="1:17">
       <c r="A749">
-        <v>35955</v>
+        <v>35954</v>
       </c>
       <c r="B749" t="s">
         <v>818</v>
       </c>
       <c r="C749"/>
       <c r="D749"/>
       <c r="E749"/>
       <c r="F749"/>
       <c r="G749"/>
       <c r="H749" t="s">
         <v>30</v>
       </c>
       <c r="I749" t="s">
         <v>22</v>
       </c>
       <c r="J749"/>
       <c r="K749"/>
       <c r="L749"/>
       <c r="M749"/>
       <c r="N749"/>
       <c r="O749"/>
       <c r="P749"/>
       <c r="Q749" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="750" spans="1:17">
       <c r="A750">
-        <v>35956</v>
+        <v>35955</v>
       </c>
       <c r="B750" t="s">
         <v>819</v>
       </c>
       <c r="C750"/>
       <c r="D750"/>
       <c r="E750"/>
       <c r="F750"/>
       <c r="G750"/>
       <c r="H750" t="s">
         <v>30</v>
       </c>
       <c r="I750" t="s">
         <v>22</v>
       </c>
       <c r="J750"/>
       <c r="K750"/>
       <c r="L750"/>
       <c r="M750"/>
       <c r="N750"/>
       <c r="O750"/>
       <c r="P750"/>
       <c r="Q750" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="751" spans="1:17">
       <c r="A751">
-        <v>35957</v>
+        <v>35956</v>
       </c>
       <c r="B751" t="s">
         <v>820</v>
       </c>
       <c r="C751"/>
       <c r="D751"/>
       <c r="E751"/>
       <c r="F751"/>
       <c r="G751"/>
       <c r="H751" t="s">
         <v>30</v>
       </c>
       <c r="I751" t="s">
         <v>22</v>
       </c>
       <c r="J751"/>
       <c r="K751"/>
       <c r="L751"/>
       <c r="M751"/>
       <c r="N751"/>
       <c r="O751"/>
       <c r="P751"/>
       <c r="Q751" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="752" spans="1:17">
       <c r="A752">
-        <v>35958</v>
+        <v>35957</v>
       </c>
       <c r="B752" t="s">
         <v>821</v>
       </c>
       <c r="C752"/>
       <c r="D752"/>
       <c r="E752"/>
       <c r="F752"/>
       <c r="G752"/>
       <c r="H752" t="s">
         <v>30</v>
       </c>
       <c r="I752" t="s">
         <v>22</v>
       </c>
       <c r="J752"/>
       <c r="K752"/>
       <c r="L752"/>
       <c r="M752"/>
       <c r="N752"/>
       <c r="O752"/>
       <c r="P752"/>
       <c r="Q752" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="753" spans="1:17">
       <c r="A753">
-        <v>35959</v>
+        <v>35958</v>
       </c>
       <c r="B753" t="s">
         <v>822</v>
       </c>
       <c r="C753"/>
       <c r="D753"/>
       <c r="E753"/>
       <c r="F753"/>
       <c r="G753"/>
       <c r="H753" t="s">
         <v>30</v>
       </c>
       <c r="I753" t="s">
         <v>22</v>
       </c>
       <c r="J753"/>
       <c r="K753"/>
       <c r="L753"/>
       <c r="M753"/>
       <c r="N753"/>
       <c r="O753"/>
       <c r="P753"/>
       <c r="Q753" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="754" spans="1:17">
       <c r="A754">
-        <v>35960</v>
+        <v>35959</v>
       </c>
       <c r="B754" t="s">
         <v>823</v>
       </c>
       <c r="C754"/>
       <c r="D754"/>
       <c r="E754"/>
       <c r="F754"/>
       <c r="G754"/>
       <c r="H754" t="s">
         <v>30</v>
       </c>
       <c r="I754" t="s">
         <v>22</v>
       </c>
       <c r="J754"/>
       <c r="K754"/>
       <c r="L754"/>
       <c r="M754"/>
       <c r="N754"/>
       <c r="O754"/>
       <c r="P754"/>
       <c r="Q754" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="755" spans="1:17">
       <c r="A755">
-        <v>35961</v>
+        <v>35960</v>
       </c>
       <c r="B755" t="s">
         <v>824</v>
       </c>
       <c r="C755"/>
       <c r="D755"/>
       <c r="E755"/>
       <c r="F755"/>
       <c r="G755"/>
       <c r="H755" t="s">
         <v>30</v>
       </c>
       <c r="I755" t="s">
         <v>22</v>
       </c>
       <c r="J755"/>
       <c r="K755"/>
       <c r="L755"/>
       <c r="M755"/>
       <c r="N755"/>
       <c r="O755"/>
       <c r="P755"/>
       <c r="Q755" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="756" spans="1:17">
       <c r="A756">
-        <v>35962</v>
+        <v>35961</v>
       </c>
       <c r="B756" t="s">
         <v>825</v>
       </c>
       <c r="C756"/>
       <c r="D756"/>
       <c r="E756"/>
       <c r="F756"/>
       <c r="G756"/>
       <c r="H756" t="s">
         <v>30</v>
       </c>
       <c r="I756" t="s">
         <v>22</v>
       </c>
       <c r="J756"/>
       <c r="K756"/>
       <c r="L756"/>
       <c r="M756"/>
       <c r="N756"/>
       <c r="O756"/>
       <c r="P756"/>
       <c r="Q756" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="757" spans="1:17">
       <c r="A757">
-        <v>35963</v>
+        <v>35962</v>
       </c>
       <c r="B757" t="s">
         <v>826</v>
       </c>
       <c r="C757"/>
       <c r="D757"/>
       <c r="E757"/>
       <c r="F757"/>
       <c r="G757"/>
       <c r="H757" t="s">
         <v>30</v>
       </c>
       <c r="I757" t="s">
         <v>22</v>
       </c>
       <c r="J757"/>
       <c r="K757"/>
       <c r="L757"/>
       <c r="M757"/>
       <c r="N757"/>
       <c r="O757"/>
       <c r="P757"/>
       <c r="Q757" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="758" spans="1:17">
       <c r="A758">
-        <v>35964</v>
+        <v>35963</v>
       </c>
       <c r="B758" t="s">
         <v>827</v>
       </c>
       <c r="C758"/>
       <c r="D758"/>
       <c r="E758"/>
       <c r="F758"/>
       <c r="G758"/>
       <c r="H758" t="s">
         <v>30</v>
       </c>
       <c r="I758" t="s">
         <v>22</v>
       </c>
       <c r="J758"/>
       <c r="K758"/>
       <c r="L758"/>
       <c r="M758"/>
       <c r="N758"/>
       <c r="O758"/>
       <c r="P758"/>
       <c r="Q758" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="759" spans="1:17">
       <c r="A759">
-        <v>35965</v>
+        <v>35964</v>
       </c>
       <c r="B759" t="s">
         <v>828</v>
       </c>
       <c r="C759"/>
       <c r="D759"/>
       <c r="E759"/>
       <c r="F759"/>
       <c r="G759"/>
       <c r="H759" t="s">
         <v>30</v>
       </c>
       <c r="I759" t="s">
         <v>22</v>
       </c>
       <c r="J759"/>
       <c r="K759"/>
       <c r="L759"/>
       <c r="M759"/>
       <c r="N759"/>
       <c r="O759"/>
       <c r="P759"/>
       <c r="Q759" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="760" spans="1:17">
       <c r="A760">
-        <v>35966</v>
+        <v>35965</v>
       </c>
       <c r="B760" t="s">
         <v>829</v>
       </c>
       <c r="C760"/>
       <c r="D760"/>
       <c r="E760"/>
       <c r="F760"/>
       <c r="G760"/>
       <c r="H760" t="s">
         <v>30</v>
       </c>
       <c r="I760" t="s">
         <v>22</v>
       </c>
       <c r="J760"/>
       <c r="K760"/>
       <c r="L760"/>
       <c r="M760"/>
       <c r="N760"/>
       <c r="O760"/>
       <c r="P760"/>
       <c r="Q760" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="761" spans="1:17">
       <c r="A761">
-        <v>35968</v>
+        <v>35966</v>
       </c>
       <c r="B761" t="s">
         <v>830</v>
       </c>
       <c r="C761"/>
       <c r="D761"/>
       <c r="E761"/>
       <c r="F761"/>
       <c r="G761"/>
       <c r="H761" t="s">
         <v>30</v>
       </c>
       <c r="I761" t="s">
         <v>22</v>
       </c>
       <c r="J761"/>
       <c r="K761"/>
       <c r="L761"/>
       <c r="M761"/>
       <c r="N761"/>
       <c r="O761"/>
       <c r="P761"/>
       <c r="Q761" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="762" spans="1:17">
       <c r="A762">
-        <v>13031</v>
+        <v>35968</v>
       </c>
       <c r="B762" t="s">
         <v>831</v>
       </c>
       <c r="C762"/>
       <c r="D762"/>
       <c r="E762"/>
       <c r="F762"/>
       <c r="G762"/>
       <c r="H762" t="s">
         <v>30</v>
       </c>
       <c r="I762" t="s">
         <v>22</v>
       </c>
       <c r="J762"/>
       <c r="K762"/>
       <c r="L762"/>
       <c r="M762"/>
       <c r="N762"/>
       <c r="O762"/>
       <c r="P762"/>
       <c r="Q762" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="763" spans="1:17">
       <c r="A763">
-        <v>35971</v>
+        <v>13031</v>
       </c>
       <c r="B763" t="s">
         <v>832</v>
       </c>
       <c r="C763"/>
       <c r="D763"/>
       <c r="E763"/>
       <c r="F763"/>
       <c r="G763"/>
       <c r="H763" t="s">
         <v>30</v>
       </c>
       <c r="I763" t="s">
         <v>22</v>
       </c>
       <c r="J763"/>
       <c r="K763"/>
       <c r="L763"/>
       <c r="M763"/>
       <c r="N763"/>
       <c r="O763"/>
       <c r="P763"/>
       <c r="Q763" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="764" spans="1:17">
       <c r="A764">
-        <v>35972</v>
+        <v>35971</v>
       </c>
       <c r="B764" t="s">
         <v>833</v>
       </c>
       <c r="C764"/>
       <c r="D764"/>
       <c r="E764"/>
       <c r="F764"/>
       <c r="G764"/>
       <c r="H764" t="s">
         <v>30</v>
       </c>
       <c r="I764" t="s">
         <v>22</v>
       </c>
       <c r="J764"/>
       <c r="K764"/>
       <c r="L764"/>
       <c r="M764"/>
       <c r="N764"/>
       <c r="O764"/>
       <c r="P764"/>
       <c r="Q764" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="765" spans="1:17">
       <c r="A765">
-        <v>35973</v>
+        <v>35972</v>
       </c>
       <c r="B765" t="s">
         <v>834</v>
       </c>
       <c r="C765"/>
       <c r="D765"/>
       <c r="E765"/>
       <c r="F765"/>
       <c r="G765"/>
       <c r="H765" t="s">
         <v>30</v>
       </c>
       <c r="I765" t="s">
         <v>22</v>
       </c>
       <c r="J765"/>
       <c r="K765"/>
       <c r="L765"/>
       <c r="M765"/>
       <c r="N765"/>
       <c r="O765"/>
       <c r="P765"/>
       <c r="Q765" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="766" spans="1:17">
       <c r="A766">
-        <v>12927</v>
+        <v>35973</v>
       </c>
       <c r="B766" t="s">
         <v>835</v>
       </c>
       <c r="C766"/>
       <c r="D766"/>
       <c r="E766"/>
       <c r="F766"/>
       <c r="G766"/>
       <c r="H766" t="s">
         <v>30</v>
       </c>
       <c r="I766" t="s">
         <v>22</v>
       </c>
       <c r="J766"/>
       <c r="K766"/>
       <c r="L766"/>
       <c r="M766"/>
       <c r="N766"/>
       <c r="O766"/>
       <c r="P766"/>
       <c r="Q766" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="767" spans="1:17">
       <c r="A767">
-        <v>35975</v>
+        <v>12927</v>
       </c>
       <c r="B767" t="s">
         <v>836</v>
       </c>
       <c r="C767"/>
       <c r="D767"/>
       <c r="E767"/>
       <c r="F767"/>
       <c r="G767"/>
       <c r="H767" t="s">
         <v>30</v>
       </c>
       <c r="I767" t="s">
         <v>22</v>
       </c>
       <c r="J767"/>
       <c r="K767"/>
       <c r="L767"/>
       <c r="M767"/>
       <c r="N767"/>
       <c r="O767"/>
       <c r="P767"/>
       <c r="Q767" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="768" spans="1:17">
       <c r="A768">
-        <v>35976</v>
+        <v>35975</v>
       </c>
       <c r="B768" t="s">
         <v>837</v>
       </c>
       <c r="C768"/>
       <c r="D768"/>
       <c r="E768"/>
       <c r="F768"/>
       <c r="G768"/>
       <c r="H768" t="s">
         <v>30</v>
       </c>
       <c r="I768" t="s">
         <v>22</v>
       </c>
       <c r="J768"/>
       <c r="K768"/>
       <c r="L768"/>
       <c r="M768"/>
       <c r="N768"/>
       <c r="O768"/>
       <c r="P768"/>
       <c r="Q768" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="769" spans="1:17">
       <c r="A769">
-        <v>35977</v>
+        <v>35976</v>
       </c>
       <c r="B769" t="s">
         <v>838</v>
       </c>
       <c r="C769"/>
       <c r="D769"/>
       <c r="E769"/>
       <c r="F769"/>
       <c r="G769"/>
       <c r="H769" t="s">
         <v>30</v>
       </c>
       <c r="I769" t="s">
         <v>22</v>
       </c>
       <c r="J769"/>
       <c r="K769"/>
       <c r="L769"/>
       <c r="M769"/>
       <c r="N769"/>
       <c r="O769"/>
       <c r="P769"/>
       <c r="Q769" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="770" spans="1:17">
       <c r="A770">
-        <v>35978</v>
+        <v>35977</v>
       </c>
       <c r="B770" t="s">
         <v>839</v>
       </c>
       <c r="C770"/>
       <c r="D770"/>
       <c r="E770"/>
       <c r="F770"/>
       <c r="G770"/>
       <c r="H770" t="s">
         <v>30</v>
       </c>
       <c r="I770" t="s">
         <v>22</v>
       </c>
       <c r="J770"/>
       <c r="K770"/>
       <c r="L770"/>
       <c r="M770"/>
       <c r="N770"/>
       <c r="O770"/>
       <c r="P770"/>
       <c r="Q770" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="771" spans="1:17">
       <c r="A771">
-        <v>35979</v>
+        <v>35978</v>
       </c>
       <c r="B771" t="s">
         <v>840</v>
       </c>
       <c r="C771"/>
       <c r="D771"/>
       <c r="E771"/>
       <c r="F771"/>
       <c r="G771"/>
       <c r="H771" t="s">
         <v>30</v>
       </c>
       <c r="I771" t="s">
         <v>22</v>
       </c>
       <c r="J771"/>
       <c r="K771"/>
       <c r="L771"/>
       <c r="M771"/>
       <c r="N771"/>
       <c r="O771"/>
       <c r="P771"/>
       <c r="Q771" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="772" spans="1:17">
       <c r="A772">
-        <v>35980</v>
+        <v>35979</v>
       </c>
       <c r="B772" t="s">
         <v>841</v>
       </c>
       <c r="C772"/>
       <c r="D772"/>
       <c r="E772"/>
       <c r="F772"/>
       <c r="G772"/>
       <c r="H772" t="s">
         <v>30</v>
       </c>
       <c r="I772" t="s">
         <v>22</v>
       </c>
       <c r="J772"/>
       <c r="K772"/>
       <c r="L772"/>
       <c r="M772"/>
       <c r="N772"/>
       <c r="O772"/>
       <c r="P772"/>
       <c r="Q772" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="773" spans="1:17">
       <c r="A773">
-        <v>35981</v>
+        <v>35980</v>
       </c>
       <c r="B773" t="s">
         <v>842</v>
       </c>
       <c r="C773"/>
       <c r="D773"/>
       <c r="E773"/>
       <c r="F773"/>
       <c r="G773"/>
       <c r="H773" t="s">
         <v>30</v>
       </c>
       <c r="I773" t="s">
         <v>22</v>
       </c>
       <c r="J773"/>
       <c r="K773"/>
       <c r="L773"/>
       <c r="M773"/>
       <c r="N773"/>
       <c r="O773"/>
       <c r="P773"/>
       <c r="Q773" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="774" spans="1:17">
       <c r="A774">
-        <v>35982</v>
+        <v>35981</v>
       </c>
       <c r="B774" t="s">
         <v>843</v>
       </c>
       <c r="C774"/>
       <c r="D774"/>
       <c r="E774"/>
       <c r="F774"/>
       <c r="G774"/>
       <c r="H774" t="s">
         <v>30</v>
       </c>
       <c r="I774" t="s">
         <v>22</v>
       </c>
       <c r="J774"/>
       <c r="K774"/>
       <c r="L774"/>
       <c r="M774"/>
       <c r="N774"/>
       <c r="O774"/>
       <c r="P774"/>
       <c r="Q774" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="775" spans="1:17">
       <c r="A775">
-        <v>35983</v>
+        <v>35982</v>
       </c>
       <c r="B775" t="s">
         <v>844</v>
       </c>
       <c r="C775"/>
       <c r="D775"/>
       <c r="E775"/>
       <c r="F775"/>
       <c r="G775"/>
       <c r="H775" t="s">
         <v>30</v>
       </c>
       <c r="I775" t="s">
         <v>22</v>
       </c>
       <c r="J775"/>
       <c r="K775"/>
       <c r="L775"/>
       <c r="M775"/>
       <c r="N775"/>
       <c r="O775"/>
       <c r="P775"/>
       <c r="Q775" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="776" spans="1:17">
       <c r="A776">
-        <v>35984</v>
+        <v>35983</v>
       </c>
       <c r="B776" t="s">
         <v>845</v>
       </c>
       <c r="C776"/>
       <c r="D776"/>
       <c r="E776"/>
       <c r="F776"/>
       <c r="G776"/>
       <c r="H776" t="s">
         <v>30</v>
       </c>
       <c r="I776" t="s">
         <v>22</v>
       </c>
       <c r="J776"/>
       <c r="K776"/>
       <c r="L776"/>
       <c r="M776"/>
       <c r="N776"/>
       <c r="O776"/>
       <c r="P776"/>
       <c r="Q776" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="777" spans="1:17">
       <c r="A777">
-        <v>35985</v>
+        <v>35984</v>
       </c>
       <c r="B777" t="s">
         <v>846</v>
       </c>
       <c r="C777"/>
       <c r="D777"/>
       <c r="E777"/>
       <c r="F777"/>
       <c r="G777"/>
       <c r="H777" t="s">
         <v>30</v>
       </c>
       <c r="I777" t="s">
         <v>22</v>
       </c>
       <c r="J777"/>
       <c r="K777"/>
       <c r="L777"/>
       <c r="M777"/>
       <c r="N777"/>
       <c r="O777"/>
       <c r="P777"/>
       <c r="Q777" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="778" spans="1:17">
       <c r="A778">
-        <v>35986</v>
+        <v>35985</v>
       </c>
       <c r="B778" t="s">
         <v>847</v>
       </c>
       <c r="C778"/>
       <c r="D778"/>
       <c r="E778"/>
       <c r="F778"/>
       <c r="G778"/>
       <c r="H778" t="s">
         <v>30</v>
       </c>
       <c r="I778" t="s">
         <v>22</v>
       </c>
       <c r="J778"/>
       <c r="K778"/>
       <c r="L778"/>
       <c r="M778"/>
       <c r="N778"/>
       <c r="O778"/>
       <c r="P778"/>
       <c r="Q778" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="779" spans="1:17">
       <c r="A779">
-        <v>35987</v>
+        <v>35986</v>
       </c>
       <c r="B779" t="s">
         <v>848</v>
       </c>
       <c r="C779"/>
       <c r="D779"/>
       <c r="E779"/>
       <c r="F779"/>
       <c r="G779"/>
       <c r="H779" t="s">
         <v>30</v>
       </c>
       <c r="I779" t="s">
         <v>22</v>
       </c>
       <c r="J779"/>
       <c r="K779"/>
       <c r="L779"/>
       <c r="M779"/>
       <c r="N779"/>
       <c r="O779"/>
       <c r="P779"/>
       <c r="Q779" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="780" spans="1:17">
       <c r="A780">
-        <v>35988</v>
+        <v>35987</v>
       </c>
       <c r="B780" t="s">
         <v>849</v>
       </c>
       <c r="C780"/>
       <c r="D780"/>
       <c r="E780"/>
       <c r="F780"/>
       <c r="G780"/>
       <c r="H780" t="s">
         <v>30</v>
       </c>
       <c r="I780" t="s">
         <v>22</v>
       </c>
       <c r="J780"/>
       <c r="K780"/>
       <c r="L780"/>
       <c r="M780"/>
       <c r="N780"/>
       <c r="O780"/>
       <c r="P780"/>
       <c r="Q780" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="781" spans="1:17">
       <c r="A781">
-        <v>35989</v>
+        <v>35988</v>
       </c>
       <c r="B781" t="s">
         <v>850</v>
       </c>
       <c r="C781"/>
       <c r="D781"/>
       <c r="E781"/>
       <c r="F781"/>
       <c r="G781"/>
       <c r="H781" t="s">
         <v>30</v>
       </c>
       <c r="I781" t="s">
         <v>22</v>
       </c>
       <c r="J781"/>
       <c r="K781"/>
       <c r="L781"/>
       <c r="M781"/>
       <c r="N781"/>
       <c r="O781"/>
       <c r="P781"/>
       <c r="Q781" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="782" spans="1:17">
       <c r="A782">
-        <v>35990</v>
+        <v>35989</v>
       </c>
       <c r="B782" t="s">
         <v>851</v>
       </c>
       <c r="C782"/>
       <c r="D782"/>
       <c r="E782"/>
       <c r="F782"/>
       <c r="G782"/>
       <c r="H782" t="s">
         <v>30</v>
       </c>
       <c r="I782" t="s">
         <v>22</v>
       </c>
       <c r="J782"/>
       <c r="K782"/>
       <c r="L782"/>
       <c r="M782"/>
       <c r="N782"/>
       <c r="O782"/>
       <c r="P782"/>
       <c r="Q782" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="783" spans="1:17">
       <c r="A783">
-        <v>35991</v>
+        <v>35990</v>
       </c>
       <c r="B783" t="s">
         <v>852</v>
       </c>
       <c r="C783"/>
       <c r="D783"/>
       <c r="E783"/>
       <c r="F783"/>
       <c r="G783"/>
       <c r="H783" t="s">
         <v>30</v>
       </c>
       <c r="I783" t="s">
         <v>22</v>
       </c>
       <c r="J783"/>
       <c r="K783"/>
       <c r="L783"/>
       <c r="M783"/>
       <c r="N783"/>
       <c r="O783"/>
       <c r="P783"/>
       <c r="Q783" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="784" spans="1:17">
       <c r="A784">
-        <v>35992</v>
+        <v>35991</v>
       </c>
       <c r="B784" t="s">
         <v>853</v>
       </c>
       <c r="C784"/>
       <c r="D784"/>
       <c r="E784"/>
       <c r="F784"/>
       <c r="G784"/>
       <c r="H784" t="s">
         <v>30</v>
       </c>
       <c r="I784" t="s">
         <v>22</v>
       </c>
       <c r="J784"/>
       <c r="K784"/>
       <c r="L784"/>
       <c r="M784"/>
       <c r="N784"/>
       <c r="O784"/>
       <c r="P784"/>
       <c r="Q784" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="785" spans="1:17">
       <c r="A785">
-        <v>35993</v>
+        <v>35992</v>
       </c>
       <c r="B785" t="s">
         <v>854</v>
       </c>
       <c r="C785"/>
       <c r="D785"/>
       <c r="E785"/>
       <c r="F785"/>
       <c r="G785"/>
       <c r="H785" t="s">
         <v>30</v>
       </c>
       <c r="I785" t="s">
         <v>22</v>
       </c>
       <c r="J785"/>
       <c r="K785"/>
       <c r="L785"/>
       <c r="M785"/>
       <c r="N785"/>
       <c r="O785"/>
       <c r="P785"/>
       <c r="Q785" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="786" spans="1:17">
       <c r="A786">
-        <v>35994</v>
+        <v>35993</v>
       </c>
       <c r="B786" t="s">
         <v>855</v>
       </c>
       <c r="C786"/>
       <c r="D786"/>
       <c r="E786"/>
       <c r="F786"/>
       <c r="G786"/>
       <c r="H786" t="s">
         <v>30</v>
       </c>
       <c r="I786" t="s">
         <v>22</v>
       </c>
       <c r="J786"/>
       <c r="K786"/>
       <c r="L786"/>
       <c r="M786"/>
       <c r="N786"/>
       <c r="O786"/>
       <c r="P786"/>
       <c r="Q786" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="787" spans="1:17">
       <c r="A787">
-        <v>12811</v>
+        <v>35994</v>
       </c>
       <c r="B787" t="s">
         <v>856</v>
       </c>
       <c r="C787"/>
       <c r="D787"/>
       <c r="E787"/>
       <c r="F787"/>
       <c r="G787"/>
       <c r="H787" t="s">
         <v>30</v>
       </c>
       <c r="I787" t="s">
         <v>22</v>
       </c>
       <c r="J787"/>
       <c r="K787"/>
       <c r="L787"/>
       <c r="M787"/>
       <c r="N787"/>
       <c r="O787"/>
       <c r="P787"/>
       <c r="Q787" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="788" spans="1:17">
       <c r="A788">
-        <v>36000</v>
+        <v>12811</v>
       </c>
       <c r="B788" t="s">
         <v>857</v>
       </c>
       <c r="C788"/>
       <c r="D788"/>
       <c r="E788"/>
       <c r="F788"/>
       <c r="G788"/>
       <c r="H788" t="s">
         <v>30</v>
       </c>
       <c r="I788" t="s">
         <v>22</v>
       </c>
       <c r="J788"/>
       <c r="K788"/>
       <c r="L788"/>
       <c r="M788"/>
       <c r="N788"/>
       <c r="O788"/>
       <c r="P788"/>
       <c r="Q788" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="789" spans="1:17">
       <c r="A789">
-        <v>36001</v>
+        <v>36000</v>
       </c>
       <c r="B789" t="s">
         <v>858</v>
       </c>
       <c r="C789"/>
       <c r="D789"/>
       <c r="E789"/>
       <c r="F789"/>
       <c r="G789"/>
       <c r="H789" t="s">
         <v>30</v>
       </c>
       <c r="I789" t="s">
         <v>22</v>
       </c>
       <c r="J789"/>
       <c r="K789"/>
       <c r="L789"/>
       <c r="M789"/>
       <c r="N789"/>
       <c r="O789"/>
       <c r="P789"/>
       <c r="Q789" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="790" spans="1:17">
       <c r="A790">
-        <v>12922</v>
+        <v>36001</v>
       </c>
       <c r="B790" t="s">
         <v>859</v>
       </c>
       <c r="C790"/>
       <c r="D790"/>
       <c r="E790"/>
       <c r="F790"/>
       <c r="G790"/>
       <c r="H790" t="s">
         <v>30</v>
       </c>
       <c r="I790" t="s">
         <v>22</v>
       </c>
       <c r="J790"/>
       <c r="K790"/>
       <c r="L790"/>
       <c r="M790"/>
       <c r="N790"/>
       <c r="O790"/>
       <c r="P790"/>
       <c r="Q790" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="791" spans="1:17">
       <c r="A791">
-        <v>12923</v>
+        <v>12922</v>
       </c>
       <c r="B791" t="s">
         <v>860</v>
       </c>
       <c r="C791"/>
       <c r="D791"/>
       <c r="E791"/>
       <c r="F791"/>
       <c r="G791"/>
       <c r="H791" t="s">
         <v>30</v>
       </c>
       <c r="I791" t="s">
         <v>22</v>
       </c>
       <c r="J791"/>
       <c r="K791"/>
       <c r="L791"/>
       <c r="M791"/>
       <c r="N791"/>
       <c r="O791"/>
       <c r="P791"/>
       <c r="Q791" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="792" spans="1:17">
       <c r="A792">
-        <v>12924</v>
+        <v>12923</v>
       </c>
       <c r="B792" t="s">
         <v>861</v>
       </c>
       <c r="C792"/>
       <c r="D792"/>
       <c r="E792"/>
       <c r="F792"/>
       <c r="G792"/>
       <c r="H792" t="s">
         <v>30</v>
       </c>
       <c r="I792" t="s">
         <v>22</v>
       </c>
       <c r="J792"/>
       <c r="K792"/>
       <c r="L792"/>
       <c r="M792"/>
       <c r="N792"/>
       <c r="O792"/>
       <c r="P792"/>
       <c r="Q792" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="793" spans="1:17">
       <c r="A793">
-        <v>36017</v>
+        <v>12924</v>
       </c>
       <c r="B793" t="s">
         <v>862</v>
       </c>
       <c r="C793"/>
       <c r="D793"/>
       <c r="E793"/>
       <c r="F793"/>
       <c r="G793"/>
       <c r="H793" t="s">
         <v>30</v>
       </c>
       <c r="I793" t="s">
         <v>22</v>
       </c>
       <c r="J793"/>
       <c r="K793"/>
       <c r="L793"/>
       <c r="M793"/>
       <c r="N793"/>
       <c r="O793"/>
       <c r="P793"/>
       <c r="Q793" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="794" spans="1:17">
       <c r="A794">
-        <v>36018</v>
+        <v>36017</v>
       </c>
       <c r="B794" t="s">
         <v>863</v>
       </c>
       <c r="C794"/>
       <c r="D794"/>
       <c r="E794"/>
       <c r="F794"/>
       <c r="G794"/>
       <c r="H794" t="s">
         <v>30</v>
       </c>
       <c r="I794" t="s">
         <v>22</v>
       </c>
       <c r="J794"/>
       <c r="K794"/>
       <c r="L794"/>
       <c r="M794"/>
       <c r="N794"/>
       <c r="O794"/>
       <c r="P794"/>
       <c r="Q794" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="795" spans="1:17">
       <c r="A795">
-        <v>36019</v>
+        <v>36018</v>
       </c>
       <c r="B795" t="s">
         <v>864</v>
       </c>
       <c r="C795"/>
       <c r="D795"/>
       <c r="E795"/>
       <c r="F795"/>
       <c r="G795"/>
       <c r="H795" t="s">
         <v>30</v>
       </c>
       <c r="I795" t="s">
         <v>22</v>
       </c>
       <c r="J795"/>
       <c r="K795"/>
       <c r="L795"/>
       <c r="M795"/>
       <c r="N795"/>
       <c r="O795"/>
       <c r="P795"/>
       <c r="Q795" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="796" spans="1:17">
       <c r="A796">
-        <v>36020</v>
+        <v>36019</v>
       </c>
       <c r="B796" t="s">
         <v>865</v>
       </c>
       <c r="C796"/>
       <c r="D796"/>
       <c r="E796"/>
       <c r="F796"/>
       <c r="G796"/>
       <c r="H796" t="s">
         <v>30</v>
       </c>
       <c r="I796" t="s">
         <v>22</v>
       </c>
       <c r="J796"/>
       <c r="K796"/>
       <c r="L796"/>
       <c r="M796"/>
       <c r="N796"/>
       <c r="O796"/>
       <c r="P796"/>
       <c r="Q796" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="797" spans="1:17">
       <c r="A797">
-        <v>36021</v>
+        <v>36020</v>
       </c>
       <c r="B797" t="s">
         <v>866</v>
       </c>
       <c r="C797"/>
       <c r="D797"/>
       <c r="E797"/>
       <c r="F797"/>
       <c r="G797"/>
       <c r="H797" t="s">
         <v>30</v>
       </c>
       <c r="I797" t="s">
         <v>22</v>
       </c>
       <c r="J797"/>
       <c r="K797"/>
       <c r="L797"/>
       <c r="M797"/>
       <c r="N797"/>
       <c r="O797"/>
       <c r="P797"/>
       <c r="Q797" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="798" spans="1:17">
       <c r="A798">
-        <v>36022</v>
+        <v>36021</v>
       </c>
       <c r="B798" t="s">
         <v>867</v>
       </c>
       <c r="C798"/>
       <c r="D798"/>
       <c r="E798"/>
       <c r="F798"/>
       <c r="G798"/>
       <c r="H798" t="s">
         <v>30</v>
       </c>
       <c r="I798" t="s">
         <v>22</v>
       </c>
       <c r="J798"/>
       <c r="K798"/>
       <c r="L798"/>
       <c r="M798"/>
       <c r="N798"/>
       <c r="O798"/>
       <c r="P798"/>
       <c r="Q798" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="799" spans="1:17">
       <c r="A799">
-        <v>36023</v>
+        <v>36022</v>
       </c>
       <c r="B799" t="s">
         <v>868</v>
       </c>
       <c r="C799"/>
       <c r="D799"/>
       <c r="E799"/>
       <c r="F799"/>
       <c r="G799"/>
       <c r="H799" t="s">
         <v>30</v>
       </c>
       <c r="I799" t="s">
         <v>22</v>
       </c>
       <c r="J799"/>
       <c r="K799"/>
       <c r="L799"/>
       <c r="M799"/>
       <c r="N799"/>
       <c r="O799"/>
       <c r="P799"/>
       <c r="Q799" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="800" spans="1:17">
       <c r="A800">
-        <v>12790</v>
+        <v>36023</v>
       </c>
       <c r="B800" t="s">
         <v>869</v>
       </c>
       <c r="C800"/>
       <c r="D800"/>
       <c r="E800"/>
       <c r="F800"/>
       <c r="G800"/>
       <c r="H800" t="s">
         <v>30</v>
       </c>
       <c r="I800" t="s">
         <v>22</v>
       </c>
       <c r="J800"/>
       <c r="K800"/>
       <c r="L800"/>
       <c r="M800"/>
       <c r="N800"/>
       <c r="O800"/>
       <c r="P800"/>
       <c r="Q800" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="801" spans="1:17">
       <c r="A801">
-        <v>12791</v>
+        <v>12790</v>
       </c>
       <c r="B801" t="s">
         <v>870</v>
       </c>
       <c r="C801"/>
       <c r="D801"/>
       <c r="E801"/>
       <c r="F801"/>
       <c r="G801"/>
       <c r="H801" t="s">
         <v>30</v>
       </c>
       <c r="I801" t="s">
         <v>22</v>
       </c>
       <c r="J801"/>
       <c r="K801"/>
       <c r="L801"/>
       <c r="M801"/>
       <c r="N801"/>
       <c r="O801"/>
       <c r="P801"/>
       <c r="Q801" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="802" spans="1:17">
       <c r="A802">
-        <v>13032</v>
+        <v>12791</v>
       </c>
       <c r="B802" t="s">
         <v>871</v>
       </c>
       <c r="C802"/>
       <c r="D802"/>
       <c r="E802"/>
       <c r="F802"/>
       <c r="G802"/>
       <c r="H802" t="s">
         <v>30</v>
       </c>
       <c r="I802" t="s">
         <v>22</v>
       </c>
       <c r="J802"/>
       <c r="K802"/>
       <c r="L802"/>
       <c r="M802"/>
       <c r="N802"/>
       <c r="O802"/>
       <c r="P802"/>
       <c r="Q802" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="803" spans="1:17">
       <c r="A803">
-        <v>13033</v>
+        <v>13032</v>
       </c>
       <c r="B803" t="s">
         <v>872</v>
       </c>
       <c r="C803"/>
       <c r="D803"/>
       <c r="E803"/>
       <c r="F803"/>
       <c r="G803"/>
       <c r="H803" t="s">
         <v>30</v>
       </c>
       <c r="I803" t="s">
         <v>22</v>
       </c>
       <c r="J803"/>
       <c r="K803"/>
       <c r="L803"/>
       <c r="M803"/>
       <c r="N803"/>
       <c r="O803"/>
       <c r="P803"/>
       <c r="Q803" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="804" spans="1:17">
       <c r="A804">
-        <v>13034</v>
+        <v>13033</v>
       </c>
       <c r="B804" t="s">
         <v>873</v>
       </c>
       <c r="C804"/>
       <c r="D804"/>
       <c r="E804"/>
       <c r="F804"/>
       <c r="G804"/>
       <c r="H804" t="s">
         <v>30</v>
       </c>
       <c r="I804" t="s">
         <v>22</v>
       </c>
       <c r="J804"/>
       <c r="K804"/>
       <c r="L804"/>
       <c r="M804"/>
       <c r="N804"/>
       <c r="O804"/>
       <c r="P804"/>
       <c r="Q804" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="805" spans="1:17">
       <c r="A805">
-        <v>12960</v>
+        <v>13034</v>
       </c>
       <c r="B805" t="s">
         <v>874</v>
       </c>
       <c r="C805"/>
       <c r="D805"/>
       <c r="E805"/>
       <c r="F805"/>
       <c r="G805"/>
       <c r="H805" t="s">
         <v>30</v>
       </c>
       <c r="I805" t="s">
         <v>22</v>
       </c>
       <c r="J805"/>
       <c r="K805"/>
       <c r="L805"/>
       <c r="M805"/>
       <c r="N805"/>
       <c r="O805"/>
       <c r="P805"/>
       <c r="Q805" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="806" spans="1:17">
       <c r="A806">
-        <v>36043</v>
+        <v>12960</v>
       </c>
       <c r="B806" t="s">
         <v>875</v>
       </c>
       <c r="C806"/>
       <c r="D806"/>
       <c r="E806"/>
       <c r="F806"/>
       <c r="G806"/>
       <c r="H806" t="s">
         <v>30</v>
       </c>
       <c r="I806" t="s">
         <v>22</v>
       </c>
       <c r="J806"/>
       <c r="K806"/>
       <c r="L806"/>
       <c r="M806"/>
       <c r="N806"/>
       <c r="O806"/>
       <c r="P806"/>
       <c r="Q806" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="807" spans="1:17">
       <c r="A807">
-        <v>36045</v>
+        <v>36043</v>
       </c>
       <c r="B807" t="s">
         <v>876</v>
       </c>
       <c r="C807"/>
       <c r="D807"/>
       <c r="E807"/>
       <c r="F807"/>
       <c r="G807"/>
       <c r="H807" t="s">
         <v>30</v>
       </c>
       <c r="I807" t="s">
         <v>22</v>
       </c>
       <c r="J807"/>
       <c r="K807"/>
       <c r="L807"/>
       <c r="M807"/>
       <c r="N807"/>
       <c r="O807"/>
       <c r="P807"/>
       <c r="Q807" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="808" spans="1:17">
       <c r="A808">
-        <v>36046</v>
+        <v>36045</v>
       </c>
       <c r="B808" t="s">
         <v>877</v>
       </c>
       <c r="C808"/>
       <c r="D808"/>
       <c r="E808"/>
       <c r="F808"/>
       <c r="G808"/>
       <c r="H808" t="s">
         <v>30</v>
       </c>
       <c r="I808" t="s">
         <v>22</v>
       </c>
       <c r="J808"/>
       <c r="K808"/>
       <c r="L808"/>
       <c r="M808"/>
       <c r="N808"/>
       <c r="O808"/>
       <c r="P808"/>
       <c r="Q808" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="809" spans="1:17">
       <c r="A809">
-        <v>36047</v>
+        <v>36046</v>
       </c>
       <c r="B809" t="s">
         <v>878</v>
       </c>
       <c r="C809"/>
       <c r="D809"/>
       <c r="E809"/>
       <c r="F809"/>
       <c r="G809"/>
       <c r="H809" t="s">
         <v>30</v>
       </c>
       <c r="I809" t="s">
         <v>22</v>
       </c>
       <c r="J809"/>
       <c r="K809"/>
       <c r="L809"/>
       <c r="M809"/>
       <c r="N809"/>
       <c r="O809"/>
       <c r="P809"/>
       <c r="Q809" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="810" spans="1:17">
       <c r="A810">
-        <v>36048</v>
+        <v>36047</v>
       </c>
       <c r="B810" t="s">
         <v>879</v>
       </c>
       <c r="C810"/>
       <c r="D810"/>
       <c r="E810"/>
       <c r="F810"/>
       <c r="G810"/>
       <c r="H810" t="s">
         <v>30</v>
       </c>
       <c r="I810" t="s">
         <v>22</v>
       </c>
       <c r="J810"/>
       <c r="K810"/>
       <c r="L810"/>
       <c r="M810"/>
       <c r="N810"/>
       <c r="O810"/>
       <c r="P810"/>
       <c r="Q810" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="811" spans="1:17">
       <c r="A811">
-        <v>36049</v>
+        <v>36048</v>
       </c>
       <c r="B811" t="s">
         <v>880</v>
       </c>
       <c r="C811"/>
       <c r="D811"/>
       <c r="E811"/>
       <c r="F811"/>
       <c r="G811"/>
       <c r="H811" t="s">
         <v>30</v>
       </c>
       <c r="I811" t="s">
         <v>22</v>
       </c>
       <c r="J811"/>
       <c r="K811"/>
       <c r="L811"/>
       <c r="M811"/>
       <c r="N811"/>
       <c r="O811"/>
       <c r="P811"/>
       <c r="Q811" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="812" spans="1:17">
       <c r="A812">
-        <v>36050</v>
+        <v>36049</v>
       </c>
       <c r="B812" t="s">
         <v>881</v>
       </c>
       <c r="C812"/>
       <c r="D812"/>
       <c r="E812"/>
       <c r="F812"/>
       <c r="G812"/>
       <c r="H812" t="s">
         <v>30</v>
       </c>
       <c r="I812" t="s">
         <v>22</v>
       </c>
       <c r="J812"/>
       <c r="K812"/>
       <c r="L812"/>
       <c r="M812"/>
       <c r="N812"/>
       <c r="O812"/>
       <c r="P812"/>
       <c r="Q812" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="813" spans="1:17">
       <c r="A813">
-        <v>36051</v>
+        <v>36050</v>
       </c>
       <c r="B813" t="s">
         <v>882</v>
       </c>
       <c r="C813"/>
       <c r="D813"/>
       <c r="E813"/>
       <c r="F813"/>
       <c r="G813"/>
       <c r="H813" t="s">
         <v>30</v>
       </c>
       <c r="I813" t="s">
         <v>22</v>
       </c>
       <c r="J813"/>
       <c r="K813"/>
       <c r="L813"/>
       <c r="M813"/>
       <c r="N813"/>
       <c r="O813"/>
       <c r="P813"/>
       <c r="Q813" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="814" spans="1:17">
       <c r="A814">
-        <v>36052</v>
+        <v>36051</v>
       </c>
       <c r="B814" t="s">
         <v>883</v>
       </c>
       <c r="C814"/>
       <c r="D814"/>
       <c r="E814"/>
       <c r="F814"/>
       <c r="G814"/>
       <c r="H814" t="s">
         <v>30</v>
       </c>
       <c r="I814" t="s">
         <v>22</v>
       </c>
       <c r="J814"/>
       <c r="K814"/>
       <c r="L814"/>
       <c r="M814"/>
       <c r="N814"/>
       <c r="O814"/>
       <c r="P814"/>
       <c r="Q814" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="815" spans="1:17">
       <c r="A815">
-        <v>36058</v>
+        <v>36052</v>
       </c>
       <c r="B815" t="s">
         <v>884</v>
       </c>
       <c r="C815"/>
       <c r="D815"/>
       <c r="E815"/>
       <c r="F815"/>
       <c r="G815"/>
       <c r="H815" t="s">
         <v>30</v>
       </c>
       <c r="I815" t="s">
         <v>22</v>
       </c>
       <c r="J815"/>
       <c r="K815"/>
       <c r="L815"/>
       <c r="M815"/>
       <c r="N815"/>
       <c r="O815"/>
       <c r="P815"/>
       <c r="Q815" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="816" spans="1:17">
       <c r="A816">
-        <v>36059</v>
+        <v>36058</v>
       </c>
       <c r="B816" t="s">
         <v>885</v>
       </c>
       <c r="C816"/>
       <c r="D816"/>
       <c r="E816"/>
       <c r="F816"/>
       <c r="G816"/>
       <c r="H816" t="s">
         <v>30</v>
       </c>
       <c r="I816" t="s">
         <v>22</v>
       </c>
       <c r="J816"/>
       <c r="K816"/>
       <c r="L816"/>
       <c r="M816"/>
       <c r="N816"/>
       <c r="O816"/>
       <c r="P816"/>
       <c r="Q816" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="817" spans="1:17">
       <c r="A817">
-        <v>36061</v>
+        <v>36059</v>
       </c>
       <c r="B817" t="s">
         <v>886</v>
       </c>
       <c r="C817"/>
       <c r="D817"/>
       <c r="E817"/>
       <c r="F817"/>
       <c r="G817"/>
       <c r="H817" t="s">
         <v>30</v>
       </c>
       <c r="I817" t="s">
         <v>22</v>
       </c>
       <c r="J817"/>
       <c r="K817"/>
       <c r="L817"/>
       <c r="M817"/>
       <c r="N817"/>
       <c r="O817"/>
       <c r="P817"/>
       <c r="Q817" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="818" spans="1:17">
       <c r="A818">
-        <v>13136</v>
+        <v>36061</v>
       </c>
       <c r="B818" t="s">
         <v>887</v>
       </c>
       <c r="C818"/>
       <c r="D818"/>
       <c r="E818"/>
       <c r="F818"/>
       <c r="G818"/>
       <c r="H818" t="s">
         <v>30</v>
       </c>
       <c r="I818" t="s">
         <v>22</v>
       </c>
       <c r="J818"/>
       <c r="K818"/>
       <c r="L818"/>
       <c r="M818"/>
       <c r="N818"/>
       <c r="O818"/>
       <c r="P818"/>
       <c r="Q818" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="819" spans="1:17">
       <c r="A819">
-        <v>36062</v>
+        <v>13136</v>
       </c>
       <c r="B819" t="s">
         <v>888</v>
       </c>
       <c r="C819"/>
       <c r="D819"/>
       <c r="E819"/>
       <c r="F819"/>
       <c r="G819"/>
       <c r="H819" t="s">
         <v>30</v>
       </c>
       <c r="I819" t="s">
         <v>22</v>
       </c>
       <c r="J819"/>
       <c r="K819"/>
       <c r="L819"/>
       <c r="M819"/>
       <c r="N819"/>
       <c r="O819"/>
       <c r="P819"/>
       <c r="Q819" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="820" spans="1:17">
       <c r="A820">
-        <v>36085</v>
+        <v>36062</v>
       </c>
       <c r="B820" t="s">
         <v>889</v>
       </c>
       <c r="C820"/>
       <c r="D820"/>
       <c r="E820"/>
       <c r="F820"/>
       <c r="G820"/>
       <c r="H820" t="s">
         <v>30</v>
       </c>
       <c r="I820" t="s">
         <v>22</v>
       </c>
       <c r="J820"/>
       <c r="K820"/>
       <c r="L820"/>
       <c r="M820"/>
       <c r="N820"/>
       <c r="O820"/>
       <c r="P820"/>
       <c r="Q820" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="821" spans="1:17">
       <c r="A821">
-        <v>36086</v>
+        <v>36085</v>
       </c>
       <c r="B821" t="s">
         <v>890</v>
       </c>
       <c r="C821"/>
       <c r="D821"/>
       <c r="E821"/>
       <c r="F821"/>
       <c r="G821"/>
       <c r="H821" t="s">
         <v>30</v>
       </c>
       <c r="I821" t="s">
         <v>22</v>
       </c>
       <c r="J821"/>
       <c r="K821"/>
       <c r="L821"/>
       <c r="M821"/>
       <c r="N821"/>
       <c r="O821"/>
       <c r="P821"/>
       <c r="Q821" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="822" spans="1:17">
       <c r="A822">
-        <v>36087</v>
+        <v>36086</v>
       </c>
       <c r="B822" t="s">
         <v>891</v>
       </c>
       <c r="C822"/>
       <c r="D822"/>
       <c r="E822"/>
       <c r="F822"/>
       <c r="G822"/>
       <c r="H822" t="s">
         <v>30</v>
       </c>
       <c r="I822" t="s">
         <v>22</v>
       </c>
       <c r="J822"/>
       <c r="K822"/>
       <c r="L822"/>
       <c r="M822"/>
       <c r="N822"/>
       <c r="O822"/>
       <c r="P822"/>
       <c r="Q822" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="823" spans="1:17">
       <c r="A823">
-        <v>12858</v>
+        <v>36087</v>
       </c>
       <c r="B823" t="s">
         <v>892</v>
       </c>
       <c r="C823"/>
       <c r="D823"/>
       <c r="E823"/>
       <c r="F823"/>
       <c r="G823"/>
       <c r="H823" t="s">
         <v>30</v>
       </c>
       <c r="I823" t="s">
         <v>22</v>
       </c>
       <c r="J823"/>
       <c r="K823"/>
       <c r="L823"/>
       <c r="M823"/>
       <c r="N823"/>
       <c r="O823"/>
       <c r="P823"/>
       <c r="Q823" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="824" spans="1:17">
       <c r="A824">
-        <v>36096</v>
+        <v>12858</v>
       </c>
       <c r="B824" t="s">
         <v>893</v>
       </c>
       <c r="C824"/>
       <c r="D824"/>
       <c r="E824"/>
       <c r="F824"/>
       <c r="G824"/>
       <c r="H824" t="s">
         <v>30</v>
       </c>
       <c r="I824" t="s">
         <v>22</v>
       </c>
       <c r="J824"/>
       <c r="K824"/>
       <c r="L824"/>
       <c r="M824"/>
       <c r="N824"/>
       <c r="O824"/>
       <c r="P824"/>
       <c r="Q824" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="825" spans="1:17">
       <c r="A825">
-        <v>36097</v>
+        <v>36096</v>
       </c>
       <c r="B825" t="s">
         <v>894</v>
       </c>
       <c r="C825"/>
       <c r="D825"/>
       <c r="E825"/>
       <c r="F825"/>
       <c r="G825"/>
       <c r="H825" t="s">
         <v>30</v>
       </c>
       <c r="I825" t="s">
         <v>22</v>
       </c>
       <c r="J825"/>
       <c r="K825"/>
       <c r="L825"/>
       <c r="M825"/>
       <c r="N825"/>
       <c r="O825"/>
       <c r="P825"/>
       <c r="Q825" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="826" spans="1:17">
       <c r="A826">
-        <v>36098</v>
+        <v>36097</v>
       </c>
       <c r="B826" t="s">
         <v>895</v>
       </c>
       <c r="C826"/>
       <c r="D826"/>
       <c r="E826"/>
       <c r="F826"/>
       <c r="G826"/>
       <c r="H826" t="s">
         <v>30</v>
       </c>
       <c r="I826" t="s">
         <v>22</v>
       </c>
       <c r="J826"/>
       <c r="K826"/>
       <c r="L826"/>
       <c r="M826"/>
       <c r="N826"/>
       <c r="O826"/>
       <c r="P826"/>
       <c r="Q826" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="827" spans="1:17">
       <c r="A827">
-        <v>36099</v>
+        <v>36098</v>
       </c>
       <c r="B827" t="s">
         <v>896</v>
       </c>
       <c r="C827"/>
       <c r="D827"/>
       <c r="E827"/>
       <c r="F827"/>
       <c r="G827"/>
       <c r="H827" t="s">
         <v>30</v>
       </c>
       <c r="I827" t="s">
         <v>22</v>
       </c>
       <c r="J827"/>
       <c r="K827"/>
       <c r="L827"/>
       <c r="M827"/>
       <c r="N827"/>
       <c r="O827"/>
       <c r="P827"/>
       <c r="Q827" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="828" spans="1:17">
       <c r="A828">
-        <v>36100</v>
+        <v>36099</v>
       </c>
       <c r="B828" t="s">
         <v>897</v>
       </c>
       <c r="C828"/>
       <c r="D828"/>
       <c r="E828"/>
       <c r="F828"/>
       <c r="G828"/>
       <c r="H828" t="s">
         <v>30</v>
       </c>
       <c r="I828" t="s">
         <v>22</v>
       </c>
       <c r="J828"/>
       <c r="K828"/>
       <c r="L828"/>
       <c r="M828"/>
       <c r="N828"/>
       <c r="O828"/>
       <c r="P828"/>
       <c r="Q828" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="829" spans="1:17">
       <c r="A829">
-        <v>99732</v>
+        <v>36100</v>
       </c>
       <c r="B829" t="s">
         <v>898</v>
       </c>
       <c r="C829"/>
       <c r="D829"/>
       <c r="E829"/>
       <c r="F829"/>
       <c r="G829"/>
       <c r="H829" t="s">
-        <v>21</v>
+        <v>30</v>
       </c>
       <c r="I829" t="s">
         <v>22</v>
       </c>
       <c r="J829"/>
       <c r="K829"/>
       <c r="L829"/>
       <c r="M829"/>
       <c r="N829"/>
       <c r="O829"/>
       <c r="P829"/>
       <c r="Q829" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="830" spans="1:17">
       <c r="A830">
-        <v>36105</v>
+        <v>99732</v>
       </c>
       <c r="B830" t="s">
         <v>899</v>
       </c>
       <c r="C830"/>
       <c r="D830"/>
       <c r="E830"/>
       <c r="F830"/>
       <c r="G830"/>
       <c r="H830" t="s">
-        <v>30</v>
+        <v>21</v>
       </c>
       <c r="I830" t="s">
         <v>22</v>
       </c>
       <c r="J830"/>
       <c r="K830"/>
       <c r="L830"/>
       <c r="M830"/>
       <c r="N830"/>
       <c r="O830"/>
       <c r="P830"/>
       <c r="Q830" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="831" spans="1:17">
       <c r="A831">
-        <v>36106</v>
+        <v>36105</v>
       </c>
       <c r="B831" t="s">
         <v>900</v>
       </c>
       <c r="C831"/>
       <c r="D831"/>
       <c r="E831"/>
       <c r="F831"/>
       <c r="G831"/>
       <c r="H831" t="s">
         <v>30</v>
       </c>
       <c r="I831" t="s">
         <v>22</v>
       </c>
       <c r="J831"/>
       <c r="K831"/>
       <c r="L831"/>
       <c r="M831"/>
       <c r="N831"/>
       <c r="O831"/>
       <c r="P831"/>
       <c r="Q831" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="832" spans="1:17">
       <c r="A832">
-        <v>36107</v>
+        <v>36106</v>
       </c>
       <c r="B832" t="s">
         <v>901</v>
       </c>
       <c r="C832"/>
       <c r="D832"/>
       <c r="E832"/>
       <c r="F832"/>
       <c r="G832"/>
       <c r="H832" t="s">
         <v>30</v>
       </c>
       <c r="I832" t="s">
         <v>22</v>
       </c>
       <c r="J832"/>
       <c r="K832"/>
       <c r="L832"/>
       <c r="M832"/>
       <c r="N832"/>
       <c r="O832"/>
       <c r="P832"/>
       <c r="Q832" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="833" spans="1:17">
       <c r="A833">
-        <v>36108</v>
+        <v>36107</v>
       </c>
       <c r="B833" t="s">
         <v>902</v>
       </c>
       <c r="C833"/>
       <c r="D833"/>
       <c r="E833"/>
       <c r="F833"/>
       <c r="G833"/>
       <c r="H833" t="s">
         <v>30</v>
       </c>
       <c r="I833" t="s">
         <v>22</v>
       </c>
       <c r="J833"/>
       <c r="K833"/>
       <c r="L833"/>
       <c r="M833"/>
       <c r="N833"/>
       <c r="O833"/>
       <c r="P833"/>
       <c r="Q833" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="834" spans="1:17">
       <c r="A834">
-        <v>36109</v>
+        <v>36108</v>
       </c>
       <c r="B834" t="s">
         <v>903</v>
       </c>
       <c r="C834"/>
       <c r="D834"/>
       <c r="E834"/>
       <c r="F834"/>
       <c r="G834"/>
       <c r="H834" t="s">
         <v>30</v>
       </c>
       <c r="I834" t="s">
         <v>22</v>
       </c>
       <c r="J834"/>
       <c r="K834"/>
       <c r="L834"/>
       <c r="M834"/>
       <c r="N834"/>
       <c r="O834"/>
       <c r="P834"/>
       <c r="Q834" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="835" spans="1:17">
       <c r="A835">
-        <v>36110</v>
+        <v>36109</v>
       </c>
       <c r="B835" t="s">
         <v>904</v>
       </c>
       <c r="C835"/>
       <c r="D835"/>
       <c r="E835"/>
       <c r="F835"/>
       <c r="G835"/>
       <c r="H835" t="s">
         <v>30</v>
       </c>
       <c r="I835" t="s">
         <v>22</v>
       </c>
       <c r="J835"/>
       <c r="K835"/>
       <c r="L835"/>
       <c r="M835"/>
       <c r="N835"/>
       <c r="O835"/>
       <c r="P835"/>
       <c r="Q835" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="836" spans="1:17">
       <c r="A836">
-        <v>36111</v>
+        <v>36110</v>
       </c>
       <c r="B836" t="s">
         <v>905</v>
       </c>
       <c r="C836"/>
       <c r="D836"/>
       <c r="E836"/>
       <c r="F836"/>
       <c r="G836"/>
       <c r="H836" t="s">
         <v>30</v>
       </c>
       <c r="I836" t="s">
         <v>22</v>
       </c>
       <c r="J836"/>
       <c r="K836"/>
       <c r="L836"/>
       <c r="M836"/>
       <c r="N836"/>
       <c r="O836"/>
       <c r="P836"/>
       <c r="Q836" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="837" spans="1:17">
       <c r="A837">
-        <v>36112</v>
+        <v>36111</v>
       </c>
       <c r="B837" t="s">
         <v>906</v>
       </c>
       <c r="C837"/>
       <c r="D837"/>
       <c r="E837"/>
       <c r="F837"/>
       <c r="G837"/>
       <c r="H837" t="s">
         <v>30</v>
       </c>
       <c r="I837" t="s">
         <v>22</v>
       </c>
       <c r="J837"/>
       <c r="K837"/>
       <c r="L837"/>
       <c r="M837"/>
       <c r="N837"/>
       <c r="O837"/>
       <c r="P837"/>
       <c r="Q837" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="838" spans="1:17">
       <c r="A838">
-        <v>12693</v>
+        <v>36112</v>
       </c>
       <c r="B838" t="s">
         <v>907</v>
       </c>
       <c r="C838"/>
       <c r="D838"/>
       <c r="E838"/>
       <c r="F838"/>
       <c r="G838"/>
       <c r="H838" t="s">
         <v>30</v>
       </c>
       <c r="I838" t="s">
         <v>22</v>
       </c>
       <c r="J838"/>
       <c r="K838"/>
       <c r="L838"/>
       <c r="M838"/>
       <c r="N838"/>
       <c r="O838"/>
       <c r="P838"/>
       <c r="Q838" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="839" spans="1:17">
       <c r="A839">
-        <v>12691</v>
+        <v>12693</v>
       </c>
       <c r="B839" t="s">
         <v>908</v>
       </c>
       <c r="C839"/>
       <c r="D839"/>
       <c r="E839"/>
       <c r="F839"/>
       <c r="G839"/>
       <c r="H839" t="s">
         <v>30</v>
       </c>
       <c r="I839" t="s">
         <v>22</v>
       </c>
       <c r="J839"/>
       <c r="K839"/>
       <c r="L839"/>
       <c r="M839"/>
       <c r="N839"/>
       <c r="O839"/>
       <c r="P839"/>
       <c r="Q839" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="840" spans="1:17">
       <c r="A840">
-        <v>12692</v>
+        <v>12691</v>
       </c>
       <c r="B840" t="s">
         <v>909</v>
       </c>
       <c r="C840"/>
       <c r="D840"/>
       <c r="E840"/>
       <c r="F840"/>
       <c r="G840"/>
       <c r="H840" t="s">
         <v>30</v>
       </c>
       <c r="I840" t="s">
         <v>22</v>
       </c>
       <c r="J840"/>
       <c r="K840"/>
       <c r="L840"/>
       <c r="M840"/>
       <c r="N840"/>
       <c r="O840"/>
       <c r="P840"/>
       <c r="Q840" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="841" spans="1:17">
       <c r="A841">
-        <v>12694</v>
+        <v>12692</v>
       </c>
       <c r="B841" t="s">
         <v>910</v>
       </c>
       <c r="C841"/>
       <c r="D841"/>
       <c r="E841"/>
       <c r="F841"/>
       <c r="G841"/>
       <c r="H841" t="s">
         <v>30</v>
       </c>
       <c r="I841" t="s">
         <v>22</v>
       </c>
       <c r="J841"/>
       <c r="K841"/>
       <c r="L841"/>
       <c r="M841"/>
       <c r="N841"/>
       <c r="O841"/>
       <c r="P841"/>
       <c r="Q841" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="842" spans="1:17">
       <c r="A842">
-        <v>12695</v>
+        <v>12694</v>
       </c>
       <c r="B842" t="s">
         <v>911</v>
       </c>
       <c r="C842"/>
       <c r="D842"/>
       <c r="E842"/>
       <c r="F842"/>
       <c r="G842"/>
       <c r="H842" t="s">
         <v>30</v>
       </c>
       <c r="I842" t="s">
         <v>22</v>
       </c>
       <c r="J842"/>
       <c r="K842"/>
       <c r="L842"/>
       <c r="M842"/>
       <c r="N842"/>
       <c r="O842"/>
       <c r="P842"/>
       <c r="Q842" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="843" spans="1:17">
       <c r="A843">
-        <v>12696</v>
+        <v>12695</v>
       </c>
       <c r="B843" t="s">
         <v>912</v>
       </c>
       <c r="C843"/>
       <c r="D843"/>
       <c r="E843"/>
       <c r="F843"/>
       <c r="G843"/>
       <c r="H843" t="s">
         <v>30</v>
       </c>
       <c r="I843" t="s">
         <v>22</v>
       </c>
       <c r="J843"/>
       <c r="K843"/>
       <c r="L843"/>
       <c r="M843"/>
       <c r="N843"/>
       <c r="O843"/>
       <c r="P843"/>
       <c r="Q843" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="844" spans="1:17">
       <c r="A844">
-        <v>12697</v>
+        <v>12696</v>
       </c>
       <c r="B844" t="s">
         <v>913</v>
       </c>
       <c r="C844"/>
       <c r="D844"/>
       <c r="E844"/>
       <c r="F844"/>
       <c r="G844"/>
       <c r="H844" t="s">
         <v>30</v>
       </c>
       <c r="I844" t="s">
         <v>22</v>
       </c>
       <c r="J844"/>
       <c r="K844"/>
       <c r="L844"/>
       <c r="M844"/>
       <c r="N844"/>
       <c r="O844"/>
       <c r="P844"/>
       <c r="Q844" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="845" spans="1:17">
       <c r="A845">
-        <v>12698</v>
+        <v>12697</v>
       </c>
       <c r="B845" t="s">
         <v>914</v>
       </c>
       <c r="C845"/>
       <c r="D845"/>
       <c r="E845"/>
       <c r="F845"/>
       <c r="G845"/>
       <c r="H845" t="s">
         <v>30</v>
       </c>
       <c r="I845" t="s">
         <v>22</v>
       </c>
       <c r="J845"/>
       <c r="K845"/>
       <c r="L845"/>
       <c r="M845"/>
       <c r="N845"/>
       <c r="O845"/>
       <c r="P845"/>
       <c r="Q845" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="846" spans="1:17">
       <c r="A846">
-        <v>36123</v>
+        <v>12698</v>
       </c>
       <c r="B846" t="s">
         <v>915</v>
       </c>
       <c r="C846"/>
       <c r="D846"/>
       <c r="E846"/>
       <c r="F846"/>
       <c r="G846"/>
       <c r="H846" t="s">
         <v>30</v>
       </c>
       <c r="I846" t="s">
         <v>22</v>
       </c>
       <c r="J846"/>
       <c r="K846"/>
       <c r="L846"/>
       <c r="M846"/>
       <c r="N846"/>
       <c r="O846"/>
       <c r="P846"/>
       <c r="Q846" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="847" spans="1:17">
       <c r="A847">
-        <v>13062</v>
+        <v>36123</v>
       </c>
       <c r="B847" t="s">
         <v>916</v>
       </c>
       <c r="C847"/>
       <c r="D847"/>
       <c r="E847"/>
       <c r="F847"/>
       <c r="G847"/>
       <c r="H847" t="s">
         <v>30</v>
       </c>
       <c r="I847" t="s">
         <v>22</v>
       </c>
       <c r="J847"/>
       <c r="K847"/>
       <c r="L847"/>
       <c r="M847"/>
       <c r="N847"/>
       <c r="O847"/>
       <c r="P847"/>
       <c r="Q847" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="848" spans="1:17">
       <c r="A848">
-        <v>13063</v>
+        <v>13062</v>
       </c>
       <c r="B848" t="s">
         <v>917</v>
       </c>
       <c r="C848"/>
       <c r="D848"/>
       <c r="E848"/>
       <c r="F848"/>
       <c r="G848"/>
       <c r="H848" t="s">
         <v>30</v>
       </c>
       <c r="I848" t="s">
         <v>22</v>
       </c>
       <c r="J848"/>
       <c r="K848"/>
       <c r="L848"/>
       <c r="M848"/>
       <c r="N848"/>
       <c r="O848"/>
       <c r="P848"/>
       <c r="Q848" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="849" spans="1:17">
       <c r="A849">
-        <v>13064</v>
+        <v>13063</v>
       </c>
       <c r="B849" t="s">
         <v>918</v>
       </c>
       <c r="C849"/>
       <c r="D849"/>
       <c r="E849"/>
       <c r="F849"/>
       <c r="G849"/>
       <c r="H849" t="s">
         <v>30</v>
       </c>
       <c r="I849" t="s">
         <v>22</v>
       </c>
       <c r="J849"/>
       <c r="K849"/>
       <c r="L849"/>
       <c r="M849"/>
       <c r="N849"/>
       <c r="O849"/>
       <c r="P849"/>
       <c r="Q849" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="850" spans="1:17">
       <c r="A850">
-        <v>36127</v>
+        <v>13064</v>
       </c>
       <c r="B850" t="s">
         <v>919</v>
       </c>
       <c r="C850"/>
       <c r="D850"/>
       <c r="E850"/>
       <c r="F850"/>
       <c r="G850"/>
       <c r="H850" t="s">
         <v>30</v>
       </c>
       <c r="I850" t="s">
         <v>22</v>
       </c>
-      <c r="J850" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="J850"/>
       <c r="K850"/>
-      <c r="L850" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="L850"/>
+      <c r="M850"/>
       <c r="N850"/>
       <c r="O850"/>
       <c r="P850"/>
       <c r="Q850" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="851" spans="1:17">
       <c r="A851">
-        <v>13133</v>
+        <v>36127</v>
       </c>
       <c r="B851" t="s">
-        <v>922</v>
+        <v>920</v>
       </c>
       <c r="C851"/>
       <c r="D851"/>
       <c r="E851"/>
       <c r="F851"/>
       <c r="G851"/>
       <c r="H851" t="s">
         <v>30</v>
       </c>
       <c r="I851" t="s">
         <v>22</v>
       </c>
-      <c r="J851"/>
+      <c r="J851" t="s">
+        <v>921</v>
+      </c>
       <c r="K851"/>
-      <c r="L851"/>
-      <c r="M851"/>
+      <c r="L851" t="s">
+        <v>24</v>
+      </c>
+      <c r="M851" t="s">
+        <v>922</v>
+      </c>
       <c r="N851"/>
       <c r="O851"/>
       <c r="P851"/>
       <c r="Q851" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="852" spans="1:17">
       <c r="A852">
-        <v>13153</v>
+        <v>13133</v>
       </c>
       <c r="B852" t="s">
         <v>923</v>
       </c>
       <c r="C852"/>
       <c r="D852"/>
       <c r="E852"/>
       <c r="F852"/>
       <c r="G852"/>
       <c r="H852" t="s">
         <v>30</v>
       </c>
       <c r="I852" t="s">
         <v>22</v>
       </c>
       <c r="J852"/>
       <c r="K852"/>
       <c r="L852"/>
       <c r="M852"/>
       <c r="N852"/>
       <c r="O852"/>
       <c r="P852"/>
       <c r="Q852" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="853" spans="1:17">
       <c r="A853">
-        <v>36145</v>
+        <v>13153</v>
       </c>
       <c r="B853" t="s">
         <v>924</v>
       </c>
       <c r="C853"/>
       <c r="D853"/>
       <c r="E853"/>
       <c r="F853"/>
       <c r="G853"/>
       <c r="H853" t="s">
         <v>30</v>
       </c>
       <c r="I853" t="s">
         <v>22</v>
       </c>
       <c r="J853"/>
       <c r="K853"/>
       <c r="L853"/>
       <c r="M853"/>
       <c r="N853"/>
       <c r="O853"/>
       <c r="P853"/>
       <c r="Q853" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="854" spans="1:17">
       <c r="A854">
-        <v>13116</v>
+        <v>36145</v>
       </c>
       <c r="B854" t="s">
         <v>925</v>
       </c>
       <c r="C854"/>
       <c r="D854"/>
       <c r="E854"/>
       <c r="F854"/>
       <c r="G854"/>
       <c r="H854" t="s">
         <v>30</v>
       </c>
       <c r="I854" t="s">
         <v>22</v>
       </c>
-      <c r="J854" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="J854"/>
+      <c r="K854"/>
       <c r="L854"/>
       <c r="M854"/>
       <c r="N854"/>
       <c r="O854"/>
-      <c r="P854" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="P854"/>
       <c r="Q854" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="855" spans="1:17">
       <c r="A855">
-        <v>13117</v>
+        <v>13116</v>
       </c>
       <c r="B855" t="s">
-        <v>927</v>
+        <v>926</v>
       </c>
       <c r="C855"/>
       <c r="D855"/>
       <c r="E855"/>
       <c r="F855"/>
       <c r="G855"/>
       <c r="H855" t="s">
         <v>30</v>
       </c>
       <c r="I855" t="s">
         <v>22</v>
       </c>
-      <c r="J855"/>
-      <c r="K855"/>
+      <c r="J855" t="s">
+        <v>156</v>
+      </c>
+      <c r="K855" t="s">
+        <v>157</v>
+      </c>
       <c r="L855"/>
       <c r="M855"/>
       <c r="N855"/>
       <c r="O855"/>
-      <c r="P855"/>
+      <c r="P855" t="s">
+        <v>927</v>
+      </c>
       <c r="Q855" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="856" spans="1:17">
       <c r="A856">
-        <v>13118</v>
+        <v>13117</v>
       </c>
       <c r="B856" t="s">
         <v>928</v>
       </c>
       <c r="C856"/>
       <c r="D856"/>
       <c r="E856"/>
       <c r="F856"/>
       <c r="G856"/>
       <c r="H856" t="s">
         <v>30</v>
       </c>
       <c r="I856" t="s">
         <v>22</v>
       </c>
       <c r="J856"/>
       <c r="K856"/>
       <c r="L856"/>
       <c r="M856"/>
       <c r="N856"/>
       <c r="O856"/>
       <c r="P856"/>
       <c r="Q856" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="857" spans="1:17">
       <c r="A857">
-        <v>13119</v>
+        <v>13118</v>
       </c>
       <c r="B857" t="s">
         <v>929</v>
       </c>
       <c r="C857"/>
       <c r="D857"/>
       <c r="E857"/>
       <c r="F857"/>
       <c r="G857"/>
       <c r="H857" t="s">
         <v>30</v>
       </c>
       <c r="I857" t="s">
         <v>22</v>
       </c>
       <c r="J857"/>
       <c r="K857"/>
       <c r="L857"/>
       <c r="M857"/>
       <c r="N857"/>
       <c r="O857"/>
       <c r="P857"/>
       <c r="Q857" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="858" spans="1:17">
       <c r="A858">
-        <v>13120</v>
+        <v>13119</v>
       </c>
       <c r="B858" t="s">
         <v>930</v>
       </c>
       <c r="C858"/>
       <c r="D858"/>
       <c r="E858"/>
       <c r="F858"/>
       <c r="G858"/>
       <c r="H858" t="s">
         <v>30</v>
       </c>
       <c r="I858" t="s">
         <v>22</v>
       </c>
-      <c r="J858" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="J858"/>
+      <c r="K858"/>
       <c r="L858"/>
       <c r="M858"/>
       <c r="N858"/>
       <c r="O858"/>
       <c r="P858"/>
       <c r="Q858" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="859" spans="1:17">
       <c r="A859">
-        <v>13121</v>
+        <v>13120</v>
       </c>
       <c r="B859" t="s">
         <v>931</v>
       </c>
       <c r="C859"/>
       <c r="D859"/>
       <c r="E859"/>
       <c r="F859"/>
       <c r="G859"/>
       <c r="H859" t="s">
         <v>30</v>
       </c>
       <c r="I859" t="s">
         <v>22</v>
       </c>
-      <c r="J859"/>
-      <c r="K859"/>
+      <c r="J859" t="s">
+        <v>156</v>
+      </c>
+      <c r="K859" t="s">
+        <v>157</v>
+      </c>
       <c r="L859"/>
       <c r="M859"/>
       <c r="N859"/>
       <c r="O859"/>
       <c r="P859"/>
       <c r="Q859" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="860" spans="1:17">
       <c r="A860">
-        <v>13122</v>
+        <v>13121</v>
       </c>
       <c r="B860" t="s">
         <v>932</v>
       </c>
       <c r="C860"/>
       <c r="D860"/>
       <c r="E860"/>
       <c r="F860"/>
       <c r="G860"/>
       <c r="H860" t="s">
         <v>30</v>
       </c>
       <c r="I860" t="s">
         <v>22</v>
       </c>
-      <c r="J860" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="J860"/>
+      <c r="K860"/>
       <c r="L860"/>
       <c r="M860"/>
       <c r="N860"/>
       <c r="O860"/>
       <c r="P860"/>
       <c r="Q860" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="861" spans="1:17">
       <c r="A861">
-        <v>13124</v>
+        <v>13122</v>
       </c>
       <c r="B861" t="s">
         <v>933</v>
       </c>
       <c r="C861"/>
       <c r="D861"/>
       <c r="E861"/>
       <c r="F861"/>
       <c r="G861"/>
       <c r="H861" t="s">
         <v>30</v>
       </c>
       <c r="I861" t="s">
         <v>22</v>
       </c>
-      <c r="J861"/>
-      <c r="K861"/>
+      <c r="J861" t="s">
+        <v>156</v>
+      </c>
+      <c r="K861" t="s">
+        <v>157</v>
+      </c>
       <c r="L861"/>
       <c r="M861"/>
       <c r="N861"/>
       <c r="O861"/>
       <c r="P861"/>
       <c r="Q861" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="862" spans="1:17">
       <c r="A862">
-        <v>13125</v>
+        <v>13124</v>
       </c>
       <c r="B862" t="s">
         <v>934</v>
       </c>
       <c r="C862"/>
       <c r="D862"/>
       <c r="E862"/>
       <c r="F862"/>
       <c r="G862"/>
       <c r="H862" t="s">
         <v>30</v>
       </c>
       <c r="I862" t="s">
         <v>22</v>
       </c>
       <c r="J862"/>
       <c r="K862"/>
       <c r="L862"/>
       <c r="M862"/>
       <c r="N862"/>
       <c r="O862"/>
       <c r="P862"/>
       <c r="Q862" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="863" spans="1:17">
       <c r="A863">
-        <v>13126</v>
+        <v>13125</v>
       </c>
       <c r="B863" t="s">
         <v>935</v>
       </c>
       <c r="C863"/>
       <c r="D863"/>
       <c r="E863"/>
       <c r="F863"/>
       <c r="G863"/>
       <c r="H863" t="s">
         <v>30</v>
       </c>
       <c r="I863" t="s">
         <v>22</v>
       </c>
-      <c r="J863" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="J863"/>
+      <c r="K863"/>
       <c r="L863"/>
       <c r="M863"/>
       <c r="N863"/>
       <c r="O863"/>
       <c r="P863"/>
       <c r="Q863" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="864" spans="1:17">
       <c r="A864">
-        <v>13127</v>
+        <v>13126</v>
       </c>
       <c r="B864" t="s">
         <v>936</v>
       </c>
       <c r="C864"/>
       <c r="D864"/>
       <c r="E864"/>
       <c r="F864"/>
       <c r="G864"/>
       <c r="H864" t="s">
         <v>30</v>
       </c>
       <c r="I864" t="s">
         <v>22</v>
       </c>
-      <c r="J864"/>
-      <c r="K864"/>
+      <c r="J864" t="s">
+        <v>156</v>
+      </c>
+      <c r="K864" t="s">
+        <v>157</v>
+      </c>
       <c r="L864"/>
       <c r="M864"/>
       <c r="N864"/>
       <c r="O864"/>
       <c r="P864"/>
       <c r="Q864" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="865" spans="1:17">
       <c r="A865">
-        <v>13035</v>
+        <v>13127</v>
       </c>
       <c r="B865" t="s">
         <v>937</v>
       </c>
       <c r="C865"/>
       <c r="D865"/>
       <c r="E865"/>
       <c r="F865"/>
       <c r="G865"/>
       <c r="H865" t="s">
         <v>30</v>
       </c>
       <c r="I865" t="s">
         <v>22</v>
       </c>
       <c r="J865"/>
       <c r="K865"/>
       <c r="L865"/>
       <c r="M865"/>
       <c r="N865"/>
       <c r="O865"/>
       <c r="P865"/>
       <c r="Q865" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="866" spans="1:17">
       <c r="A866">
-        <v>12823</v>
+        <v>13035</v>
       </c>
       <c r="B866" t="s">
         <v>938</v>
       </c>
       <c r="C866"/>
       <c r="D866"/>
       <c r="E866"/>
       <c r="F866"/>
       <c r="G866"/>
       <c r="H866" t="s">
         <v>30</v>
       </c>
       <c r="I866" t="s">
         <v>22</v>
       </c>
       <c r="J866"/>
       <c r="K866"/>
       <c r="L866"/>
       <c r="M866"/>
       <c r="N866"/>
       <c r="O866"/>
       <c r="P866"/>
       <c r="Q866" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="867" spans="1:17">
       <c r="A867">
-        <v>12824</v>
+        <v>12823</v>
       </c>
       <c r="B867" t="s">
         <v>939</v>
       </c>
       <c r="C867"/>
       <c r="D867"/>
       <c r="E867"/>
       <c r="F867"/>
       <c r="G867"/>
       <c r="H867" t="s">
         <v>30</v>
       </c>
       <c r="I867" t="s">
         <v>22</v>
       </c>
       <c r="J867"/>
       <c r="K867"/>
       <c r="L867"/>
       <c r="M867"/>
       <c r="N867"/>
       <c r="O867"/>
       <c r="P867"/>
       <c r="Q867" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="868" spans="1:17">
       <c r="A868">
-        <v>12825</v>
+        <v>12824</v>
       </c>
       <c r="B868" t="s">
         <v>940</v>
       </c>
       <c r="C868"/>
       <c r="D868"/>
       <c r="E868"/>
       <c r="F868"/>
       <c r="G868"/>
       <c r="H868" t="s">
         <v>30</v>
       </c>
       <c r="I868" t="s">
         <v>22</v>
       </c>
       <c r="J868"/>
       <c r="K868"/>
       <c r="L868"/>
       <c r="M868"/>
       <c r="N868"/>
       <c r="O868"/>
       <c r="P868"/>
       <c r="Q868" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="869" spans="1:17">
       <c r="A869">
-        <v>12826</v>
+        <v>12825</v>
       </c>
       <c r="B869" t="s">
         <v>941</v>
       </c>
       <c r="C869"/>
       <c r="D869"/>
       <c r="E869"/>
       <c r="F869"/>
       <c r="G869"/>
       <c r="H869" t="s">
         <v>30</v>
       </c>
       <c r="I869" t="s">
         <v>22</v>
       </c>
       <c r="J869"/>
       <c r="K869"/>
       <c r="L869"/>
       <c r="M869"/>
       <c r="N869"/>
       <c r="O869"/>
       <c r="P869"/>
       <c r="Q869" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="870" spans="1:17">
       <c r="A870">
-        <v>12827</v>
+        <v>12826</v>
       </c>
       <c r="B870" t="s">
         <v>942</v>
       </c>
       <c r="C870"/>
       <c r="D870"/>
       <c r="E870"/>
       <c r="F870"/>
       <c r="G870"/>
       <c r="H870" t="s">
         <v>30</v>
       </c>
       <c r="I870" t="s">
         <v>22</v>
       </c>
       <c r="J870"/>
       <c r="K870"/>
       <c r="L870"/>
       <c r="M870"/>
       <c r="N870"/>
       <c r="O870"/>
       <c r="P870"/>
       <c r="Q870" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="871" spans="1:17">
       <c r="A871">
-        <v>36156</v>
+        <v>12827</v>
       </c>
       <c r="B871" t="s">
         <v>943</v>
       </c>
       <c r="C871"/>
       <c r="D871"/>
       <c r="E871"/>
       <c r="F871"/>
       <c r="G871"/>
       <c r="H871" t="s">
         <v>30</v>
       </c>
       <c r="I871" t="s">
         <v>22</v>
       </c>
       <c r="J871"/>
       <c r="K871"/>
       <c r="L871"/>
       <c r="M871"/>
       <c r="N871"/>
       <c r="O871"/>
       <c r="P871"/>
       <c r="Q871" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="872" spans="1:17">
       <c r="A872">
-        <v>36158</v>
+        <v>36156</v>
       </c>
       <c r="B872" t="s">
         <v>944</v>
       </c>
       <c r="C872"/>
       <c r="D872"/>
       <c r="E872"/>
       <c r="F872"/>
       <c r="G872"/>
       <c r="H872" t="s">
         <v>30</v>
       </c>
       <c r="I872" t="s">
         <v>22</v>
       </c>
       <c r="J872"/>
       <c r="K872"/>
       <c r="L872"/>
       <c r="M872"/>
       <c r="N872"/>
       <c r="O872"/>
       <c r="P872"/>
       <c r="Q872" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="873" spans="1:17">
       <c r="A873">
-        <v>36166</v>
+        <v>36158</v>
       </c>
       <c r="B873" t="s">
         <v>945</v>
       </c>
       <c r="C873"/>
       <c r="D873"/>
       <c r="E873"/>
       <c r="F873"/>
       <c r="G873"/>
       <c r="H873" t="s">
         <v>30</v>
       </c>
       <c r="I873" t="s">
         <v>22</v>
       </c>
       <c r="J873"/>
       <c r="K873"/>
       <c r="L873"/>
       <c r="M873"/>
       <c r="N873"/>
       <c r="O873"/>
       <c r="P873"/>
       <c r="Q873" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="874" spans="1:17">
       <c r="A874">
-        <v>36167</v>
+        <v>36166</v>
       </c>
       <c r="B874" t="s">
         <v>946</v>
       </c>
       <c r="C874"/>
       <c r="D874"/>
       <c r="E874"/>
       <c r="F874"/>
       <c r="G874"/>
       <c r="H874" t="s">
         <v>30</v>
       </c>
       <c r="I874" t="s">
         <v>22</v>
       </c>
       <c r="J874"/>
       <c r="K874"/>
       <c r="L874"/>
       <c r="M874"/>
       <c r="N874"/>
       <c r="O874"/>
       <c r="P874"/>
       <c r="Q874" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="875" spans="1:17">
       <c r="A875">
-        <v>36170</v>
+        <v>36167</v>
       </c>
       <c r="B875" t="s">
         <v>947</v>
       </c>
       <c r="C875"/>
       <c r="D875"/>
       <c r="E875"/>
       <c r="F875"/>
       <c r="G875"/>
       <c r="H875" t="s">
         <v>30</v>
       </c>
       <c r="I875" t="s">
         <v>22</v>
       </c>
       <c r="J875"/>
       <c r="K875"/>
       <c r="L875"/>
       <c r="M875"/>
       <c r="N875"/>
       <c r="O875"/>
       <c r="P875"/>
       <c r="Q875" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="876" spans="1:17">
       <c r="A876">
-        <v>36172</v>
+        <v>36170</v>
       </c>
       <c r="B876" t="s">
         <v>948</v>
       </c>
       <c r="C876"/>
       <c r="D876"/>
       <c r="E876"/>
       <c r="F876"/>
       <c r="G876"/>
       <c r="H876" t="s">
         <v>30</v>
       </c>
       <c r="I876" t="s">
         <v>22</v>
       </c>
       <c r="J876"/>
       <c r="K876"/>
       <c r="L876"/>
       <c r="M876"/>
       <c r="N876"/>
       <c r="O876"/>
-      <c r="P876" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="P876"/>
       <c r="Q876" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="877" spans="1:17">
       <c r="A877">
-        <v>12703</v>
+        <v>36172</v>
       </c>
       <c r="B877" t="s">
-        <v>950</v>
+        <v>949</v>
       </c>
       <c r="C877"/>
       <c r="D877"/>
       <c r="E877"/>
       <c r="F877"/>
       <c r="G877"/>
       <c r="H877" t="s">
         <v>30</v>
       </c>
       <c r="I877" t="s">
         <v>22</v>
       </c>
       <c r="J877"/>
       <c r="K877"/>
       <c r="L877"/>
       <c r="M877"/>
       <c r="N877"/>
       <c r="O877"/>
-      <c r="P877"/>
+      <c r="P877" t="s">
+        <v>950</v>
+      </c>
       <c r="Q877" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="878" spans="1:17">
       <c r="A878">
-        <v>12704</v>
+        <v>12703</v>
       </c>
       <c r="B878" t="s">
         <v>951</v>
       </c>
       <c r="C878"/>
       <c r="D878"/>
       <c r="E878"/>
       <c r="F878"/>
       <c r="G878"/>
       <c r="H878" t="s">
         <v>30</v>
       </c>
       <c r="I878" t="s">
         <v>22</v>
       </c>
       <c r="J878"/>
       <c r="K878"/>
       <c r="L878"/>
       <c r="M878"/>
       <c r="N878"/>
       <c r="O878"/>
       <c r="P878"/>
       <c r="Q878" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="879" spans="1:17">
       <c r="A879">
-        <v>13065</v>
+        <v>12704</v>
       </c>
       <c r="B879" t="s">
         <v>952</v>
       </c>
       <c r="C879"/>
       <c r="D879"/>
       <c r="E879"/>
       <c r="F879"/>
       <c r="G879"/>
       <c r="H879" t="s">
         <v>30</v>
       </c>
       <c r="I879" t="s">
         <v>22</v>
       </c>
       <c r="J879"/>
       <c r="K879"/>
       <c r="L879"/>
       <c r="M879"/>
       <c r="N879"/>
       <c r="O879"/>
       <c r="P879"/>
       <c r="Q879" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="880" spans="1:17">
       <c r="A880">
-        <v>13066</v>
+        <v>13065</v>
       </c>
       <c r="B880" t="s">
         <v>953</v>
       </c>
       <c r="C880"/>
       <c r="D880"/>
       <c r="E880"/>
       <c r="F880"/>
       <c r="G880"/>
       <c r="H880" t="s">
         <v>30</v>
       </c>
       <c r="I880" t="s">
         <v>22</v>
       </c>
       <c r="J880"/>
       <c r="K880"/>
       <c r="L880"/>
       <c r="M880"/>
       <c r="N880"/>
       <c r="O880"/>
       <c r="P880"/>
       <c r="Q880" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="881" spans="1:17">
       <c r="A881">
-        <v>13067</v>
+        <v>13066</v>
       </c>
       <c r="B881" t="s">
         <v>954</v>
       </c>
       <c r="C881"/>
       <c r="D881"/>
       <c r="E881"/>
       <c r="F881"/>
       <c r="G881"/>
       <c r="H881" t="s">
         <v>30</v>
       </c>
       <c r="I881" t="s">
         <v>22</v>
       </c>
       <c r="J881"/>
       <c r="K881"/>
       <c r="L881"/>
       <c r="M881"/>
       <c r="N881"/>
       <c r="O881"/>
       <c r="P881"/>
       <c r="Q881" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="882" spans="1:17">
       <c r="A882">
-        <v>12758</v>
+        <v>13067</v>
       </c>
       <c r="B882" t="s">
         <v>955</v>
       </c>
       <c r="C882"/>
       <c r="D882"/>
       <c r="E882"/>
       <c r="F882"/>
       <c r="G882"/>
       <c r="H882" t="s">
         <v>30</v>
       </c>
       <c r="I882" t="s">
         <v>22</v>
       </c>
       <c r="J882"/>
       <c r="K882"/>
       <c r="L882"/>
       <c r="M882"/>
       <c r="N882"/>
       <c r="O882"/>
       <c r="P882"/>
       <c r="Q882" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="883" spans="1:17">
       <c r="A883">
-        <v>36187</v>
+        <v>12758</v>
       </c>
       <c r="B883" t="s">
         <v>956</v>
       </c>
       <c r="C883"/>
       <c r="D883"/>
       <c r="E883"/>
       <c r="F883"/>
       <c r="G883"/>
       <c r="H883" t="s">
         <v>30</v>
       </c>
       <c r="I883" t="s">
         <v>22</v>
       </c>
       <c r="J883"/>
       <c r="K883"/>
       <c r="L883"/>
       <c r="M883"/>
       <c r="N883"/>
       <c r="O883"/>
       <c r="P883"/>
       <c r="Q883" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="884" spans="1:17">
       <c r="A884">
-        <v>36194</v>
+        <v>36187</v>
       </c>
       <c r="B884" t="s">
         <v>957</v>
       </c>
       <c r="C884"/>
       <c r="D884"/>
       <c r="E884"/>
       <c r="F884"/>
       <c r="G884"/>
       <c r="H884" t="s">
         <v>30</v>
       </c>
       <c r="I884" t="s">
         <v>22</v>
       </c>
       <c r="J884"/>
       <c r="K884"/>
       <c r="L884"/>
       <c r="M884"/>
       <c r="N884"/>
       <c r="O884"/>
       <c r="P884"/>
       <c r="Q884" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="885" spans="1:17">
       <c r="A885">
-        <v>36195</v>
+        <v>36194</v>
       </c>
       <c r="B885" t="s">
         <v>958</v>
       </c>
       <c r="C885"/>
       <c r="D885"/>
       <c r="E885"/>
       <c r="F885"/>
       <c r="G885"/>
       <c r="H885" t="s">
         <v>30</v>
       </c>
       <c r="I885" t="s">
         <v>22</v>
       </c>
       <c r="J885"/>
       <c r="K885"/>
       <c r="L885"/>
       <c r="M885"/>
       <c r="N885"/>
       <c r="O885"/>
       <c r="P885"/>
       <c r="Q885" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="886" spans="1:17">
       <c r="A886">
-        <v>36196</v>
+        <v>36195</v>
       </c>
       <c r="B886" t="s">
         <v>959</v>
       </c>
       <c r="C886"/>
       <c r="D886"/>
       <c r="E886"/>
       <c r="F886"/>
       <c r="G886"/>
       <c r="H886" t="s">
         <v>30</v>
       </c>
       <c r="I886" t="s">
         <v>22</v>
       </c>
       <c r="J886"/>
       <c r="K886"/>
       <c r="L886"/>
       <c r="M886"/>
       <c r="N886"/>
       <c r="O886"/>
       <c r="P886"/>
       <c r="Q886" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="887" spans="1:17">
       <c r="A887">
-        <v>12915</v>
+        <v>36196</v>
       </c>
       <c r="B887" t="s">
         <v>960</v>
       </c>
       <c r="C887"/>
       <c r="D887"/>
       <c r="E887"/>
       <c r="F887"/>
       <c r="G887"/>
       <c r="H887" t="s">
         <v>30</v>
       </c>
       <c r="I887" t="s">
         <v>22</v>
       </c>
       <c r="J887"/>
       <c r="K887"/>
       <c r="L887"/>
       <c r="M887"/>
       <c r="N887"/>
       <c r="O887"/>
       <c r="P887"/>
       <c r="Q887" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="888" spans="1:17">
       <c r="A888">
-        <v>12916</v>
+        <v>12915</v>
       </c>
       <c r="B888" t="s">
         <v>961</v>
       </c>
       <c r="C888"/>
       <c r="D888"/>
       <c r="E888"/>
       <c r="F888"/>
       <c r="G888"/>
       <c r="H888" t="s">
         <v>30</v>
       </c>
       <c r="I888" t="s">
         <v>22</v>
       </c>
       <c r="J888"/>
       <c r="K888"/>
       <c r="L888"/>
       <c r="M888"/>
       <c r="N888"/>
       <c r="O888"/>
       <c r="P888"/>
       <c r="Q888" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="889" spans="1:17">
       <c r="A889">
-        <v>36199</v>
+        <v>12916</v>
       </c>
       <c r="B889" t="s">
         <v>962</v>
       </c>
       <c r="C889"/>
       <c r="D889"/>
       <c r="E889"/>
       <c r="F889"/>
       <c r="G889"/>
       <c r="H889" t="s">
         <v>30</v>
       </c>
       <c r="I889" t="s">
         <v>22</v>
       </c>
       <c r="J889"/>
       <c r="K889"/>
       <c r="L889"/>
       <c r="M889"/>
       <c r="N889"/>
       <c r="O889"/>
       <c r="P889"/>
       <c r="Q889" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="890" spans="1:17">
       <c r="A890">
-        <v>12928</v>
+        <v>36199</v>
       </c>
       <c r="B890" t="s">
         <v>963</v>
       </c>
       <c r="C890"/>
       <c r="D890"/>
       <c r="E890"/>
       <c r="F890"/>
       <c r="G890"/>
       <c r="H890" t="s">
         <v>30</v>
       </c>
       <c r="I890" t="s">
         <v>22</v>
       </c>
       <c r="J890"/>
       <c r="K890"/>
       <c r="L890"/>
       <c r="M890"/>
       <c r="N890"/>
       <c r="O890"/>
       <c r="P890"/>
       <c r="Q890" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="891" spans="1:17">
       <c r="A891">
-        <v>12929</v>
+        <v>12928</v>
       </c>
       <c r="B891" t="s">
         <v>964</v>
       </c>
       <c r="C891"/>
       <c r="D891"/>
       <c r="E891"/>
       <c r="F891"/>
       <c r="G891"/>
       <c r="H891" t="s">
         <v>30</v>
       </c>
       <c r="I891" t="s">
         <v>22</v>
       </c>
       <c r="J891"/>
       <c r="K891"/>
       <c r="L891"/>
       <c r="M891"/>
       <c r="N891"/>
       <c r="O891"/>
       <c r="P891"/>
       <c r="Q891" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="892" spans="1:17">
       <c r="A892">
-        <v>12930</v>
+        <v>12929</v>
       </c>
       <c r="B892" t="s">
         <v>965</v>
       </c>
       <c r="C892"/>
       <c r="D892"/>
       <c r="E892"/>
       <c r="F892"/>
       <c r="G892"/>
       <c r="H892" t="s">
         <v>30</v>
       </c>
       <c r="I892" t="s">
         <v>22</v>
       </c>
       <c r="J892"/>
       <c r="K892"/>
       <c r="L892"/>
       <c r="M892"/>
       <c r="N892"/>
       <c r="O892"/>
       <c r="P892"/>
       <c r="Q892" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="893" spans="1:17">
       <c r="A893">
-        <v>12931</v>
+        <v>12930</v>
       </c>
       <c r="B893" t="s">
         <v>966</v>
       </c>
       <c r="C893"/>
       <c r="D893"/>
       <c r="E893"/>
       <c r="F893"/>
       <c r="G893"/>
       <c r="H893" t="s">
         <v>30</v>
       </c>
       <c r="I893" t="s">
         <v>22</v>
       </c>
       <c r="J893"/>
       <c r="K893"/>
       <c r="L893"/>
       <c r="M893"/>
       <c r="N893"/>
       <c r="O893"/>
       <c r="P893"/>
       <c r="Q893" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="894" spans="1:17">
       <c r="A894">
-        <v>12932</v>
+        <v>12931</v>
       </c>
       <c r="B894" t="s">
         <v>967</v>
       </c>
       <c r="C894"/>
       <c r="D894"/>
       <c r="E894"/>
       <c r="F894"/>
       <c r="G894"/>
       <c r="H894" t="s">
         <v>30</v>
       </c>
       <c r="I894" t="s">
         <v>22</v>
       </c>
       <c r="J894"/>
       <c r="K894"/>
       <c r="L894"/>
       <c r="M894"/>
       <c r="N894"/>
       <c r="O894"/>
       <c r="P894"/>
       <c r="Q894" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="895" spans="1:17">
       <c r="A895">
-        <v>12933</v>
+        <v>12932</v>
       </c>
       <c r="B895" t="s">
         <v>968</v>
       </c>
       <c r="C895"/>
       <c r="D895"/>
       <c r="E895"/>
       <c r="F895"/>
       <c r="G895"/>
       <c r="H895" t="s">
         <v>30</v>
       </c>
       <c r="I895" t="s">
         <v>22</v>
       </c>
       <c r="J895"/>
       <c r="K895"/>
       <c r="L895"/>
       <c r="M895"/>
       <c r="N895"/>
       <c r="O895"/>
       <c r="P895"/>
       <c r="Q895" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="896" spans="1:17">
       <c r="A896">
-        <v>12934</v>
+        <v>12933</v>
       </c>
       <c r="B896" t="s">
         <v>969</v>
       </c>
       <c r="C896"/>
       <c r="D896"/>
       <c r="E896"/>
       <c r="F896"/>
       <c r="G896"/>
       <c r="H896" t="s">
         <v>30</v>
       </c>
       <c r="I896" t="s">
         <v>22</v>
       </c>
       <c r="J896"/>
       <c r="K896"/>
       <c r="L896"/>
       <c r="M896"/>
       <c r="N896"/>
       <c r="O896"/>
       <c r="P896"/>
       <c r="Q896" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="897" spans="1:17">
       <c r="A897">
-        <v>12935</v>
+        <v>12934</v>
       </c>
       <c r="B897" t="s">
         <v>970</v>
       </c>
       <c r="C897"/>
       <c r="D897"/>
       <c r="E897"/>
       <c r="F897"/>
       <c r="G897"/>
       <c r="H897" t="s">
         <v>30</v>
       </c>
       <c r="I897" t="s">
         <v>22</v>
       </c>
       <c r="J897"/>
       <c r="K897"/>
       <c r="L897"/>
       <c r="M897"/>
       <c r="N897"/>
       <c r="O897"/>
       <c r="P897"/>
       <c r="Q897" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="898" spans="1:17">
       <c r="A898">
-        <v>12936</v>
+        <v>12935</v>
       </c>
       <c r="B898" t="s">
         <v>971</v>
       </c>
       <c r="C898"/>
       <c r="D898"/>
       <c r="E898"/>
       <c r="F898"/>
       <c r="G898"/>
       <c r="H898" t="s">
         <v>30</v>
       </c>
       <c r="I898" t="s">
         <v>22</v>
       </c>
       <c r="J898"/>
       <c r="K898"/>
       <c r="L898"/>
       <c r="M898"/>
       <c r="N898"/>
       <c r="O898"/>
       <c r="P898"/>
       <c r="Q898" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="899" spans="1:17">
       <c r="A899">
-        <v>36215</v>
+        <v>12936</v>
       </c>
       <c r="B899" t="s">
         <v>972</v>
       </c>
       <c r="C899"/>
       <c r="D899"/>
       <c r="E899"/>
       <c r="F899"/>
       <c r="G899"/>
       <c r="H899" t="s">
         <v>30</v>
       </c>
       <c r="I899" t="s">
         <v>22</v>
       </c>
       <c r="J899"/>
       <c r="K899"/>
       <c r="L899"/>
       <c r="M899"/>
       <c r="N899"/>
       <c r="O899"/>
       <c r="P899"/>
       <c r="Q899" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="900" spans="1:17">
       <c r="A900">
-        <v>12812</v>
+        <v>36215</v>
       </c>
       <c r="B900" t="s">
         <v>973</v>
       </c>
       <c r="C900"/>
       <c r="D900"/>
       <c r="E900"/>
       <c r="F900"/>
       <c r="G900"/>
       <c r="H900" t="s">
         <v>30</v>
       </c>
       <c r="I900" t="s">
         <v>22</v>
       </c>
       <c r="J900"/>
       <c r="K900"/>
       <c r="L900"/>
       <c r="M900"/>
       <c r="N900"/>
       <c r="O900"/>
       <c r="P900"/>
       <c r="Q900" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="901" spans="1:17">
       <c r="A901">
-        <v>12813</v>
+        <v>12812</v>
       </c>
       <c r="B901" t="s">
         <v>974</v>
       </c>
       <c r="C901"/>
       <c r="D901"/>
       <c r="E901"/>
       <c r="F901"/>
       <c r="G901"/>
       <c r="H901" t="s">
         <v>30</v>
       </c>
       <c r="I901" t="s">
         <v>22</v>
       </c>
       <c r="J901"/>
       <c r="K901"/>
       <c r="L901"/>
       <c r="M901"/>
       <c r="N901"/>
       <c r="O901"/>
       <c r="P901"/>
       <c r="Q901" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="902" spans="1:17">
       <c r="A902">
-        <v>12814</v>
+        <v>12813</v>
       </c>
       <c r="B902" t="s">
         <v>975</v>
       </c>
       <c r="C902"/>
       <c r="D902"/>
       <c r="E902"/>
       <c r="F902"/>
       <c r="G902"/>
       <c r="H902" t="s">
         <v>30</v>
       </c>
       <c r="I902" t="s">
         <v>22</v>
       </c>
       <c r="J902"/>
       <c r="K902"/>
       <c r="L902"/>
       <c r="M902"/>
       <c r="N902"/>
       <c r="O902"/>
       <c r="P902"/>
       <c r="Q902" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="903" spans="1:17">
       <c r="A903">
-        <v>36217</v>
+        <v>12814</v>
       </c>
       <c r="B903" t="s">
         <v>976</v>
       </c>
       <c r="C903"/>
       <c r="D903"/>
       <c r="E903"/>
       <c r="F903"/>
       <c r="G903"/>
       <c r="H903" t="s">
         <v>30</v>
       </c>
       <c r="I903" t="s">
         <v>22</v>
       </c>
       <c r="J903"/>
       <c r="K903"/>
       <c r="L903"/>
       <c r="M903"/>
       <c r="N903"/>
       <c r="O903"/>
       <c r="P903"/>
       <c r="Q903" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="904" spans="1:17">
       <c r="A904">
-        <v>36218</v>
+        <v>36217</v>
       </c>
       <c r="B904" t="s">
         <v>977</v>
       </c>
       <c r="C904"/>
       <c r="D904"/>
       <c r="E904"/>
       <c r="F904"/>
       <c r="G904"/>
       <c r="H904" t="s">
         <v>30</v>
       </c>
       <c r="I904" t="s">
         <v>22</v>
       </c>
       <c r="J904"/>
       <c r="K904"/>
       <c r="L904"/>
       <c r="M904"/>
       <c r="N904"/>
       <c r="O904"/>
       <c r="P904"/>
       <c r="Q904" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="905" spans="1:17">
       <c r="A905">
-        <v>12815</v>
+        <v>36218</v>
       </c>
       <c r="B905" t="s">
         <v>978</v>
       </c>
       <c r="C905"/>
       <c r="D905"/>
       <c r="E905"/>
       <c r="F905"/>
       <c r="G905"/>
       <c r="H905" t="s">
         <v>30</v>
       </c>
       <c r="I905" t="s">
         <v>22</v>
       </c>
       <c r="J905"/>
       <c r="K905"/>
       <c r="L905"/>
       <c r="M905"/>
       <c r="N905"/>
       <c r="O905"/>
       <c r="P905"/>
       <c r="Q905" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="906" spans="1:17">
       <c r="A906">
-        <v>12816</v>
+        <v>12815</v>
       </c>
       <c r="B906" t="s">
         <v>979</v>
       </c>
       <c r="C906"/>
       <c r="D906"/>
       <c r="E906"/>
       <c r="F906"/>
       <c r="G906"/>
       <c r="H906" t="s">
         <v>30</v>
       </c>
       <c r="I906" t="s">
         <v>22</v>
       </c>
       <c r="J906"/>
       <c r="K906"/>
       <c r="L906"/>
       <c r="M906"/>
       <c r="N906"/>
       <c r="O906"/>
       <c r="P906"/>
       <c r="Q906" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="907" spans="1:17">
       <c r="A907">
-        <v>12817</v>
+        <v>12816</v>
       </c>
       <c r="B907" t="s">
         <v>980</v>
       </c>
       <c r="C907"/>
       <c r="D907"/>
       <c r="E907"/>
       <c r="F907"/>
       <c r="G907"/>
       <c r="H907" t="s">
         <v>30</v>
       </c>
       <c r="I907" t="s">
         <v>22</v>
       </c>
       <c r="J907"/>
       <c r="K907"/>
       <c r="L907"/>
       <c r="M907"/>
       <c r="N907"/>
       <c r="O907"/>
       <c r="P907"/>
       <c r="Q907" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="908" spans="1:17">
       <c r="A908">
-        <v>12818</v>
+        <v>12817</v>
       </c>
       <c r="B908" t="s">
         <v>981</v>
       </c>
       <c r="C908"/>
       <c r="D908"/>
       <c r="E908"/>
       <c r="F908"/>
       <c r="G908"/>
       <c r="H908" t="s">
         <v>30</v>
       </c>
       <c r="I908" t="s">
         <v>22</v>
       </c>
       <c r="J908"/>
       <c r="K908"/>
       <c r="L908"/>
       <c r="M908"/>
       <c r="N908"/>
       <c r="O908"/>
       <c r="P908"/>
       <c r="Q908" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="909" spans="1:17">
       <c r="A909">
-        <v>12819</v>
+        <v>12818</v>
       </c>
       <c r="B909" t="s">
         <v>982</v>
       </c>
       <c r="C909"/>
       <c r="D909"/>
       <c r="E909"/>
       <c r="F909"/>
       <c r="G909"/>
       <c r="H909" t="s">
         <v>30</v>
       </c>
       <c r="I909" t="s">
         <v>22</v>
       </c>
       <c r="J909"/>
       <c r="K909"/>
       <c r="L909"/>
       <c r="M909"/>
       <c r="N909"/>
       <c r="O909"/>
       <c r="P909"/>
       <c r="Q909" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="910" spans="1:17">
       <c r="A910">
-        <v>12820</v>
+        <v>12819</v>
       </c>
       <c r="B910" t="s">
         <v>983</v>
       </c>
       <c r="C910"/>
       <c r="D910"/>
       <c r="E910"/>
       <c r="F910"/>
       <c r="G910"/>
       <c r="H910" t="s">
         <v>30</v>
       </c>
       <c r="I910" t="s">
         <v>22</v>
       </c>
       <c r="J910"/>
       <c r="K910"/>
       <c r="L910"/>
       <c r="M910"/>
       <c r="N910"/>
       <c r="O910"/>
       <c r="P910"/>
       <c r="Q910" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="911" spans="1:17">
       <c r="A911">
-        <v>12821</v>
+        <v>12820</v>
       </c>
       <c r="B911" t="s">
         <v>984</v>
       </c>
       <c r="C911"/>
       <c r="D911"/>
       <c r="E911"/>
       <c r="F911"/>
       <c r="G911"/>
       <c r="H911" t="s">
         <v>30</v>
       </c>
       <c r="I911" t="s">
         <v>22</v>
       </c>
       <c r="J911"/>
       <c r="K911"/>
       <c r="L911"/>
       <c r="M911"/>
       <c r="N911"/>
       <c r="O911"/>
       <c r="P911"/>
       <c r="Q911" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="912" spans="1:17">
       <c r="A912">
-        <v>12822</v>
+        <v>12821</v>
       </c>
       <c r="B912" t="s">
         <v>985</v>
       </c>
       <c r="C912"/>
       <c r="D912"/>
       <c r="E912"/>
       <c r="F912"/>
       <c r="G912"/>
       <c r="H912" t="s">
         <v>30</v>
       </c>
       <c r="I912" t="s">
         <v>22</v>
       </c>
       <c r="J912"/>
       <c r="K912"/>
       <c r="L912"/>
       <c r="M912"/>
       <c r="N912"/>
       <c r="O912"/>
       <c r="P912"/>
       <c r="Q912" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="913" spans="1:17">
       <c r="A913">
-        <v>13055</v>
+        <v>12822</v>
       </c>
       <c r="B913" t="s">
         <v>986</v>
       </c>
       <c r="C913"/>
       <c r="D913"/>
       <c r="E913"/>
       <c r="F913"/>
       <c r="G913"/>
       <c r="H913" t="s">
         <v>30</v>
       </c>
       <c r="I913" t="s">
         <v>22</v>
       </c>
       <c r="J913"/>
       <c r="K913"/>
       <c r="L913"/>
       <c r="M913"/>
       <c r="N913"/>
       <c r="O913"/>
       <c r="P913"/>
       <c r="Q913" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="914" spans="1:17">
       <c r="A914">
-        <v>13142</v>
+        <v>13055</v>
       </c>
       <c r="B914" t="s">
         <v>987</v>
       </c>
       <c r="C914"/>
       <c r="D914"/>
       <c r="E914"/>
       <c r="F914"/>
       <c r="G914"/>
       <c r="H914" t="s">
         <v>30</v>
       </c>
       <c r="I914" t="s">
         <v>22</v>
       </c>
       <c r="J914"/>
       <c r="K914"/>
       <c r="L914"/>
       <c r="M914"/>
       <c r="N914"/>
       <c r="O914"/>
       <c r="P914"/>
       <c r="Q914" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="915" spans="1:17">
       <c r="A915">
-        <v>13143</v>
+        <v>13142</v>
       </c>
       <c r="B915" t="s">
         <v>988</v>
       </c>
       <c r="C915"/>
       <c r="D915"/>
       <c r="E915"/>
       <c r="F915"/>
       <c r="G915"/>
       <c r="H915" t="s">
         <v>30</v>
       </c>
       <c r="I915" t="s">
         <v>22</v>
       </c>
       <c r="J915"/>
       <c r="K915"/>
       <c r="L915"/>
       <c r="M915"/>
       <c r="N915"/>
       <c r="O915"/>
       <c r="P915"/>
       <c r="Q915" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="916" spans="1:17">
       <c r="A916">
-        <v>13144</v>
+        <v>13143</v>
       </c>
       <c r="B916" t="s">
         <v>989</v>
       </c>
       <c r="C916"/>
       <c r="D916"/>
       <c r="E916"/>
       <c r="F916"/>
       <c r="G916"/>
       <c r="H916" t="s">
         <v>30</v>
       </c>
       <c r="I916" t="s">
         <v>22</v>
       </c>
       <c r="J916"/>
       <c r="K916"/>
       <c r="L916"/>
       <c r="M916"/>
       <c r="N916"/>
       <c r="O916"/>
       <c r="P916"/>
       <c r="Q916" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="917" spans="1:17">
       <c r="A917">
-        <v>12802</v>
+        <v>13144</v>
       </c>
       <c r="B917" t="s">
         <v>990</v>
       </c>
       <c r="C917"/>
       <c r="D917"/>
       <c r="E917"/>
       <c r="F917"/>
       <c r="G917"/>
       <c r="H917" t="s">
         <v>30</v>
       </c>
       <c r="I917" t="s">
         <v>22</v>
       </c>
       <c r="J917"/>
       <c r="K917"/>
       <c r="L917"/>
       <c r="M917"/>
       <c r="N917"/>
       <c r="O917"/>
       <c r="P917"/>
       <c r="Q917" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="918" spans="1:17">
       <c r="A918">
-        <v>12803</v>
+        <v>12802</v>
       </c>
       <c r="B918" t="s">
         <v>991</v>
       </c>
       <c r="C918"/>
       <c r="D918"/>
       <c r="E918"/>
       <c r="F918"/>
       <c r="G918"/>
       <c r="H918" t="s">
         <v>30</v>
       </c>
       <c r="I918" t="s">
         <v>22</v>
       </c>
       <c r="J918"/>
       <c r="K918"/>
       <c r="L918"/>
       <c r="M918"/>
       <c r="N918"/>
       <c r="O918"/>
       <c r="P918"/>
       <c r="Q918" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="919" spans="1:17">
       <c r="A919">
-        <v>12804</v>
+        <v>12803</v>
       </c>
       <c r="B919" t="s">
         <v>992</v>
       </c>
       <c r="C919"/>
       <c r="D919"/>
       <c r="E919"/>
       <c r="F919"/>
       <c r="G919"/>
       <c r="H919" t="s">
         <v>30</v>
       </c>
       <c r="I919" t="s">
         <v>22</v>
       </c>
       <c r="J919"/>
       <c r="K919"/>
       <c r="L919"/>
       <c r="M919"/>
       <c r="N919"/>
       <c r="O919"/>
       <c r="P919"/>
       <c r="Q919" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="920" spans="1:17">
       <c r="A920">
-        <v>13036</v>
+        <v>12804</v>
       </c>
       <c r="B920" t="s">
         <v>993</v>
       </c>
       <c r="C920"/>
       <c r="D920"/>
       <c r="E920"/>
       <c r="F920"/>
       <c r="G920"/>
       <c r="H920" t="s">
         <v>30</v>
       </c>
       <c r="I920" t="s">
         <v>22</v>
       </c>
       <c r="J920"/>
       <c r="K920"/>
       <c r="L920"/>
       <c r="M920"/>
       <c r="N920"/>
       <c r="O920"/>
       <c r="P920"/>
       <c r="Q920" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="921" spans="1:17">
       <c r="A921">
-        <v>13037</v>
+        <v>13036</v>
       </c>
       <c r="B921" t="s">
         <v>994</v>
       </c>
       <c r="C921"/>
       <c r="D921"/>
       <c r="E921"/>
       <c r="F921"/>
       <c r="G921"/>
       <c r="H921" t="s">
         <v>30</v>
       </c>
       <c r="I921" t="s">
         <v>22</v>
       </c>
       <c r="J921"/>
       <c r="K921"/>
       <c r="L921"/>
       <c r="M921"/>
       <c r="N921"/>
       <c r="O921"/>
       <c r="P921"/>
       <c r="Q921" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="922" spans="1:17">
       <c r="A922">
-        <v>13038</v>
+        <v>13037</v>
       </c>
       <c r="B922" t="s">
         <v>995</v>
       </c>
       <c r="C922"/>
       <c r="D922"/>
       <c r="E922"/>
       <c r="F922"/>
       <c r="G922"/>
       <c r="H922" t="s">
         <v>30</v>
       </c>
       <c r="I922" t="s">
         <v>22</v>
       </c>
       <c r="J922"/>
       <c r="K922"/>
       <c r="L922"/>
       <c r="M922"/>
       <c r="N922"/>
       <c r="O922"/>
       <c r="P922"/>
       <c r="Q922" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="923" spans="1:17">
       <c r="A923">
-        <v>13068</v>
+        <v>13038</v>
       </c>
       <c r="B923" t="s">
         <v>996</v>
       </c>
       <c r="C923"/>
       <c r="D923"/>
       <c r="E923"/>
       <c r="F923"/>
       <c r="G923"/>
       <c r="H923" t="s">
         <v>30</v>
       </c>
       <c r="I923" t="s">
         <v>22</v>
       </c>
       <c r="J923"/>
       <c r="K923"/>
       <c r="L923"/>
       <c r="M923"/>
       <c r="N923"/>
       <c r="O923"/>
       <c r="P923"/>
       <c r="Q923" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="924" spans="1:17">
       <c r="A924">
-        <v>13039</v>
+        <v>13068</v>
       </c>
       <c r="B924" t="s">
         <v>997</v>
       </c>
       <c r="C924"/>
       <c r="D924"/>
       <c r="E924"/>
       <c r="F924"/>
       <c r="G924"/>
       <c r="H924" t="s">
         <v>30</v>
       </c>
       <c r="I924" t="s">
         <v>22</v>
       </c>
       <c r="J924"/>
       <c r="K924"/>
       <c r="L924"/>
       <c r="M924"/>
       <c r="N924"/>
       <c r="O924"/>
       <c r="P924"/>
       <c r="Q924" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="925" spans="1:17">
       <c r="A925">
-        <v>13040</v>
+        <v>13039</v>
       </c>
       <c r="B925" t="s">
         <v>998</v>
       </c>
       <c r="C925"/>
       <c r="D925"/>
       <c r="E925"/>
       <c r="F925"/>
       <c r="G925"/>
       <c r="H925" t="s">
         <v>30</v>
       </c>
       <c r="I925" t="s">
         <v>22</v>
       </c>
       <c r="J925"/>
       <c r="K925"/>
       <c r="L925"/>
       <c r="M925"/>
       <c r="N925"/>
       <c r="O925"/>
       <c r="P925"/>
       <c r="Q925" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="926" spans="1:17">
       <c r="A926">
-        <v>13041</v>
+        <v>13040</v>
       </c>
       <c r="B926" t="s">
         <v>999</v>
       </c>
       <c r="C926"/>
       <c r="D926"/>
       <c r="E926"/>
       <c r="F926"/>
       <c r="G926"/>
       <c r="H926" t="s">
         <v>30</v>
       </c>
       <c r="I926" t="s">
         <v>22</v>
       </c>
       <c r="J926"/>
       <c r="K926"/>
       <c r="L926"/>
       <c r="M926"/>
       <c r="N926"/>
       <c r="O926"/>
       <c r="P926"/>
       <c r="Q926" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="927" spans="1:17">
       <c r="A927">
-        <v>13042</v>
+        <v>13041</v>
       </c>
       <c r="B927" t="s">
         <v>1000</v>
       </c>
       <c r="C927"/>
       <c r="D927"/>
       <c r="E927"/>
       <c r="F927"/>
       <c r="G927"/>
       <c r="H927" t="s">
         <v>30</v>
       </c>
       <c r="I927" t="s">
         <v>22</v>
       </c>
       <c r="J927"/>
       <c r="K927"/>
       <c r="L927"/>
       <c r="M927"/>
       <c r="N927"/>
       <c r="O927"/>
       <c r="P927"/>
       <c r="Q927" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="928" spans="1:17">
       <c r="A928">
-        <v>13044</v>
+        <v>13042</v>
       </c>
       <c r="B928" t="s">
         <v>1001</v>
       </c>
       <c r="C928"/>
       <c r="D928"/>
       <c r="E928"/>
       <c r="F928"/>
       <c r="G928"/>
       <c r="H928" t="s">
         <v>30</v>
       </c>
       <c r="I928" t="s">
         <v>22</v>
       </c>
       <c r="J928"/>
       <c r="K928"/>
       <c r="L928"/>
       <c r="M928"/>
       <c r="N928"/>
       <c r="O928"/>
       <c r="P928"/>
       <c r="Q928" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="929" spans="1:17">
       <c r="A929">
-        <v>13043</v>
+        <v>13044</v>
       </c>
       <c r="B929" t="s">
         <v>1002</v>
       </c>
       <c r="C929"/>
       <c r="D929"/>
       <c r="E929"/>
       <c r="F929"/>
       <c r="G929"/>
       <c r="H929" t="s">
         <v>30</v>
       </c>
       <c r="I929" t="s">
         <v>22</v>
       </c>
       <c r="J929"/>
       <c r="K929"/>
       <c r="L929"/>
       <c r="M929"/>
       <c r="N929"/>
       <c r="O929"/>
       <c r="P929"/>
       <c r="Q929" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="930" spans="1:17">
       <c r="A930">
-        <v>13045</v>
+        <v>13043</v>
       </c>
       <c r="B930" t="s">
         <v>1003</v>
       </c>
       <c r="C930"/>
       <c r="D930"/>
       <c r="E930"/>
       <c r="F930"/>
       <c r="G930"/>
       <c r="H930" t="s">
         <v>30</v>
       </c>
       <c r="I930" t="s">
         <v>22</v>
       </c>
       <c r="J930"/>
       <c r="K930"/>
       <c r="L930"/>
       <c r="M930"/>
       <c r="N930"/>
       <c r="O930"/>
       <c r="P930"/>
       <c r="Q930" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="931" spans="1:17">
       <c r="A931">
-        <v>36266</v>
+        <v>13045</v>
       </c>
       <c r="B931" t="s">
         <v>1004</v>
       </c>
       <c r="C931"/>
       <c r="D931"/>
       <c r="E931"/>
       <c r="F931"/>
       <c r="G931"/>
       <c r="H931" t="s">
         <v>30</v>
       </c>
       <c r="I931" t="s">
         <v>22</v>
       </c>
       <c r="J931"/>
       <c r="K931"/>
       <c r="L931"/>
       <c r="M931"/>
       <c r="N931"/>
       <c r="O931"/>
       <c r="P931"/>
       <c r="Q931" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="932" spans="1:17">
       <c r="A932">
-        <v>80235</v>
+        <v>36266</v>
       </c>
       <c r="B932" t="s">
         <v>1005</v>
       </c>
       <c r="C932"/>
       <c r="D932"/>
       <c r="E932"/>
       <c r="F932"/>
       <c r="G932"/>
       <c r="H932" t="s">
         <v>30</v>
       </c>
       <c r="I932" t="s">
         <v>22</v>
       </c>
       <c r="J932"/>
       <c r="K932"/>
       <c r="L932"/>
       <c r="M932"/>
       <c r="N932"/>
       <c r="O932"/>
       <c r="P932"/>
       <c r="Q932" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="933" spans="1:17">
       <c r="A933">
-        <v>12918</v>
+        <v>80235</v>
       </c>
       <c r="B933" t="s">
         <v>1006</v>
       </c>
       <c r="C933"/>
       <c r="D933"/>
       <c r="E933"/>
       <c r="F933"/>
       <c r="G933"/>
       <c r="H933" t="s">
         <v>30</v>
       </c>
       <c r="I933" t="s">
         <v>22</v>
       </c>
       <c r="J933"/>
       <c r="K933"/>
       <c r="L933"/>
       <c r="M933"/>
       <c r="N933"/>
       <c r="O933"/>
       <c r="P933"/>
       <c r="Q933" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="934" spans="1:17">
       <c r="A934">
-        <v>36284</v>
+        <v>12918</v>
       </c>
       <c r="B934" t="s">
         <v>1007</v>
       </c>
       <c r="C934"/>
       <c r="D934"/>
       <c r="E934"/>
       <c r="F934"/>
       <c r="G934"/>
       <c r="H934" t="s">
         <v>30</v>
       </c>
       <c r="I934" t="s">
         <v>22</v>
       </c>
       <c r="J934"/>
       <c r="K934"/>
       <c r="L934"/>
       <c r="M934"/>
       <c r="N934"/>
       <c r="O934"/>
       <c r="P934"/>
       <c r="Q934" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="935" spans="1:17">
       <c r="A935">
-        <v>36292</v>
+        <v>36284</v>
       </c>
       <c r="B935" t="s">
         <v>1008</v>
       </c>
       <c r="C935"/>
       <c r="D935"/>
       <c r="E935"/>
       <c r="F935"/>
       <c r="G935"/>
       <c r="H935" t="s">
         <v>30</v>
       </c>
       <c r="I935" t="s">
         <v>22</v>
       </c>
       <c r="J935"/>
       <c r="K935"/>
       <c r="L935"/>
       <c r="M935"/>
       <c r="N935"/>
       <c r="O935"/>
       <c r="P935"/>
       <c r="Q935" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="936" spans="1:17">
       <c r="A936">
-        <v>36293</v>
+        <v>36292</v>
       </c>
       <c r="B936" t="s">
         <v>1009</v>
       </c>
       <c r="C936"/>
       <c r="D936"/>
       <c r="E936"/>
       <c r="F936"/>
       <c r="G936"/>
       <c r="H936" t="s">
         <v>30</v>
       </c>
       <c r="I936" t="s">
         <v>22</v>
       </c>
       <c r="J936"/>
       <c r="K936"/>
       <c r="L936"/>
       <c r="M936"/>
       <c r="N936"/>
       <c r="O936"/>
       <c r="P936"/>
       <c r="Q936" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="937" spans="1:17">
       <c r="A937">
-        <v>13069</v>
+        <v>36293</v>
       </c>
       <c r="B937" t="s">
         <v>1010</v>
       </c>
       <c r="C937"/>
       <c r="D937"/>
       <c r="E937"/>
       <c r="F937"/>
       <c r="G937"/>
       <c r="H937" t="s">
         <v>30</v>
       </c>
       <c r="I937" t="s">
         <v>22</v>
       </c>
       <c r="J937"/>
       <c r="K937"/>
       <c r="L937"/>
       <c r="M937"/>
       <c r="N937"/>
       <c r="O937"/>
       <c r="P937"/>
       <c r="Q937" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="938" spans="1:17">
       <c r="A938">
-        <v>12792</v>
+        <v>13069</v>
       </c>
       <c r="B938" t="s">
         <v>1011</v>
       </c>
       <c r="C938"/>
       <c r="D938"/>
       <c r="E938"/>
       <c r="F938"/>
       <c r="G938"/>
       <c r="H938" t="s">
         <v>30</v>
       </c>
       <c r="I938" t="s">
         <v>22</v>
       </c>
       <c r="J938"/>
       <c r="K938"/>
       <c r="L938"/>
       <c r="M938"/>
       <c r="N938"/>
       <c r="O938"/>
       <c r="P938"/>
       <c r="Q938" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="939" spans="1:17">
       <c r="A939">
-        <v>12793</v>
+        <v>12792</v>
       </c>
       <c r="B939" t="s">
         <v>1012</v>
       </c>
       <c r="C939"/>
       <c r="D939"/>
       <c r="E939"/>
       <c r="F939"/>
       <c r="G939"/>
       <c r="H939" t="s">
         <v>30</v>
       </c>
       <c r="I939" t="s">
         <v>22</v>
       </c>
       <c r="J939"/>
       <c r="K939"/>
       <c r="L939"/>
       <c r="M939"/>
       <c r="N939"/>
       <c r="O939"/>
       <c r="P939"/>
       <c r="Q939" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="940" spans="1:17">
       <c r="A940">
-        <v>12794</v>
+        <v>12793</v>
       </c>
       <c r="B940" t="s">
         <v>1013</v>
       </c>
       <c r="C940"/>
       <c r="D940"/>
       <c r="E940"/>
       <c r="F940"/>
       <c r="G940"/>
       <c r="H940" t="s">
         <v>30</v>
       </c>
       <c r="I940" t="s">
         <v>22</v>
       </c>
       <c r="J940"/>
       <c r="K940"/>
       <c r="L940"/>
       <c r="M940"/>
       <c r="N940"/>
       <c r="O940"/>
       <c r="P940"/>
       <c r="Q940" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="941" spans="1:17">
       <c r="A941">
-        <v>12795</v>
+        <v>12794</v>
       </c>
       <c r="B941" t="s">
         <v>1014</v>
       </c>
       <c r="C941"/>
       <c r="D941"/>
       <c r="E941"/>
       <c r="F941"/>
       <c r="G941"/>
       <c r="H941" t="s">
         <v>30</v>
       </c>
       <c r="I941" t="s">
         <v>22</v>
       </c>
       <c r="J941"/>
       <c r="K941"/>
       <c r="L941"/>
       <c r="M941"/>
       <c r="N941"/>
       <c r="O941"/>
       <c r="P941"/>
       <c r="Q941" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="942" spans="1:17">
       <c r="A942">
-        <v>12859</v>
+        <v>12795</v>
       </c>
       <c r="B942" t="s">
         <v>1015</v>
       </c>
       <c r="C942"/>
       <c r="D942"/>
       <c r="E942"/>
       <c r="F942"/>
       <c r="G942"/>
       <c r="H942" t="s">
         <v>30</v>
       </c>
       <c r="I942" t="s">
         <v>22</v>
       </c>
       <c r="J942"/>
       <c r="K942"/>
       <c r="L942"/>
       <c r="M942"/>
       <c r="N942"/>
       <c r="O942"/>
       <c r="P942"/>
       <c r="Q942" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="943" spans="1:17">
       <c r="A943">
-        <v>12860</v>
+        <v>12859</v>
       </c>
       <c r="B943" t="s">
         <v>1016</v>
       </c>
       <c r="C943"/>
       <c r="D943"/>
       <c r="E943"/>
       <c r="F943"/>
       <c r="G943"/>
       <c r="H943" t="s">
         <v>30</v>
       </c>
       <c r="I943" t="s">
         <v>22</v>
       </c>
       <c r="J943"/>
       <c r="K943"/>
       <c r="L943"/>
       <c r="M943"/>
       <c r="N943"/>
       <c r="O943"/>
       <c r="P943"/>
       <c r="Q943" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="944" spans="1:17">
       <c r="A944">
-        <v>36297</v>
+        <v>12860</v>
       </c>
       <c r="B944" t="s">
         <v>1017</v>
       </c>
       <c r="C944"/>
       <c r="D944"/>
       <c r="E944"/>
       <c r="F944"/>
       <c r="G944"/>
       <c r="H944" t="s">
         <v>30</v>
       </c>
       <c r="I944" t="s">
         <v>22</v>
       </c>
       <c r="J944"/>
       <c r="K944"/>
       <c r="L944"/>
       <c r="M944"/>
       <c r="N944"/>
       <c r="O944"/>
       <c r="P944"/>
       <c r="Q944" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="945" spans="1:17">
       <c r="A945">
-        <v>36299</v>
+        <v>36297</v>
       </c>
       <c r="B945" t="s">
         <v>1018</v>
       </c>
       <c r="C945"/>
       <c r="D945"/>
       <c r="E945"/>
       <c r="F945"/>
       <c r="G945"/>
       <c r="H945" t="s">
         <v>30</v>
       </c>
       <c r="I945" t="s">
         <v>22</v>
       </c>
       <c r="J945"/>
       <c r="K945"/>
       <c r="L945"/>
       <c r="M945"/>
       <c r="N945"/>
       <c r="O945"/>
       <c r="P945"/>
       <c r="Q945" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="946" spans="1:17">
       <c r="A946">
-        <v>36300</v>
+        <v>36299</v>
       </c>
       <c r="B946" t="s">
         <v>1019</v>
       </c>
       <c r="C946"/>
       <c r="D946"/>
       <c r="E946"/>
       <c r="F946"/>
       <c r="G946"/>
       <c r="H946" t="s">
         <v>30</v>
       </c>
       <c r="I946" t="s">
         <v>22</v>
       </c>
       <c r="J946"/>
       <c r="K946"/>
       <c r="L946"/>
       <c r="M946"/>
       <c r="N946"/>
       <c r="O946"/>
       <c r="P946"/>
       <c r="Q946" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="947" spans="1:17">
       <c r="A947">
-        <v>36301</v>
+        <v>36300</v>
       </c>
       <c r="B947" t="s">
         <v>1020</v>
       </c>
       <c r="C947"/>
       <c r="D947"/>
       <c r="E947"/>
       <c r="F947"/>
       <c r="G947"/>
       <c r="H947" t="s">
         <v>30</v>
       </c>
       <c r="I947" t="s">
         <v>22</v>
       </c>
       <c r="J947"/>
       <c r="K947"/>
       <c r="L947"/>
       <c r="M947"/>
       <c r="N947"/>
       <c r="O947"/>
       <c r="P947"/>
       <c r="Q947" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="948" spans="1:17">
       <c r="A948">
-        <v>36302</v>
+        <v>36301</v>
       </c>
       <c r="B948" t="s">
         <v>1021</v>
       </c>
       <c r="C948"/>
       <c r="D948"/>
       <c r="E948"/>
       <c r="F948"/>
       <c r="G948"/>
       <c r="H948" t="s">
         <v>30</v>
       </c>
       <c r="I948" t="s">
         <v>22</v>
       </c>
       <c r="J948"/>
       <c r="K948"/>
       <c r="L948"/>
       <c r="M948"/>
       <c r="N948"/>
       <c r="O948"/>
       <c r="P948"/>
       <c r="Q948" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="949" spans="1:17">
       <c r="A949">
-        <v>36303</v>
+        <v>36302</v>
       </c>
       <c r="B949" t="s">
         <v>1022</v>
       </c>
       <c r="C949"/>
       <c r="D949"/>
       <c r="E949"/>
       <c r="F949"/>
       <c r="G949"/>
       <c r="H949" t="s">
         <v>30</v>
       </c>
       <c r="I949" t="s">
         <v>22</v>
       </c>
       <c r="J949"/>
       <c r="K949"/>
       <c r="L949"/>
       <c r="M949"/>
       <c r="N949"/>
       <c r="O949"/>
       <c r="P949"/>
       <c r="Q949" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="950" spans="1:17">
       <c r="A950">
-        <v>36304</v>
+        <v>36303</v>
       </c>
       <c r="B950" t="s">
         <v>1023</v>
       </c>
       <c r="C950"/>
       <c r="D950"/>
       <c r="E950"/>
       <c r="F950"/>
       <c r="G950"/>
       <c r="H950" t="s">
         <v>30</v>
       </c>
       <c r="I950" t="s">
         <v>22</v>
       </c>
       <c r="J950"/>
       <c r="K950"/>
       <c r="L950"/>
       <c r="M950"/>
       <c r="N950"/>
       <c r="O950"/>
       <c r="P950"/>
       <c r="Q950" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="951" spans="1:17">
       <c r="A951">
-        <v>36305</v>
+        <v>36304</v>
       </c>
       <c r="B951" t="s">
         <v>1024</v>
       </c>
       <c r="C951"/>
       <c r="D951"/>
       <c r="E951"/>
       <c r="F951"/>
       <c r="G951"/>
       <c r="H951" t="s">
         <v>30</v>
       </c>
       <c r="I951" t="s">
         <v>22</v>
       </c>
       <c r="J951"/>
       <c r="K951"/>
       <c r="L951"/>
       <c r="M951"/>
       <c r="N951"/>
       <c r="O951"/>
       <c r="P951"/>
       <c r="Q951" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="952" spans="1:17">
       <c r="A952">
-        <v>36306</v>
+        <v>36305</v>
       </c>
       <c r="B952" t="s">
         <v>1025</v>
       </c>
       <c r="C952"/>
       <c r="D952"/>
       <c r="E952"/>
       <c r="F952"/>
       <c r="G952"/>
       <c r="H952" t="s">
         <v>30</v>
       </c>
       <c r="I952" t="s">
         <v>22</v>
       </c>
       <c r="J952"/>
       <c r="K952"/>
       <c r="L952"/>
       <c r="M952"/>
       <c r="N952"/>
       <c r="O952"/>
       <c r="P952"/>
       <c r="Q952" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="953" spans="1:17">
       <c r="A953">
-        <v>36307</v>
+        <v>36306</v>
       </c>
       <c r="B953" t="s">
         <v>1026</v>
       </c>
       <c r="C953"/>
       <c r="D953"/>
       <c r="E953"/>
       <c r="F953"/>
       <c r="G953"/>
       <c r="H953" t="s">
         <v>30</v>
       </c>
       <c r="I953" t="s">
         <v>22</v>
       </c>
       <c r="J953"/>
       <c r="K953"/>
       <c r="L953"/>
       <c r="M953"/>
       <c r="N953"/>
       <c r="O953"/>
       <c r="P953"/>
       <c r="Q953" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="954" spans="1:17">
       <c r="A954">
-        <v>36308</v>
+        <v>36307</v>
       </c>
       <c r="B954" t="s">
         <v>1027</v>
       </c>
       <c r="C954"/>
       <c r="D954"/>
       <c r="E954"/>
       <c r="F954"/>
       <c r="G954"/>
       <c r="H954" t="s">
         <v>30</v>
       </c>
       <c r="I954" t="s">
         <v>22</v>
       </c>
       <c r="J954"/>
       <c r="K954"/>
       <c r="L954"/>
       <c r="M954"/>
       <c r="N954"/>
       <c r="O954"/>
       <c r="P954"/>
       <c r="Q954" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="955" spans="1:17">
       <c r="A955">
-        <v>36309</v>
+        <v>36308</v>
       </c>
       <c r="B955" t="s">
         <v>1028</v>
       </c>
       <c r="C955"/>
       <c r="D955"/>
       <c r="E955"/>
       <c r="F955"/>
       <c r="G955"/>
       <c r="H955" t="s">
         <v>30</v>
       </c>
       <c r="I955" t="s">
         <v>22</v>
       </c>
       <c r="J955"/>
       <c r="K955"/>
       <c r="L955"/>
       <c r="M955"/>
       <c r="N955"/>
       <c r="O955"/>
       <c r="P955"/>
       <c r="Q955" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="956" spans="1:17">
       <c r="A956">
-        <v>36310</v>
+        <v>36309</v>
       </c>
       <c r="B956" t="s">
         <v>1029</v>
       </c>
       <c r="C956"/>
       <c r="D956"/>
       <c r="E956"/>
       <c r="F956"/>
       <c r="G956"/>
       <c r="H956" t="s">
         <v>30</v>
       </c>
       <c r="I956" t="s">
         <v>22</v>
       </c>
       <c r="J956"/>
       <c r="K956"/>
       <c r="L956"/>
       <c r="M956"/>
       <c r="N956"/>
       <c r="O956"/>
       <c r="P956"/>
       <c r="Q956" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="957" spans="1:17">
       <c r="A957">
-        <v>36311</v>
+        <v>36310</v>
       </c>
       <c r="B957" t="s">
         <v>1030</v>
       </c>
       <c r="C957"/>
       <c r="D957"/>
       <c r="E957"/>
       <c r="F957"/>
       <c r="G957"/>
       <c r="H957" t="s">
         <v>30</v>
       </c>
       <c r="I957" t="s">
         <v>22</v>
       </c>
       <c r="J957"/>
       <c r="K957"/>
       <c r="L957"/>
       <c r="M957"/>
       <c r="N957"/>
       <c r="O957"/>
       <c r="P957"/>
       <c r="Q957" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="958" spans="1:17">
       <c r="A958">
-        <v>36312</v>
+        <v>36311</v>
       </c>
       <c r="B958" t="s">
         <v>1031</v>
       </c>
       <c r="C958"/>
       <c r="D958"/>
       <c r="E958"/>
       <c r="F958"/>
       <c r="G958"/>
       <c r="H958" t="s">
         <v>30</v>
       </c>
       <c r="I958" t="s">
         <v>22</v>
       </c>
       <c r="J958"/>
       <c r="K958"/>
       <c r="L958"/>
       <c r="M958"/>
       <c r="N958"/>
       <c r="O958"/>
       <c r="P958"/>
       <c r="Q958" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="959" spans="1:17">
       <c r="A959">
-        <v>36313</v>
+        <v>36312</v>
       </c>
       <c r="B959" t="s">
         <v>1032</v>
       </c>
       <c r="C959"/>
       <c r="D959"/>
       <c r="E959"/>
       <c r="F959"/>
       <c r="G959"/>
       <c r="H959" t="s">
         <v>30</v>
       </c>
       <c r="I959" t="s">
         <v>22</v>
       </c>
       <c r="J959"/>
       <c r="K959"/>
       <c r="L959"/>
       <c r="M959"/>
       <c r="N959"/>
       <c r="O959"/>
       <c r="P959"/>
       <c r="Q959" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="960" spans="1:17">
       <c r="A960">
-        <v>36314</v>
+        <v>36313</v>
       </c>
       <c r="B960" t="s">
         <v>1033</v>
       </c>
       <c r="C960"/>
       <c r="D960"/>
       <c r="E960"/>
       <c r="F960"/>
       <c r="G960"/>
       <c r="H960" t="s">
         <v>30</v>
       </c>
       <c r="I960" t="s">
         <v>22</v>
       </c>
       <c r="J960"/>
       <c r="K960"/>
       <c r="L960"/>
       <c r="M960"/>
       <c r="N960"/>
       <c r="O960"/>
       <c r="P960"/>
       <c r="Q960" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="961" spans="1:17">
       <c r="A961">
-        <v>36315</v>
+        <v>36314</v>
       </c>
       <c r="B961" t="s">
         <v>1034</v>
       </c>
       <c r="C961"/>
       <c r="D961"/>
       <c r="E961"/>
       <c r="F961"/>
       <c r="G961"/>
       <c r="H961" t="s">
         <v>30</v>
       </c>
       <c r="I961" t="s">
         <v>22</v>
       </c>
       <c r="J961"/>
       <c r="K961"/>
       <c r="L961"/>
       <c r="M961"/>
       <c r="N961"/>
       <c r="O961"/>
       <c r="P961"/>
       <c r="Q961" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="962" spans="1:17">
       <c r="A962">
-        <v>36316</v>
+        <v>36315</v>
       </c>
       <c r="B962" t="s">
         <v>1035</v>
       </c>
       <c r="C962"/>
       <c r="D962"/>
       <c r="E962"/>
       <c r="F962"/>
       <c r="G962"/>
       <c r="H962" t="s">
         <v>30</v>
       </c>
       <c r="I962" t="s">
         <v>22</v>
       </c>
       <c r="J962"/>
       <c r="K962"/>
       <c r="L962"/>
       <c r="M962"/>
       <c r="N962"/>
       <c r="O962"/>
       <c r="P962"/>
       <c r="Q962" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="963" spans="1:17">
       <c r="A963">
-        <v>12939</v>
+        <v>36316</v>
       </c>
       <c r="B963" t="s">
         <v>1036</v>
       </c>
       <c r="C963"/>
       <c r="D963"/>
       <c r="E963"/>
       <c r="F963"/>
       <c r="G963"/>
       <c r="H963" t="s">
         <v>30</v>
       </c>
       <c r="I963" t="s">
         <v>22</v>
       </c>
       <c r="J963"/>
       <c r="K963"/>
       <c r="L963"/>
       <c r="M963"/>
       <c r="N963"/>
       <c r="O963"/>
       <c r="P963"/>
       <c r="Q963" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="964" spans="1:17">
       <c r="A964">
-        <v>36317</v>
+        <v>12939</v>
       </c>
       <c r="B964" t="s">
         <v>1037</v>
       </c>
       <c r="C964"/>
       <c r="D964"/>
       <c r="E964"/>
       <c r="F964"/>
       <c r="G964"/>
       <c r="H964" t="s">
         <v>30</v>
       </c>
       <c r="I964" t="s">
         <v>22</v>
       </c>
       <c r="J964"/>
       <c r="K964"/>
       <c r="L964"/>
       <c r="M964"/>
       <c r="N964"/>
       <c r="O964"/>
       <c r="P964"/>
       <c r="Q964" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="965" spans="1:17">
       <c r="A965">
-        <v>36318</v>
+        <v>36317</v>
       </c>
       <c r="B965" t="s">
         <v>1038</v>
       </c>
       <c r="C965"/>
       <c r="D965"/>
       <c r="E965"/>
       <c r="F965"/>
       <c r="G965"/>
       <c r="H965" t="s">
         <v>30</v>
       </c>
       <c r="I965" t="s">
         <v>22</v>
       </c>
       <c r="J965"/>
       <c r="K965"/>
       <c r="L965"/>
       <c r="M965"/>
       <c r="N965"/>
       <c r="O965"/>
       <c r="P965"/>
       <c r="Q965" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="966" spans="1:17">
       <c r="A966">
-        <v>12919</v>
+        <v>36318</v>
       </c>
       <c r="B966" t="s">
         <v>1039</v>
       </c>
       <c r="C966"/>
       <c r="D966"/>
       <c r="E966"/>
       <c r="F966"/>
       <c r="G966"/>
       <c r="H966" t="s">
         <v>30</v>
       </c>
       <c r="I966" t="s">
         <v>22</v>
       </c>
       <c r="J966"/>
       <c r="K966"/>
       <c r="L966"/>
       <c r="M966"/>
       <c r="N966"/>
       <c r="O966"/>
       <c r="P966"/>
       <c r="Q966" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="967" spans="1:17">
       <c r="A967">
-        <v>12920</v>
+        <v>12919</v>
       </c>
       <c r="B967" t="s">
         <v>1040</v>
       </c>
       <c r="C967"/>
       <c r="D967"/>
       <c r="E967"/>
       <c r="F967"/>
       <c r="G967"/>
       <c r="H967" t="s">
         <v>30</v>
       </c>
       <c r="I967" t="s">
         <v>22</v>
       </c>
       <c r="J967"/>
       <c r="K967"/>
       <c r="L967"/>
       <c r="M967"/>
       <c r="N967"/>
       <c r="O967"/>
       <c r="P967"/>
       <c r="Q967" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="968" spans="1:17">
       <c r="A968">
-        <v>36336</v>
+        <v>12920</v>
       </c>
       <c r="B968" t="s">
         <v>1041</v>
       </c>
       <c r="C968"/>
       <c r="D968"/>
       <c r="E968"/>
       <c r="F968"/>
       <c r="G968"/>
       <c r="H968" t="s">
         <v>30</v>
       </c>
       <c r="I968" t="s">
         <v>22</v>
       </c>
       <c r="J968"/>
       <c r="K968"/>
       <c r="L968"/>
       <c r="M968"/>
       <c r="N968"/>
       <c r="O968"/>
       <c r="P968"/>
       <c r="Q968" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="969" spans="1:17">
       <c r="A969">
-        <v>36337</v>
+        <v>36336</v>
       </c>
       <c r="B969" t="s">
         <v>1042</v>
       </c>
       <c r="C969"/>
       <c r="D969"/>
       <c r="E969"/>
       <c r="F969"/>
       <c r="G969"/>
       <c r="H969" t="s">
         <v>30</v>
       </c>
       <c r="I969" t="s">
         <v>22</v>
       </c>
       <c r="J969"/>
       <c r="K969"/>
       <c r="L969"/>
       <c r="M969"/>
       <c r="N969"/>
       <c r="O969"/>
       <c r="P969"/>
       <c r="Q969" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="970" spans="1:17">
       <c r="A970">
-        <v>36338</v>
+        <v>36337</v>
       </c>
       <c r="B970" t="s">
         <v>1043</v>
       </c>
       <c r="C970"/>
       <c r="D970"/>
       <c r="E970"/>
       <c r="F970"/>
       <c r="G970"/>
       <c r="H970" t="s">
         <v>30</v>
       </c>
       <c r="I970" t="s">
         <v>22</v>
       </c>
       <c r="J970"/>
       <c r="K970"/>
       <c r="L970"/>
       <c r="M970"/>
       <c r="N970"/>
       <c r="O970"/>
       <c r="P970"/>
       <c r="Q970" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="971" spans="1:17">
       <c r="A971">
-        <v>36345</v>
+        <v>36338</v>
       </c>
       <c r="B971" t="s">
         <v>1044</v>
       </c>
       <c r="C971"/>
       <c r="D971"/>
       <c r="E971"/>
       <c r="F971"/>
       <c r="G971"/>
       <c r="H971" t="s">
         <v>30</v>
       </c>
       <c r="I971" t="s">
         <v>22</v>
       </c>
       <c r="J971"/>
       <c r="K971"/>
       <c r="L971"/>
       <c r="M971"/>
       <c r="N971"/>
       <c r="O971"/>
       <c r="P971"/>
       <c r="Q971" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="972" spans="1:17">
       <c r="A972">
-        <v>36346</v>
+        <v>36345</v>
       </c>
       <c r="B972" t="s">
         <v>1045</v>
       </c>
       <c r="C972"/>
       <c r="D972"/>
       <c r="E972"/>
       <c r="F972"/>
       <c r="G972"/>
       <c r="H972" t="s">
         <v>30</v>
       </c>
       <c r="I972" t="s">
         <v>22</v>
       </c>
       <c r="J972"/>
       <c r="K972"/>
       <c r="L972"/>
       <c r="M972"/>
       <c r="N972"/>
       <c r="O972"/>
       <c r="P972"/>
       <c r="Q972" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="973" spans="1:17">
       <c r="A973">
-        <v>36347</v>
+        <v>36346</v>
       </c>
       <c r="B973" t="s">
         <v>1046</v>
       </c>
       <c r="C973"/>
       <c r="D973"/>
       <c r="E973"/>
       <c r="F973"/>
       <c r="G973"/>
       <c r="H973" t="s">
         <v>30</v>
       </c>
       <c r="I973" t="s">
         <v>22</v>
       </c>
       <c r="J973"/>
       <c r="K973"/>
       <c r="L973"/>
       <c r="M973"/>
       <c r="N973"/>
       <c r="O973"/>
       <c r="P973"/>
       <c r="Q973" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="974" spans="1:17">
       <c r="A974">
-        <v>36357</v>
+        <v>36347</v>
       </c>
       <c r="B974" t="s">
         <v>1047</v>
       </c>
       <c r="C974"/>
       <c r="D974"/>
       <c r="E974"/>
       <c r="F974"/>
       <c r="G974"/>
       <c r="H974" t="s">
         <v>30</v>
       </c>
       <c r="I974" t="s">
         <v>22</v>
       </c>
       <c r="J974"/>
       <c r="K974"/>
       <c r="L974"/>
       <c r="M974"/>
       <c r="N974"/>
       <c r="O974"/>
       <c r="P974"/>
       <c r="Q974" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="975" spans="1:17">
       <c r="A975">
-        <v>36372</v>
+        <v>36357</v>
       </c>
       <c r="B975" t="s">
         <v>1048</v>
       </c>
       <c r="C975"/>
       <c r="D975"/>
       <c r="E975"/>
       <c r="F975"/>
       <c r="G975"/>
       <c r="H975" t="s">
         <v>30</v>
       </c>
       <c r="I975" t="s">
         <v>22</v>
       </c>
       <c r="J975"/>
       <c r="K975"/>
       <c r="L975"/>
       <c r="M975"/>
       <c r="N975"/>
       <c r="O975"/>
       <c r="P975"/>
       <c r="Q975" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="976" spans="1:17">
       <c r="A976">
-        <v>12666</v>
+        <v>36372</v>
       </c>
       <c r="B976" t="s">
         <v>1049</v>
       </c>
       <c r="C976"/>
       <c r="D976"/>
       <c r="E976"/>
       <c r="F976"/>
       <c r="G976"/>
       <c r="H976" t="s">
         <v>30</v>
       </c>
       <c r="I976" t="s">
         <v>22</v>
       </c>
       <c r="J976"/>
       <c r="K976"/>
       <c r="L976"/>
       <c r="M976"/>
       <c r="N976"/>
       <c r="O976"/>
       <c r="P976"/>
       <c r="Q976" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="977" spans="1:17">
       <c r="A977">
-        <v>36378</v>
+        <v>12666</v>
       </c>
       <c r="B977" t="s">
         <v>1050</v>
       </c>
       <c r="C977"/>
       <c r="D977"/>
       <c r="E977"/>
       <c r="F977"/>
       <c r="G977"/>
       <c r="H977" t="s">
         <v>30</v>
       </c>
       <c r="I977" t="s">
         <v>22</v>
       </c>
       <c r="J977"/>
       <c r="K977"/>
       <c r="L977"/>
       <c r="M977"/>
       <c r="N977"/>
       <c r="O977"/>
       <c r="P977"/>
       <c r="Q977" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="978" spans="1:17">
       <c r="A978">
-        <v>36381</v>
+        <v>36378</v>
       </c>
       <c r="B978" t="s">
         <v>1051</v>
       </c>
       <c r="C978"/>
       <c r="D978"/>
       <c r="E978"/>
       <c r="F978"/>
       <c r="G978"/>
       <c r="H978" t="s">
         <v>30</v>
       </c>
       <c r="I978" t="s">
         <v>22</v>
       </c>
       <c r="J978"/>
       <c r="K978"/>
       <c r="L978"/>
       <c r="M978"/>
       <c r="N978"/>
       <c r="O978"/>
       <c r="P978"/>
       <c r="Q978" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="979" spans="1:17">
       <c r="A979">
-        <v>36384</v>
+        <v>36381</v>
       </c>
       <c r="B979" t="s">
         <v>1052</v>
       </c>
       <c r="C979"/>
       <c r="D979"/>
       <c r="E979"/>
       <c r="F979"/>
       <c r="G979"/>
       <c r="H979" t="s">
         <v>30</v>
       </c>
       <c r="I979" t="s">
         <v>22</v>
       </c>
       <c r="J979"/>
       <c r="K979"/>
       <c r="L979"/>
       <c r="M979"/>
       <c r="N979"/>
       <c r="O979"/>
       <c r="P979"/>
       <c r="Q979" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="980" spans="1:17">
       <c r="A980">
-        <v>36390</v>
+        <v>36384</v>
       </c>
       <c r="B980" t="s">
         <v>1053</v>
       </c>
       <c r="C980"/>
       <c r="D980"/>
       <c r="E980"/>
       <c r="F980"/>
       <c r="G980"/>
       <c r="H980" t="s">
         <v>30</v>
       </c>
       <c r="I980" t="s">
         <v>22</v>
       </c>
       <c r="J980"/>
       <c r="K980"/>
       <c r="L980"/>
       <c r="M980"/>
       <c r="N980"/>
       <c r="O980"/>
       <c r="P980"/>
       <c r="Q980" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="981" spans="1:17">
       <c r="A981">
-        <v>36391</v>
+        <v>36390</v>
       </c>
       <c r="B981" t="s">
         <v>1054</v>
       </c>
       <c r="C981"/>
       <c r="D981"/>
       <c r="E981"/>
       <c r="F981"/>
       <c r="G981"/>
       <c r="H981" t="s">
         <v>30</v>
       </c>
       <c r="I981" t="s">
         <v>22</v>
       </c>
       <c r="J981"/>
       <c r="K981"/>
       <c r="L981"/>
       <c r="M981"/>
       <c r="N981"/>
       <c r="O981"/>
       <c r="P981"/>
       <c r="Q981" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="982" spans="1:17">
       <c r="A982">
-        <v>95560</v>
+        <v>36391</v>
       </c>
       <c r="B982" t="s">
         <v>1055</v>
       </c>
       <c r="C982"/>
       <c r="D982"/>
       <c r="E982"/>
       <c r="F982"/>
       <c r="G982"/>
       <c r="H982" t="s">
         <v>30</v>
       </c>
       <c r="I982" t="s">
         <v>22</v>
       </c>
       <c r="J982"/>
       <c r="K982"/>
       <c r="L982"/>
       <c r="M982"/>
       <c r="N982"/>
       <c r="O982"/>
       <c r="P982"/>
       <c r="Q982" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="983" spans="1:17">
       <c r="A983">
-        <v>36398</v>
+        <v>95560</v>
       </c>
       <c r="B983" t="s">
         <v>1056</v>
       </c>
       <c r="C983"/>
       <c r="D983"/>
       <c r="E983"/>
       <c r="F983"/>
       <c r="G983"/>
       <c r="H983" t="s">
         <v>30</v>
       </c>
       <c r="I983" t="s">
         <v>22</v>
       </c>
       <c r="J983"/>
       <c r="K983"/>
       <c r="L983"/>
       <c r="M983"/>
       <c r="N983"/>
       <c r="O983"/>
       <c r="P983"/>
       <c r="Q983" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="984" spans="1:17">
       <c r="A984">
-        <v>36399</v>
+        <v>36398</v>
       </c>
       <c r="B984" t="s">
         <v>1057</v>
       </c>
       <c r="C984"/>
       <c r="D984"/>
       <c r="E984"/>
       <c r="F984"/>
       <c r="G984"/>
       <c r="H984" t="s">
         <v>30</v>
       </c>
       <c r="I984" t="s">
         <v>22</v>
       </c>
       <c r="J984"/>
       <c r="K984"/>
       <c r="L984"/>
       <c r="M984"/>
       <c r="N984"/>
       <c r="O984"/>
       <c r="P984"/>
       <c r="Q984" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="985" spans="1:17">
       <c r="A985">
-        <v>36400</v>
+        <v>36399</v>
       </c>
       <c r="B985" t="s">
         <v>1058</v>
       </c>
       <c r="C985"/>
       <c r="D985"/>
       <c r="E985"/>
       <c r="F985"/>
       <c r="G985"/>
       <c r="H985" t="s">
         <v>30</v>
       </c>
       <c r="I985" t="s">
         <v>22</v>
       </c>
       <c r="J985"/>
       <c r="K985"/>
       <c r="L985"/>
       <c r="M985"/>
       <c r="N985"/>
       <c r="O985"/>
       <c r="P985"/>
       <c r="Q985" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="986" spans="1:17">
       <c r="A986">
-        <v>36401</v>
+        <v>36400</v>
       </c>
       <c r="B986" t="s">
         <v>1059</v>
       </c>
       <c r="C986"/>
       <c r="D986"/>
       <c r="E986"/>
       <c r="F986"/>
       <c r="G986"/>
       <c r="H986" t="s">
         <v>30</v>
       </c>
       <c r="I986" t="s">
         <v>22</v>
       </c>
       <c r="J986"/>
       <c r="K986"/>
       <c r="L986"/>
       <c r="M986"/>
       <c r="N986"/>
       <c r="O986"/>
       <c r="P986"/>
       <c r="Q986" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="987" spans="1:17">
       <c r="A987">
-        <v>36402</v>
+        <v>36401</v>
       </c>
       <c r="B987" t="s">
         <v>1060</v>
       </c>
       <c r="C987"/>
       <c r="D987"/>
       <c r="E987"/>
       <c r="F987"/>
       <c r="G987"/>
       <c r="H987" t="s">
         <v>30</v>
       </c>
       <c r="I987" t="s">
         <v>22</v>
       </c>
       <c r="J987"/>
       <c r="K987"/>
       <c r="L987"/>
       <c r="M987"/>
       <c r="N987"/>
       <c r="O987"/>
-      <c r="P987" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="P987"/>
       <c r="Q987" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="988" spans="1:17">
       <c r="A988">
-        <v>12840</v>
+        <v>36402</v>
       </c>
       <c r="B988" t="s">
-        <v>1062</v>
+        <v>1061</v>
       </c>
       <c r="C988"/>
       <c r="D988"/>
       <c r="E988"/>
       <c r="F988"/>
       <c r="G988"/>
       <c r="H988" t="s">
         <v>30</v>
       </c>
       <c r="I988" t="s">
         <v>22</v>
       </c>
       <c r="J988"/>
       <c r="K988"/>
       <c r="L988"/>
       <c r="M988"/>
       <c r="N988"/>
       <c r="O988"/>
-      <c r="P988"/>
+      <c r="P988" t="s">
+        <v>1062</v>
+      </c>
       <c r="Q988" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="989" spans="1:17">
       <c r="A989">
-        <v>12841</v>
+        <v>12840</v>
       </c>
       <c r="B989" t="s">
         <v>1063</v>
       </c>
       <c r="C989"/>
       <c r="D989"/>
       <c r="E989"/>
       <c r="F989"/>
       <c r="G989"/>
       <c r="H989" t="s">
         <v>30</v>
       </c>
       <c r="I989" t="s">
         <v>22</v>
       </c>
       <c r="J989"/>
       <c r="K989"/>
       <c r="L989"/>
       <c r="M989"/>
       <c r="N989"/>
       <c r="O989"/>
       <c r="P989"/>
       <c r="Q989" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="990" spans="1:17">
       <c r="A990">
-        <v>12796</v>
+        <v>12841</v>
       </c>
       <c r="B990" t="s">
         <v>1064</v>
       </c>
       <c r="C990"/>
       <c r="D990"/>
       <c r="E990"/>
       <c r="F990"/>
       <c r="G990"/>
       <c r="H990" t="s">
         <v>30</v>
       </c>
       <c r="I990" t="s">
         <v>22</v>
       </c>
       <c r="J990"/>
       <c r="K990"/>
       <c r="L990"/>
       <c r="M990"/>
       <c r="N990"/>
       <c r="O990"/>
       <c r="P990"/>
       <c r="Q990" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="991" spans="1:17">
       <c r="A991">
-        <v>12676</v>
+        <v>12796</v>
       </c>
       <c r="B991" t="s">
         <v>1065</v>
       </c>
       <c r="C991"/>
       <c r="D991"/>
       <c r="E991"/>
       <c r="F991"/>
       <c r="G991"/>
       <c r="H991" t="s">
         <v>30</v>
       </c>
       <c r="I991" t="s">
         <v>22</v>
       </c>
       <c r="J991"/>
       <c r="K991"/>
       <c r="L991"/>
       <c r="M991"/>
       <c r="N991"/>
       <c r="O991"/>
       <c r="P991"/>
       <c r="Q991" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="992" spans="1:17">
       <c r="A992">
-        <v>36416</v>
+        <v>12676</v>
       </c>
       <c r="B992" t="s">
         <v>1066</v>
       </c>
       <c r="C992"/>
       <c r="D992"/>
       <c r="E992"/>
       <c r="F992"/>
       <c r="G992"/>
       <c r="H992" t="s">
         <v>30</v>
       </c>
       <c r="I992" t="s">
         <v>22</v>
       </c>
       <c r="J992"/>
       <c r="K992"/>
       <c r="L992"/>
       <c r="M992"/>
       <c r="N992"/>
       <c r="O992"/>
       <c r="P992"/>
       <c r="Q992" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="993" spans="1:17">
       <c r="A993">
-        <v>36417</v>
+        <v>36416</v>
       </c>
       <c r="B993" t="s">
         <v>1067</v>
       </c>
       <c r="C993"/>
       <c r="D993"/>
       <c r="E993"/>
       <c r="F993"/>
       <c r="G993"/>
       <c r="H993" t="s">
         <v>30</v>
       </c>
       <c r="I993" t="s">
         <v>22</v>
       </c>
       <c r="J993"/>
       <c r="K993"/>
       <c r="L993"/>
       <c r="M993"/>
       <c r="N993"/>
       <c r="O993"/>
       <c r="P993"/>
       <c r="Q993" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="994" spans="1:17">
       <c r="A994">
-        <v>36418</v>
+        <v>36417</v>
       </c>
       <c r="B994" t="s">
         <v>1068</v>
       </c>
       <c r="C994"/>
       <c r="D994"/>
       <c r="E994"/>
       <c r="F994"/>
       <c r="G994"/>
       <c r="H994" t="s">
         <v>30</v>
       </c>
       <c r="I994" t="s">
         <v>22</v>
       </c>
       <c r="J994"/>
       <c r="K994"/>
       <c r="L994"/>
       <c r="M994"/>
       <c r="N994"/>
       <c r="O994"/>
       <c r="P994"/>
       <c r="Q994" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="995" spans="1:17">
       <c r="A995">
-        <v>36419</v>
+        <v>36418</v>
       </c>
       <c r="B995" t="s">
         <v>1069</v>
       </c>
       <c r="C995"/>
       <c r="D995"/>
       <c r="E995"/>
       <c r="F995"/>
       <c r="G995"/>
       <c r="H995" t="s">
         <v>30</v>
       </c>
       <c r="I995" t="s">
         <v>22</v>
       </c>
       <c r="J995"/>
       <c r="K995"/>
       <c r="L995"/>
       <c r="M995"/>
       <c r="N995"/>
       <c r="O995"/>
       <c r="P995"/>
       <c r="Q995" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="996" spans="1:17">
       <c r="A996">
-        <v>36420</v>
+        <v>36419</v>
       </c>
       <c r="B996" t="s">
         <v>1070</v>
       </c>
       <c r="C996"/>
       <c r="D996"/>
       <c r="E996"/>
       <c r="F996"/>
       <c r="G996"/>
       <c r="H996" t="s">
         <v>30</v>
       </c>
       <c r="I996" t="s">
         <v>22</v>
       </c>
       <c r="J996"/>
       <c r="K996"/>
       <c r="L996"/>
       <c r="M996"/>
       <c r="N996"/>
       <c r="O996"/>
       <c r="P996"/>
       <c r="Q996" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="997" spans="1:17">
       <c r="A997">
-        <v>36421</v>
+        <v>36420</v>
       </c>
       <c r="B997" t="s">
         <v>1071</v>
       </c>
       <c r="C997"/>
       <c r="D997"/>
       <c r="E997"/>
       <c r="F997"/>
       <c r="G997"/>
       <c r="H997" t="s">
         <v>30</v>
       </c>
       <c r="I997" t="s">
         <v>22</v>
       </c>
       <c r="J997"/>
       <c r="K997"/>
       <c r="L997"/>
       <c r="M997"/>
       <c r="N997"/>
       <c r="O997"/>
       <c r="P997"/>
       <c r="Q997" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="998" spans="1:17">
       <c r="A998">
-        <v>36422</v>
+        <v>36421</v>
       </c>
       <c r="B998" t="s">
         <v>1072</v>
       </c>
       <c r="C998"/>
       <c r="D998"/>
       <c r="E998"/>
       <c r="F998"/>
       <c r="G998"/>
       <c r="H998" t="s">
         <v>30</v>
       </c>
       <c r="I998" t="s">
         <v>22</v>
       </c>
       <c r="J998"/>
       <c r="K998"/>
       <c r="L998"/>
       <c r="M998"/>
       <c r="N998"/>
       <c r="O998"/>
       <c r="P998"/>
       <c r="Q998" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="999" spans="1:17">
       <c r="A999">
-        <v>36423</v>
+        <v>36422</v>
       </c>
       <c r="B999" t="s">
         <v>1073</v>
       </c>
       <c r="C999"/>
       <c r="D999"/>
       <c r="E999"/>
       <c r="F999"/>
       <c r="G999"/>
       <c r="H999" t="s">
         <v>30</v>
       </c>
       <c r="I999" t="s">
         <v>22</v>
       </c>
       <c r="J999"/>
       <c r="K999"/>
       <c r="L999"/>
       <c r="M999"/>
       <c r="N999"/>
       <c r="O999"/>
       <c r="P999"/>
       <c r="Q999" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="1000" spans="1:17">
       <c r="A1000">
-        <v>36424</v>
+        <v>36423</v>
       </c>
       <c r="B1000" t="s">
         <v>1074</v>
       </c>
       <c r="C1000"/>
       <c r="D1000"/>
       <c r="E1000"/>
       <c r="F1000"/>
       <c r="G1000"/>
       <c r="H1000" t="s">
         <v>30</v>
       </c>
       <c r="I1000" t="s">
         <v>22</v>
       </c>
       <c r="J1000"/>
       <c r="K1000"/>
       <c r="L1000"/>
       <c r="M1000"/>
       <c r="N1000"/>
       <c r="O1000"/>
       <c r="P1000"/>
       <c r="Q1000" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="1001" spans="1:17">
       <c r="A1001">
-        <v>36425</v>
+        <v>36424</v>
       </c>
       <c r="B1001" t="s">
         <v>1075</v>
       </c>
       <c r="C1001"/>
       <c r="D1001"/>
       <c r="E1001"/>
       <c r="F1001"/>
       <c r="G1001"/>
       <c r="H1001" t="s">
         <v>30</v>
       </c>
       <c r="I1001" t="s">
         <v>22</v>
       </c>
       <c r="J1001"/>
       <c r="K1001"/>
       <c r="L1001"/>
       <c r="M1001"/>
       <c r="N1001"/>
       <c r="O1001"/>
       <c r="P1001"/>
       <c r="Q1001" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="1002" spans="1:17">
       <c r="A1002">
-        <v>36426</v>
+        <v>36425</v>
       </c>
       <c r="B1002" t="s">
         <v>1076</v>
       </c>
       <c r="C1002"/>
       <c r="D1002"/>
       <c r="E1002"/>
       <c r="F1002"/>
       <c r="G1002"/>
       <c r="H1002" t="s">
         <v>30</v>
       </c>
       <c r="I1002" t="s">
         <v>22</v>
       </c>
       <c r="J1002"/>
       <c r="K1002"/>
       <c r="L1002"/>
       <c r="M1002"/>
       <c r="N1002"/>
       <c r="O1002"/>
       <c r="P1002"/>
       <c r="Q1002" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="1003" spans="1:17">
       <c r="A1003">
-        <v>36427</v>
+        <v>36426</v>
       </c>
       <c r="B1003" t="s">
         <v>1077</v>
       </c>
       <c r="C1003"/>
       <c r="D1003"/>
       <c r="E1003"/>
       <c r="F1003"/>
       <c r="G1003"/>
       <c r="H1003" t="s">
         <v>30</v>
       </c>
       <c r="I1003" t="s">
         <v>22</v>
       </c>
       <c r="J1003"/>
       <c r="K1003"/>
       <c r="L1003"/>
       <c r="M1003"/>
       <c r="N1003"/>
       <c r="O1003"/>
       <c r="P1003"/>
       <c r="Q1003" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="1004" spans="1:17">
       <c r="A1004">
-        <v>36428</v>
+        <v>36427</v>
       </c>
       <c r="B1004" t="s">
         <v>1078</v>
       </c>
       <c r="C1004"/>
       <c r="D1004"/>
       <c r="E1004"/>
       <c r="F1004"/>
       <c r="G1004"/>
       <c r="H1004" t="s">
         <v>30</v>
       </c>
       <c r="I1004" t="s">
         <v>22</v>
       </c>
       <c r="J1004"/>
       <c r="K1004"/>
       <c r="L1004"/>
       <c r="M1004"/>
       <c r="N1004"/>
       <c r="O1004"/>
       <c r="P1004"/>
       <c r="Q1004" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="1005" spans="1:17">
       <c r="A1005">
-        <v>36429</v>
+        <v>36428</v>
       </c>
       <c r="B1005" t="s">
         <v>1079</v>
       </c>
       <c r="C1005"/>
       <c r="D1005"/>
       <c r="E1005"/>
       <c r="F1005"/>
       <c r="G1005"/>
       <c r="H1005" t="s">
         <v>30</v>
       </c>
       <c r="I1005" t="s">
         <v>22</v>
       </c>
       <c r="J1005"/>
       <c r="K1005"/>
       <c r="L1005"/>
       <c r="M1005"/>
       <c r="N1005"/>
       <c r="O1005"/>
       <c r="P1005"/>
       <c r="Q1005" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="1006" spans="1:17">
       <c r="A1006">
-        <v>36430</v>
+        <v>36429</v>
       </c>
       <c r="B1006" t="s">
         <v>1080</v>
       </c>
       <c r="C1006"/>
       <c r="D1006"/>
       <c r="E1006"/>
       <c r="F1006"/>
       <c r="G1006"/>
       <c r="H1006" t="s">
         <v>30</v>
       </c>
       <c r="I1006" t="s">
         <v>22</v>
       </c>
       <c r="J1006"/>
       <c r="K1006"/>
       <c r="L1006"/>
       <c r="M1006"/>
       <c r="N1006"/>
       <c r="O1006"/>
       <c r="P1006"/>
       <c r="Q1006" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="1007" spans="1:17">
       <c r="A1007">
-        <v>36431</v>
+        <v>36430</v>
       </c>
       <c r="B1007" t="s">
         <v>1081</v>
       </c>
       <c r="C1007"/>
       <c r="D1007"/>
       <c r="E1007"/>
       <c r="F1007"/>
       <c r="G1007"/>
       <c r="H1007" t="s">
         <v>30</v>
       </c>
       <c r="I1007" t="s">
         <v>22</v>
       </c>
       <c r="J1007"/>
       <c r="K1007"/>
       <c r="L1007"/>
       <c r="M1007"/>
       <c r="N1007"/>
       <c r="O1007"/>
       <c r="P1007"/>
       <c r="Q1007" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="1008" spans="1:17">
       <c r="A1008">
-        <v>36432</v>
+        <v>36431</v>
       </c>
       <c r="B1008" t="s">
         <v>1082</v>
       </c>
       <c r="C1008"/>
       <c r="D1008"/>
       <c r="E1008"/>
       <c r="F1008"/>
       <c r="G1008"/>
       <c r="H1008" t="s">
         <v>30</v>
       </c>
       <c r="I1008" t="s">
         <v>22</v>
       </c>
       <c r="J1008"/>
       <c r="K1008"/>
       <c r="L1008"/>
       <c r="M1008"/>
       <c r="N1008"/>
       <c r="O1008"/>
       <c r="P1008"/>
       <c r="Q1008" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="1009" spans="1:17">
       <c r="A1009">
-        <v>36433</v>
+        <v>36432</v>
       </c>
       <c r="B1009" t="s">
         <v>1083</v>
       </c>
       <c r="C1009"/>
       <c r="D1009"/>
       <c r="E1009"/>
       <c r="F1009"/>
       <c r="G1009"/>
       <c r="H1009" t="s">
         <v>30</v>
       </c>
       <c r="I1009" t="s">
         <v>22</v>
       </c>
       <c r="J1009"/>
       <c r="K1009"/>
       <c r="L1009"/>
       <c r="M1009"/>
       <c r="N1009"/>
       <c r="O1009"/>
       <c r="P1009"/>
       <c r="Q1009" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="1010" spans="1:17">
       <c r="A1010">
-        <v>36434</v>
+        <v>36433</v>
       </c>
       <c r="B1010" t="s">
         <v>1084</v>
       </c>
       <c r="C1010"/>
       <c r="D1010"/>
       <c r="E1010"/>
       <c r="F1010"/>
       <c r="G1010"/>
       <c r="H1010" t="s">
         <v>30</v>
       </c>
       <c r="I1010" t="s">
         <v>22</v>
       </c>
       <c r="J1010"/>
       <c r="K1010"/>
       <c r="L1010"/>
       <c r="M1010"/>
       <c r="N1010"/>
       <c r="O1010"/>
       <c r="P1010"/>
       <c r="Q1010" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="1011" spans="1:17">
       <c r="A1011">
-        <v>36435</v>
+        <v>36434</v>
       </c>
       <c r="B1011" t="s">
         <v>1085</v>
       </c>
       <c r="C1011"/>
       <c r="D1011"/>
       <c r="E1011"/>
       <c r="F1011"/>
       <c r="G1011"/>
       <c r="H1011" t="s">
         <v>30</v>
       </c>
       <c r="I1011" t="s">
         <v>22</v>
       </c>
       <c r="J1011"/>
       <c r="K1011"/>
       <c r="L1011"/>
       <c r="M1011"/>
       <c r="N1011"/>
       <c r="O1011"/>
       <c r="P1011"/>
       <c r="Q1011" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="1012" spans="1:17">
       <c r="A1012">
-        <v>36436</v>
+        <v>36435</v>
       </c>
       <c r="B1012" t="s">
         <v>1086</v>
       </c>
       <c r="C1012"/>
       <c r="D1012"/>
       <c r="E1012"/>
       <c r="F1012"/>
       <c r="G1012"/>
       <c r="H1012" t="s">
         <v>30</v>
       </c>
       <c r="I1012" t="s">
         <v>22</v>
       </c>
       <c r="J1012"/>
       <c r="K1012"/>
       <c r="L1012"/>
       <c r="M1012"/>
       <c r="N1012"/>
       <c r="O1012"/>
       <c r="P1012"/>
       <c r="Q1012" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="1013" spans="1:17">
       <c r="A1013">
-        <v>36437</v>
+        <v>36436</v>
       </c>
       <c r="B1013" t="s">
         <v>1087</v>
       </c>
       <c r="C1013"/>
       <c r="D1013"/>
       <c r="E1013"/>
       <c r="F1013"/>
       <c r="G1013"/>
       <c r="H1013" t="s">
         <v>30</v>
       </c>
       <c r="I1013" t="s">
         <v>22</v>
       </c>
       <c r="J1013"/>
       <c r="K1013"/>
       <c r="L1013"/>
       <c r="M1013"/>
       <c r="N1013"/>
       <c r="O1013"/>
       <c r="P1013"/>
       <c r="Q1013" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="1014" spans="1:17">
       <c r="A1014">
-        <v>36438</v>
+        <v>36437</v>
       </c>
       <c r="B1014" t="s">
         <v>1088</v>
       </c>
       <c r="C1014"/>
       <c r="D1014"/>
       <c r="E1014"/>
       <c r="F1014"/>
       <c r="G1014"/>
       <c r="H1014" t="s">
         <v>30</v>
       </c>
       <c r="I1014" t="s">
         <v>22</v>
       </c>
       <c r="J1014"/>
       <c r="K1014"/>
       <c r="L1014"/>
       <c r="M1014"/>
       <c r="N1014"/>
       <c r="O1014"/>
       <c r="P1014"/>
       <c r="Q1014" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="1015" spans="1:17">
       <c r="A1015">
-        <v>36439</v>
+        <v>36438</v>
       </c>
       <c r="B1015" t="s">
         <v>1089</v>
       </c>
       <c r="C1015"/>
       <c r="D1015"/>
       <c r="E1015"/>
       <c r="F1015"/>
       <c r="G1015"/>
       <c r="H1015" t="s">
         <v>30</v>
       </c>
       <c r="I1015" t="s">
         <v>22</v>
       </c>
       <c r="J1015"/>
       <c r="K1015"/>
       <c r="L1015"/>
       <c r="M1015"/>
       <c r="N1015"/>
       <c r="O1015"/>
       <c r="P1015"/>
       <c r="Q1015" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="1016" spans="1:17">
       <c r="A1016">
-        <v>36440</v>
+        <v>36439</v>
       </c>
       <c r="B1016" t="s">
         <v>1090</v>
       </c>
       <c r="C1016"/>
       <c r="D1016"/>
       <c r="E1016"/>
       <c r="F1016"/>
       <c r="G1016"/>
       <c r="H1016" t="s">
         <v>30</v>
       </c>
       <c r="I1016" t="s">
         <v>22</v>
       </c>
       <c r="J1016"/>
       <c r="K1016"/>
       <c r="L1016"/>
       <c r="M1016"/>
       <c r="N1016"/>
       <c r="O1016"/>
       <c r="P1016"/>
       <c r="Q1016" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="1017" spans="1:17">
       <c r="A1017">
-        <v>36441</v>
+        <v>36440</v>
       </c>
       <c r="B1017" t="s">
         <v>1091</v>
       </c>
       <c r="C1017"/>
       <c r="D1017"/>
       <c r="E1017"/>
       <c r="F1017"/>
       <c r="G1017"/>
       <c r="H1017" t="s">
         <v>30</v>
       </c>
       <c r="I1017" t="s">
         <v>22</v>
       </c>
       <c r="J1017"/>
       <c r="K1017"/>
       <c r="L1017"/>
       <c r="M1017"/>
       <c r="N1017"/>
       <c r="O1017"/>
       <c r="P1017"/>
       <c r="Q1017" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="1018" spans="1:17">
       <c r="A1018">
-        <v>36442</v>
+        <v>36441</v>
       </c>
       <c r="B1018" t="s">
         <v>1092</v>
       </c>
       <c r="C1018"/>
       <c r="D1018"/>
       <c r="E1018"/>
       <c r="F1018"/>
       <c r="G1018"/>
       <c r="H1018" t="s">
         <v>30</v>
       </c>
       <c r="I1018" t="s">
         <v>22</v>
       </c>
       <c r="J1018"/>
       <c r="K1018"/>
       <c r="L1018"/>
       <c r="M1018"/>
       <c r="N1018"/>
       <c r="O1018"/>
       <c r="P1018"/>
       <c r="Q1018" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="1019" spans="1:17">
       <c r="A1019">
-        <v>36443</v>
+        <v>36442</v>
       </c>
       <c r="B1019" t="s">
         <v>1093</v>
       </c>
       <c r="C1019"/>
       <c r="D1019"/>
       <c r="E1019"/>
       <c r="F1019"/>
       <c r="G1019"/>
       <c r="H1019" t="s">
         <v>30</v>
       </c>
       <c r="I1019" t="s">
         <v>22</v>
       </c>
       <c r="J1019"/>
       <c r="K1019"/>
       <c r="L1019"/>
       <c r="M1019"/>
       <c r="N1019"/>
       <c r="O1019"/>
       <c r="P1019"/>
       <c r="Q1019" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="1020" spans="1:17">
       <c r="A1020">
-        <v>36444</v>
+        <v>36443</v>
       </c>
       <c r="B1020" t="s">
         <v>1094</v>
       </c>
       <c r="C1020"/>
       <c r="D1020"/>
       <c r="E1020"/>
       <c r="F1020"/>
       <c r="G1020"/>
       <c r="H1020" t="s">
         <v>30</v>
       </c>
       <c r="I1020" t="s">
         <v>22</v>
       </c>
       <c r="J1020"/>
       <c r="K1020"/>
       <c r="L1020"/>
       <c r="M1020"/>
       <c r="N1020"/>
       <c r="O1020"/>
       <c r="P1020"/>
       <c r="Q1020" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="1021" spans="1:17">
       <c r="A1021">
-        <v>36445</v>
+        <v>36444</v>
       </c>
       <c r="B1021" t="s">
         <v>1095</v>
       </c>
       <c r="C1021"/>
       <c r="D1021"/>
       <c r="E1021"/>
       <c r="F1021"/>
       <c r="G1021"/>
       <c r="H1021" t="s">
         <v>30</v>
       </c>
       <c r="I1021" t="s">
         <v>22</v>
       </c>
       <c r="J1021"/>
       <c r="K1021"/>
       <c r="L1021"/>
       <c r="M1021"/>
       <c r="N1021"/>
       <c r="O1021"/>
       <c r="P1021"/>
       <c r="Q1021" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="1022" spans="1:17">
       <c r="A1022">
-        <v>36446</v>
+        <v>36445</v>
       </c>
       <c r="B1022" t="s">
         <v>1096</v>
       </c>
       <c r="C1022"/>
       <c r="D1022"/>
       <c r="E1022"/>
       <c r="F1022"/>
       <c r="G1022"/>
       <c r="H1022" t="s">
         <v>30</v>
       </c>
       <c r="I1022" t="s">
         <v>22</v>
       </c>
       <c r="J1022"/>
       <c r="K1022"/>
       <c r="L1022"/>
       <c r="M1022"/>
       <c r="N1022"/>
       <c r="O1022"/>
       <c r="P1022"/>
       <c r="Q1022" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="1023" spans="1:17">
       <c r="A1023">
-        <v>36447</v>
+        <v>36446</v>
       </c>
       <c r="B1023" t="s">
         <v>1097</v>
       </c>
       <c r="C1023"/>
       <c r="D1023"/>
       <c r="E1023"/>
       <c r="F1023"/>
       <c r="G1023"/>
       <c r="H1023" t="s">
         <v>30</v>
       </c>
       <c r="I1023" t="s">
         <v>22</v>
       </c>
       <c r="J1023"/>
       <c r="K1023"/>
       <c r="L1023"/>
       <c r="M1023"/>
       <c r="N1023"/>
       <c r="O1023"/>
       <c r="P1023"/>
       <c r="Q1023" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="1024" spans="1:17">
       <c r="A1024">
-        <v>36448</v>
+        <v>36447</v>
       </c>
       <c r="B1024" t="s">
         <v>1098</v>
       </c>
       <c r="C1024"/>
       <c r="D1024"/>
       <c r="E1024"/>
       <c r="F1024"/>
       <c r="G1024"/>
       <c r="H1024" t="s">
         <v>30</v>
       </c>
       <c r="I1024" t="s">
         <v>22</v>
       </c>
       <c r="J1024"/>
       <c r="K1024"/>
       <c r="L1024"/>
       <c r="M1024"/>
       <c r="N1024"/>
       <c r="O1024"/>
       <c r="P1024"/>
       <c r="Q1024" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="1025" spans="1:17">
       <c r="A1025">
-        <v>36449</v>
+        <v>36448</v>
       </c>
       <c r="B1025" t="s">
         <v>1099</v>
       </c>
       <c r="C1025"/>
       <c r="D1025"/>
       <c r="E1025"/>
       <c r="F1025"/>
       <c r="G1025"/>
       <c r="H1025" t="s">
         <v>30</v>
       </c>
       <c r="I1025" t="s">
         <v>22</v>
       </c>
       <c r="J1025"/>
       <c r="K1025"/>
       <c r="L1025"/>
       <c r="M1025"/>
       <c r="N1025"/>
       <c r="O1025"/>
       <c r="P1025"/>
       <c r="Q1025" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="1026" spans="1:17">
       <c r="A1026">
-        <v>36450</v>
+        <v>36449</v>
       </c>
       <c r="B1026" t="s">
         <v>1100</v>
       </c>
       <c r="C1026"/>
       <c r="D1026"/>
       <c r="E1026"/>
       <c r="F1026"/>
       <c r="G1026"/>
       <c r="H1026" t="s">
         <v>30</v>
       </c>
       <c r="I1026" t="s">
         <v>22</v>
       </c>
       <c r="J1026"/>
       <c r="K1026"/>
       <c r="L1026"/>
       <c r="M1026"/>
       <c r="N1026"/>
       <c r="O1026"/>
       <c r="P1026"/>
       <c r="Q1026" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="1027" spans="1:17">
       <c r="A1027">
-        <v>36451</v>
+        <v>36450</v>
       </c>
       <c r="B1027" t="s">
         <v>1101</v>
       </c>
       <c r="C1027"/>
       <c r="D1027"/>
       <c r="E1027"/>
       <c r="F1027"/>
       <c r="G1027"/>
       <c r="H1027" t="s">
         <v>30</v>
       </c>
       <c r="I1027" t="s">
         <v>22</v>
       </c>
       <c r="J1027"/>
       <c r="K1027"/>
       <c r="L1027"/>
       <c r="M1027"/>
       <c r="N1027"/>
       <c r="O1027"/>
       <c r="P1027"/>
       <c r="Q1027" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="1028" spans="1:17">
       <c r="A1028">
-        <v>36452</v>
+        <v>36451</v>
       </c>
       <c r="B1028" t="s">
         <v>1102</v>
       </c>
       <c r="C1028"/>
       <c r="D1028"/>
       <c r="E1028"/>
       <c r="F1028"/>
       <c r="G1028"/>
       <c r="H1028" t="s">
         <v>30</v>
       </c>
       <c r="I1028" t="s">
         <v>22</v>
       </c>
       <c r="J1028"/>
       <c r="K1028"/>
       <c r="L1028"/>
       <c r="M1028"/>
       <c r="N1028"/>
       <c r="O1028"/>
       <c r="P1028"/>
       <c r="Q1028" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="1029" spans="1:17">
       <c r="A1029">
-        <v>36453</v>
+        <v>36452</v>
       </c>
       <c r="B1029" t="s">
         <v>1103</v>
       </c>
       <c r="C1029"/>
       <c r="D1029"/>
       <c r="E1029"/>
       <c r="F1029"/>
       <c r="G1029"/>
       <c r="H1029" t="s">
         <v>30</v>
       </c>
       <c r="I1029" t="s">
         <v>22</v>
       </c>
       <c r="J1029"/>
       <c r="K1029"/>
       <c r="L1029"/>
       <c r="M1029"/>
       <c r="N1029"/>
       <c r="O1029"/>
       <c r="P1029"/>
       <c r="Q1029" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="1030" spans="1:17">
       <c r="A1030">
-        <v>36479</v>
+        <v>36453</v>
       </c>
       <c r="B1030" t="s">
         <v>1104</v>
       </c>
       <c r="C1030"/>
       <c r="D1030"/>
       <c r="E1030"/>
       <c r="F1030"/>
       <c r="G1030"/>
       <c r="H1030" t="s">
         <v>30</v>
       </c>
       <c r="I1030" t="s">
         <v>22</v>
       </c>
       <c r="J1030"/>
       <c r="K1030"/>
       <c r="L1030"/>
       <c r="M1030"/>
       <c r="N1030"/>
       <c r="O1030"/>
       <c r="P1030"/>
       <c r="Q1030" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="1031" spans="1:17">
       <c r="A1031">
-        <v>36489</v>
+        <v>36479</v>
       </c>
       <c r="B1031" t="s">
         <v>1105</v>
       </c>
       <c r="C1031"/>
       <c r="D1031"/>
       <c r="E1031"/>
       <c r="F1031"/>
       <c r="G1031"/>
       <c r="H1031" t="s">
         <v>30</v>
       </c>
       <c r="I1031" t="s">
         <v>22</v>
       </c>
       <c r="J1031"/>
       <c r="K1031"/>
       <c r="L1031"/>
       <c r="M1031"/>
       <c r="N1031"/>
       <c r="O1031"/>
       <c r="P1031"/>
       <c r="Q1031" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="1032" spans="1:17">
       <c r="A1032">
-        <v>36490</v>
+        <v>36489</v>
       </c>
       <c r="B1032" t="s">
         <v>1106</v>
       </c>
       <c r="C1032"/>
       <c r="D1032"/>
       <c r="E1032"/>
       <c r="F1032"/>
       <c r="G1032"/>
       <c r="H1032" t="s">
         <v>30</v>
       </c>
       <c r="I1032" t="s">
         <v>22</v>
       </c>
       <c r="J1032"/>
       <c r="K1032"/>
       <c r="L1032"/>
       <c r="M1032"/>
       <c r="N1032"/>
       <c r="O1032"/>
       <c r="P1032"/>
       <c r="Q1032" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="1033" spans="1:17">
       <c r="A1033">
-        <v>36491</v>
+        <v>36490</v>
       </c>
       <c r="B1033" t="s">
         <v>1107</v>
       </c>
       <c r="C1033"/>
       <c r="D1033"/>
       <c r="E1033"/>
       <c r="F1033"/>
       <c r="G1033"/>
       <c r="H1033" t="s">
         <v>30</v>
       </c>
       <c r="I1033" t="s">
         <v>22</v>
       </c>
       <c r="J1033"/>
       <c r="K1033"/>
       <c r="L1033"/>
       <c r="M1033"/>
       <c r="N1033"/>
       <c r="O1033"/>
       <c r="P1033"/>
       <c r="Q1033" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="1034" spans="1:17">
       <c r="A1034">
-        <v>36492</v>
+        <v>36491</v>
       </c>
       <c r="B1034" t="s">
         <v>1108</v>
       </c>
       <c r="C1034"/>
       <c r="D1034"/>
       <c r="E1034"/>
       <c r="F1034"/>
       <c r="G1034"/>
       <c r="H1034" t="s">
         <v>30</v>
       </c>
       <c r="I1034" t="s">
         <v>22</v>
       </c>
       <c r="J1034"/>
       <c r="K1034"/>
       <c r="L1034"/>
       <c r="M1034"/>
       <c r="N1034"/>
       <c r="O1034"/>
       <c r="P1034"/>
       <c r="Q1034" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="1035" spans="1:17">
       <c r="A1035">
-        <v>36493</v>
+        <v>36492</v>
       </c>
       <c r="B1035" t="s">
         <v>1109</v>
       </c>
       <c r="C1035"/>
       <c r="D1035"/>
       <c r="E1035"/>
       <c r="F1035"/>
       <c r="G1035"/>
       <c r="H1035" t="s">
         <v>30</v>
       </c>
       <c r="I1035" t="s">
         <v>22</v>
       </c>
       <c r="J1035"/>
       <c r="K1035"/>
       <c r="L1035"/>
       <c r="M1035"/>
       <c r="N1035"/>
       <c r="O1035"/>
       <c r="P1035"/>
       <c r="Q1035" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="1036" spans="1:17">
       <c r="A1036">
-        <v>36494</v>
+        <v>36493</v>
       </c>
       <c r="B1036" t="s">
         <v>1110</v>
       </c>
       <c r="C1036"/>
       <c r="D1036"/>
       <c r="E1036"/>
       <c r="F1036"/>
       <c r="G1036"/>
       <c r="H1036" t="s">
         <v>30</v>
       </c>
       <c r="I1036" t="s">
         <v>22</v>
       </c>
       <c r="J1036"/>
       <c r="K1036"/>
       <c r="L1036"/>
       <c r="M1036"/>
       <c r="N1036"/>
       <c r="O1036"/>
       <c r="P1036"/>
       <c r="Q1036" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="1037" spans="1:17">
       <c r="A1037">
-        <v>36503</v>
+        <v>36494</v>
       </c>
       <c r="B1037" t="s">
         <v>1111</v>
       </c>
       <c r="C1037"/>
       <c r="D1037"/>
       <c r="E1037"/>
       <c r="F1037"/>
       <c r="G1037"/>
       <c r="H1037" t="s">
         <v>30</v>
       </c>
       <c r="I1037" t="s">
         <v>22</v>
       </c>
       <c r="J1037"/>
       <c r="K1037"/>
       <c r="L1037"/>
       <c r="M1037"/>
       <c r="N1037"/>
       <c r="O1037"/>
       <c r="P1037"/>
       <c r="Q1037" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="1038" spans="1:17">
       <c r="A1038">
-        <v>12871</v>
+        <v>36503</v>
       </c>
       <c r="B1038" t="s">
         <v>1112</v>
       </c>
       <c r="C1038"/>
       <c r="D1038"/>
       <c r="E1038"/>
       <c r="F1038"/>
       <c r="G1038"/>
       <c r="H1038" t="s">
         <v>30</v>
       </c>
       <c r="I1038" t="s">
         <v>22</v>
       </c>
       <c r="J1038"/>
       <c r="K1038"/>
       <c r="L1038"/>
       <c r="M1038"/>
       <c r="N1038"/>
       <c r="O1038"/>
       <c r="P1038"/>
       <c r="Q1038" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="1039" spans="1:17">
       <c r="A1039">
-        <v>12872</v>
+        <v>12871</v>
       </c>
       <c r="B1039" t="s">
         <v>1113</v>
       </c>
       <c r="C1039"/>
       <c r="D1039"/>
       <c r="E1039"/>
       <c r="F1039"/>
       <c r="G1039"/>
       <c r="H1039" t="s">
         <v>30</v>
       </c>
       <c r="I1039" t="s">
         <v>22</v>
       </c>
       <c r="J1039"/>
       <c r="K1039"/>
       <c r="L1039"/>
       <c r="M1039"/>
       <c r="N1039"/>
       <c r="O1039"/>
       <c r="P1039"/>
       <c r="Q1039" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="1040" spans="1:17">
       <c r="A1040">
-        <v>12873</v>
+        <v>12872</v>
       </c>
       <c r="B1040" t="s">
         <v>1114</v>
       </c>
       <c r="C1040"/>
       <c r="D1040"/>
       <c r="E1040"/>
       <c r="F1040"/>
       <c r="G1040"/>
       <c r="H1040" t="s">
         <v>30</v>
       </c>
       <c r="I1040" t="s">
         <v>22</v>
       </c>
       <c r="J1040"/>
       <c r="K1040"/>
       <c r="L1040"/>
       <c r="M1040"/>
       <c r="N1040"/>
       <c r="O1040"/>
       <c r="P1040"/>
       <c r="Q1040" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="1041" spans="1:17">
       <c r="A1041">
-        <v>12874</v>
+        <v>12873</v>
       </c>
       <c r="B1041" t="s">
         <v>1115</v>
       </c>
       <c r="C1041"/>
       <c r="D1041"/>
       <c r="E1041"/>
       <c r="F1041"/>
       <c r="G1041"/>
       <c r="H1041" t="s">
         <v>30</v>
       </c>
       <c r="I1041" t="s">
         <v>22</v>
       </c>
       <c r="J1041"/>
       <c r="K1041"/>
       <c r="L1041"/>
       <c r="M1041"/>
       <c r="N1041"/>
       <c r="O1041"/>
       <c r="P1041"/>
       <c r="Q1041" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="1042" spans="1:17">
       <c r="A1042">
-        <v>12875</v>
+        <v>12874</v>
       </c>
       <c r="B1042" t="s">
         <v>1116</v>
       </c>
       <c r="C1042"/>
       <c r="D1042"/>
       <c r="E1042"/>
       <c r="F1042"/>
       <c r="G1042"/>
       <c r="H1042" t="s">
         <v>30</v>
       </c>
       <c r="I1042" t="s">
         <v>22</v>
       </c>
       <c r="J1042"/>
       <c r="K1042"/>
       <c r="L1042"/>
       <c r="M1042"/>
       <c r="N1042"/>
       <c r="O1042"/>
       <c r="P1042"/>
       <c r="Q1042" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="1043" spans="1:17">
       <c r="A1043">
-        <v>12876</v>
+        <v>12875</v>
       </c>
       <c r="B1043" t="s">
         <v>1117</v>
       </c>
       <c r="C1043"/>
       <c r="D1043"/>
       <c r="E1043"/>
       <c r="F1043"/>
       <c r="G1043"/>
       <c r="H1043" t="s">
         <v>30</v>
       </c>
       <c r="I1043" t="s">
         <v>22</v>
       </c>
       <c r="J1043"/>
       <c r="K1043"/>
       <c r="L1043"/>
       <c r="M1043"/>
       <c r="N1043"/>
       <c r="O1043"/>
       <c r="P1043"/>
       <c r="Q1043" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="1044" spans="1:17">
       <c r="A1044">
-        <v>12877</v>
+        <v>12876</v>
       </c>
       <c r="B1044" t="s">
         <v>1118</v>
       </c>
       <c r="C1044"/>
       <c r="D1044"/>
       <c r="E1044"/>
       <c r="F1044"/>
       <c r="G1044"/>
       <c r="H1044" t="s">
         <v>30</v>
       </c>
       <c r="I1044" t="s">
         <v>22</v>
       </c>
       <c r="J1044"/>
       <c r="K1044"/>
       <c r="L1044"/>
       <c r="M1044"/>
       <c r="N1044"/>
       <c r="O1044"/>
       <c r="P1044"/>
       <c r="Q1044" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="1045" spans="1:17">
       <c r="A1045">
-        <v>12878</v>
+        <v>12877</v>
       </c>
       <c r="B1045" t="s">
         <v>1119</v>
       </c>
       <c r="C1045"/>
       <c r="D1045"/>
       <c r="E1045"/>
       <c r="F1045"/>
       <c r="G1045"/>
       <c r="H1045" t="s">
         <v>30</v>
       </c>
       <c r="I1045" t="s">
         <v>22</v>
       </c>
       <c r="J1045"/>
       <c r="K1045"/>
       <c r="L1045"/>
       <c r="M1045"/>
       <c r="N1045"/>
       <c r="O1045"/>
       <c r="P1045"/>
       <c r="Q1045" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="1046" spans="1:17">
       <c r="A1046">
-        <v>12879</v>
+        <v>12878</v>
       </c>
       <c r="B1046" t="s">
         <v>1120</v>
       </c>
       <c r="C1046"/>
       <c r="D1046"/>
       <c r="E1046"/>
       <c r="F1046"/>
       <c r="G1046"/>
       <c r="H1046" t="s">
         <v>30</v>
       </c>
       <c r="I1046" t="s">
         <v>22</v>
       </c>
       <c r="J1046"/>
       <c r="K1046"/>
       <c r="L1046"/>
       <c r="M1046"/>
       <c r="N1046"/>
       <c r="O1046"/>
       <c r="P1046"/>
       <c r="Q1046" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="1047" spans="1:17">
       <c r="A1047">
-        <v>36526</v>
+        <v>12879</v>
       </c>
       <c r="B1047" t="s">
         <v>1121</v>
       </c>
       <c r="C1047"/>
       <c r="D1047"/>
       <c r="E1047"/>
       <c r="F1047"/>
       <c r="G1047"/>
       <c r="H1047" t="s">
         <v>30</v>
       </c>
       <c r="I1047" t="s">
         <v>22</v>
       </c>
       <c r="J1047"/>
       <c r="K1047"/>
       <c r="L1047"/>
       <c r="M1047"/>
       <c r="N1047"/>
       <c r="O1047"/>
       <c r="P1047"/>
       <c r="Q1047" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="1048" spans="1:17">
       <c r="A1048">
-        <v>36527</v>
+        <v>36526</v>
       </c>
       <c r="B1048" t="s">
         <v>1122</v>
       </c>
       <c r="C1048"/>
       <c r="D1048"/>
       <c r="E1048"/>
       <c r="F1048"/>
       <c r="G1048"/>
       <c r="H1048" t="s">
         <v>30</v>
       </c>
       <c r="I1048" t="s">
         <v>22</v>
       </c>
       <c r="J1048"/>
       <c r="K1048"/>
       <c r="L1048"/>
       <c r="M1048"/>
       <c r="N1048"/>
       <c r="O1048"/>
       <c r="P1048"/>
       <c r="Q1048" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="1049" spans="1:17">
       <c r="A1049">
-        <v>36528</v>
+        <v>36527</v>
       </c>
       <c r="B1049" t="s">
         <v>1123</v>
       </c>
       <c r="C1049"/>
       <c r="D1049"/>
       <c r="E1049"/>
       <c r="F1049"/>
       <c r="G1049"/>
       <c r="H1049" t="s">
         <v>30</v>
       </c>
       <c r="I1049" t="s">
         <v>22</v>
       </c>
       <c r="J1049"/>
       <c r="K1049"/>
       <c r="L1049"/>
       <c r="M1049"/>
       <c r="N1049"/>
       <c r="O1049"/>
       <c r="P1049"/>
       <c r="Q1049" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="1050" spans="1:17">
       <c r="A1050">
-        <v>36529</v>
+        <v>36528</v>
       </c>
       <c r="B1050" t="s">
         <v>1124</v>
       </c>
       <c r="C1050"/>
       <c r="D1050"/>
       <c r="E1050"/>
       <c r="F1050"/>
       <c r="G1050"/>
       <c r="H1050" t="s">
         <v>30</v>
       </c>
       <c r="I1050" t="s">
         <v>22</v>
       </c>
       <c r="J1050"/>
       <c r="K1050"/>
       <c r="L1050"/>
       <c r="M1050"/>
       <c r="N1050"/>
       <c r="O1050"/>
       <c r="P1050"/>
       <c r="Q1050" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="1051" spans="1:17">
       <c r="A1051">
-        <v>36530</v>
+        <v>36529</v>
       </c>
       <c r="B1051" t="s">
         <v>1125</v>
       </c>
       <c r="C1051"/>
       <c r="D1051"/>
       <c r="E1051"/>
       <c r="F1051"/>
       <c r="G1051"/>
       <c r="H1051" t="s">
         <v>30</v>
       </c>
       <c r="I1051" t="s">
         <v>22</v>
       </c>
       <c r="J1051"/>
       <c r="K1051"/>
       <c r="L1051"/>
       <c r="M1051"/>
       <c r="N1051"/>
       <c r="O1051"/>
       <c r="P1051"/>
       <c r="Q1051" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="1052" spans="1:17">
       <c r="A1052">
-        <v>36531</v>
+        <v>36530</v>
       </c>
       <c r="B1052" t="s">
         <v>1126</v>
       </c>
       <c r="C1052"/>
       <c r="D1052"/>
       <c r="E1052"/>
       <c r="F1052"/>
       <c r="G1052"/>
       <c r="H1052" t="s">
         <v>30</v>
       </c>
       <c r="I1052" t="s">
         <v>22</v>
       </c>
       <c r="J1052"/>
       <c r="K1052"/>
       <c r="L1052"/>
       <c r="M1052"/>
       <c r="N1052"/>
       <c r="O1052"/>
       <c r="P1052"/>
       <c r="Q1052" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="1053" spans="1:17">
       <c r="A1053">
-        <v>36532</v>
+        <v>36531</v>
       </c>
       <c r="B1053" t="s">
         <v>1127</v>
       </c>
       <c r="C1053"/>
       <c r="D1053"/>
       <c r="E1053"/>
       <c r="F1053"/>
       <c r="G1053"/>
       <c r="H1053" t="s">
         <v>30</v>
       </c>
       <c r="I1053" t="s">
         <v>22</v>
       </c>
       <c r="J1053"/>
       <c r="K1053"/>
       <c r="L1053"/>
       <c r="M1053"/>
       <c r="N1053"/>
       <c r="O1053"/>
       <c r="P1053"/>
       <c r="Q1053" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="1054" spans="1:17">
       <c r="A1054">
-        <v>36533</v>
+        <v>36532</v>
       </c>
       <c r="B1054" t="s">
         <v>1128</v>
       </c>
       <c r="C1054"/>
       <c r="D1054"/>
       <c r="E1054"/>
       <c r="F1054"/>
       <c r="G1054"/>
       <c r="H1054" t="s">
         <v>30</v>
       </c>
       <c r="I1054" t="s">
         <v>22</v>
       </c>
       <c r="J1054"/>
       <c r="K1054"/>
       <c r="L1054"/>
       <c r="M1054"/>
       <c r="N1054"/>
       <c r="O1054"/>
       <c r="P1054"/>
       <c r="Q1054" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="1055" spans="1:17">
       <c r="A1055">
-        <v>36549</v>
+        <v>36533</v>
       </c>
       <c r="B1055" t="s">
         <v>1129</v>
       </c>
       <c r="C1055"/>
       <c r="D1055"/>
       <c r="E1055"/>
       <c r="F1055"/>
       <c r="G1055"/>
       <c r="H1055" t="s">
         <v>30</v>
       </c>
       <c r="I1055" t="s">
         <v>22</v>
       </c>
       <c r="J1055"/>
       <c r="K1055"/>
       <c r="L1055"/>
       <c r="M1055"/>
       <c r="N1055"/>
       <c r="O1055"/>
       <c r="P1055"/>
       <c r="Q1055" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="1056" spans="1:17">
       <c r="A1056">
-        <v>12863</v>
+        <v>36549</v>
       </c>
       <c r="B1056" t="s">
         <v>1130</v>
       </c>
       <c r="C1056"/>
       <c r="D1056"/>
       <c r="E1056"/>
       <c r="F1056"/>
       <c r="G1056"/>
       <c r="H1056" t="s">
         <v>30</v>
       </c>
       <c r="I1056" t="s">
         <v>22</v>
       </c>
       <c r="J1056"/>
       <c r="K1056"/>
       <c r="L1056"/>
       <c r="M1056"/>
       <c r="N1056"/>
       <c r="O1056"/>
       <c r="P1056"/>
       <c r="Q1056" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="1057" spans="1:17">
       <c r="A1057">
-        <v>12864</v>
+        <v>12863</v>
       </c>
       <c r="B1057" t="s">
         <v>1131</v>
       </c>
       <c r="C1057"/>
       <c r="D1057"/>
       <c r="E1057"/>
       <c r="F1057"/>
       <c r="G1057"/>
       <c r="H1057" t="s">
         <v>30</v>
       </c>
       <c r="I1057" t="s">
         <v>22</v>
       </c>
       <c r="J1057"/>
       <c r="K1057"/>
       <c r="L1057"/>
       <c r="M1057"/>
       <c r="N1057"/>
       <c r="O1057"/>
       <c r="P1057"/>
       <c r="Q1057" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="1058" spans="1:17">
       <c r="A1058">
-        <v>12865</v>
+        <v>12864</v>
       </c>
       <c r="B1058" t="s">
         <v>1132</v>
       </c>
       <c r="C1058"/>
       <c r="D1058"/>
       <c r="E1058"/>
       <c r="F1058"/>
       <c r="G1058"/>
       <c r="H1058" t="s">
         <v>30</v>
       </c>
       <c r="I1058" t="s">
         <v>22</v>
       </c>
       <c r="J1058"/>
       <c r="K1058"/>
       <c r="L1058"/>
       <c r="M1058"/>
       <c r="N1058"/>
       <c r="O1058"/>
       <c r="P1058"/>
       <c r="Q1058" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="1059" spans="1:17">
       <c r="A1059">
-        <v>12866</v>
+        <v>12865</v>
       </c>
       <c r="B1059" t="s">
         <v>1133</v>
       </c>
       <c r="C1059"/>
       <c r="D1059"/>
       <c r="E1059"/>
       <c r="F1059"/>
       <c r="G1059"/>
       <c r="H1059" t="s">
         <v>30</v>
       </c>
       <c r="I1059" t="s">
         <v>22</v>
       </c>
       <c r="J1059"/>
       <c r="K1059"/>
       <c r="L1059"/>
       <c r="M1059"/>
       <c r="N1059"/>
       <c r="O1059"/>
       <c r="P1059"/>
       <c r="Q1059" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="1060" spans="1:17">
       <c r="A1060">
-        <v>12867</v>
+        <v>12866</v>
       </c>
       <c r="B1060" t="s">
         <v>1134</v>
       </c>
       <c r="C1060"/>
       <c r="D1060"/>
       <c r="E1060"/>
       <c r="F1060"/>
       <c r="G1060"/>
       <c r="H1060" t="s">
         <v>30</v>
       </c>
       <c r="I1060" t="s">
         <v>22</v>
       </c>
       <c r="J1060"/>
       <c r="K1060"/>
       <c r="L1060"/>
       <c r="M1060"/>
       <c r="N1060"/>
       <c r="O1060"/>
       <c r="P1060"/>
       <c r="Q1060" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="1061" spans="1:17">
       <c r="A1061">
-        <v>12868</v>
+        <v>12867</v>
       </c>
       <c r="B1061" t="s">
         <v>1135</v>
       </c>
       <c r="C1061"/>
       <c r="D1061"/>
       <c r="E1061"/>
       <c r="F1061"/>
       <c r="G1061"/>
       <c r="H1061" t="s">
         <v>30</v>
       </c>
       <c r="I1061" t="s">
         <v>22</v>
       </c>
       <c r="J1061"/>
       <c r="K1061"/>
       <c r="L1061"/>
       <c r="M1061"/>
       <c r="N1061"/>
       <c r="O1061"/>
       <c r="P1061"/>
       <c r="Q1061" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="1062" spans="1:17">
       <c r="A1062">
-        <v>12869</v>
+        <v>12868</v>
       </c>
       <c r="B1062" t="s">
         <v>1136</v>
       </c>
       <c r="C1062"/>
       <c r="D1062"/>
       <c r="E1062"/>
       <c r="F1062"/>
       <c r="G1062"/>
       <c r="H1062" t="s">
         <v>30</v>
       </c>
       <c r="I1062" t="s">
         <v>22</v>
       </c>
       <c r="J1062"/>
       <c r="K1062"/>
       <c r="L1062"/>
       <c r="M1062"/>
       <c r="N1062"/>
       <c r="O1062"/>
       <c r="P1062"/>
       <c r="Q1062" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="1063" spans="1:17">
       <c r="A1063">
-        <v>12661</v>
+        <v>12869</v>
       </c>
       <c r="B1063" t="s">
         <v>1137</v>
       </c>
       <c r="C1063"/>
       <c r="D1063"/>
       <c r="E1063"/>
       <c r="F1063"/>
       <c r="G1063"/>
       <c r="H1063" t="s">
         <v>30</v>
       </c>
       <c r="I1063" t="s">
         <v>22</v>
       </c>
       <c r="J1063"/>
       <c r="K1063"/>
       <c r="L1063"/>
       <c r="M1063"/>
       <c r="N1063"/>
       <c r="O1063"/>
       <c r="P1063"/>
       <c r="Q1063" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="1064" spans="1:17">
       <c r="A1064">
-        <v>13149</v>
+        <v>12661</v>
       </c>
       <c r="B1064" t="s">
         <v>1138</v>
       </c>
       <c r="C1064"/>
       <c r="D1064"/>
       <c r="E1064"/>
       <c r="F1064"/>
       <c r="G1064"/>
       <c r="H1064" t="s">
         <v>30</v>
       </c>
       <c r="I1064" t="s">
         <v>22</v>
       </c>
       <c r="J1064"/>
       <c r="K1064"/>
       <c r="L1064"/>
       <c r="M1064"/>
       <c r="N1064"/>
       <c r="O1064"/>
       <c r="P1064"/>
       <c r="Q1064" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="1065" spans="1:17">
       <c r="A1065">
-        <v>12921</v>
+        <v>13149</v>
       </c>
       <c r="B1065" t="s">
         <v>1139</v>
       </c>
       <c r="C1065"/>
       <c r="D1065"/>
       <c r="E1065"/>
       <c r="F1065"/>
       <c r="G1065"/>
       <c r="H1065" t="s">
         <v>30</v>
       </c>
       <c r="I1065" t="s">
         <v>22</v>
       </c>
       <c r="J1065"/>
       <c r="K1065"/>
       <c r="L1065"/>
       <c r="M1065"/>
       <c r="N1065"/>
       <c r="O1065"/>
       <c r="P1065"/>
       <c r="Q1065" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="1066" spans="1:17">
       <c r="A1066">
-        <v>36568</v>
+        <v>12921</v>
       </c>
       <c r="B1066" t="s">
         <v>1140</v>
       </c>
       <c r="C1066"/>
       <c r="D1066"/>
       <c r="E1066"/>
       <c r="F1066"/>
       <c r="G1066"/>
       <c r="H1066" t="s">
         <v>30</v>
       </c>
       <c r="I1066" t="s">
         <v>22</v>
       </c>
       <c r="J1066"/>
       <c r="K1066"/>
       <c r="L1066"/>
       <c r="M1066"/>
       <c r="N1066"/>
       <c r="O1066"/>
       <c r="P1066"/>
       <c r="Q1066" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="1067" spans="1:17">
       <c r="A1067">
-        <v>13046</v>
+        <v>36568</v>
       </c>
       <c r="B1067" t="s">
         <v>1141</v>
       </c>
       <c r="C1067"/>
       <c r="D1067"/>
       <c r="E1067"/>
       <c r="F1067"/>
       <c r="G1067"/>
       <c r="H1067" t="s">
         <v>30</v>
       </c>
       <c r="I1067" t="s">
         <v>22</v>
       </c>
       <c r="J1067"/>
       <c r="K1067"/>
       <c r="L1067"/>
       <c r="M1067"/>
       <c r="N1067"/>
       <c r="O1067"/>
       <c r="P1067"/>
       <c r="Q1067" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="1068" spans="1:17">
+      <c r="A1068">
+        <v>13046</v>
+      </c>
+      <c r="B1068" t="s">
+        <v>1142</v>
+      </c>
+      <c r="C1068"/>
+      <c r="D1068"/>
+      <c r="E1068"/>
+      <c r="F1068"/>
+      <c r="G1068"/>
+      <c r="H1068" t="s">
+        <v>30</v>
+      </c>
+      <c r="I1068" t="s">
+        <v>22</v>
+      </c>
+      <c r="J1068"/>
+      <c r="K1068"/>
+      <c r="L1068"/>
+      <c r="M1068"/>
+      <c r="N1068"/>
+      <c r="O1068"/>
+      <c r="P1068"/>
+      <c r="Q1068" t="s">
         <v>25</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>