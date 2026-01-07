--- v0 (2025-11-15)
+++ v1 (2026-01-07)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="especies" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1300">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1301">
   <si>
     <t>Código de la especie (id taxon)</t>
   </si>
   <si>
     <t>Nombre aceptado</t>
   </si>
   <si>
     <t>Nombres comunes</t>
   </si>
   <si>
     <t>Nombre idioma</t>
   </si>
   <si>
     <t>Categoría de amenaza UICN</t>
   </si>
   <si>
     <t>Categoría de amenaza UICN nacional o mundial</t>
   </si>
   <si>
     <t>Descripción</t>
   </si>
   <si>
     <t>Ámbito</t>
   </si>
   <si>
@@ -3819,50 +3819,53 @@
     <t>Tuta absoluta (Meyrick, 1917)</t>
   </si>
   <si>
     <t>Tychius depauperatus Wollaston, 1864</t>
   </si>
   <si>
     <t>Uca tangeri (Eydoux, 1835)</t>
   </si>
   <si>
     <t>Unaspis euonymi (Comstock, 1881)</t>
   </si>
   <si>
     <t>Urophorus humeralis (Fabricius, 1798)</t>
   </si>
   <si>
     <t>Urosalpinx cinerea (Say, 1822)</t>
   </si>
   <si>
     <t>Vespa mandarinia Smith, 1852</t>
   </si>
   <si>
     <t>Vespa orientalis Linnaeus, 1771</t>
   </si>
   <si>
     <t>prueba_Avispón oriental (Castellano)</t>
+  </si>
+  <si>
+    <t>Vespa soror Buysson, 1905</t>
   </si>
   <si>
     <t>Vespa velutina</t>
   </si>
   <si>
     <t>Vespa velutina nigrithorax de Buysson, 1905</t>
   </si>
   <si>
     <t>Vesperus luridus (Rossi, 1794)</t>
   </si>
   <si>
     <t>Calopus serraticornis Rossi, 1790</t>
   </si>
   <si>
     <t>Vespula germanica (Fabricius, 1781)</t>
   </si>
   <si>
     <t>Vitrea contracta (Westerlund, 1871)</t>
   </si>
   <si>
     <t>Wahlgreniella nervata arbuti</t>
   </si>
   <si>
     <t>Wahlgreniella nervata (Gillete, 1908)</t>
   </si>
@@ -4259,51 +4262,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:Q1148"/>
+  <dimension ref="A1:Q1149"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="37.705" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="80.123" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="465.886" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="142.679" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="227.516" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="82.408" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="1886.254" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="11.711" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="19.995" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="252.367" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="42.418" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="35.277" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="88.407" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="50.559" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="113.115" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="102.546" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="63.556" bestFit="true" customWidth="true" style="0"/>
   </cols>
@@ -37524,931 +37527,960 @@
       <c r="F1118"/>
       <c r="G1118"/>
       <c r="H1118" t="s">
         <v>23</v>
       </c>
       <c r="I1118" t="s">
         <v>24</v>
       </c>
       <c r="J1118" t="s">
         <v>34</v>
       </c>
       <c r="K1118"/>
       <c r="L1118" t="s">
         <v>26</v>
       </c>
       <c r="M1118"/>
       <c r="N1118"/>
       <c r="O1118"/>
       <c r="P1118"/>
       <c r="Q1118" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="1119" spans="1:17">
       <c r="A1119">
-        <v>32484</v>
+        <v>100197</v>
       </c>
       <c r="B1119" t="s">
         <v>1269</v>
       </c>
       <c r="C1119"/>
       <c r="D1119"/>
       <c r="E1119"/>
       <c r="F1119"/>
       <c r="G1119"/>
       <c r="H1119" t="s">
         <v>23</v>
       </c>
       <c r="I1119" t="s">
         <v>24</v>
       </c>
-      <c r="J1119" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="J1119"/>
       <c r="K1119"/>
-      <c r="L1119" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L1119"/>
       <c r="M1119"/>
       <c r="N1119"/>
       <c r="O1119"/>
       <c r="P1119"/>
       <c r="Q1119" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="1120" spans="1:17">
       <c r="A1120">
-        <v>26888</v>
+        <v>32484</v>
       </c>
       <c r="B1120" t="s">
         <v>1270</v>
       </c>
       <c r="C1120"/>
       <c r="D1120"/>
       <c r="E1120"/>
       <c r="F1120"/>
       <c r="G1120"/>
       <c r="H1120" t="s">
         <v>23</v>
       </c>
       <c r="I1120" t="s">
         <v>24</v>
       </c>
       <c r="J1120" t="s">
-        <v>25</v>
+        <v>34</v>
       </c>
       <c r="K1120"/>
       <c r="L1120" t="s">
         <v>26</v>
       </c>
-      <c r="M1120" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="M1120"/>
       <c r="N1120"/>
       <c r="O1120"/>
       <c r="P1120"/>
       <c r="Q1120" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="1121" spans="1:17">
       <c r="A1121">
-        <v>75332</v>
+        <v>26888</v>
       </c>
       <c r="B1121" t="s">
         <v>1271</v>
       </c>
       <c r="C1121"/>
       <c r="D1121"/>
       <c r="E1121"/>
       <c r="F1121"/>
       <c r="G1121"/>
       <c r="H1121" t="s">
         <v>23</v>
       </c>
       <c r="I1121" t="s">
         <v>24</v>
       </c>
-      <c r="J1121"/>
+      <c r="J1121" t="s">
+        <v>25</v>
+      </c>
       <c r="K1121"/>
-      <c r="L1121"/>
-      <c r="M1121"/>
+      <c r="L1121" t="s">
+        <v>26</v>
+      </c>
+      <c r="M1121" t="s">
+        <v>27</v>
+      </c>
       <c r="N1121"/>
       <c r="O1121"/>
-      <c r="P1121" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="P1121"/>
       <c r="Q1121" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="1122" spans="1:17">
       <c r="A1122">
-        <v>75335</v>
+        <v>75332</v>
       </c>
       <c r="B1122" t="s">
-        <v>1273</v>
+        <v>1272</v>
       </c>
       <c r="C1122"/>
       <c r="D1122"/>
       <c r="E1122"/>
       <c r="F1122"/>
       <c r="G1122"/>
       <c r="H1122" t="s">
         <v>23</v>
       </c>
       <c r="I1122" t="s">
         <v>24</v>
       </c>
       <c r="J1122"/>
       <c r="K1122"/>
       <c r="L1122"/>
       <c r="M1122"/>
       <c r="N1122"/>
       <c r="O1122"/>
-      <c r="P1122"/>
+      <c r="P1122" t="s">
+        <v>1273</v>
+      </c>
       <c r="Q1122" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="1123" spans="1:17">
       <c r="A1123">
-        <v>75382</v>
+        <v>75335</v>
       </c>
       <c r="B1123" t="s">
         <v>1274</v>
       </c>
       <c r="C1123"/>
       <c r="D1123"/>
       <c r="E1123"/>
       <c r="F1123"/>
       <c r="G1123"/>
       <c r="H1123" t="s">
         <v>23</v>
       </c>
       <c r="I1123" t="s">
         <v>24</v>
       </c>
       <c r="J1123"/>
       <c r="K1123"/>
       <c r="L1123"/>
       <c r="M1123"/>
       <c r="N1123"/>
       <c r="O1123"/>
       <c r="P1123"/>
       <c r="Q1123" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="1124" spans="1:17">
       <c r="A1124">
-        <v>76475</v>
+        <v>75382</v>
       </c>
       <c r="B1124" t="s">
         <v>1275</v>
       </c>
       <c r="C1124"/>
       <c r="D1124"/>
       <c r="E1124"/>
       <c r="F1124"/>
       <c r="G1124"/>
       <c r="H1124" t="s">
         <v>23</v>
       </c>
       <c r="I1124" t="s">
         <v>24</v>
       </c>
       <c r="J1124"/>
       <c r="K1124"/>
       <c r="L1124"/>
       <c r="M1124"/>
       <c r="N1124"/>
       <c r="O1124"/>
       <c r="P1124"/>
       <c r="Q1124" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="1125" spans="1:17">
       <c r="A1125">
-        <v>76474</v>
+        <v>76475</v>
       </c>
       <c r="B1125" t="s">
         <v>1276</v>
       </c>
       <c r="C1125"/>
       <c r="D1125"/>
       <c r="E1125"/>
       <c r="F1125"/>
       <c r="G1125"/>
       <c r="H1125" t="s">
         <v>23</v>
       </c>
       <c r="I1125" t="s">
         <v>24</v>
       </c>
       <c r="J1125"/>
       <c r="K1125"/>
       <c r="L1125"/>
       <c r="M1125"/>
       <c r="N1125"/>
       <c r="O1125"/>
       <c r="P1125"/>
       <c r="Q1125" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="1126" spans="1:17">
       <c r="A1126">
-        <v>76561</v>
+        <v>76474</v>
       </c>
       <c r="B1126" t="s">
         <v>1277</v>
       </c>
       <c r="C1126"/>
       <c r="D1126"/>
       <c r="E1126"/>
       <c r="F1126"/>
       <c r="G1126"/>
       <c r="H1126" t="s">
         <v>23</v>
       </c>
       <c r="I1126" t="s">
         <v>24</v>
       </c>
       <c r="J1126"/>
       <c r="K1126"/>
       <c r="L1126"/>
       <c r="M1126"/>
       <c r="N1126"/>
       <c r="O1126"/>
       <c r="P1126"/>
       <c r="Q1126" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="1127" spans="1:17">
       <c r="A1127">
-        <v>76568</v>
+        <v>76561</v>
       </c>
       <c r="B1127" t="s">
         <v>1278</v>
       </c>
       <c r="C1127"/>
       <c r="D1127"/>
       <c r="E1127"/>
       <c r="F1127"/>
       <c r="G1127"/>
       <c r="H1127" t="s">
         <v>23</v>
       </c>
       <c r="I1127" t="s">
         <v>24</v>
       </c>
-      <c r="J1127" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="J1127"/>
       <c r="K1127"/>
       <c r="L1127"/>
-      <c r="M1127" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="M1127"/>
       <c r="N1127"/>
       <c r="O1127"/>
       <c r="P1127"/>
       <c r="Q1127" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="1128" spans="1:17">
       <c r="A1128">
-        <v>76704</v>
+        <v>76568</v>
       </c>
       <c r="B1128" t="s">
         <v>1279</v>
       </c>
       <c r="C1128"/>
       <c r="D1128"/>
       <c r="E1128"/>
       <c r="F1128"/>
       <c r="G1128"/>
       <c r="H1128" t="s">
         <v>23</v>
       </c>
       <c r="I1128" t="s">
         <v>24</v>
       </c>
-      <c r="J1128"/>
+      <c r="J1128" t="s">
+        <v>187</v>
+      </c>
       <c r="K1128"/>
       <c r="L1128"/>
-      <c r="M1128"/>
+      <c r="M1128" t="s">
+        <v>27</v>
+      </c>
       <c r="N1128"/>
       <c r="O1128"/>
       <c r="P1128"/>
       <c r="Q1128" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="1129" spans="1:17">
       <c r="A1129">
-        <v>76676</v>
+        <v>76704</v>
       </c>
       <c r="B1129" t="s">
         <v>1280</v>
       </c>
       <c r="C1129"/>
       <c r="D1129"/>
       <c r="E1129"/>
       <c r="F1129"/>
       <c r="G1129"/>
       <c r="H1129" t="s">
         <v>23</v>
       </c>
       <c r="I1129" t="s">
         <v>24</v>
       </c>
       <c r="J1129"/>
       <c r="K1129"/>
       <c r="L1129"/>
       <c r="M1129"/>
       <c r="N1129"/>
       <c r="O1129"/>
       <c r="P1129"/>
       <c r="Q1129" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="1130" spans="1:17">
       <c r="A1130">
-        <v>76690</v>
+        <v>76676</v>
       </c>
       <c r="B1130" t="s">
         <v>1281</v>
       </c>
       <c r="C1130"/>
       <c r="D1130"/>
       <c r="E1130"/>
       <c r="F1130"/>
       <c r="G1130"/>
       <c r="H1130" t="s">
         <v>23</v>
       </c>
       <c r="I1130" t="s">
         <v>24</v>
       </c>
       <c r="J1130"/>
       <c r="K1130"/>
       <c r="L1130"/>
       <c r="M1130"/>
       <c r="N1130"/>
       <c r="O1130"/>
       <c r="P1130"/>
       <c r="Q1130" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="1131" spans="1:17">
       <c r="A1131">
-        <v>79211</v>
+        <v>76690</v>
       </c>
       <c r="B1131" t="s">
         <v>1282</v>
       </c>
       <c r="C1131"/>
       <c r="D1131"/>
       <c r="E1131"/>
       <c r="F1131"/>
       <c r="G1131"/>
       <c r="H1131" t="s">
         <v>23</v>
       </c>
       <c r="I1131" t="s">
         <v>24</v>
       </c>
       <c r="J1131"/>
       <c r="K1131"/>
       <c r="L1131"/>
       <c r="M1131"/>
       <c r="N1131"/>
       <c r="O1131"/>
       <c r="P1131"/>
       <c r="Q1131" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="1132" spans="1:17">
       <c r="A1132">
-        <v>76050</v>
+        <v>79211</v>
       </c>
       <c r="B1132" t="s">
         <v>1283</v>
       </c>
       <c r="C1132"/>
       <c r="D1132"/>
       <c r="E1132"/>
       <c r="F1132"/>
       <c r="G1132"/>
       <c r="H1132" t="s">
         <v>23</v>
       </c>
       <c r="I1132" t="s">
         <v>24</v>
       </c>
       <c r="J1132"/>
       <c r="K1132"/>
       <c r="L1132"/>
       <c r="M1132"/>
       <c r="N1132"/>
       <c r="O1132"/>
       <c r="P1132"/>
       <c r="Q1132" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="1133" spans="1:17">
       <c r="A1133">
-        <v>76071</v>
+        <v>76050</v>
       </c>
       <c r="B1133" t="s">
         <v>1284</v>
       </c>
       <c r="C1133"/>
       <c r="D1133"/>
       <c r="E1133"/>
       <c r="F1133"/>
       <c r="G1133"/>
       <c r="H1133" t="s">
         <v>23</v>
       </c>
       <c r="I1133" t="s">
         <v>24</v>
       </c>
       <c r="J1133"/>
       <c r="K1133"/>
       <c r="L1133"/>
       <c r="M1133"/>
       <c r="N1133"/>
       <c r="O1133"/>
       <c r="P1133"/>
       <c r="Q1133" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="1134" spans="1:17">
       <c r="A1134">
-        <v>76058</v>
+        <v>76071</v>
       </c>
       <c r="B1134" t="s">
         <v>1285</v>
       </c>
       <c r="C1134"/>
       <c r="D1134"/>
       <c r="E1134"/>
       <c r="F1134"/>
       <c r="G1134"/>
       <c r="H1134" t="s">
         <v>23</v>
       </c>
       <c r="I1134" t="s">
         <v>24</v>
       </c>
       <c r="J1134"/>
       <c r="K1134"/>
       <c r="L1134"/>
       <c r="M1134"/>
       <c r="N1134"/>
       <c r="O1134"/>
       <c r="P1134"/>
       <c r="Q1134" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="1135" spans="1:17">
       <c r="A1135">
-        <v>76126</v>
+        <v>76058</v>
       </c>
       <c r="B1135" t="s">
         <v>1286</v>
       </c>
       <c r="C1135"/>
       <c r="D1135"/>
       <c r="E1135"/>
       <c r="F1135"/>
       <c r="G1135"/>
       <c r="H1135" t="s">
         <v>23</v>
       </c>
       <c r="I1135" t="s">
         <v>24</v>
       </c>
       <c r="J1135"/>
       <c r="K1135"/>
       <c r="L1135"/>
       <c r="M1135"/>
       <c r="N1135"/>
       <c r="O1135"/>
       <c r="P1135"/>
       <c r="Q1135" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="1136" spans="1:17">
       <c r="A1136">
-        <v>76127</v>
+        <v>76126</v>
       </c>
       <c r="B1136" t="s">
         <v>1287</v>
       </c>
       <c r="C1136"/>
       <c r="D1136"/>
       <c r="E1136"/>
       <c r="F1136"/>
       <c r="G1136"/>
       <c r="H1136" t="s">
         <v>23</v>
       </c>
       <c r="I1136" t="s">
         <v>24</v>
       </c>
       <c r="J1136"/>
       <c r="K1136"/>
       <c r="L1136"/>
       <c r="M1136"/>
       <c r="N1136"/>
       <c r="O1136"/>
       <c r="P1136"/>
       <c r="Q1136" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="1137" spans="1:17">
       <c r="A1137">
-        <v>76150</v>
+        <v>76127</v>
       </c>
       <c r="B1137" t="s">
         <v>1288</v>
       </c>
       <c r="C1137"/>
       <c r="D1137"/>
       <c r="E1137"/>
       <c r="F1137"/>
       <c r="G1137"/>
       <c r="H1137" t="s">
         <v>23</v>
       </c>
       <c r="I1137" t="s">
         <v>24</v>
       </c>
       <c r="J1137"/>
       <c r="K1137"/>
       <c r="L1137"/>
       <c r="M1137"/>
       <c r="N1137"/>
       <c r="O1137"/>
       <c r="P1137"/>
       <c r="Q1137" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="1138" spans="1:17">
       <c r="A1138">
-        <v>76137</v>
+        <v>76150</v>
       </c>
       <c r="B1138" t="s">
         <v>1289</v>
       </c>
       <c r="C1138"/>
       <c r="D1138"/>
       <c r="E1138"/>
       <c r="F1138"/>
       <c r="G1138"/>
       <c r="H1138" t="s">
         <v>23</v>
       </c>
       <c r="I1138" t="s">
         <v>24</v>
       </c>
       <c r="J1138"/>
       <c r="K1138"/>
       <c r="L1138"/>
       <c r="M1138"/>
       <c r="N1138"/>
       <c r="O1138"/>
       <c r="P1138"/>
       <c r="Q1138" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="1139" spans="1:17">
       <c r="A1139">
-        <v>76147</v>
+        <v>76137</v>
       </c>
       <c r="B1139" t="s">
         <v>1290</v>
       </c>
       <c r="C1139"/>
       <c r="D1139"/>
       <c r="E1139"/>
       <c r="F1139"/>
       <c r="G1139"/>
       <c r="H1139" t="s">
         <v>23</v>
       </c>
       <c r="I1139" t="s">
         <v>24</v>
       </c>
       <c r="J1139"/>
       <c r="K1139"/>
       <c r="L1139"/>
       <c r="M1139"/>
       <c r="N1139"/>
       <c r="O1139"/>
       <c r="P1139"/>
       <c r="Q1139" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="1140" spans="1:17">
       <c r="A1140">
-        <v>76148</v>
+        <v>76147</v>
       </c>
       <c r="B1140" t="s">
         <v>1291</v>
       </c>
       <c r="C1140"/>
       <c r="D1140"/>
       <c r="E1140"/>
       <c r="F1140"/>
       <c r="G1140"/>
       <c r="H1140" t="s">
         <v>23</v>
       </c>
       <c r="I1140" t="s">
         <v>24</v>
       </c>
       <c r="J1140"/>
       <c r="K1140"/>
       <c r="L1140"/>
       <c r="M1140"/>
       <c r="N1140"/>
       <c r="O1140"/>
       <c r="P1140"/>
       <c r="Q1140" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="1141" spans="1:17">
       <c r="A1141">
-        <v>76010</v>
+        <v>76148</v>
       </c>
       <c r="B1141" t="s">
         <v>1292</v>
       </c>
       <c r="C1141"/>
       <c r="D1141"/>
       <c r="E1141"/>
       <c r="F1141"/>
       <c r="G1141"/>
       <c r="H1141" t="s">
         <v>23</v>
       </c>
       <c r="I1141" t="s">
         <v>24</v>
       </c>
       <c r="J1141"/>
       <c r="K1141"/>
       <c r="L1141"/>
       <c r="M1141"/>
       <c r="N1141"/>
       <c r="O1141"/>
       <c r="P1141"/>
       <c r="Q1141" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="1142" spans="1:17">
       <c r="A1142">
-        <v>76273</v>
+        <v>76010</v>
       </c>
       <c r="B1142" t="s">
         <v>1293</v>
       </c>
       <c r="C1142"/>
       <c r="D1142"/>
       <c r="E1142"/>
       <c r="F1142"/>
       <c r="G1142"/>
       <c r="H1142" t="s">
         <v>23</v>
       </c>
       <c r="I1142" t="s">
         <v>24</v>
       </c>
       <c r="J1142"/>
       <c r="K1142"/>
       <c r="L1142"/>
       <c r="M1142"/>
       <c r="N1142"/>
       <c r="O1142"/>
       <c r="P1142"/>
       <c r="Q1142" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="1143" spans="1:17">
       <c r="A1143">
-        <v>76313</v>
+        <v>76273</v>
       </c>
       <c r="B1143" t="s">
         <v>1294</v>
       </c>
       <c r="C1143"/>
       <c r="D1143"/>
       <c r="E1143"/>
       <c r="F1143"/>
       <c r="G1143"/>
       <c r="H1143" t="s">
         <v>23</v>
       </c>
       <c r="I1143" t="s">
         <v>24</v>
       </c>
       <c r="J1143"/>
       <c r="K1143"/>
       <c r="L1143"/>
       <c r="M1143"/>
       <c r="N1143"/>
       <c r="O1143"/>
       <c r="P1143"/>
       <c r="Q1143" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="1144" spans="1:17">
       <c r="A1144">
-        <v>76198</v>
+        <v>76313</v>
       </c>
       <c r="B1144" t="s">
         <v>1295</v>
       </c>
       <c r="C1144"/>
       <c r="D1144"/>
       <c r="E1144"/>
       <c r="F1144"/>
       <c r="G1144"/>
       <c r="H1144" t="s">
         <v>23</v>
       </c>
       <c r="I1144" t="s">
         <v>24</v>
       </c>
       <c r="J1144"/>
       <c r="K1144"/>
       <c r="L1144"/>
       <c r="M1144"/>
       <c r="N1144"/>
       <c r="O1144"/>
       <c r="P1144"/>
       <c r="Q1144" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="1145" spans="1:17">
       <c r="A1145">
-        <v>76239</v>
+        <v>76198</v>
       </c>
       <c r="B1145" t="s">
         <v>1296</v>
       </c>
       <c r="C1145"/>
       <c r="D1145"/>
       <c r="E1145"/>
       <c r="F1145"/>
       <c r="G1145"/>
       <c r="H1145" t="s">
         <v>23</v>
       </c>
       <c r="I1145" t="s">
         <v>24</v>
       </c>
       <c r="J1145"/>
       <c r="K1145"/>
       <c r="L1145"/>
       <c r="M1145"/>
       <c r="N1145"/>
       <c r="O1145"/>
       <c r="P1145"/>
       <c r="Q1145" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="1146" spans="1:17">
       <c r="A1146">
-        <v>76243</v>
+        <v>76239</v>
       </c>
       <c r="B1146" t="s">
         <v>1297</v>
       </c>
       <c r="C1146"/>
       <c r="D1146"/>
       <c r="E1146"/>
       <c r="F1146"/>
       <c r="G1146"/>
       <c r="H1146" t="s">
         <v>23</v>
       </c>
       <c r="I1146" t="s">
         <v>24</v>
       </c>
       <c r="J1146"/>
       <c r="K1146"/>
       <c r="L1146"/>
       <c r="M1146"/>
       <c r="N1146"/>
       <c r="O1146"/>
       <c r="P1146"/>
       <c r="Q1146" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="1147" spans="1:17">
       <c r="A1147">
-        <v>76241</v>
+        <v>76243</v>
       </c>
       <c r="B1147" t="s">
         <v>1298</v>
       </c>
       <c r="C1147"/>
       <c r="D1147"/>
       <c r="E1147"/>
       <c r="F1147"/>
       <c r="G1147"/>
       <c r="H1147" t="s">
         <v>23</v>
       </c>
       <c r="I1147" t="s">
         <v>24</v>
       </c>
       <c r="J1147"/>
       <c r="K1147"/>
       <c r="L1147"/>
       <c r="M1147"/>
       <c r="N1147"/>
       <c r="O1147"/>
       <c r="P1147"/>
       <c r="Q1147" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="1148" spans="1:17">
       <c r="A1148">
-        <v>76210</v>
+        <v>76241</v>
       </c>
       <c r="B1148" t="s">
         <v>1299</v>
       </c>
       <c r="C1148"/>
       <c r="D1148"/>
       <c r="E1148"/>
       <c r="F1148"/>
       <c r="G1148"/>
       <c r="H1148" t="s">
         <v>23</v>
       </c>
       <c r="I1148" t="s">
         <v>24</v>
       </c>
       <c r="J1148"/>
       <c r="K1148"/>
       <c r="L1148"/>
       <c r="M1148"/>
       <c r="N1148"/>
       <c r="O1148"/>
       <c r="P1148"/>
       <c r="Q1148" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="1149" spans="1:17">
+      <c r="A1149">
+        <v>76210</v>
+      </c>
+      <c r="B1149" t="s">
+        <v>1300</v>
+      </c>
+      <c r="C1149"/>
+      <c r="D1149"/>
+      <c r="E1149"/>
+      <c r="F1149"/>
+      <c r="G1149"/>
+      <c r="H1149" t="s">
+        <v>23</v>
+      </c>
+      <c r="I1149" t="s">
+        <v>24</v>
+      </c>
+      <c r="J1149"/>
+      <c r="K1149"/>
+      <c r="L1149"/>
+      <c r="M1149"/>
+      <c r="N1149"/>
+      <c r="O1149"/>
+      <c r="P1149"/>
+      <c r="Q1149" t="s">
         <v>28</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>