--- v0 (2025-10-27)
+++ v1 (2025-12-18)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="normativa" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="82">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="84">
   <si>
     <t>Nombre</t>
   </si>
   <si>
     <t>Enlace</t>
   </si>
   <si>
     <t>Rango norma inferior</t>
   </si>
   <si>
     <t>Rango norma intermedia</t>
   </si>
   <si>
     <t>Rango norma superior</t>
   </si>
   <si>
     <t>Año</t>
   </si>
   <si>
     <t>Ámbito geográfico político</t>
   </si>
   <si>
     <t>Comunidad Autónoma</t>
   </si>
   <si>
@@ -198,50 +198,56 @@
     <t>Castilla y León</t>
   </si>
   <si>
     <t>Decreto 72/2018, de 15 de mayo, por el que se aprueba la parte Normativa del Plan Rector de Uso y Gestión del Parque Natural de Valderejo, y se Ordena la publicación íntegra del documento de directrices y medidas de gestión del espacio Red Natura 2000 ZEC/ZEPA Valderejo-Sobrón-Sierra de Arcena y III Plan Rector de Uso y Gestión del Parque Natural de Valderejo. BOPV 98, de 23/05/2018</t>
   </si>
   <si>
     <t>https://www.euskadi.eus/y22-bopv/es/bopv2/datos/2018/05/1802719a.pdf</t>
   </si>
   <si>
     <t>País Vasco</t>
   </si>
   <si>
     <t>Decreto 73/2018, de 15 de mayo, por el que se aprueba la parte Normativa del Plan Rector de Uso y Gestión del Parque Natural de Izki, y se Ordena la publicación íntegra del Plan Rector de Uso y Gestión y Documento de Directrices y Actuaciones de Gestión para el Parque Natural y la Zona Especial de Conservación (ZEC) y Zona Especial de Protección para las Aves (ZEPA) Izki ES2110019. BOPV 106 de 4 de junio de 2018</t>
   </si>
   <si>
     <t>https://www.euskadi.eus/y22-bopv/es/bopv2/datos/2018/06/1802901a.shtml</t>
   </si>
   <si>
     <t>Orden de 15 de noviembre de 2018, por la que se aprueban las propuestas de ampliación del LIC Los alcornocales (ES0000049), de adecuación de los límites del LIC Ríos Guadiaro y Hozgarganta (ES6120031), del LIC Fondos Marinos Marismas del Río Palmones  y del Lugar de Importancia Comunitaria Ramblas de Gérgal, Tabernas y Sur de Sierra alhamilla (ES6110006) y de cambio de denominación del Lugar de Importancia Comunitaria Sierra de Castell de Ferro (ES6140011)</t>
   </si>
   <si>
     <t>Resolución TES/2983/2018, de 3 de diciembre, por la que se da publicidad a la parte dispositiva de la sentencia del Tribunal Superior de Justicia de Cataluña, Sala de lo Contencioso Administrativo, Sección Tercera, de 13 de marzo de 2017, dictada en el recurso contencioso núm. 224/2013. DOGC 7771 de 19/12/2018</t>
   </si>
   <si>
     <t>https://dogc.gencat.cat/es/document-del-dogc/?documentId=837147</t>
+  </si>
+  <si>
+    <t>Decreto 76/2018, de 6 de septiembre, por el que se aprueba el Plan de Ordenación de los Recursos Naturales de las Marismas de Santoña, Victoria y Joyel</t>
+  </si>
+  <si>
+    <t>https://boc.cantabria.es/boces/boletines.do?boton=siguiente&amp;id=22676</t>
   </si>
   <si>
     <t>Resolución por la que procede la publicación de la sentencia número 20/2018, de 26 de enero de 2018, recaída en el procedimiento ordinario número 279/2016, interpuesto contra el Decreto 63/2016, de 29 de septiembre. BOC 193 de 2 de octubre de 2018</t>
   </si>
   <si>
     <t>https://boc.cantabria.es/boces/verAnuncioAction.do?idAnuBlob=331028</t>
   </si>
   <si>
     <t>Cantabria</t>
   </si>
   <si>
     <t>Decreto 185/2018, de 23 de octubre, del Gobierno de Aragón, por el que se modifica parcialmente el Decreto 300/2015, de 4 de noviembre, por el que se establece un régimen de protección para el urogallo y se aprueba su Plan de conservación del hábitat.</t>
   </si>
   <si>
     <t>https://www.boa.aragon.es/cgi-bin/EBOA/BRSCGI?CMD=VEROBJ&amp;MLKOB=1045143102828</t>
   </si>
   <si>
     <t>Canarias</t>
   </si>
   <si>
     <t>Orden de 3 de agosto de 2018 por la que se aprueba el plan de recuperación del desmán ibérico (Galemys pyrenaicus) en Extremadura</t>
   </si>
   <si>
     <t>http://doe.juntaex.es/pdfs/doe/2018/1580o/18050393.pdf</t>
   </si>
@@ -605,51 +611,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:H29"/>
+  <dimension ref="A1:H30"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="587.428" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="378.622" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="89.55" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="63.556" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="24.708" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
@@ -1106,247 +1112,267 @@
       </c>
       <c r="C20" t="s">
         <v>19</v>
       </c>
       <c r="D20" t="s">
         <v>20</v>
       </c>
       <c r="E20" t="s">
         <v>16</v>
       </c>
       <c r="F20">
         <v>2018</v>
       </c>
       <c r="G20"/>
       <c r="H20" t="s">
         <v>46</v>
       </c>
     </row>
     <row r="21" spans="1:8">
       <c r="A21" t="s">
         <v>62</v>
       </c>
       <c r="B21" t="s">
         <v>63</v>
       </c>
-      <c r="C21" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="C21"/>
       <c r="D21" t="s">
         <v>20</v>
       </c>
       <c r="E21" t="s">
         <v>16</v>
       </c>
       <c r="F21">
         <v>2018</v>
       </c>
       <c r="G21"/>
-      <c r="H21" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H21"/>
     </row>
     <row r="22" spans="1:8">
       <c r="A22" t="s">
+        <v>64</v>
+      </c>
+      <c r="B22" t="s">
         <v>65</v>
       </c>
-      <c r="B22" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C22" t="s">
-        <v>23</v>
+        <v>19</v>
       </c>
       <c r="D22" t="s">
         <v>20</v>
       </c>
       <c r="E22" t="s">
         <v>16</v>
       </c>
       <c r="F22">
         <v>2018</v>
       </c>
       <c r="G22"/>
       <c r="H22" t="s">
-        <v>67</v>
+        <v>66</v>
       </c>
     </row>
     <row r="23" spans="1:8">
       <c r="A23" t="s">
+        <v>67</v>
+      </c>
+      <c r="B23" t="s">
         <v>68</v>
       </c>
-      <c r="B23" t="s">
+      <c r="C23" t="s">
+        <v>23</v>
+      </c>
+      <c r="D23" t="s">
+        <v>20</v>
+      </c>
+      <c r="E23" t="s">
+        <v>16</v>
+      </c>
+      <c r="F23">
+        <v>2018</v>
+      </c>
+      <c r="G23"/>
+      <c r="H23" t="s">
         <v>69</v>
       </c>
-      <c r="C23" t="s">
-[...12 lines deleted...]
-      <c r="H23"/>
     </row>
     <row r="24" spans="1:8">
       <c r="A24" t="s">
         <v>70</v>
       </c>
       <c r="B24" t="s">
         <v>71</v>
       </c>
       <c r="C24" t="s">
-        <v>23</v>
+        <v>27</v>
       </c>
       <c r="D24" t="s">
         <v>20</v>
       </c>
       <c r="E24" t="s">
         <v>16</v>
       </c>
       <c r="F24">
         <v>2018</v>
       </c>
       <c r="G24"/>
       <c r="H24"/>
     </row>
     <row r="25" spans="1:8">
       <c r="A25" t="s">
         <v>72</v>
       </c>
       <c r="B25" t="s">
         <v>73</v>
       </c>
       <c r="C25" t="s">
-        <v>27</v>
+        <v>23</v>
       </c>
       <c r="D25" t="s">
         <v>20</v>
       </c>
       <c r="E25" t="s">
         <v>16</v>
       </c>
       <c r="F25">
         <v>2018</v>
       </c>
       <c r="G25"/>
       <c r="H25"/>
     </row>
     <row r="26" spans="1:8">
       <c r="A26" t="s">
         <v>74</v>
       </c>
       <c r="B26" t="s">
         <v>75</v>
       </c>
       <c r="C26" t="s">
-        <v>19</v>
+        <v>27</v>
       </c>
       <c r="D26" t="s">
         <v>20</v>
       </c>
       <c r="E26" t="s">
         <v>16</v>
       </c>
       <c r="F26">
         <v>2018</v>
       </c>
       <c r="G26"/>
       <c r="H26"/>
     </row>
     <row r="27" spans="1:8">
       <c r="A27" t="s">
         <v>76</v>
       </c>
       <c r="B27" t="s">
         <v>77</v>
       </c>
       <c r="C27" t="s">
         <v>19</v>
       </c>
       <c r="D27" t="s">
         <v>20</v>
       </c>
       <c r="E27" t="s">
         <v>16</v>
       </c>
       <c r="F27">
         <v>2018</v>
       </c>
       <c r="G27"/>
       <c r="H27"/>
     </row>
     <row r="28" spans="1:8">
       <c r="A28" t="s">
         <v>78</v>
       </c>
       <c r="B28" t="s">
         <v>79</v>
       </c>
       <c r="C28" t="s">
-        <v>23</v>
+        <v>19</v>
       </c>
       <c r="D28" t="s">
         <v>20</v>
       </c>
       <c r="E28" t="s">
         <v>16</v>
       </c>
       <c r="F28">
-        <v>1954</v>
+        <v>2018</v>
       </c>
       <c r="G28"/>
-      <c r="H28" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H28"/>
     </row>
     <row r="29" spans="1:8">
       <c r="A29" t="s">
         <v>80</v>
       </c>
       <c r="B29" t="s">
         <v>81</v>
       </c>
       <c r="C29" t="s">
         <v>23</v>
       </c>
       <c r="D29" t="s">
         <v>20</v>
       </c>
       <c r="E29" t="s">
         <v>16</v>
       </c>
       <c r="F29">
         <v>1954</v>
       </c>
       <c r="G29"/>
       <c r="H29" t="s">
-        <v>67</v>
+        <v>69</v>
+      </c>
+    </row>
+    <row r="30" spans="1:8">
+      <c r="A30" t="s">
+        <v>82</v>
+      </c>
+      <c r="B30" t="s">
+        <v>83</v>
+      </c>
+      <c r="C30" t="s">
+        <v>23</v>
+      </c>
+      <c r="D30" t="s">
+        <v>20</v>
+      </c>
+      <c r="E30" t="s">
+        <v>16</v>
+      </c>
+      <c r="F30">
+        <v>1954</v>
+      </c>
+      <c r="G30"/>
+      <c r="H30" t="s">
+        <v>69</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">