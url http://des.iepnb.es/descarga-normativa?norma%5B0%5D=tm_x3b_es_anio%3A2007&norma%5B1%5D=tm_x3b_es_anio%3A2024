--- v0 (2025-10-29)
+++ v1 (2025-12-18)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="normativa" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="307">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="309">
   <si>
     <t>Nombre</t>
   </si>
   <si>
     <t>Enlace</t>
   </si>
   <si>
     <t>Rango norma inferior</t>
   </si>
   <si>
     <t>Rango norma intermedia</t>
   </si>
   <si>
     <t>Rango norma superior</t>
   </si>
   <si>
     <t>Año</t>
   </si>
   <si>
     <t>Ámbito geográfico político</t>
   </si>
   <si>
     <t>Comunidad Autónoma</t>
   </si>
   <si>
@@ -263,105 +263,105 @@
   <si>
     <t>sg5</t>
   </si>
   <si>
     <t>Orden</t>
   </si>
   <si>
     <t>Pruebas Legislacion Alta</t>
   </si>
   <si>
     <t>AGE</t>
   </si>
   <si>
     <t>Prueba de Legislación con Nivel de Administración Nacional.</t>
   </si>
   <si>
     <t>https://www.google.com/testing/branch</t>
   </si>
   <si>
     <t>Leyes autonómicas</t>
   </si>
   <si>
     <t>Región de Murcia</t>
   </si>
   <si>
+    <t>Ciudad Autónoma de Melilla</t>
+  </si>
+  <si>
+    <t>Extremadura</t>
+  </si>
+  <si>
     <t>Ciudad Autónoma de Ceuta</t>
   </si>
   <si>
-    <t>Ciudad Autónoma de Melilla</t>
-[...4 lines deleted...]
-  <si>
     <t>Prueba Nacional con publicadores con AppUsuPerOrg.</t>
   </si>
   <si>
     <t>https://www.google.com/testsg7</t>
   </si>
   <si>
     <t>Comunidad Valenciana</t>
   </si>
   <si>
     <t>Prueba de Modificación Alta</t>
   </si>
   <si>
     <t>Prueba añadir norma 2</t>
   </si>
   <si>
     <t>https://testingdatagenerator.com/doi.html</t>
   </si>
   <si>
     <t>Anuncio (Consejo de Ministros)</t>
   </si>
   <si>
     <t>Norma Prueba Alta</t>
   </si>
   <si>
     <t>Prueba Validacion Alta Legislación</t>
   </si>
   <si>
     <t>Pruebassssssssssssss años</t>
   </si>
   <si>
     <t>Pruebas de Nuevas Normas a 10/12/2024 a las 10:20:23</t>
   </si>
   <si>
     <t>Pruebas para saber si el campo Norma puede usar / , ; y : .</t>
   </si>
   <si>
     <t>https://www.google.com/test/branch</t>
   </si>
   <si>
     <t>Pruebas Normas con Unificación- Detalles 17/12/2024 - Hora: 09:17:00. Prueba de funcionamiento; Correcto/Funcionando con Modificación  17/12/2024 - Hora: 09:19:00..</t>
   </si>
   <si>
+    <t>Extra-Regio</t>
+  </si>
+  <si>
     <t>Illes Balears</t>
-  </si>
-[...1 lines deleted...]
-    <t>Extra-Regio</t>
   </si>
   <si>
     <t>Pruebas de Legislación loadOptions</t>
   </si>
   <si>
     <t>Leyes Ordinarias de ámbito estatal, Reales Decretos Legislativos, Real Decreto Ley</t>
   </si>
   <si>
     <t>Decreto 33/2024, de 28 de febrero, del Gobierno de Aragón, por el que se establece un régimen de protección para la margaritona (Margaritifera auricularia) y se aprueba un nuevo plan de recuperación.</t>
   </si>
   <si>
     <t>https://www.boa.aragon.es/cgi-bin/EBOA/BRSCGI?CMD=VEROBJ&amp;MLKOB=1320624820303</t>
   </si>
   <si>
     <t>Reglamentos (Gobierno, Autonómico, Entidades locales)</t>
   </si>
   <si>
     <t>gkj</t>
   </si>
   <si>
     <t>https://jamoncitosricos.com</t>
   </si>
   <si>
     <t>prueba nueva referencia legal plan de gestión, ESprueb24.</t>
   </si>
@@ -876,50 +876,56 @@
     <t>https://dogv.gva.es/datos/2007/05/30/pdf/2007_7026.pdf</t>
   </si>
   <si>
     <t>Decreto 89/2007, de 8 de mayo, del Gobierno de Aragón, por el que se aprueba definitivamente el Plan de Ordenación de los Recursos Naturales de los Sotos y Galachos del río Ebro. BOA 75 de 25/06/2007</t>
   </si>
   <si>
     <t>https://www.boa.aragon.es/cgi-bin/EBOA/BRSCGI?CMD=VEROBJ&amp;MLKOB=206367753838</t>
   </si>
   <si>
     <t>se declara como Paisaje Protegido, y como Zona Especial de Conservación el lugar de importancia... BON  9,</t>
   </si>
   <si>
     <t>http://www.navarra.es/home_es/Actualidad/BON/Boletines/2007/9/Anuncio-24/</t>
   </si>
   <si>
     <t>Orden APA/961/2007, de 3 de abril, que establece una reserva marina de interés pesquero en Levante de Mallorca-Cala Rajada, a levante de la isla de Mallorca, y define su delimitación, zonas y usos permitidos</t>
   </si>
   <si>
     <t>https://www.boe.es/eli/es/o/2007/04/03/apa961</t>
   </si>
   <si>
     <t>Reseña de la Resolución de 10 de enero de 2007 del conseller de Territorio y Vivienda, por la que se aprueba definitivamente el Plan especial de protección del Paraje Natural Parpalló-Borrell de Gandia. DOGV 5514 de 17/05/2007</t>
   </si>
   <si>
     <t>https://dogv.gva.es/datos/2007/05/17/pdf/2007_5945.pdf</t>
+  </si>
+  <si>
+    <t>Decreto 26/2007, de 8 de marzo, por el que se regulan la composición y funcionamiento de los Patronatos de los Parques Naturales de la Red de Espacios Naturales Protegidos de Cantabria.</t>
+  </si>
+  <si>
+    <t>https://boc.cantabria.es/boces/verAnuncioAction.do?idAnuBlob=113127</t>
   </si>
   <si>
     <t>Plan de gestión de las Zonas de Especial Protección para las Aves de ambientes esteparios, según el artículo 41 de la Ley 42/2007</t>
   </si>
   <si>
     <t>http://www.castillalamancha.es/node/199633</t>
   </si>
   <si>
     <t>Decreto 314/2007, de 27-12-2007,  Consejo de Gobierno, por el que se designan 2 zonas de especial protección para las aves mediante su declaración como zonas sensibles. DOCM 272, de 31 de diciembre de 2007.</t>
   </si>
   <si>
     <t>https://docm.jccm.es/docm/verDisposicionAntigua.do?ruta=2007/12/31&amp;idDisposicion=123062369096850686</t>
   </si>
   <si>
     <t>Decreto 92/2007, de 8 de mayo, por el que se aprueba el Plan de Conservación del Hábitat del Tajinaste Azul de La Gomera (Echium acanthocarpum). (BO Canarias nº 103, 23.05.2007)</t>
   </si>
   <si>
     <t>http://www.gobiernodecanarias.org/boc/2007/103/boc-2007-103-009.pdf</t>
   </si>
   <si>
     <t>Orden Foral 340/2007, de 18 de abril por la que se aprueba el Plan de Gestión del pez "Lamprehuela" (Cobitis calderoni), como especie en peligro de extinción y cuya protección exige medidas específicas. (BOTHA nº 57, 11.05.2007) (Álava)</t>
   </si>
   <si>
     <t>http://www.araba.eus/botha/Boletines/2007/057/2007_057_03015.pdf</t>
   </si>
@@ -1283,51 +1289,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:H184"/>
+  <dimension ref="A1:H185"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="1078.165" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="425.753" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="55.272" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="97.833" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="63.556" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="31.707" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
@@ -1552,77 +1558,77 @@
       <c r="H11"/>
     </row>
     <row r="12" spans="1:8">
       <c r="A12" t="s">
         <v>35</v>
       </c>
       <c r="B12" t="s">
         <v>36</v>
       </c>
       <c r="C12" t="s">
         <v>37</v>
       </c>
       <c r="D12" t="s">
         <v>38</v>
       </c>
       <c r="E12" t="s">
         <v>24</v>
       </c>
       <c r="F12">
         <v>2024</v>
       </c>
       <c r="G12" t="s">
         <v>12</v>
       </c>
       <c r="H12" t="s">
-        <v>39</v>
+        <v>25</v>
       </c>
     </row>
     <row r="13" spans="1:8">
       <c r="A13" t="s">
         <v>35</v>
       </c>
       <c r="B13" t="s">
         <v>36</v>
       </c>
       <c r="C13" t="s">
         <v>37</v>
       </c>
       <c r="D13" t="s">
         <v>38</v>
       </c>
       <c r="E13" t="s">
         <v>24</v>
       </c>
       <c r="F13">
         <v>2024</v>
       </c>
       <c r="G13" t="s">
         <v>12</v>
       </c>
       <c r="H13" t="s">
-        <v>25</v>
+        <v>39</v>
       </c>
     </row>
     <row r="14" spans="1:8">
       <c r="A14" t="s">
         <v>35</v>
       </c>
       <c r="B14" t="s">
         <v>36</v>
       </c>
       <c r="C14" t="s">
         <v>37</v>
       </c>
       <c r="D14" t="s">
         <v>38</v>
       </c>
       <c r="E14" t="s">
         <v>24</v>
       </c>
       <c r="F14">
         <v>2024</v>
       </c>
       <c r="G14" t="s">
         <v>12</v>
       </c>
       <c r="H14" t="s">
@@ -2124,51 +2130,51 @@
       </c>
     </row>
     <row r="37" spans="1:8">
       <c r="A37" t="s">
         <v>74</v>
       </c>
       <c r="B37" t="s">
         <v>19</v>
       </c>
       <c r="C37" t="s">
         <v>59</v>
       </c>
       <c r="D37" t="s">
         <v>60</v>
       </c>
       <c r="E37" t="s">
         <v>63</v>
       </c>
       <c r="F37">
         <v>2024</v>
       </c>
       <c r="G37" t="s">
         <v>12</v>
       </c>
       <c r="H37" t="s">
-        <v>25</v>
+        <v>41</v>
       </c>
     </row>
     <row r="38" spans="1:8">
       <c r="A38" t="s">
         <v>74</v>
       </c>
       <c r="B38" t="s">
         <v>19</v>
       </c>
       <c r="C38" t="s">
         <v>59</v>
       </c>
       <c r="D38" t="s">
         <v>60</v>
       </c>
       <c r="E38" t="s">
         <v>63</v>
       </c>
       <c r="F38">
         <v>2024</v>
       </c>
       <c r="G38" t="s">
         <v>12</v>
       </c>
       <c r="H38" t="s">
@@ -2176,129 +2182,129 @@
       </c>
     </row>
     <row r="39" spans="1:8">
       <c r="A39" t="s">
         <v>74</v>
       </c>
       <c r="B39" t="s">
         <v>19</v>
       </c>
       <c r="C39" t="s">
         <v>59</v>
       </c>
       <c r="D39" t="s">
         <v>60</v>
       </c>
       <c r="E39" t="s">
         <v>63</v>
       </c>
       <c r="F39">
         <v>2024</v>
       </c>
       <c r="G39" t="s">
         <v>12</v>
       </c>
       <c r="H39" t="s">
-        <v>41</v>
+        <v>25</v>
       </c>
     </row>
     <row r="40" spans="1:8">
       <c r="A40" t="s">
         <v>74</v>
       </c>
       <c r="B40" t="s">
         <v>19</v>
       </c>
       <c r="C40" t="s">
         <v>59</v>
       </c>
       <c r="D40" t="s">
         <v>60</v>
       </c>
       <c r="E40" t="s">
         <v>63</v>
       </c>
       <c r="F40">
         <v>2024</v>
       </c>
       <c r="G40" t="s">
         <v>12</v>
       </c>
       <c r="H40" t="s">
-        <v>71</v>
+        <v>25</v>
       </c>
     </row>
     <row r="41" spans="1:8">
       <c r="A41" t="s">
         <v>74</v>
       </c>
       <c r="B41" t="s">
         <v>19</v>
       </c>
       <c r="C41" t="s">
         <v>59</v>
       </c>
       <c r="D41" t="s">
         <v>60</v>
       </c>
       <c r="E41" t="s">
         <v>63</v>
       </c>
       <c r="F41">
         <v>2024</v>
       </c>
       <c r="G41" t="s">
         <v>12</v>
       </c>
       <c r="H41" t="s">
-        <v>41</v>
+        <v>71</v>
       </c>
     </row>
     <row r="42" spans="1:8">
       <c r="A42" t="s">
         <v>74</v>
       </c>
       <c r="B42" t="s">
         <v>19</v>
       </c>
       <c r="C42" t="s">
         <v>59</v>
       </c>
       <c r="D42" t="s">
         <v>60</v>
       </c>
       <c r="E42" t="s">
         <v>63</v>
       </c>
       <c r="F42">
         <v>2024</v>
       </c>
       <c r="G42" t="s">
         <v>12</v>
       </c>
       <c r="H42" t="s">
-        <v>25</v>
+        <v>41</v>
       </c>
     </row>
     <row r="43" spans="1:8">
       <c r="A43" t="s">
         <v>75</v>
       </c>
       <c r="B43" t="s">
         <v>19</v>
       </c>
       <c r="C43" t="s">
         <v>76</v>
       </c>
       <c r="D43" t="s">
         <v>60</v>
       </c>
       <c r="E43" t="s">
         <v>63</v>
       </c>
       <c r="F43">
         <v>2024</v>
       </c>
       <c r="G43" t="s">
         <v>12</v>
       </c>
       <c r="H43" t="s">
@@ -2306,393 +2312,393 @@
       </c>
     </row>
     <row r="44" spans="1:8">
       <c r="A44" t="s">
         <v>77</v>
       </c>
       <c r="B44" t="s">
         <v>36</v>
       </c>
       <c r="C44" t="s">
         <v>59</v>
       </c>
       <c r="D44" t="s">
         <v>38</v>
       </c>
       <c r="E44" t="s">
         <v>63</v>
       </c>
       <c r="F44">
         <v>2024</v>
       </c>
       <c r="G44" t="s">
         <v>12</v>
       </c>
       <c r="H44" t="s">
-        <v>25</v>
+        <v>78</v>
       </c>
     </row>
     <row r="45" spans="1:8">
       <c r="A45" t="s">
         <v>77</v>
       </c>
       <c r="B45" t="s">
         <v>36</v>
       </c>
       <c r="C45" t="s">
         <v>59</v>
       </c>
       <c r="D45" t="s">
         <v>38</v>
       </c>
       <c r="E45" t="s">
         <v>63</v>
       </c>
       <c r="F45">
         <v>2024</v>
       </c>
       <c r="G45" t="s">
         <v>12</v>
       </c>
       <c r="H45" t="s">
-        <v>57</v>
+        <v>40</v>
       </c>
     </row>
     <row r="46" spans="1:8">
       <c r="A46" t="s">
         <v>77</v>
       </c>
       <c r="B46" t="s">
         <v>36</v>
       </c>
       <c r="C46" t="s">
         <v>59</v>
       </c>
       <c r="D46" t="s">
         <v>38</v>
       </c>
       <c r="E46" t="s">
         <v>63</v>
       </c>
       <c r="F46">
         <v>2024</v>
       </c>
       <c r="G46" t="s">
         <v>12</v>
       </c>
       <c r="H46" t="s">
-        <v>78</v>
+        <v>57</v>
       </c>
     </row>
     <row r="47" spans="1:8">
       <c r="A47" t="s">
         <v>77</v>
       </c>
       <c r="B47" t="s">
         <v>36</v>
       </c>
       <c r="C47" t="s">
         <v>59</v>
       </c>
       <c r="D47" t="s">
         <v>38</v>
       </c>
       <c r="E47" t="s">
         <v>63</v>
       </c>
       <c r="F47">
         <v>2024</v>
       </c>
       <c r="G47" t="s">
         <v>12</v>
       </c>
       <c r="H47" t="s">
-        <v>40</v>
+        <v>25</v>
       </c>
     </row>
     <row r="48" spans="1:8">
       <c r="A48" t="s">
         <v>79</v>
       </c>
       <c r="B48" t="s">
         <v>80</v>
       </c>
       <c r="C48"/>
       <c r="D48" t="s">
         <v>81</v>
       </c>
       <c r="E48" t="s">
         <v>63</v>
       </c>
       <c r="F48">
         <v>2024</v>
       </c>
       <c r="G48" t="s">
         <v>12</v>
       </c>
       <c r="H48" t="s">
-        <v>57</v>
+        <v>82</v>
       </c>
     </row>
     <row r="49" spans="1:8">
       <c r="A49" t="s">
         <v>79</v>
       </c>
       <c r="B49" t="s">
         <v>80</v>
       </c>
       <c r="C49"/>
       <c r="D49" t="s">
         <v>81</v>
       </c>
       <c r="E49" t="s">
         <v>63</v>
       </c>
       <c r="F49">
         <v>2024</v>
       </c>
       <c r="G49" t="s">
         <v>12</v>
       </c>
       <c r="H49" t="s">
-        <v>82</v>
+        <v>25</v>
       </c>
     </row>
     <row r="50" spans="1:8">
       <c r="A50" t="s">
         <v>79</v>
       </c>
       <c r="B50" t="s">
         <v>80</v>
       </c>
       <c r="C50"/>
       <c r="D50" t="s">
         <v>81</v>
       </c>
       <c r="E50" t="s">
         <v>63</v>
       </c>
       <c r="F50">
         <v>2024</v>
       </c>
       <c r="G50" t="s">
         <v>12</v>
       </c>
       <c r="H50" t="s">
-        <v>78</v>
+        <v>57</v>
       </c>
     </row>
     <row r="51" spans="1:8">
       <c r="A51" t="s">
         <v>79</v>
       </c>
       <c r="B51" t="s">
         <v>80</v>
       </c>
       <c r="C51"/>
       <c r="D51" t="s">
         <v>81</v>
       </c>
       <c r="E51" t="s">
         <v>63</v>
       </c>
       <c r="F51">
         <v>2024</v>
       </c>
       <c r="G51" t="s">
         <v>12</v>
       </c>
       <c r="H51" t="s">
-        <v>25</v>
+        <v>78</v>
       </c>
     </row>
     <row r="52" spans="1:8">
       <c r="A52" t="s">
         <v>79</v>
       </c>
       <c r="B52" t="s">
         <v>80</v>
       </c>
       <c r="C52"/>
       <c r="D52" t="s">
         <v>81</v>
       </c>
       <c r="E52" t="s">
         <v>63</v>
       </c>
       <c r="F52">
         <v>2024</v>
       </c>
       <c r="G52" t="s">
         <v>12</v>
       </c>
       <c r="H52" t="s">
         <v>83</v>
       </c>
     </row>
     <row r="53" spans="1:8">
       <c r="A53" t="s">
         <v>79</v>
       </c>
       <c r="B53" t="s">
         <v>80</v>
       </c>
       <c r="C53"/>
       <c r="D53" t="s">
         <v>81</v>
       </c>
       <c r="E53" t="s">
         <v>63</v>
       </c>
       <c r="F53">
         <v>2024</v>
       </c>
       <c r="G53" t="s">
         <v>12</v>
       </c>
       <c r="H53" t="s">
-        <v>84</v>
+        <v>72</v>
       </c>
     </row>
     <row r="54" spans="1:8">
       <c r="A54" t="s">
         <v>79</v>
       </c>
       <c r="B54" t="s">
         <v>80</v>
       </c>
       <c r="C54"/>
       <c r="D54" t="s">
         <v>81</v>
       </c>
       <c r="E54" t="s">
         <v>63</v>
       </c>
       <c r="F54">
         <v>2024</v>
       </c>
       <c r="G54" t="s">
         <v>12</v>
       </c>
       <c r="H54" t="s">
-        <v>72</v>
+        <v>84</v>
       </c>
     </row>
     <row r="55" spans="1:8">
       <c r="A55" t="s">
         <v>79</v>
       </c>
       <c r="B55" t="s">
         <v>80</v>
       </c>
       <c r="C55"/>
       <c r="D55" t="s">
         <v>81</v>
       </c>
       <c r="E55" t="s">
         <v>63</v>
       </c>
       <c r="F55">
         <v>2024</v>
       </c>
       <c r="G55" t="s">
         <v>12</v>
       </c>
       <c r="H55" t="s">
         <v>85</v>
       </c>
     </row>
     <row r="56" spans="1:8">
       <c r="A56" t="s">
         <v>86</v>
       </c>
       <c r="B56" t="s">
         <v>87</v>
       </c>
       <c r="C56"/>
       <c r="D56" t="s">
         <v>81</v>
       </c>
       <c r="E56" t="s">
         <v>63</v>
       </c>
       <c r="F56">
         <v>2024</v>
       </c>
       <c r="G56" t="s">
         <v>12</v>
       </c>
       <c r="H56" t="s">
-        <v>82</v>
+        <v>25</v>
       </c>
     </row>
     <row r="57" spans="1:8">
       <c r="A57" t="s">
         <v>86</v>
       </c>
       <c r="B57" t="s">
         <v>87</v>
       </c>
       <c r="C57"/>
       <c r="D57" t="s">
         <v>81</v>
       </c>
       <c r="E57" t="s">
         <v>63</v>
       </c>
       <c r="F57">
         <v>2024</v>
       </c>
       <c r="G57" t="s">
         <v>12</v>
       </c>
       <c r="H57" t="s">
         <v>88</v>
       </c>
     </row>
     <row r="58" spans="1:8">
       <c r="A58" t="s">
         <v>86</v>
       </c>
       <c r="B58" t="s">
         <v>87</v>
       </c>
       <c r="C58"/>
       <c r="D58" t="s">
         <v>81</v>
       </c>
       <c r="E58" t="s">
         <v>63</v>
       </c>
       <c r="F58">
         <v>2024</v>
       </c>
       <c r="G58" t="s">
         <v>12</v>
       </c>
       <c r="H58" t="s">
-        <v>25</v>
+        <v>82</v>
       </c>
     </row>
     <row r="59" spans="1:8">
       <c r="A59" t="s">
         <v>89</v>
       </c>
       <c r="B59" t="s">
         <v>36</v>
       </c>
       <c r="C59" t="s">
         <v>37</v>
       </c>
       <c r="D59" t="s">
         <v>81</v>
       </c>
       <c r="E59" t="s">
         <v>63</v>
       </c>
       <c r="F59">
         <v>2024</v>
       </c>
       <c r="G59" t="s">
         <v>12</v>
       </c>
       <c r="H59" t="s">
@@ -2814,171 +2820,171 @@
       <c r="F65">
         <v>2024</v>
       </c>
       <c r="G65"/>
       <c r="H65" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="66" spans="1:8">
       <c r="A66" t="s">
         <v>99</v>
       </c>
       <c r="B66" t="s">
         <v>80</v>
       </c>
       <c r="C66"/>
       <c r="D66"/>
       <c r="E66" t="s">
         <v>63</v>
       </c>
       <c r="F66">
         <v>2024</v>
       </c>
       <c r="G66"/>
       <c r="H66" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
     </row>
     <row r="67" spans="1:8">
       <c r="A67" t="s">
         <v>99</v>
       </c>
       <c r="B67" t="s">
         <v>80</v>
       </c>
       <c r="C67"/>
       <c r="D67"/>
       <c r="E67" t="s">
         <v>63</v>
       </c>
       <c r="F67">
         <v>2024</v>
       </c>
       <c r="G67"/>
       <c r="H67" t="s">
-        <v>41</v>
+        <v>100</v>
       </c>
     </row>
     <row r="68" spans="1:8">
       <c r="A68" t="s">
         <v>99</v>
       </c>
       <c r="B68" t="s">
         <v>80</v>
       </c>
       <c r="C68"/>
       <c r="D68"/>
       <c r="E68" t="s">
         <v>63</v>
       </c>
       <c r="F68">
         <v>2024</v>
       </c>
       <c r="G68"/>
       <c r="H68" t="s">
-        <v>72</v>
+        <v>101</v>
       </c>
     </row>
     <row r="69" spans="1:8">
       <c r="A69" t="s">
         <v>99</v>
       </c>
       <c r="B69" t="s">
         <v>80</v>
       </c>
       <c r="C69"/>
       <c r="D69"/>
       <c r="E69" t="s">
         <v>63</v>
       </c>
       <c r="F69">
         <v>2024</v>
       </c>
       <c r="G69"/>
       <c r="H69" t="s">
-        <v>100</v>
+        <v>25</v>
       </c>
     </row>
     <row r="70" spans="1:8">
       <c r="A70" t="s">
         <v>99</v>
       </c>
       <c r="B70" t="s">
         <v>80</v>
       </c>
       <c r="C70"/>
       <c r="D70"/>
       <c r="E70" t="s">
         <v>63</v>
       </c>
       <c r="F70">
         <v>2024</v>
       </c>
       <c r="G70"/>
       <c r="H70" t="s">
-        <v>101</v>
+        <v>41</v>
       </c>
     </row>
     <row r="71" spans="1:8">
       <c r="A71" t="s">
         <v>99</v>
       </c>
       <c r="B71" t="s">
         <v>80</v>
       </c>
       <c r="C71"/>
       <c r="D71"/>
       <c r="E71" t="s">
         <v>63</v>
       </c>
       <c r="F71">
         <v>2024</v>
       </c>
       <c r="G71"/>
       <c r="H71" t="s">
-        <v>78</v>
+        <v>71</v>
       </c>
     </row>
     <row r="72" spans="1:8">
       <c r="A72" t="s">
         <v>99</v>
       </c>
       <c r="B72" t="s">
         <v>80</v>
       </c>
       <c r="C72"/>
       <c r="D72"/>
       <c r="E72" t="s">
         <v>63</v>
       </c>
       <c r="F72">
         <v>2024</v>
       </c>
       <c r="G72"/>
       <c r="H72" t="s">
-        <v>25</v>
+        <v>72</v>
       </c>
     </row>
     <row r="73" spans="1:8">
       <c r="A73" t="s">
         <v>102</v>
       </c>
       <c r="B73" t="s">
         <v>36</v>
       </c>
       <c r="C73"/>
       <c r="D73" t="s">
         <v>103</v>
       </c>
       <c r="E73" t="s">
         <v>63</v>
       </c>
       <c r="F73">
         <v>2024</v>
       </c>
       <c r="G73"/>
       <c r="H73" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="74" spans="1:8">
@@ -3122,51 +3128,51 @@
       </c>
     </row>
     <row r="80" spans="1:8">
       <c r="A80" t="s">
         <v>112</v>
       </c>
       <c r="B80" t="s">
         <v>36</v>
       </c>
       <c r="C80" t="s">
         <v>76</v>
       </c>
       <c r="D80" t="s">
         <v>34</v>
       </c>
       <c r="E80" t="s">
         <v>106</v>
       </c>
       <c r="F80">
         <v>2024</v>
       </c>
       <c r="G80" t="s">
         <v>12</v>
       </c>
       <c r="H80" t="s">
-        <v>85</v>
+        <v>84</v>
       </c>
     </row>
     <row r="81" spans="1:8">
       <c r="A81" t="s">
         <v>113</v>
       </c>
       <c r="B81" t="s">
         <v>114</v>
       </c>
       <c r="C81"/>
       <c r="D81"/>
       <c r="E81" t="s">
         <v>106</v>
       </c>
       <c r="F81">
         <v>2024</v>
       </c>
       <c r="G81" t="s">
         <v>115</v>
       </c>
       <c r="H81"/>
     </row>
     <row r="82" spans="1:8">
       <c r="A82" t="s">
         <v>116</v>
@@ -3194,253 +3200,253 @@
       </c>
     </row>
     <row r="83" spans="1:8">
       <c r="A83" t="s">
         <v>117</v>
       </c>
       <c r="B83" t="s">
         <v>36</v>
       </c>
       <c r="C83" t="s">
         <v>118</v>
       </c>
       <c r="D83" t="s">
         <v>60</v>
       </c>
       <c r="E83" t="s">
         <v>106</v>
       </c>
       <c r="F83">
         <v>2024</v>
       </c>
       <c r="G83" t="s">
         <v>119</v>
       </c>
       <c r="H83" t="s">
-        <v>84</v>
+        <v>83</v>
       </c>
     </row>
     <row r="84" spans="1:8">
       <c r="A84" t="s">
         <v>117</v>
       </c>
       <c r="B84" t="s">
         <v>36</v>
       </c>
       <c r="C84" t="s">
         <v>118</v>
       </c>
       <c r="D84" t="s">
         <v>60</v>
       </c>
       <c r="E84" t="s">
         <v>106</v>
       </c>
       <c r="F84">
         <v>2024</v>
       </c>
       <c r="G84" t="s">
         <v>119</v>
       </c>
       <c r="H84" t="s">
-        <v>83</v>
+        <v>85</v>
       </c>
     </row>
     <row r="85" spans="1:8">
       <c r="A85" t="s">
         <v>120</v>
       </c>
       <c r="B85" t="s">
         <v>36</v>
       </c>
       <c r="C85" t="s">
         <v>10</v>
       </c>
       <c r="D85" t="s">
         <v>34</v>
       </c>
       <c r="E85" t="s">
         <v>106</v>
       </c>
       <c r="F85">
         <v>2024</v>
       </c>
       <c r="G85" t="s">
         <v>12</v>
       </c>
       <c r="H85" t="s">
-        <v>15</v>
+        <v>25</v>
       </c>
     </row>
     <row r="86" spans="1:8">
       <c r="A86" t="s">
         <v>120</v>
       </c>
       <c r="B86" t="s">
         <v>36</v>
       </c>
       <c r="C86" t="s">
         <v>10</v>
       </c>
       <c r="D86" t="s">
         <v>34</v>
       </c>
       <c r="E86" t="s">
         <v>106</v>
       </c>
       <c r="F86">
         <v>2024</v>
       </c>
       <c r="G86" t="s">
         <v>12</v>
       </c>
       <c r="H86" t="s">
-        <v>41</v>
+        <v>71</v>
       </c>
     </row>
     <row r="87" spans="1:8">
       <c r="A87" t="s">
         <v>120</v>
       </c>
       <c r="B87" t="s">
         <v>36</v>
       </c>
       <c r="C87" t="s">
         <v>10</v>
       </c>
       <c r="D87" t="s">
         <v>34</v>
       </c>
       <c r="E87" t="s">
         <v>106</v>
       </c>
       <c r="F87">
         <v>2024</v>
       </c>
       <c r="G87" t="s">
         <v>12</v>
       </c>
       <c r="H87" t="s">
-        <v>25</v>
+        <v>15</v>
       </c>
     </row>
     <row r="88" spans="1:8">
       <c r="A88" t="s">
         <v>120</v>
       </c>
       <c r="B88" t="s">
         <v>36</v>
       </c>
       <c r="C88" t="s">
         <v>10</v>
       </c>
       <c r="D88" t="s">
         <v>34</v>
       </c>
       <c r="E88" t="s">
         <v>106</v>
       </c>
       <c r="F88">
         <v>2024</v>
       </c>
       <c r="G88" t="s">
         <v>12</v>
       </c>
       <c r="H88" t="s">
-        <v>71</v>
+        <v>41</v>
       </c>
     </row>
     <row r="89" spans="1:8">
       <c r="A89" t="s">
         <v>121</v>
       </c>
       <c r="B89" t="s">
         <v>36</v>
       </c>
       <c r="C89" t="s">
         <v>118</v>
       </c>
       <c r="D89" t="s">
         <v>60</v>
       </c>
       <c r="E89" t="s">
         <v>106</v>
       </c>
       <c r="F89">
         <v>2024</v>
       </c>
       <c r="G89"/>
       <c r="H89" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="90" spans="1:8">
       <c r="A90" t="s">
         <v>122</v>
       </c>
       <c r="B90" t="s">
         <v>36</v>
       </c>
       <c r="C90" t="s">
         <v>118</v>
       </c>
       <c r="D90" t="s">
         <v>60</v>
       </c>
       <c r="E90" t="s">
         <v>106</v>
       </c>
       <c r="F90">
         <v>2024</v>
       </c>
       <c r="G90"/>
       <c r="H90" t="s">
-        <v>78</v>
+        <v>25</v>
       </c>
     </row>
     <row r="91" spans="1:8">
       <c r="A91" t="s">
         <v>122</v>
       </c>
       <c r="B91" t="s">
         <v>36</v>
       </c>
       <c r="C91" t="s">
         <v>118</v>
       </c>
       <c r="D91" t="s">
         <v>60</v>
       </c>
       <c r="E91" t="s">
         <v>106</v>
       </c>
       <c r="F91">
         <v>2024</v>
       </c>
       <c r="G91"/>
       <c r="H91" t="s">
-        <v>25</v>
+        <v>78</v>
       </c>
     </row>
     <row r="92" spans="1:8">
       <c r="A92" t="s">
         <v>123</v>
       </c>
       <c r="B92" t="s">
         <v>124</v>
       </c>
       <c r="C92"/>
       <c r="D92" t="s">
         <v>111</v>
       </c>
       <c r="E92" t="s">
         <v>24</v>
       </c>
       <c r="F92">
         <v>2007</v>
       </c>
       <c r="G92" t="s">
         <v>115</v>
       </c>
       <c r="H92"/>
     </row>
     <row r="93" spans="1:8">
@@ -3636,51 +3642,51 @@
       </c>
       <c r="G101"/>
       <c r="H101" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="102" spans="1:8">
       <c r="A102" t="s">
         <v>143</v>
       </c>
       <c r="B102" t="s">
         <v>144</v>
       </c>
       <c r="C102"/>
       <c r="D102" t="s">
         <v>81</v>
       </c>
       <c r="E102" t="s">
         <v>63</v>
       </c>
       <c r="F102">
         <v>2007</v>
       </c>
       <c r="G102"/>
       <c r="H102" t="s">
-        <v>85</v>
+        <v>84</v>
       </c>
     </row>
     <row r="103" spans="1:8">
       <c r="A103" t="s">
         <v>145</v>
       </c>
       <c r="B103" t="s">
         <v>146</v>
       </c>
       <c r="C103"/>
       <c r="D103" t="s">
         <v>81</v>
       </c>
       <c r="E103" t="s">
         <v>63</v>
       </c>
       <c r="F103">
         <v>2007</v>
       </c>
       <c r="G103"/>
       <c r="H103"/>
     </row>
     <row r="104" spans="1:8">
       <c r="A104" t="s">
         <v>147</v>
@@ -3922,99 +3928,99 @@
       <c r="H113" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="114" spans="1:8">
       <c r="A114" t="s">
         <v>167</v>
       </c>
       <c r="B114" t="s">
         <v>168</v>
       </c>
       <c r="C114" t="s">
         <v>10</v>
       </c>
       <c r="D114" t="s">
         <v>34</v>
       </c>
       <c r="E114" t="s">
         <v>106</v>
       </c>
       <c r="F114">
         <v>2007</v>
       </c>
       <c r="G114"/>
       <c r="H114" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
     </row>
     <row r="115" spans="1:8">
       <c r="A115" t="s">
         <v>169</v>
       </c>
       <c r="B115" t="s">
         <v>170</v>
       </c>
       <c r="C115" t="s">
         <v>10</v>
       </c>
       <c r="D115" t="s">
         <v>34</v>
       </c>
       <c r="E115" t="s">
         <v>106</v>
       </c>
       <c r="F115">
         <v>2007</v>
       </c>
       <c r="G115"/>
       <c r="H115" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
     </row>
     <row r="116" spans="1:8">
       <c r="A116" t="s">
         <v>171</v>
       </c>
       <c r="B116" t="s">
         <v>172</v>
       </c>
       <c r="C116" t="s">
         <v>37</v>
       </c>
       <c r="D116" t="s">
         <v>34</v>
       </c>
       <c r="E116" t="s">
         <v>106</v>
       </c>
       <c r="F116">
         <v>2007</v>
       </c>
       <c r="G116"/>
       <c r="H116" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
     </row>
     <row r="117" spans="1:8">
       <c r="A117" t="s">
         <v>173</v>
       </c>
       <c r="B117" t="s">
         <v>174</v>
       </c>
       <c r="C117" t="s">
         <v>37</v>
       </c>
       <c r="D117" t="s">
         <v>34</v>
       </c>
       <c r="E117" t="s">
         <v>106</v>
       </c>
       <c r="F117">
         <v>2007</v>
       </c>
       <c r="G117"/>
       <c r="H117" t="s">
         <v>175</v>
       </c>
@@ -4164,99 +4170,99 @@
       <c r="H123" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="124" spans="1:8">
       <c r="A124" t="s">
         <v>188</v>
       </c>
       <c r="B124" t="s">
         <v>189</v>
       </c>
       <c r="C124" t="s">
         <v>10</v>
       </c>
       <c r="D124" t="s">
         <v>34</v>
       </c>
       <c r="E124" t="s">
         <v>106</v>
       </c>
       <c r="F124">
         <v>2007</v>
       </c>
       <c r="G124"/>
       <c r="H124" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
     </row>
     <row r="125" spans="1:8">
       <c r="A125" t="s">
         <v>190</v>
       </c>
       <c r="B125" t="s">
         <v>191</v>
       </c>
       <c r="C125" t="s">
         <v>37</v>
       </c>
       <c r="D125" t="s">
         <v>34</v>
       </c>
       <c r="E125" t="s">
         <v>106</v>
       </c>
       <c r="F125">
         <v>2007</v>
       </c>
       <c r="G125"/>
       <c r="H125" t="s">
         <v>192</v>
       </c>
     </row>
     <row r="126" spans="1:8">
       <c r="A126" t="s">
         <v>193</v>
       </c>
       <c r="B126" t="s">
         <v>194</v>
       </c>
       <c r="C126" t="s">
         <v>10</v>
       </c>
       <c r="D126" t="s">
         <v>34</v>
       </c>
       <c r="E126" t="s">
         <v>106</v>
       </c>
       <c r="F126">
         <v>2007</v>
       </c>
       <c r="G126"/>
       <c r="H126" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
     </row>
     <row r="127" spans="1:8">
       <c r="A127" t="s">
         <v>173</v>
       </c>
       <c r="B127" t="s">
         <v>195</v>
       </c>
       <c r="C127" t="s">
         <v>37</v>
       </c>
       <c r="D127" t="s">
         <v>34</v>
       </c>
       <c r="E127" t="s">
         <v>106</v>
       </c>
       <c r="F127">
         <v>2007</v>
       </c>
       <c r="G127"/>
       <c r="H127" t="s">
         <v>175</v>
       </c>
@@ -4740,51 +4746,51 @@
       <c r="H147" t="s">
         <v>192</v>
       </c>
     </row>
     <row r="148" spans="1:8">
       <c r="A148" t="s">
         <v>236</v>
       </c>
       <c r="B148" t="s">
         <v>237</v>
       </c>
       <c r="C148" t="s">
         <v>37</v>
       </c>
       <c r="D148" t="s">
         <v>34</v>
       </c>
       <c r="E148" t="s">
         <v>106</v>
       </c>
       <c r="F148">
         <v>2007</v>
       </c>
       <c r="G148"/>
       <c r="H148" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
     </row>
     <row r="149" spans="1:8">
       <c r="A149" t="s">
         <v>238</v>
       </c>
       <c r="B149" t="s">
         <v>239</v>
       </c>
       <c r="C149" t="s">
         <v>37</v>
       </c>
       <c r="D149" t="s">
         <v>34</v>
       </c>
       <c r="E149" t="s">
         <v>106</v>
       </c>
       <c r="F149">
         <v>2007</v>
       </c>
       <c r="G149"/>
       <c r="H149" t="s">
         <v>40</v>
       </c>
@@ -4812,51 +4818,51 @@
       <c r="H150" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="151" spans="1:8">
       <c r="A151" t="s">
         <v>169</v>
       </c>
       <c r="B151" t="s">
         <v>170</v>
       </c>
       <c r="C151" t="s">
         <v>10</v>
       </c>
       <c r="D151" t="s">
         <v>34</v>
       </c>
       <c r="E151" t="s">
         <v>106</v>
       </c>
       <c r="F151">
         <v>2007</v>
       </c>
       <c r="G151"/>
       <c r="H151" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
     </row>
     <row r="152" spans="1:8">
       <c r="A152" t="s">
         <v>242</v>
       </c>
       <c r="B152" t="s">
         <v>243</v>
       </c>
       <c r="C152" t="s">
         <v>59</v>
       </c>
       <c r="D152" t="s">
         <v>34</v>
       </c>
       <c r="E152" t="s">
         <v>106</v>
       </c>
       <c r="F152">
         <v>2007</v>
       </c>
       <c r="G152"/>
       <c r="H152" t="s">
         <v>57</v>
       </c>
@@ -5004,51 +5010,51 @@
       <c r="H158" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="159" spans="1:8">
       <c r="A159" t="s">
         <v>256</v>
       </c>
       <c r="B159" t="s">
         <v>257</v>
       </c>
       <c r="C159" t="s">
         <v>37</v>
       </c>
       <c r="D159" t="s">
         <v>34</v>
       </c>
       <c r="E159" t="s">
         <v>106</v>
       </c>
       <c r="F159">
         <v>2007</v>
       </c>
       <c r="G159"/>
       <c r="H159" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
     </row>
     <row r="160" spans="1:8">
       <c r="A160" t="s">
         <v>258</v>
       </c>
       <c r="B160" t="s">
         <v>259</v>
       </c>
       <c r="C160" t="s">
         <v>37</v>
       </c>
       <c r="D160" t="s">
         <v>34</v>
       </c>
       <c r="E160" t="s">
         <v>106</v>
       </c>
       <c r="F160">
         <v>2007</v>
       </c>
       <c r="G160"/>
       <c r="H160" t="s">
         <v>49</v>
       </c>
@@ -5350,183 +5356,179 @@
       </c>
       <c r="C173" t="s">
         <v>10</v>
       </c>
       <c r="D173" t="s">
         <v>34</v>
       </c>
       <c r="E173" t="s">
         <v>106</v>
       </c>
       <c r="F173">
         <v>2007</v>
       </c>
       <c r="G173"/>
       <c r="H173" t="s">
         <v>88</v>
       </c>
     </row>
     <row r="174" spans="1:8">
       <c r="A174" t="s">
         <v>287</v>
       </c>
       <c r="B174" t="s">
         <v>288</v>
       </c>
-      <c r="C174" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="C174"/>
       <c r="D174" t="s">
         <v>34</v>
       </c>
       <c r="E174" t="s">
         <v>106</v>
       </c>
       <c r="F174">
         <v>2007</v>
       </c>
       <c r="G174"/>
-      <c r="H174" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H174"/>
     </row>
     <row r="175" spans="1:8">
       <c r="A175" t="s">
         <v>289</v>
       </c>
       <c r="B175" t="s">
         <v>290</v>
       </c>
       <c r="C175" t="s">
-        <v>37</v>
+        <v>76</v>
       </c>
       <c r="D175" t="s">
         <v>34</v>
       </c>
       <c r="E175" t="s">
         <v>106</v>
       </c>
       <c r="F175">
         <v>2007</v>
       </c>
       <c r="G175"/>
       <c r="H175" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="176" spans="1:8">
       <c r="A176" t="s">
         <v>291</v>
       </c>
       <c r="B176" t="s">
         <v>292</v>
       </c>
       <c r="C176" t="s">
         <v>37</v>
       </c>
       <c r="D176" t="s">
         <v>34</v>
       </c>
       <c r="E176" t="s">
         <v>106</v>
       </c>
       <c r="F176">
         <v>2007</v>
       </c>
       <c r="G176"/>
-      <c r="H176"/>
+      <c r="H176" t="s">
+        <v>20</v>
+      </c>
     </row>
     <row r="177" spans="1:8">
       <c r="A177" t="s">
         <v>293</v>
       </c>
       <c r="B177" t="s">
         <v>294</v>
       </c>
       <c r="C177" t="s">
-        <v>76</v>
+        <v>37</v>
       </c>
       <c r="D177" t="s">
         <v>34</v>
       </c>
       <c r="E177" t="s">
         <v>106</v>
       </c>
       <c r="F177">
         <v>2007</v>
       </c>
       <c r="G177"/>
-      <c r="H177" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H177"/>
     </row>
     <row r="178" spans="1:8">
       <c r="A178" t="s">
         <v>295</v>
       </c>
       <c r="B178" t="s">
-        <v>158</v>
+        <v>296</v>
       </c>
       <c r="C178" t="s">
         <v>76</v>
       </c>
       <c r="D178" t="s">
         <v>34</v>
       </c>
       <c r="E178" t="s">
         <v>106</v>
       </c>
       <c r="F178">
         <v>2007</v>
       </c>
       <c r="G178"/>
       <c r="H178" t="s">
-        <v>262</v>
+        <v>41</v>
       </c>
     </row>
     <row r="179" spans="1:8">
       <c r="A179" t="s">
-        <v>296</v>
+        <v>297</v>
       </c>
       <c r="B179" t="s">
-        <v>297</v>
+        <v>158</v>
       </c>
       <c r="C179" t="s">
-        <v>37</v>
+        <v>76</v>
       </c>
       <c r="D179" t="s">
         <v>34</v>
       </c>
       <c r="E179" t="s">
         <v>106</v>
       </c>
       <c r="F179">
         <v>2007</v>
       </c>
       <c r="G179"/>
       <c r="H179" t="s">
-        <v>39</v>
+        <v>262</v>
       </c>
     </row>
     <row r="180" spans="1:8">
       <c r="A180" t="s">
         <v>298</v>
       </c>
       <c r="B180" t="s">
         <v>299</v>
       </c>
       <c r="C180" t="s">
         <v>37</v>
       </c>
       <c r="D180" t="s">
         <v>34</v>
       </c>
       <c r="E180" t="s">
         <v>106</v>
       </c>
       <c r="F180">
         <v>2007</v>
       </c>
       <c r="G180"/>
       <c r="H180" t="s">
         <v>39</v>
       </c>
@@ -5541,109 +5543,133 @@
       <c r="C181" t="s">
         <v>37</v>
       </c>
       <c r="D181" t="s">
         <v>34</v>
       </c>
       <c r="E181" t="s">
         <v>106</v>
       </c>
       <c r="F181">
         <v>2007</v>
       </c>
       <c r="G181"/>
       <c r="H181" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="182" spans="1:8">
       <c r="A182" t="s">
         <v>302</v>
       </c>
       <c r="B182" t="s">
         <v>303</v>
       </c>
       <c r="C182" t="s">
-        <v>10</v>
+        <v>37</v>
       </c>
       <c r="D182" t="s">
         <v>34</v>
       </c>
       <c r="E182" t="s">
         <v>106</v>
       </c>
       <c r="F182">
         <v>2007</v>
       </c>
       <c r="G182"/>
-      <c r="H182"/>
+      <c r="H182" t="s">
+        <v>39</v>
+      </c>
     </row>
     <row r="183" spans="1:8">
       <c r="A183" t="s">
         <v>304</v>
       </c>
       <c r="B183" t="s">
         <v>305</v>
       </c>
       <c r="C183" t="s">
-        <v>37</v>
+        <v>10</v>
       </c>
       <c r="D183" t="s">
         <v>34</v>
       </c>
       <c r="E183" t="s">
         <v>106</v>
       </c>
       <c r="F183">
         <v>2007</v>
       </c>
       <c r="G183"/>
-      <c r="H183" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H183"/>
     </row>
     <row r="184" spans="1:8">
       <c r="A184" t="s">
         <v>306</v>
       </c>
       <c r="B184" t="s">
-        <v>179</v>
+        <v>307</v>
       </c>
       <c r="C184" t="s">
-        <v>76</v>
+        <v>37</v>
       </c>
       <c r="D184" t="s">
         <v>34</v>
       </c>
       <c r="E184" t="s">
         <v>106</v>
       </c>
       <c r="F184">
         <v>2007</v>
       </c>
       <c r="G184"/>
       <c r="H184" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="185" spans="1:8">
+      <c r="A185" t="s">
+        <v>308</v>
+      </c>
+      <c r="B185" t="s">
+        <v>179</v>
+      </c>
+      <c r="C185" t="s">
+        <v>76</v>
+      </c>
+      <c r="D185" t="s">
+        <v>34</v>
+      </c>
+      <c r="E185" t="s">
+        <v>106</v>
+      </c>
+      <c r="F185">
+        <v>2007</v>
+      </c>
+      <c r="G185"/>
+      <c r="H185" t="s">
         <v>39</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>