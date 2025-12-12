--- v0 (2025-10-27)
+++ v1 (2025-12-12)
@@ -68,54 +68,54 @@
   <si>
     <t>Decreto 31/2014, de 14 de febrero, del Consell, por el que se declara zona especial de conservación el lugar de importancia comunitaria algepsars de Finestrat y se aprueba su Norma de gestión. http://www.docv.gva.es/datos/2014/02/18/pdf/2014_1359.pdf</t>
   </si>
   <si>
     <t>Comunidad Valenciana</t>
   </si>
   <si>
     <t>Boletín Nº 295 del martes 23 de diciembre de 2014DISPOSICIONES GENERalESCONSEJERÍA DE AGROGANADERÍA Y RECURSOS AUTÓCTONOSDecreto 127/2014, de 17 de diciembre, por el que se declara la Zona Especial de Conservación Río del Oro (ES1200053) y se aprueba su I Instrumento de Gestión.Link: https://sede.asturias.es/portal/site/Asturias/menuitem.1003733838db7342ebc4e191100000f7/?vgnextoid=d7d79d16b61ee010VgnVCM1000000100007fRCRD&amp;fecha=23/12/2014&amp;refArticulo=2014-21961&amp;i18n.http.lang=es</t>
   </si>
   <si>
     <t>Boletín Nº 295 del martes 23 de diciembre de 2014DISPOSICIONES GENERalESCONSEJERÍA DE AGROGANADERÍA Y RECURSOS AUTÓCTONOSDecreto 130/2014, de 17 de diciembre, por el que se declara la Zona Especial de Conservación Turbera de La Molina (ES1200044) y se aprueba su I Instrumento de Gestión.Link: https://sede.asturias.es/portal/site/Asturias/menuitem.1003733838db7342ebc4e191100000f7/?vgnextoid=d7d79d16b61ee010VgnVCM1000000100007fRCRD&amp;fecha=23/12/2014&amp;refArticulo=2014-21967&amp;i18n.http.lang=es</t>
   </si>
   <si>
     <t>Boletín Nº 2 del sábado 3 de enero de 2015DISPOSICIONES GENERalESCONSEJERÍA DE AGROGANADERÍA Y RECURSOS AUTÓCTONOSDecreto 153/2014, de 29 de diciembre, por el que se declara la Zona Especial de Conservación alcornocales del Navia (ES1200036) y se aprueba el I Instrumento de Gestión Integrado de los espacios protegidos vinculados a alcornocales de los concejos de allande, Illano y Pesoz.Link: https://sede.asturias.es/portal/site/Asturias/menuitem.1003733838db7342ebc4e191100000f7/?vgnextoid=d7d79d16b61ee010VgnVCM1000000100007fRCRD&amp;fecha=03/01/2015&amp;refArticulo=2014-22540&amp;i18n.http.lang=es</t>
   </si>
   <si>
     <t>Boletín Nº 3 del lunes 5 de enero de 2015DISPOSICIONES GENERalESCONSEJERÍA DE AGROGANADERÍA Y RECURSOS AUTÓCTONOSDecreto 165/2014, de 29 de diciembre, por el que se declara la Zona Especial de Conservación Ría de Ribadesella-Ría de Tinamayor (ES0000319) y se aprueba el I Instrumento de Gestión Integrado de diversos espacios protegidos en el tramo costero entre Ribadesella y Tinamayor.Link: https://sede.asturias.es/portal/site/Asturias/menuitem.1003733838db7342ebc4e191100000f7/?vgnextoid=d7d79d16b61ee010VgnVCM1000000100007fRCRD&amp;fecha=05/01/2015&amp;refArticulo=2014-22565&amp;i18n.http.lang=es</t>
   </si>
   <si>
     <t>Boletín Nº 3 del lunes 5 de enero de 2015DISPOSICIONES GENERalESCONSEJERÍA DE AGROGANADERÍA Y RECURSOS AUTÓCTONOSDecreto 164/2014, de 29 de diciembre, por el que se declara la Zona Especial de Conservación Cueva Rosa (ES1200007) y se aprueba el I Instrumento de Gestión Integrado de los espacios protegidos de Cueva Rosa (Ribadesella).Link: https://sede.asturias.es/portal/site/Asturias/menuitem.1003733838db7342ebc4e191100000f7/?vgnextoid=d7d79d16b61ee010VgnVCM1000000100007fRCRD&amp;fecha=05/01/2015&amp;refArticulo=2014-22567&amp;i18n.http.lang=esBoletín Nº 6 del viernes 9 de enero de 2015DISPOSICIONES GENERalESCONSEJERÍA DE AGROGANADERÍA Y RECURSOS AUTÓCTONOSCorrección de error habido en la publicación de “Decreto 164/2014, de 29 de diciembre, por el que se declara la Zona Especial de Conservación Cueva Rosa (ES1200007) y se aprueba el I Instrumento de Gestión Integrado de los espacios protegidos de Cueva Rosa (Ribadesella)” (Boletín Oficial del Principado de Asturias número 3, de 5 de enero de 2015).Link: https://sede.asturias.es/portal/site/Asturias/menuitem.1003733838db7342ebc4e191100000f7/?vgnextoid=d7d79d16b61ee010VgnVCM1000000100007fRCRD&amp;fecha=09/01/2015&amp;refArticulo=2015-00183&amp;i18n.http.lang=es</t>
   </si>
   <si>
     <t>Acuerdo de Gobierno 150/2014, de 4 de noviembre  http://portaldogc.gencat.cat/utilsEADOP/PDF/6744/1379474.pdf</t>
   </si>
   <si>
+    <t>Cataluña</t>
+  </si>
+  <si>
     <t>Canarias</t>
-  </si>
-[...1 lines deleted...]
-    <t>Cataluña</t>
   </si>
   <si>
     <t>Boletín Nº 2 del sábado 3 de enero de 2015DISPOSICIONES GENERalESCONSEJERÍA DE AGROGANADERÍA Y RECURSOS AUTÓCTONOSDecreto 157/2014, de 29 de diciembre, por el que se declara la Zona Especial de Conservación Cuencas Mineras (ES1200039) y se aprueba el I Instrumento de Gestión Integrado de los espacios protegidos en los concejos de Laviana, Mieres, San Martín del Rey Aurelio y Langreo.Link: https://sede.asturias.es/portal/site/Asturias/menuitem.1003733838db7342ebc4e191100000f7/?vgnextoid=d7d79d16b61ee010VgnVCM1000000100007fRCRD&amp;fecha=03/01/2015&amp;refArticulo=2014-22554&amp;i18n.http.lang=es</t>
   </si>
   <si>
     <t>DISPOSICIONES GENERalESCONSEJERÍA DE AGROGANADERÍA Y RECURSOS AUTÓCTONOSDecreto 131/2014, de 17 de diciembre, por el que se declara la Zona Especial de Conservación Río Porcía (ES1200024) y se aprueba su I Instrumento de Gestión. Boletín Nº 295 del martes 23 de diciembre de 2014.</t>
   </si>
   <si>
     <t>Boletín Nº 297 del viernes 26 de diciembre de 2014DISPOSICIONES GENERalESCONSEJERÍA DE AGROGANADERÍA Y RECURSOS AUTÓCTONOSDecreto 136/2014, de 17 de diciembre, por el que se declara la Zona Especial de Conservación Cuenca del alto Narcea (ES1200050) y se aprueba su I Instrumento de Gestión.Link: https://sede.asturias.es/portal/site/Asturias/menuitem.1003733838db7342ebc4e191100000f7/?vgnextoid=d7d79d16b61ee010VgnVCM1000000100007fRCRD&amp;fecha=26/12/2014&amp;refArticulo=2014-21956&amp;i18n.http.lang=es</t>
   </si>
   <si>
     <t>Boletín Nº 2 del sábado 3 de enero de 2015DISPOSICIONES GENERalESCONSEJERÍA DE AGROGANADERÍA Y RECURSOS AUTÓCTONOSDecreto 156/2014, de 29 de diciembre, por el que se declara la Zona Especial de Conservación Río Cares-Deva (ES1200035) y se aprueba el I Instrumento de Gestión Integrado de diversos espacios protegidos en los Ríos Cares y Deva.Link: https://sede.asturias.es/portal/site/Asturias/menuitem.1003733838db7342ebc4e191100000f7/?vgnextoid=d7d79d16b61ee010VgnVCM1000000100007fRCRD&amp;fecha=03/01/2015&amp;refArticulo=2014-22552&amp;i18n.http.lang=es</t>
   </si>
   <si>
     <t>Boletín Nº 3 del lunes 5 de enero de 2015DISPOSICIONES GENERalESCONSEJERÍA DE AGROGANADERÍA Y RECURSOS AUTÓCTONOSDecreto 170/2014, de 29 de diciembre, por el que se declara la Zona Especial de Conservación Yacimientos de icnitas (ES1200047) y se aprueba el I Instrumento de Gestión Integrado de diversos espacios protegidos en el tramo costero ligado a los Yacimientos de Icnitas.Link: https://sede.asturias.es/portal/site/Asturias/menuitem.1003733838db7342ebc4e191100000f7/?vgnextoid=d7d79d16b61ee010VgnVCM1000000100007fRCRD&amp;fecha=05/01/2015&amp;refArticulo=2014-22546&amp;i18n.http.lang=es</t>
   </si>
   <si>
     <t>Boletín Nº 297 del viernes 26 de diciembre de 2014DISPOSICIONES GENERalESCONSEJERÍA DE AGROGANADERÍA Y RECURSOS AUTÓCTONOSDecreto 140/2014, de 17 de diciembre, por el que se declara la Zona Especial de Conservación Río Purón (ES1200034) y se aprueba su I Instrumento de Gestión.Link: https://sede.asturias.es/portal/site/Asturias/menuitem.1003733838db7342ebc4e191100000f7/?vgnextoid=d7d79d16b61ee010VgnVCM1000000100007fRCRD&amp;fecha=26/12/2014&amp;refArticulo=2014-21964&amp;i18n.http.lang=es</t>
   </si>
   <si>
     <t>Boletín Nº 3 del lunes 5 de enero de 2015DISPOSICIONES GENERalESCONSEJERÍA DE AGROGANADERÍA Y RECURSOS AUTÓCTONOSDecreto 162/2014, de 29 de diciembre, por el que se declara la Zona Especial de Conservación Redes (ES 1200008) y se aprueba el I Instrumento de Gestión Integrado de diversos espacios protegidos en los concejos de Caso y Sobrescobio.Link: https://sede.asturias.es/portal/site/Asturias/menuitem.1003733838db7342ebc4e191100000f7/?vgnextoid=d7d79d16b61ee010VgnVCM1000000100007fRCRD&amp;fecha=05/01/2015&amp;refArticulo=2014-22568&amp;i18n.http.lang=es</t>
   </si>
   <si>
     <t>Boletín Nº 2 del sábado 3 de enero de 2015 DISPOSICIONES GENERalES CONSEJERÍA DE AGROGANADERÍA Y RECURSOS AUTÓCTONOS Decreto 160/2014, de 29 de diciembre, por el que se declara la Zona Especial de Conservación Penarronda-Barayo (ES0000317) y se aprueba el I Instrumento de Gestión Integrado de diversos espacios protegidos en el tramo costero entre Penarronda y Barayo. Link: https://sede.asturias.es/portal/site/Asturias/menuitem.1003733838db7342ebc4e191100000f7/?vgnextoid=d7d79d16b61ee010VgnVCM1000000100007fRCRD&amp;fecha=03/01/2015&amp;refArticulo=2014-22564&amp;i18n.http.lang=es"</t>
   </si>
@@ -2801,51 +2801,51 @@
       <c r="H52" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="53" spans="1:8">
       <c r="A53" t="s">
         <v>94</v>
       </c>
       <c r="B53" t="s">
         <v>95</v>
       </c>
       <c r="C53" t="s">
         <v>96</v>
       </c>
       <c r="D53" t="s">
         <v>97</v>
       </c>
       <c r="E53" t="s">
         <v>98</v>
       </c>
       <c r="F53">
         <v>2014</v>
       </c>
       <c r="G53"/>
       <c r="H53" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="54" spans="1:8">
       <c r="A54" t="s">
         <v>99</v>
       </c>
       <c r="B54" t="s">
         <v>100</v>
       </c>
       <c r="C54" t="s">
         <v>101</v>
       </c>
       <c r="D54" t="s">
         <v>97</v>
       </c>
       <c r="E54" t="s">
         <v>98</v>
       </c>
       <c r="F54">
         <v>2014</v>
       </c>
       <c r="G54"/>
       <c r="H54" t="s">
         <v>102</v>
       </c>
@@ -2897,51 +2897,51 @@
       <c r="H56" t="s">
         <v>102</v>
       </c>
     </row>
     <row r="57" spans="1:8">
       <c r="A57" t="s">
         <v>108</v>
       </c>
       <c r="B57" t="s">
         <v>109</v>
       </c>
       <c r="C57" t="s">
         <v>110</v>
       </c>
       <c r="D57" t="s">
         <v>97</v>
       </c>
       <c r="E57" t="s">
         <v>98</v>
       </c>
       <c r="F57">
         <v>2014</v>
       </c>
       <c r="G57"/>
       <c r="H57" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
     </row>
     <row r="58" spans="1:8">
       <c r="A58" t="s">
         <v>111</v>
       </c>
       <c r="B58" t="s">
         <v>112</v>
       </c>
       <c r="C58" t="s">
         <v>96</v>
       </c>
       <c r="D58" t="s">
         <v>97</v>
       </c>
       <c r="E58" t="s">
         <v>98</v>
       </c>
       <c r="F58">
         <v>2014</v>
       </c>
       <c r="G58"/>
       <c r="H58" t="s">
         <v>11</v>
       </c>
@@ -2993,51 +2993,51 @@
       <c r="H60" t="s">
         <v>117</v>
       </c>
     </row>
     <row r="61" spans="1:8">
       <c r="A61" t="s">
         <v>115</v>
       </c>
       <c r="B61" t="s">
         <v>116</v>
       </c>
       <c r="C61" t="s">
         <v>96</v>
       </c>
       <c r="D61" t="s">
         <v>97</v>
       </c>
       <c r="E61" t="s">
         <v>98</v>
       </c>
       <c r="F61">
         <v>2014</v>
       </c>
       <c r="G61"/>
       <c r="H61" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="62" spans="1:8">
       <c r="A62" t="s">
         <v>118</v>
       </c>
       <c r="B62" t="s">
         <v>119</v>
       </c>
       <c r="C62" t="s">
         <v>96</v>
       </c>
       <c r="D62" t="s">
         <v>97</v>
       </c>
       <c r="E62" t="s">
         <v>98</v>
       </c>
       <c r="F62">
         <v>2014</v>
       </c>
       <c r="G62"/>
       <c r="H62" t="s">
         <v>117</v>
       </c>
@@ -3065,51 +3065,51 @@
       <c r="H63" t="s">
         <v>117</v>
       </c>
     </row>
     <row r="64" spans="1:8">
       <c r="A64" t="s">
         <v>120</v>
       </c>
       <c r="B64" t="s">
         <v>121</v>
       </c>
       <c r="C64" t="s">
         <v>96</v>
       </c>
       <c r="D64" t="s">
         <v>97</v>
       </c>
       <c r="E64" t="s">
         <v>98</v>
       </c>
       <c r="F64">
         <v>2014</v>
       </c>
       <c r="G64"/>
       <c r="H64" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="65" spans="1:8">
       <c r="A65" t="s">
         <v>122</v>
       </c>
       <c r="B65" t="s">
         <v>123</v>
       </c>
       <c r="C65" t="s">
         <v>96</v>
       </c>
       <c r="D65" t="s">
         <v>97</v>
       </c>
       <c r="E65" t="s">
         <v>98</v>
       </c>
       <c r="F65">
         <v>2014</v>
       </c>
       <c r="G65"/>
       <c r="H65" t="s">
         <v>9</v>
       </c>
@@ -4363,51 +4363,51 @@
       <c r="H117" t="s">
         <v>222</v>
       </c>
     </row>
     <row r="118" spans="1:8">
       <c r="A118" t="s">
         <v>231</v>
       </c>
       <c r="B118" t="s">
         <v>232</v>
       </c>
       <c r="C118" t="s">
         <v>96</v>
       </c>
       <c r="D118" t="s">
         <v>97</v>
       </c>
       <c r="E118" t="s">
         <v>98</v>
       </c>
       <c r="F118">
         <v>2014</v>
       </c>
       <c r="G118"/>
       <c r="H118" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
     </row>
     <row r="119" spans="1:8">
       <c r="A119" t="s">
         <v>233</v>
       </c>
       <c r="B119" t="s">
         <v>234</v>
       </c>
       <c r="C119" t="s">
         <v>96</v>
       </c>
       <c r="D119" t="s">
         <v>97</v>
       </c>
       <c r="E119" t="s">
         <v>98</v>
       </c>
       <c r="F119">
         <v>2014</v>
       </c>
       <c r="G119"/>
       <c r="H119" t="s">
         <v>105</v>
       </c>
@@ -5147,75 +5147,75 @@
       <c r="H150" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="151" spans="1:8">
       <c r="A151" t="s">
         <v>298</v>
       </c>
       <c r="B151" t="s">
         <v>299</v>
       </c>
       <c r="C151" t="s">
         <v>110</v>
       </c>
       <c r="D151" t="s">
         <v>97</v>
       </c>
       <c r="E151" t="s">
         <v>98</v>
       </c>
       <c r="F151">
         <v>2014</v>
       </c>
       <c r="G151"/>
       <c r="H151" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
     </row>
     <row r="152" spans="1:8">
       <c r="A152" t="s">
         <v>298</v>
       </c>
       <c r="B152" t="s">
         <v>299</v>
       </c>
       <c r="C152" t="s">
         <v>110</v>
       </c>
       <c r="D152" t="s">
         <v>97</v>
       </c>
       <c r="E152" t="s">
         <v>98</v>
       </c>
       <c r="F152">
         <v>2014</v>
       </c>
       <c r="G152"/>
       <c r="H152" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
     </row>
     <row r="153" spans="1:8">
       <c r="A153" t="s">
         <v>300</v>
       </c>
       <c r="B153" t="s">
         <v>301</v>
       </c>
       <c r="C153" t="s">
         <v>96</v>
       </c>
       <c r="D153" t="s">
         <v>97</v>
       </c>
       <c r="E153" t="s">
         <v>98</v>
       </c>
       <c r="F153">
         <v>2014</v>
       </c>
       <c r="G153"/>
       <c r="H153" t="s">
         <v>9</v>
       </c>
@@ -5673,51 +5673,51 @@
       </c>
       <c r="G173"/>
       <c r="H173" t="s">
         <v>291</v>
       </c>
     </row>
     <row r="174" spans="1:8">
       <c r="A174" t="s">
         <v>354</v>
       </c>
       <c r="B174" t="s">
         <v>355</v>
       </c>
       <c r="C174"/>
       <c r="D174" t="s">
         <v>356</v>
       </c>
       <c r="E174" t="s">
         <v>350</v>
       </c>
       <c r="F174">
         <v>2008</v>
       </c>
       <c r="G174"/>
       <c r="H174" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
     </row>
     <row r="175" spans="1:8">
       <c r="A175" t="s">
         <v>357</v>
       </c>
       <c r="B175" t="s">
         <v>358</v>
       </c>
       <c r="C175"/>
       <c r="D175" t="s">
         <v>349</v>
       </c>
       <c r="E175" t="s">
         <v>350</v>
       </c>
       <c r="F175">
         <v>2008</v>
       </c>
       <c r="G175"/>
       <c r="H175" t="s">
         <v>291</v>
       </c>
     </row>
     <row r="176" spans="1:8">
@@ -5759,51 +5759,51 @@
       <c r="F177">
         <v>2008</v>
       </c>
       <c r="G177"/>
       <c r="H177" t="s">
         <v>291</v>
       </c>
     </row>
     <row r="178" spans="1:8">
       <c r="A178" t="s">
         <v>363</v>
       </c>
       <c r="B178" t="s">
         <v>364</v>
       </c>
       <c r="C178"/>
       <c r="D178"/>
       <c r="E178" t="s">
         <v>350</v>
       </c>
       <c r="F178">
         <v>2008</v>
       </c>
       <c r="G178"/>
       <c r="H178" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
     </row>
     <row r="179" spans="1:8">
       <c r="A179" t="s">
         <v>365</v>
       </c>
       <c r="B179" t="s">
         <v>366</v>
       </c>
       <c r="C179"/>
       <c r="D179" t="s">
         <v>349</v>
       </c>
       <c r="E179" t="s">
         <v>350</v>
       </c>
       <c r="F179">
         <v>2008</v>
       </c>
       <c r="G179"/>
       <c r="H179" t="s">
         <v>291</v>
       </c>
     </row>
     <row r="180" spans="1:8">
@@ -5901,51 +5901,51 @@
       <c r="H183" t="s">
         <v>265</v>
       </c>
     </row>
     <row r="184" spans="1:8">
       <c r="A184" t="s">
         <v>375</v>
       </c>
       <c r="B184" t="s">
         <v>376</v>
       </c>
       <c r="C184" t="s">
         <v>101</v>
       </c>
       <c r="D184" t="s">
         <v>97</v>
       </c>
       <c r="E184" t="s">
         <v>98</v>
       </c>
       <c r="F184">
         <v>2008</v>
       </c>
       <c r="G184"/>
       <c r="H184" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="185" spans="1:8">
       <c r="A185" t="s">
         <v>377</v>
       </c>
       <c r="B185" t="s">
         <v>378</v>
       </c>
       <c r="C185" t="s">
         <v>379</v>
       </c>
       <c r="D185" t="s">
         <v>335</v>
       </c>
       <c r="E185" t="s">
         <v>98</v>
       </c>
       <c r="F185">
         <v>2008</v>
       </c>
       <c r="G185" t="s">
         <v>128</v>
       </c>
       <c r="H185"/>
@@ -6381,51 +6381,51 @@
       <c r="H203" t="s">
         <v>132</v>
       </c>
     </row>
     <row r="204" spans="1:8">
       <c r="A204" t="s">
         <v>420</v>
       </c>
       <c r="B204" t="s">
         <v>421</v>
       </c>
       <c r="C204" t="s">
         <v>96</v>
       </c>
       <c r="D204" t="s">
         <v>97</v>
       </c>
       <c r="E204" t="s">
         <v>98</v>
       </c>
       <c r="F204">
         <v>2008</v>
       </c>
       <c r="G204"/>
       <c r="H204" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
     </row>
     <row r="205" spans="1:8">
       <c r="A205" t="s">
         <v>422</v>
       </c>
       <c r="B205" t="s">
         <v>423</v>
       </c>
       <c r="C205" t="s">
         <v>96</v>
       </c>
       <c r="D205" t="s">
         <v>97</v>
       </c>
       <c r="E205" t="s">
         <v>98</v>
       </c>
       <c r="F205">
         <v>2008</v>
       </c>
       <c r="G205"/>
       <c r="H205" t="s">
         <v>102</v>
       </c>
@@ -6573,51 +6573,51 @@
       <c r="H211" t="s">
         <v>351</v>
       </c>
     </row>
     <row r="212" spans="1:8">
       <c r="A212" t="s">
         <v>436</v>
       </c>
       <c r="B212" t="s">
         <v>437</v>
       </c>
       <c r="C212" t="s">
         <v>96</v>
       </c>
       <c r="D212" t="s">
         <v>97</v>
       </c>
       <c r="E212" t="s">
         <v>98</v>
       </c>
       <c r="F212">
         <v>2008</v>
       </c>
       <c r="G212"/>
       <c r="H212" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
     </row>
     <row r="213" spans="1:8">
       <c r="A213" t="s">
         <v>438</v>
       </c>
       <c r="B213" t="s">
         <v>439</v>
       </c>
       <c r="C213" t="s">
         <v>110</v>
       </c>
       <c r="D213" t="s">
         <v>97</v>
       </c>
       <c r="E213" t="s">
         <v>98</v>
       </c>
       <c r="F213">
         <v>2008</v>
       </c>
       <c r="G213"/>
       <c r="H213" t="s">
         <v>11</v>
       </c>
@@ -6789,51 +6789,51 @@
       <c r="H220" t="s">
         <v>395</v>
       </c>
     </row>
     <row r="221" spans="1:8">
       <c r="A221" t="s">
         <v>453</v>
       </c>
       <c r="B221" t="s">
         <v>454</v>
       </c>
       <c r="C221" t="s">
         <v>96</v>
       </c>
       <c r="D221" t="s">
         <v>97</v>
       </c>
       <c r="E221" t="s">
         <v>98</v>
       </c>
       <c r="F221">
         <v>2008</v>
       </c>
       <c r="G221"/>
       <c r="H221" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
     </row>
     <row r="222" spans="1:8">
       <c r="A222" t="s">
         <v>455</v>
       </c>
       <c r="B222" t="s">
         <v>456</v>
       </c>
       <c r="C222" t="s">
         <v>96</v>
       </c>
       <c r="D222" t="s">
         <v>97</v>
       </c>
       <c r="E222" t="s">
         <v>98</v>
       </c>
       <c r="F222">
         <v>2008</v>
       </c>
       <c r="G222"/>
       <c r="H222" t="s">
         <v>11</v>
       </c>
@@ -6885,51 +6885,51 @@
       <c r="H224" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="225" spans="1:8">
       <c r="A225" t="s">
         <v>461</v>
       </c>
       <c r="B225" t="s">
         <v>462</v>
       </c>
       <c r="C225" t="s">
         <v>96</v>
       </c>
       <c r="D225" t="s">
         <v>97</v>
       </c>
       <c r="E225" t="s">
         <v>98</v>
       </c>
       <c r="F225">
         <v>2008</v>
       </c>
       <c r="G225"/>
       <c r="H225" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
     </row>
     <row r="226" spans="1:8">
       <c r="A226" t="s">
         <v>463</v>
       </c>
       <c r="B226" t="s">
         <v>464</v>
       </c>
       <c r="C226" t="s">
         <v>96</v>
       </c>
       <c r="D226" t="s">
         <v>97</v>
       </c>
       <c r="E226" t="s">
         <v>98</v>
       </c>
       <c r="F226">
         <v>2008</v>
       </c>
       <c r="G226"/>
       <c r="H226" t="s">
         <v>288</v>
       </c>
@@ -7051,51 +7051,51 @@
       <c r="H231" t="s">
         <v>237</v>
       </c>
     </row>
     <row r="232" spans="1:8">
       <c r="A232" t="s">
         <v>475</v>
       </c>
       <c r="B232" t="s">
         <v>476</v>
       </c>
       <c r="C232" t="s">
         <v>110</v>
       </c>
       <c r="D232" t="s">
         <v>97</v>
       </c>
       <c r="E232" t="s">
         <v>98</v>
       </c>
       <c r="F232">
         <v>2008</v>
       </c>
       <c r="G232"/>
       <c r="H232" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="233" spans="1:8">
       <c r="A233" t="s">
         <v>477</v>
       </c>
       <c r="B233" t="s">
         <v>478</v>
       </c>
       <c r="C233" t="s">
         <v>110</v>
       </c>
       <c r="D233" t="s">
         <v>97</v>
       </c>
       <c r="E233" t="s">
         <v>98</v>
       </c>
       <c r="F233">
         <v>2008</v>
       </c>
       <c r="G233"/>
       <c r="H233" t="s">
         <v>288</v>
       </c>