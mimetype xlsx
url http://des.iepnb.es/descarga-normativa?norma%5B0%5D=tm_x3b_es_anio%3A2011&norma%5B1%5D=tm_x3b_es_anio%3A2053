--- v0 (2025-10-27)
+++ v1 (2025-12-13)
@@ -2879,75 +2879,75 @@
       <c r="H79" t="s">
         <v>53</v>
       </c>
     </row>
     <row r="80" spans="1:8">
       <c r="A80" t="s">
         <v>186</v>
       </c>
       <c r="B80" t="s">
         <v>187</v>
       </c>
       <c r="C80" t="s">
         <v>10</v>
       </c>
       <c r="D80" t="s">
         <v>52</v>
       </c>
       <c r="E80" t="s">
         <v>40</v>
       </c>
       <c r="F80">
         <v>2011</v>
       </c>
       <c r="G80"/>
       <c r="H80" t="s">
-        <v>13</v>
+        <v>188</v>
       </c>
     </row>
     <row r="81" spans="1:8">
       <c r="A81" t="s">
         <v>186</v>
       </c>
       <c r="B81" t="s">
         <v>187</v>
       </c>
       <c r="C81" t="s">
         <v>10</v>
       </c>
       <c r="D81" t="s">
         <v>52</v>
       </c>
       <c r="E81" t="s">
         <v>40</v>
       </c>
       <c r="F81">
         <v>2011</v>
       </c>
       <c r="G81"/>
       <c r="H81" t="s">
-        <v>188</v>
+        <v>13</v>
       </c>
     </row>
     <row r="82" spans="1:8">
       <c r="A82" t="s">
         <v>189</v>
       </c>
       <c r="B82" t="s">
         <v>121</v>
       </c>
       <c r="C82" t="s">
         <v>51</v>
       </c>
       <c r="D82" t="s">
         <v>52</v>
       </c>
       <c r="E82" t="s">
         <v>40</v>
       </c>
       <c r="F82">
         <v>2011</v>
       </c>
       <c r="G82"/>
       <c r="H82" t="s">
         <v>188</v>
       </c>