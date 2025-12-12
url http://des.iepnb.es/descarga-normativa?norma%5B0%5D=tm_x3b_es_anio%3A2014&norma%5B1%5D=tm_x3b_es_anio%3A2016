--- v0 (2025-10-27)
+++ v1 (2025-12-12)
@@ -662,54 +662,54 @@
   <si>
     <t>Boletín Nº 297 del viernes 26 de diciembre de 2014 DISPOSICIONES GENERalESCONSEJERÍA DE AGROGANADERÍA Y RECURSOS AUTÓCTONOS Decreto 145/2014, de 17 de diciembre, por el que se declara la Zona Especial de Conservación alto Navia (ES1200048) y se aprueba su I Instrumento de Gestión.</t>
   </si>
   <si>
     <t>Decreto 31/2014, de 14 de febrero, del Consell, por el que se declara zona especial de conservación el lugar de importancia comunitaria algepsars de Finestrat y se aprueba su Norma de gestión. http://www.docv.gva.es/datos/2014/02/18/pdf/2014_1359.pdf</t>
   </si>
   <si>
     <t>Boletín Nº 295 del martes 23 de diciembre de 2014DISPOSICIONES GENERalESCONSEJERÍA DE AGROGANADERÍA Y RECURSOS AUTÓCTONOSDecreto 127/2014, de 17 de diciembre, por el que se declara la Zona Especial de Conservación Río del Oro (ES1200053) y se aprueba su I Instrumento de Gestión.Link: https://sede.asturias.es/portal/site/Asturias/menuitem.1003733838db7342ebc4e191100000f7/?vgnextoid=d7d79d16b61ee010VgnVCM1000000100007fRCRD&amp;fecha=23/12/2014&amp;refArticulo=2014-21961&amp;i18n.http.lang=es</t>
   </si>
   <si>
     <t>Boletín Nº 295 del martes 23 de diciembre de 2014DISPOSICIONES GENERalESCONSEJERÍA DE AGROGANADERÍA Y RECURSOS AUTÓCTONOSDecreto 130/2014, de 17 de diciembre, por el que se declara la Zona Especial de Conservación Turbera de La Molina (ES1200044) y se aprueba su I Instrumento de Gestión.Link: https://sede.asturias.es/portal/site/Asturias/menuitem.1003733838db7342ebc4e191100000f7/?vgnextoid=d7d79d16b61ee010VgnVCM1000000100007fRCRD&amp;fecha=23/12/2014&amp;refArticulo=2014-21967&amp;i18n.http.lang=es</t>
   </si>
   <si>
     <t>Boletín Nº 2 del sábado 3 de enero de 2015DISPOSICIONES GENERalESCONSEJERÍA DE AGROGANADERÍA Y RECURSOS AUTÓCTONOSDecreto 153/2014, de 29 de diciembre, por el que se declara la Zona Especial de Conservación alcornocales del Navia (ES1200036) y se aprueba el I Instrumento de Gestión Integrado de los espacios protegidos vinculados a alcornocales de los concejos de allande, Illano y Pesoz.Link: https://sede.asturias.es/portal/site/Asturias/menuitem.1003733838db7342ebc4e191100000f7/?vgnextoid=d7d79d16b61ee010VgnVCM1000000100007fRCRD&amp;fecha=03/01/2015&amp;refArticulo=2014-22540&amp;i18n.http.lang=es</t>
   </si>
   <si>
     <t>Boletín Nº 3 del lunes 5 de enero de 2015DISPOSICIONES GENERalESCONSEJERÍA DE AGROGANADERÍA Y RECURSOS AUTÓCTONOSDecreto 165/2014, de 29 de diciembre, por el que se declara la Zona Especial de Conservación Ría de Ribadesella-Ría de Tinamayor (ES0000319) y se aprueba el I Instrumento de Gestión Integrado de diversos espacios protegidos en el tramo costero entre Ribadesella y Tinamayor.Link: https://sede.asturias.es/portal/site/Asturias/menuitem.1003733838db7342ebc4e191100000f7/?vgnextoid=d7d79d16b61ee010VgnVCM1000000100007fRCRD&amp;fecha=05/01/2015&amp;refArticulo=2014-22565&amp;i18n.http.lang=es</t>
   </si>
   <si>
     <t>Boletín Nº 3 del lunes 5 de enero de 2015DISPOSICIONES GENERalESCONSEJERÍA DE AGROGANADERÍA Y RECURSOS AUTÓCTONOSDecreto 164/2014, de 29 de diciembre, por el que se declara la Zona Especial de Conservación Cueva Rosa (ES1200007) y se aprueba el I Instrumento de Gestión Integrado de los espacios protegidos de Cueva Rosa (Ribadesella).Link: https://sede.asturias.es/portal/site/Asturias/menuitem.1003733838db7342ebc4e191100000f7/?vgnextoid=d7d79d16b61ee010VgnVCM1000000100007fRCRD&amp;fecha=05/01/2015&amp;refArticulo=2014-22567&amp;i18n.http.lang=esBoletín Nº 6 del viernes 9 de enero de 2015DISPOSICIONES GENERalESCONSEJERÍA DE AGROGANADERÍA Y RECURSOS AUTÓCTONOSCorrección de error habido en la publicación de “Decreto 164/2014, de 29 de diciembre, por el que se declara la Zona Especial de Conservación Cueva Rosa (ES1200007) y se aprueba el I Instrumento de Gestión Integrado de los espacios protegidos de Cueva Rosa (Ribadesella)” (Boletín Oficial del Principado de Asturias número 3, de 5 de enero de 2015).Link: https://sede.asturias.es/portal/site/Asturias/menuitem.1003733838db7342ebc4e191100000f7/?vgnextoid=d7d79d16b61ee010VgnVCM1000000100007fRCRD&amp;fecha=09/01/2015&amp;refArticulo=2015-00183&amp;i18n.http.lang=es</t>
   </si>
   <si>
     <t>Acuerdo de Gobierno 150/2014, de 4 de noviembre  http://portaldogc.gencat.cat/utilsEADOP/PDF/6744/1379474.pdf</t>
   </si>
   <si>
+    <t>Cataluña</t>
+  </si>
+  <si>
     <t>Canarias</t>
-  </si>
-[...1 lines deleted...]
-    <t>Cataluña</t>
   </si>
   <si>
     <t>Boletín Nº 2 del sábado 3 de enero de 2015DISPOSICIONES GENERalESCONSEJERÍA DE AGROGANADERÍA Y RECURSOS AUTÓCTONOSDecreto 157/2014, de 29 de diciembre, por el que se declara la Zona Especial de Conservación Cuencas Mineras (ES1200039) y se aprueba el I Instrumento de Gestión Integrado de los espacios protegidos en los concejos de Laviana, Mieres, San Martín del Rey Aurelio y Langreo.Link: https://sede.asturias.es/portal/site/Asturias/menuitem.1003733838db7342ebc4e191100000f7/?vgnextoid=d7d79d16b61ee010VgnVCM1000000100007fRCRD&amp;fecha=03/01/2015&amp;refArticulo=2014-22554&amp;i18n.http.lang=es</t>
   </si>
   <si>
     <t>DISPOSICIONES GENERalESCONSEJERÍA DE AGROGANADERÍA Y RECURSOS AUTÓCTONOSDecreto 131/2014, de 17 de diciembre, por el que se declara la Zona Especial de Conservación Río Porcía (ES1200024) y se aprueba su I Instrumento de Gestión. Boletín Nº 295 del martes 23 de diciembre de 2014.</t>
   </si>
   <si>
     <t>Boletín Nº 297 del viernes 26 de diciembre de 2014DISPOSICIONES GENERalESCONSEJERÍA DE AGROGANADERÍA Y RECURSOS AUTÓCTONOSDecreto 136/2014, de 17 de diciembre, por el que se declara la Zona Especial de Conservación Cuenca del alto Narcea (ES1200050) y se aprueba su I Instrumento de Gestión.Link: https://sede.asturias.es/portal/site/Asturias/menuitem.1003733838db7342ebc4e191100000f7/?vgnextoid=d7d79d16b61ee010VgnVCM1000000100007fRCRD&amp;fecha=26/12/2014&amp;refArticulo=2014-21956&amp;i18n.http.lang=es</t>
   </si>
   <si>
     <t>Boletín Nº 2 del sábado 3 de enero de 2015DISPOSICIONES GENERalESCONSEJERÍA DE AGROGANADERÍA Y RECURSOS AUTÓCTONOSDecreto 156/2014, de 29 de diciembre, por el que se declara la Zona Especial de Conservación Río Cares-Deva (ES1200035) y se aprueba el I Instrumento de Gestión Integrado de diversos espacios protegidos en los Ríos Cares y Deva.Link: https://sede.asturias.es/portal/site/Asturias/menuitem.1003733838db7342ebc4e191100000f7/?vgnextoid=d7d79d16b61ee010VgnVCM1000000100007fRCRD&amp;fecha=03/01/2015&amp;refArticulo=2014-22552&amp;i18n.http.lang=es</t>
   </si>
   <si>
     <t>Boletín Nº 3 del lunes 5 de enero de 2015DISPOSICIONES GENERalESCONSEJERÍA DE AGROGANADERÍA Y RECURSOS AUTÓCTONOSDecreto 170/2014, de 29 de diciembre, por el que se declara la Zona Especial de Conservación Yacimientos de icnitas (ES1200047) y se aprueba el I Instrumento de Gestión Integrado de diversos espacios protegidos en el tramo costero ligado a los Yacimientos de Icnitas.Link: https://sede.asturias.es/portal/site/Asturias/menuitem.1003733838db7342ebc4e191100000f7/?vgnextoid=d7d79d16b61ee010VgnVCM1000000100007fRCRD&amp;fecha=05/01/2015&amp;refArticulo=2014-22546&amp;i18n.http.lang=es</t>
   </si>
   <si>
     <t>Boletín Nº 297 del viernes 26 de diciembre de 2014DISPOSICIONES GENERalESCONSEJERÍA DE AGROGANADERÍA Y RECURSOS AUTÓCTONOSDecreto 140/2014, de 17 de diciembre, por el que se declara la Zona Especial de Conservación Río Purón (ES1200034) y se aprueba su I Instrumento de Gestión.Link: https://sede.asturias.es/portal/site/Asturias/menuitem.1003733838db7342ebc4e191100000f7/?vgnextoid=d7d79d16b61ee010VgnVCM1000000100007fRCRD&amp;fecha=26/12/2014&amp;refArticulo=2014-21964&amp;i18n.http.lang=es</t>
   </si>
   <si>
     <t>Boletín Nº 3 del lunes 5 de enero de 2015DISPOSICIONES GENERalESCONSEJERÍA DE AGROGANADERÍA Y RECURSOS AUTÓCTONOSDecreto 162/2014, de 29 de diciembre, por el que se declara la Zona Especial de Conservación Redes (ES 1200008) y se aprueba el I Instrumento de Gestión Integrado de diversos espacios protegidos en los concejos de Caso y Sobrescobio.Link: https://sede.asturias.es/portal/site/Asturias/menuitem.1003733838db7342ebc4e191100000f7/?vgnextoid=d7d79d16b61ee010VgnVCM1000000100007fRCRD&amp;fecha=05/01/2015&amp;refArticulo=2014-22568&amp;i18n.http.lang=es</t>
   </si>
   <si>
     <t>Boletín Nº 2 del sábado 3 de enero de 2015 DISPOSICIONES GENERalES CONSEJERÍA DE AGROGANADERÍA Y RECURSOS AUTÓCTONOS Decreto 160/2014, de 29 de diciembre, por el que se declara la Zona Especial de Conservación Penarronda-Barayo (ES0000317) y se aprueba el I Instrumento de Gestión Integrado de diversos espacios protegidos en el tramo costero entre Penarronda y Barayo. Link: https://sede.asturias.es/portal/site/Asturias/menuitem.1003733838db7342ebc4e191100000f7/?vgnextoid=d7d79d16b61ee010VgnVCM1000000100007fRCRD&amp;fecha=03/01/2015&amp;refArticulo=2014-22564&amp;i18n.http.lang=es"</t>
   </si>
@@ -5024,51 +5024,51 @@
       <c r="H145" t="s">
         <v>141</v>
       </c>
     </row>
     <row r="146" spans="1:8">
       <c r="A146" t="s">
         <v>292</v>
       </c>
       <c r="B146" t="s">
         <v>293</v>
       </c>
       <c r="C146" t="s">
         <v>37</v>
       </c>
       <c r="D146" t="s">
         <v>38</v>
       </c>
       <c r="E146" t="s">
         <v>39</v>
       </c>
       <c r="F146">
         <v>2014</v>
       </c>
       <c r="G146"/>
       <c r="H146" t="s">
-        <v>216</v>
+        <v>217</v>
       </c>
     </row>
     <row r="147" spans="1:8">
       <c r="A147" t="s">
         <v>294</v>
       </c>
       <c r="B147" t="s">
         <v>295</v>
       </c>
       <c r="C147" t="s">
         <v>96</v>
       </c>
       <c r="D147" t="s">
         <v>38</v>
       </c>
       <c r="E147" t="s">
         <v>39</v>
       </c>
       <c r="F147">
         <v>2014</v>
       </c>
       <c r="G147"/>
       <c r="H147" t="s">
         <v>296</v>
       </c>
@@ -5120,51 +5120,51 @@
       <c r="H149" t="s">
         <v>296</v>
       </c>
     </row>
     <row r="150" spans="1:8">
       <c r="A150" t="s">
         <v>302</v>
       </c>
       <c r="B150" t="s">
         <v>303</v>
       </c>
       <c r="C150" t="s">
         <v>140</v>
       </c>
       <c r="D150" t="s">
         <v>38</v>
       </c>
       <c r="E150" t="s">
         <v>39</v>
       </c>
       <c r="F150">
         <v>2014</v>
       </c>
       <c r="G150"/>
       <c r="H150" t="s">
-        <v>217</v>
+        <v>216</v>
       </c>
     </row>
     <row r="151" spans="1:8">
       <c r="A151" t="s">
         <v>304</v>
       </c>
       <c r="B151" t="s">
         <v>305</v>
       </c>
       <c r="C151" t="s">
         <v>37</v>
       </c>
       <c r="D151" t="s">
         <v>38</v>
       </c>
       <c r="E151" t="s">
         <v>39</v>
       </c>
       <c r="F151">
         <v>2014</v>
       </c>
       <c r="G151"/>
       <c r="H151" t="s">
         <v>103</v>
       </c>
@@ -5216,51 +5216,51 @@
       <c r="H153" t="s">
         <v>59</v>
       </c>
     </row>
     <row r="154" spans="1:8">
       <c r="A154" t="s">
         <v>308</v>
       </c>
       <c r="B154" t="s">
         <v>309</v>
       </c>
       <c r="C154" t="s">
         <v>37</v>
       </c>
       <c r="D154" t="s">
         <v>38</v>
       </c>
       <c r="E154" t="s">
         <v>39</v>
       </c>
       <c r="F154">
         <v>2014</v>
       </c>
       <c r="G154"/>
       <c r="H154" t="s">
-        <v>216</v>
+        <v>217</v>
       </c>
     </row>
     <row r="155" spans="1:8">
       <c r="A155" t="s">
         <v>310</v>
       </c>
       <c r="B155" t="s">
         <v>311</v>
       </c>
       <c r="C155" t="s">
         <v>37</v>
       </c>
       <c r="D155" t="s">
         <v>38</v>
       </c>
       <c r="E155" t="s">
         <v>39</v>
       </c>
       <c r="F155">
         <v>2014</v>
       </c>
       <c r="G155"/>
       <c r="H155" t="s">
         <v>59</v>
       </c>
@@ -5288,51 +5288,51 @@
       <c r="H156" t="s">
         <v>59</v>
       </c>
     </row>
     <row r="157" spans="1:8">
       <c r="A157" t="s">
         <v>312</v>
       </c>
       <c r="B157" t="s">
         <v>313</v>
       </c>
       <c r="C157" t="s">
         <v>37</v>
       </c>
       <c r="D157" t="s">
         <v>38</v>
       </c>
       <c r="E157" t="s">
         <v>39</v>
       </c>
       <c r="F157">
         <v>2014</v>
       </c>
       <c r="G157"/>
       <c r="H157" t="s">
-        <v>216</v>
+        <v>217</v>
       </c>
     </row>
     <row r="158" spans="1:8">
       <c r="A158" t="s">
         <v>314</v>
       </c>
       <c r="B158" t="s">
         <v>315</v>
       </c>
       <c r="C158" t="s">
         <v>37</v>
       </c>
       <c r="D158" t="s">
         <v>38</v>
       </c>
       <c r="E158" t="s">
         <v>39</v>
       </c>
       <c r="F158">
         <v>2014</v>
       </c>
       <c r="G158"/>
       <c r="H158" t="s">
         <v>141</v>
       </c>
@@ -6586,51 +6586,51 @@
       <c r="H210" t="s">
         <v>412</v>
       </c>
     </row>
     <row r="211" spans="1:8">
       <c r="A211" t="s">
         <v>421</v>
       </c>
       <c r="B211" t="s">
         <v>422</v>
       </c>
       <c r="C211" t="s">
         <v>37</v>
       </c>
       <c r="D211" t="s">
         <v>38</v>
       </c>
       <c r="E211" t="s">
         <v>39</v>
       </c>
       <c r="F211">
         <v>2014</v>
       </c>
       <c r="G211"/>
       <c r="H211" t="s">
-        <v>217</v>
+        <v>216</v>
       </c>
     </row>
     <row r="212" spans="1:8">
       <c r="A212" t="s">
         <v>423</v>
       </c>
       <c r="B212" t="s">
         <v>424</v>
       </c>
       <c r="C212" t="s">
         <v>37</v>
       </c>
       <c r="D212" t="s">
         <v>38</v>
       </c>
       <c r="E212" t="s">
         <v>39</v>
       </c>
       <c r="F212">
         <v>2014</v>
       </c>
       <c r="G212"/>
       <c r="H212" t="s">
         <v>299</v>
       </c>
@@ -7370,75 +7370,75 @@
       <c r="H243" t="s">
         <v>141</v>
       </c>
     </row>
     <row r="244" spans="1:8">
       <c r="A244" t="s">
         <v>485</v>
       </c>
       <c r="B244" t="s">
         <v>486</v>
       </c>
       <c r="C244" t="s">
         <v>140</v>
       </c>
       <c r="D244" t="s">
         <v>38</v>
       </c>
       <c r="E244" t="s">
         <v>39</v>
       </c>
       <c r="F244">
         <v>2014</v>
       </c>
       <c r="G244"/>
       <c r="H244" t="s">
-        <v>217</v>
+        <v>216</v>
       </c>
     </row>
     <row r="245" spans="1:8">
       <c r="A245" t="s">
         <v>485</v>
       </c>
       <c r="B245" t="s">
         <v>486</v>
       </c>
       <c r="C245" t="s">
         <v>140</v>
       </c>
       <c r="D245" t="s">
         <v>38</v>
       </c>
       <c r="E245" t="s">
         <v>39</v>
       </c>
       <c r="F245">
         <v>2014</v>
       </c>
       <c r="G245"/>
       <c r="H245" t="s">
-        <v>217</v>
+        <v>216</v>
       </c>
     </row>
     <row r="246" spans="1:8">
       <c r="A246" t="s">
         <v>487</v>
       </c>
       <c r="B246" t="s">
         <v>488</v>
       </c>
       <c r="C246" t="s">
         <v>37</v>
       </c>
       <c r="D246" t="s">
         <v>38</v>
       </c>
       <c r="E246" t="s">
         <v>39</v>
       </c>
       <c r="F246">
         <v>2014</v>
       </c>
       <c r="G246"/>
       <c r="H246" t="s">
         <v>141</v>
       </c>