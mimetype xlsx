--- v0 (2025-10-23)
+++ v1 (2025-12-11)
@@ -110,54 +110,54 @@
   <si>
     <t>DECRETO 172/2022, de 20 de septiembre, del Catálogo de fauna salvaje autóctona amenazada y de medidas de protección y conservación de la fauna salvaje autóctona protegida.</t>
   </si>
   <si>
     <t>https://dogc.gencat.cat/ca/document-del-dogc/?documentId=937992&amp;validity=1927723&amp;language=ca&amp;traceability=01</t>
   </si>
   <si>
     <t>Decreto</t>
   </si>
   <si>
     <t>sg6</t>
   </si>
   <si>
     <t>https://www.google.com/testsg6</t>
   </si>
   <si>
     <t>Resolución</t>
   </si>
   <si>
     <t>Entidades locales</t>
   </si>
   <si>
     <t>Nacional</t>
   </si>
   <si>
+    <t>Cantabria</t>
+  </si>
+  <si>
     <t>Cataluña</t>
-  </si>
-[...1 lines deleted...]
-    <t>Cantabria</t>
   </si>
   <si>
     <t>Andalucía</t>
   </si>
   <si>
     <t>Orden MAM/2734/2002, de 21 de octubre, por la que se incluyen determinadas especies, subespecies y poblaciones en el Catálogo Nacional de Especies Amenazadas y cambian de categoría y se excluyen otras incluidas en el mismo. BOE 265, de 5 de noviembre de 2005.</t>
   </si>
   <si>
     <t>https://www.boe.es/eli/es/o/2002/10/21/mam2734</t>
   </si>
   <si>
     <t>Orden (orden Ministerial, Ordenes de las Comisiones delegadas del Gobierno)</t>
   </si>
   <si>
     <t>Gobierno</t>
   </si>
   <si>
     <t>Reglamentos (Gobierno, Autonómico, Entidades locales)</t>
   </si>
   <si>
     <t>Orden 2/2022, de 16 de febrero, de la Conselleria de Agricultura, Desarrollo Rural, Emergencia Climática y Transición Ecológica, por la que se actualizan los listados valencianos de especies protegidas de flora y fauna. DOGV 9285 de 24 de febrero de 2022</t>
   </si>
   <si>
     <t>https://dogv.gva.es/es/eli/es-vc/o/2022/02/16/2/</t>
   </si>
@@ -1994,51 +1994,51 @@
       </c>
     </row>
     <row r="33" spans="1:8">
       <c r="A33" t="s">
         <v>92</v>
       </c>
       <c r="B33" t="s">
         <v>93</v>
       </c>
       <c r="C33" t="s">
         <v>94</v>
       </c>
       <c r="D33" t="s">
         <v>30</v>
       </c>
       <c r="E33" t="s">
         <v>39</v>
       </c>
       <c r="F33">
         <v>2022</v>
       </c>
       <c r="G33" t="s">
         <v>31</v>
       </c>
       <c r="H33" t="s">
-        <v>95</v>
+        <v>33</v>
       </c>
     </row>
     <row r="34" spans="1:8">
       <c r="A34" t="s">
         <v>92</v>
       </c>
       <c r="B34" t="s">
         <v>93</v>
       </c>
       <c r="C34" t="s">
         <v>94</v>
       </c>
       <c r="D34" t="s">
         <v>30</v>
       </c>
       <c r="E34" t="s">
         <v>39</v>
       </c>
       <c r="F34">
         <v>2022</v>
       </c>
       <c r="G34" t="s">
         <v>31</v>
       </c>
       <c r="H34" t="s">
@@ -2046,77 +2046,77 @@
       </c>
     </row>
     <row r="35" spans="1:8">
       <c r="A35" t="s">
         <v>92</v>
       </c>
       <c r="B35" t="s">
         <v>93</v>
       </c>
       <c r="C35" t="s">
         <v>94</v>
       </c>
       <c r="D35" t="s">
         <v>30</v>
       </c>
       <c r="E35" t="s">
         <v>39</v>
       </c>
       <c r="F35">
         <v>2022</v>
       </c>
       <c r="G35" t="s">
         <v>31</v>
       </c>
       <c r="H35" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
     </row>
     <row r="36" spans="1:8">
       <c r="A36" t="s">
         <v>92</v>
       </c>
       <c r="B36" t="s">
         <v>93</v>
       </c>
       <c r="C36" t="s">
         <v>94</v>
       </c>
       <c r="D36" t="s">
         <v>30</v>
       </c>
       <c r="E36" t="s">
         <v>39</v>
       </c>
       <c r="F36">
         <v>2022</v>
       </c>
       <c r="G36" t="s">
         <v>31</v>
       </c>
       <c r="H36" t="s">
-        <v>32</v>
+        <v>95</v>
       </c>
     </row>
     <row r="37" spans="1:8">
       <c r="A37" t="s">
         <v>96</v>
       </c>
       <c r="B37" t="s">
         <v>97</v>
       </c>
       <c r="C37" t="s">
         <v>29</v>
       </c>
       <c r="D37" t="s">
         <v>43</v>
       </c>
       <c r="E37" t="s">
         <v>39</v>
       </c>
       <c r="F37">
         <v>2022</v>
       </c>
       <c r="G37" t="s">
         <v>31</v>
       </c>
       <c r="H37"/>
@@ -2296,75 +2296,75 @@
       </c>
       <c r="G47" t="s">
         <v>12</v>
       </c>
       <c r="H47"/>
     </row>
     <row r="48" spans="1:8">
       <c r="A48" t="s">
         <v>114</v>
       </c>
       <c r="B48" t="s">
         <v>115</v>
       </c>
       <c r="C48"/>
       <c r="D48" t="s">
         <v>21</v>
       </c>
       <c r="E48" t="s">
         <v>22</v>
       </c>
       <c r="F48">
         <v>2016</v>
       </c>
       <c r="G48"/>
       <c r="H48" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
     </row>
     <row r="49" spans="1:8">
       <c r="A49" t="s">
         <v>116</v>
       </c>
       <c r="B49" t="s">
         <v>117</v>
       </c>
       <c r="C49" t="s">
         <v>26</v>
       </c>
       <c r="D49" t="s">
         <v>43</v>
       </c>
       <c r="E49" t="s">
         <v>39</v>
       </c>
       <c r="F49">
         <v>2016</v>
       </c>
       <c r="G49"/>
       <c r="H49" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
     </row>
     <row r="50" spans="1:8">
       <c r="A50" t="s">
         <v>118</v>
       </c>
       <c r="B50" t="s">
         <v>119</v>
       </c>
       <c r="C50" t="s">
         <v>26</v>
       </c>
       <c r="D50" t="s">
         <v>43</v>
       </c>
       <c r="E50" t="s">
         <v>39</v>
       </c>
       <c r="F50">
         <v>2016</v>
       </c>
       <c r="G50"/>
       <c r="H50" t="s">
         <v>47</v>
       </c>
@@ -3448,99 +3448,99 @@
       <c r="H95" t="s">
         <v>211</v>
       </c>
     </row>
     <row r="96" spans="1:8">
       <c r="A96" t="s">
         <v>212</v>
       </c>
       <c r="B96" t="s">
         <v>213</v>
       </c>
       <c r="C96" t="s">
         <v>26</v>
       </c>
       <c r="D96" t="s">
         <v>43</v>
       </c>
       <c r="E96" t="s">
         <v>39</v>
       </c>
       <c r="F96">
         <v>2016</v>
       </c>
       <c r="G96"/>
       <c r="H96" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
     </row>
     <row r="97" spans="1:8">
       <c r="A97" t="s">
         <v>214</v>
       </c>
       <c r="B97" t="s">
         <v>117</v>
       </c>
       <c r="C97" t="s">
         <v>26</v>
       </c>
       <c r="D97" t="s">
         <v>43</v>
       </c>
       <c r="E97" t="s">
         <v>39</v>
       </c>
       <c r="F97">
         <v>2016</v>
       </c>
       <c r="G97"/>
       <c r="H97" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
     </row>
     <row r="98" spans="1:8">
       <c r="A98" t="s">
         <v>215</v>
       </c>
       <c r="B98" t="s">
         <v>216</v>
       </c>
       <c r="C98" t="s">
         <v>26</v>
       </c>
       <c r="D98" t="s">
         <v>43</v>
       </c>
       <c r="E98" t="s">
         <v>39</v>
       </c>
       <c r="F98">
         <v>2016</v>
       </c>
       <c r="G98"/>
       <c r="H98" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
     </row>
     <row r="99" spans="1:8">
       <c r="A99" t="s">
         <v>217</v>
       </c>
       <c r="B99" t="s">
         <v>218</v>
       </c>
       <c r="C99" t="s">
         <v>26</v>
       </c>
       <c r="D99" t="s">
         <v>43</v>
       </c>
       <c r="E99" t="s">
         <v>39</v>
       </c>
       <c r="F99">
         <v>2016</v>
       </c>
       <c r="G99"/>
       <c r="H99" t="s">
         <v>47</v>
       </c>