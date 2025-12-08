--- v0 (2025-10-24)
+++ v1 (2025-12-08)
@@ -116,56 +116,56 @@
   <si>
     <t>Autonómico</t>
   </si>
   <si>
     <t>Reglamentos (Gobierno, Autonómico, Entidades locales)</t>
   </si>
   <si>
     <t>Canarias</t>
   </si>
   <si>
     <t>Pruebass Legislación Cancelar.</t>
   </si>
   <si>
     <t>Ordenanza,  Reglamento,  Bando	Anuncio/ edicto</t>
   </si>
   <si>
     <t>Entidades locales</t>
   </si>
   <si>
     <t>Nueva Norma Añadir Legislación con CCAA.</t>
   </si>
   <si>
     <t>Comunicación</t>
   </si>
   <si>
+    <t>Castilla y León</t>
+  </si>
+  <si>
     <t>País Vasco</t>
   </si>
   <si>
-    <t>Castilla y León</t>
-[...1 lines deleted...]
-  <si>
     <t>Cataluña</t>
   </si>
   <si>
     <t>Norma New Alta Legislación</t>
   </si>
   <si>
     <t>Anuncio (Consejo de Gobierno)</t>
   </si>
   <si>
     <t>Tratados Internacionales</t>
   </si>
   <si>
     <t>Nueva Norma Tomás</t>
   </si>
   <si>
     <t>Circular o instrucción</t>
   </si>
   <si>
     <t>Pruebas Tomas</t>
   </si>
   <si>
     <t>Norma Prueba con Carolina</t>
   </si>
   <si>
     <t>Comunidad de Madrid</t>
@@ -176,105 +176,105 @@
   <si>
     <t>Resolución</t>
   </si>
   <si>
     <t>sg3</t>
   </si>
   <si>
     <t>sg5</t>
   </si>
   <si>
     <t>Orden</t>
   </si>
   <si>
     <t>Pruebas Legislacion Alta</t>
   </si>
   <si>
     <t>AGE</t>
   </si>
   <si>
     <t>Prueba de Legislación con Nivel de Administración Nacional.</t>
   </si>
   <si>
     <t>https://www.google.com/testing/branch</t>
   </si>
   <si>
+    <t>Extremadura</t>
+  </si>
+  <si>
+    <t>Ciudad Autónoma de Ceuta</t>
+  </si>
+  <si>
+    <t>Ciudad Autónoma de Melilla</t>
+  </si>
+  <si>
     <t>Región de Murcia</t>
   </si>
   <si>
-    <t>Ciudad Autónoma de Ceuta</t>
-[...7 lines deleted...]
-  <si>
     <t>Prueba Nacional con publicadores con AppUsuPerOrg.</t>
   </si>
   <si>
     <t>Comunidad Valenciana</t>
   </si>
   <si>
     <t>Prueba de Modificación Alta</t>
   </si>
   <si>
     <t>Prueba añadir norma 2</t>
   </si>
   <si>
     <t>https://testingdatagenerator.com/doi.html</t>
   </si>
   <si>
     <t>Anuncio (Consejo de Ministros)</t>
   </si>
   <si>
     <t>Norma Prueba Alta</t>
   </si>
   <si>
     <t>Prueba Validacion Alta Legislación</t>
   </si>
   <si>
     <t>Pruebassssssssssssss años</t>
   </si>
   <si>
     <t>Pruebas de Nuevas Normas a 10/12/2024 a las 10:20:23</t>
   </si>
   <si>
     <t>Pruebas para saber si el campo Norma puede usar / , ; y : .</t>
   </si>
   <si>
     <t>https://www.google.com/test/branch</t>
   </si>
   <si>
     <t>Pruebas Normas con Unificación- Detalles 17/12/2024 - Hora: 09:17:00. Prueba de funcionamiento; Correcto/Funcionando con Modificación  17/12/2024 - Hora: 09:19:00..</t>
   </si>
   <si>
+    <t>Extra-Regio</t>
+  </si>
+  <si>
     <t>Illes Balears</t>
-  </si>
-[...1 lines deleted...]
-    <t>Extra-Regio</t>
   </si>
   <si>
     <t>Pruebas de Legislación loadOptions</t>
   </si>
   <si>
     <t>Leyes Ordinarias de ámbito estatal, Reales Decretos Legislativos, Real Decreto Ley</t>
   </si>
   <si>
     <t>Decreto 33/2024, de 28 de febrero, del Gobierno de Aragón, por el que se establece un régimen de protección para la margaritona (Margaritifera auricularia) y se aprueba un nuevo plan de recuperación.</t>
   </si>
   <si>
     <t>https://www.boa.aragon.es/cgi-bin/EBOA/BRSCGI?CMD=VEROBJ&amp;MLKOB=1320624820303</t>
   </si>
   <si>
     <t>Prueba de Modificación dentro de Legislación.</t>
   </si>
   <si>
     <t>Pruebas de Acuerdo del nivel Nacional con Prueba el 03/12/2024. En esta prueba se mira todo.</t>
   </si>
   <si>
     <t>Galicia</t>
   </si>
   <si>
     <t>Norma de Prueba con Identificador Oficial realizada el 10/12/2024 con hora a las 10:32:10.</t>
   </si>
@@ -5984,103 +5984,103 @@
       </c>
     </row>
     <row r="11" spans="1:8">
       <c r="A11" t="s">
         <v>32</v>
       </c>
       <c r="B11" t="s">
         <v>9</v>
       </c>
       <c r="C11" t="s">
         <v>25</v>
       </c>
       <c r="D11" t="s">
         <v>33</v>
       </c>
       <c r="E11" t="s">
         <v>11</v>
       </c>
       <c r="F11">
         <v>2024</v>
       </c>
       <c r="G11" t="s">
         <v>17</v>
       </c>
       <c r="H11" t="s">
-        <v>12</v>
+        <v>35</v>
       </c>
     </row>
     <row r="12" spans="1:8">
       <c r="A12" t="s">
         <v>32</v>
       </c>
       <c r="B12" t="s">
         <v>9</v>
       </c>
       <c r="C12" t="s">
         <v>25</v>
       </c>
       <c r="D12" t="s">
         <v>33</v>
       </c>
       <c r="E12" t="s">
         <v>11</v>
       </c>
       <c r="F12">
         <v>2024</v>
       </c>
       <c r="G12" t="s">
         <v>17</v>
       </c>
       <c r="H12" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
     </row>
     <row r="13" spans="1:8">
       <c r="A13" t="s">
         <v>32</v>
       </c>
       <c r="B13" t="s">
         <v>9</v>
       </c>
       <c r="C13" t="s">
         <v>25</v>
       </c>
       <c r="D13" t="s">
         <v>33</v>
       </c>
       <c r="E13" t="s">
         <v>11</v>
       </c>
       <c r="F13">
         <v>2024</v>
       </c>
       <c r="G13" t="s">
         <v>17</v>
       </c>
       <c r="H13" t="s">
-        <v>36</v>
+        <v>12</v>
       </c>
     </row>
     <row r="14" spans="1:8">
       <c r="A14" t="s">
         <v>37</v>
       </c>
       <c r="B14" t="s">
         <v>9</v>
       </c>
       <c r="C14" t="s">
         <v>38</v>
       </c>
       <c r="D14" t="s">
         <v>31</v>
       </c>
       <c r="E14" t="s">
         <v>39</v>
       </c>
       <c r="F14">
         <v>2024</v>
       </c>
       <c r="G14" t="s">
         <v>17</v>
       </c>
       <c r="H14"/>
@@ -6128,129 +6128,129 @@
       <c r="H16"/>
     </row>
     <row r="17" spans="1:8">
       <c r="A17" t="s">
         <v>43</v>
       </c>
       <c r="B17" t="s">
         <v>9</v>
       </c>
       <c r="C17" t="s">
         <v>38</v>
       </c>
       <c r="D17" t="s">
         <v>31</v>
       </c>
       <c r="E17" t="s">
         <v>16</v>
       </c>
       <c r="F17">
         <v>2024</v>
       </c>
       <c r="G17" t="s">
         <v>17</v>
       </c>
       <c r="H17" t="s">
-        <v>12</v>
+        <v>36</v>
       </c>
     </row>
     <row r="18" spans="1:8">
       <c r="A18" t="s">
         <v>43</v>
       </c>
       <c r="B18" t="s">
         <v>9</v>
       </c>
       <c r="C18" t="s">
         <v>38</v>
       </c>
       <c r="D18" t="s">
         <v>31</v>
       </c>
       <c r="E18" t="s">
         <v>16</v>
       </c>
       <c r="F18">
         <v>2024</v>
       </c>
       <c r="G18" t="s">
         <v>17</v>
       </c>
       <c r="H18" t="s">
-        <v>18</v>
+        <v>12</v>
       </c>
     </row>
     <row r="19" spans="1:8">
       <c r="A19" t="s">
         <v>43</v>
       </c>
       <c r="B19" t="s">
         <v>9</v>
       </c>
       <c r="C19" t="s">
         <v>38</v>
       </c>
       <c r="D19" t="s">
         <v>31</v>
       </c>
       <c r="E19" t="s">
         <v>16</v>
       </c>
       <c r="F19">
         <v>2024</v>
       </c>
       <c r="G19" t="s">
         <v>17</v>
       </c>
       <c r="H19" t="s">
-        <v>36</v>
+        <v>44</v>
       </c>
     </row>
     <row r="20" spans="1:8">
       <c r="A20" t="s">
         <v>43</v>
       </c>
       <c r="B20" t="s">
         <v>9</v>
       </c>
       <c r="C20" t="s">
         <v>38</v>
       </c>
       <c r="D20" t="s">
         <v>31</v>
       </c>
       <c r="E20" t="s">
         <v>16</v>
       </c>
       <c r="F20">
         <v>2024</v>
       </c>
       <c r="G20" t="s">
         <v>17</v>
       </c>
       <c r="H20" t="s">
-        <v>44</v>
+        <v>18</v>
       </c>
     </row>
     <row r="21" spans="1:8">
       <c r="A21" t="s">
         <v>45</v>
       </c>
       <c r="B21" t="s">
         <v>9</v>
       </c>
       <c r="C21" t="s">
         <v>46</v>
       </c>
       <c r="D21" t="s">
         <v>31</v>
       </c>
       <c r="E21" t="s">
         <v>16</v>
       </c>
       <c r="F21">
         <v>2024</v>
       </c>
       <c r="G21" t="s">
         <v>17</v>
       </c>
       <c r="H21" t="s">
@@ -6336,77 +6336,77 @@
       </c>
     </row>
     <row r="25" spans="1:8">
       <c r="A25" t="s">
         <v>47</v>
       </c>
       <c r="B25" t="s">
         <v>22</v>
       </c>
       <c r="C25" t="s">
         <v>38</v>
       </c>
       <c r="D25" t="s">
         <v>31</v>
       </c>
       <c r="E25" t="s">
         <v>16</v>
       </c>
       <c r="F25">
         <v>2024</v>
       </c>
       <c r="G25" t="s">
         <v>17</v>
       </c>
       <c r="H25" t="s">
-        <v>18</v>
+        <v>36</v>
       </c>
     </row>
     <row r="26" spans="1:8">
       <c r="A26" t="s">
         <v>47</v>
       </c>
       <c r="B26" t="s">
         <v>22</v>
       </c>
       <c r="C26" t="s">
         <v>38</v>
       </c>
       <c r="D26" t="s">
         <v>31</v>
       </c>
       <c r="E26" t="s">
         <v>16</v>
       </c>
       <c r="F26">
         <v>2024</v>
       </c>
       <c r="G26" t="s">
         <v>17</v>
       </c>
       <c r="H26" t="s">
-        <v>36</v>
+        <v>18</v>
       </c>
     </row>
     <row r="27" spans="1:8">
       <c r="A27" t="s">
         <v>47</v>
       </c>
       <c r="B27" t="s">
         <v>22</v>
       </c>
       <c r="C27" t="s">
         <v>38</v>
       </c>
       <c r="D27" t="s">
         <v>31</v>
       </c>
       <c r="E27" t="s">
         <v>16</v>
       </c>
       <c r="F27">
         <v>2024</v>
       </c>
       <c r="G27" t="s">
         <v>17</v>
       </c>
       <c r="H27" t="s">
@@ -6440,51 +6440,51 @@
       </c>
     </row>
     <row r="29" spans="1:8">
       <c r="A29" t="s">
         <v>50</v>
       </c>
       <c r="B29" t="s">
         <v>9</v>
       </c>
       <c r="C29" t="s">
         <v>38</v>
       </c>
       <c r="D29" t="s">
         <v>33</v>
       </c>
       <c r="E29" t="s">
         <v>16</v>
       </c>
       <c r="F29">
         <v>2024</v>
       </c>
       <c r="G29" t="s">
         <v>17</v>
       </c>
       <c r="H29" t="s">
-        <v>12</v>
+        <v>34</v>
       </c>
     </row>
     <row r="30" spans="1:8">
       <c r="A30" t="s">
         <v>50</v>
       </c>
       <c r="B30" t="s">
         <v>9</v>
       </c>
       <c r="C30" t="s">
         <v>38</v>
       </c>
       <c r="D30" t="s">
         <v>33</v>
       </c>
       <c r="E30" t="s">
         <v>16</v>
       </c>
       <c r="F30">
         <v>2024</v>
       </c>
       <c r="G30" t="s">
         <v>17</v>
       </c>
       <c r="H30" t="s">
@@ -6492,341 +6492,341 @@
       </c>
     </row>
     <row r="31" spans="1:8">
       <c r="A31" t="s">
         <v>50</v>
       </c>
       <c r="B31" t="s">
         <v>9</v>
       </c>
       <c r="C31" t="s">
         <v>38</v>
       </c>
       <c r="D31" t="s">
         <v>33</v>
       </c>
       <c r="E31" t="s">
         <v>16</v>
       </c>
       <c r="F31">
         <v>2024</v>
       </c>
       <c r="G31" t="s">
         <v>17</v>
       </c>
       <c r="H31" t="s">
-        <v>51</v>
+        <v>12</v>
       </c>
     </row>
     <row r="32" spans="1:8">
       <c r="A32" t="s">
         <v>50</v>
       </c>
       <c r="B32" t="s">
         <v>9</v>
       </c>
       <c r="C32" t="s">
         <v>38</v>
       </c>
       <c r="D32" t="s">
         <v>33</v>
       </c>
       <c r="E32" t="s">
         <v>16</v>
       </c>
       <c r="F32">
         <v>2024</v>
       </c>
       <c r="G32" t="s">
         <v>17</v>
       </c>
       <c r="H32" t="s">
-        <v>35</v>
+        <v>51</v>
       </c>
     </row>
     <row r="33" spans="1:8">
       <c r="A33" t="s">
         <v>52</v>
       </c>
       <c r="B33" t="s">
         <v>53</v>
       </c>
       <c r="C33"/>
       <c r="D33" t="s">
         <v>15</v>
       </c>
       <c r="E33" t="s">
         <v>16</v>
       </c>
       <c r="F33">
         <v>2024</v>
       </c>
       <c r="G33" t="s">
         <v>17</v>
       </c>
       <c r="H33" t="s">
-        <v>28</v>
+        <v>54</v>
       </c>
     </row>
     <row r="34" spans="1:8">
       <c r="A34" t="s">
         <v>52</v>
       </c>
       <c r="B34" t="s">
         <v>53</v>
       </c>
       <c r="C34"/>
       <c r="D34" t="s">
         <v>15</v>
       </c>
       <c r="E34" t="s">
         <v>16</v>
       </c>
       <c r="F34">
         <v>2024</v>
       </c>
       <c r="G34" t="s">
         <v>17</v>
       </c>
       <c r="H34" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
     </row>
     <row r="35" spans="1:8">
       <c r="A35" t="s">
         <v>52</v>
       </c>
       <c r="B35" t="s">
         <v>53</v>
       </c>
       <c r="C35"/>
       <c r="D35" t="s">
         <v>15</v>
       </c>
       <c r="E35" t="s">
         <v>16</v>
       </c>
       <c r="F35">
         <v>2024</v>
       </c>
       <c r="G35" t="s">
         <v>17</v>
       </c>
       <c r="H35" t="s">
-        <v>51</v>
+        <v>28</v>
       </c>
     </row>
     <row r="36" spans="1:8">
       <c r="A36" t="s">
         <v>52</v>
       </c>
       <c r="B36" t="s">
         <v>53</v>
       </c>
       <c r="C36"/>
       <c r="D36" t="s">
         <v>15</v>
       </c>
       <c r="E36" t="s">
         <v>16</v>
       </c>
       <c r="F36">
         <v>2024</v>
       </c>
       <c r="G36" t="s">
         <v>17</v>
       </c>
       <c r="H36" t="s">
-        <v>12</v>
+        <v>56</v>
       </c>
     </row>
     <row r="37" spans="1:8">
       <c r="A37" t="s">
         <v>52</v>
       </c>
       <c r="B37" t="s">
         <v>53</v>
       </c>
       <c r="C37"/>
       <c r="D37" t="s">
         <v>15</v>
       </c>
       <c r="E37" t="s">
         <v>16</v>
       </c>
       <c r="F37">
         <v>2024</v>
       </c>
       <c r="G37" t="s">
         <v>17</v>
       </c>
       <c r="H37" t="s">
-        <v>55</v>
+        <v>44</v>
       </c>
     </row>
     <row r="38" spans="1:8">
       <c r="A38" t="s">
         <v>52</v>
       </c>
       <c r="B38" t="s">
         <v>53</v>
       </c>
       <c r="C38"/>
       <c r="D38" t="s">
         <v>15</v>
       </c>
       <c r="E38" t="s">
         <v>16</v>
       </c>
       <c r="F38">
         <v>2024</v>
       </c>
       <c r="G38" t="s">
         <v>17</v>
       </c>
       <c r="H38" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
     </row>
     <row r="39" spans="1:8">
       <c r="A39" t="s">
         <v>52</v>
       </c>
       <c r="B39" t="s">
         <v>53</v>
       </c>
       <c r="C39"/>
       <c r="D39" t="s">
         <v>15</v>
       </c>
       <c r="E39" t="s">
         <v>16</v>
       </c>
       <c r="F39">
         <v>2024</v>
       </c>
       <c r="G39" t="s">
         <v>17</v>
       </c>
       <c r="H39" t="s">
-        <v>44</v>
+        <v>12</v>
       </c>
     </row>
     <row r="40" spans="1:8">
       <c r="A40" t="s">
         <v>52</v>
       </c>
       <c r="B40" t="s">
         <v>53</v>
       </c>
       <c r="C40"/>
       <c r="D40" t="s">
         <v>15</v>
       </c>
       <c r="E40" t="s">
         <v>16</v>
       </c>
       <c r="F40">
         <v>2024</v>
       </c>
       <c r="G40" t="s">
         <v>17</v>
       </c>
       <c r="H40" t="s">
-        <v>57</v>
+        <v>51</v>
       </c>
     </row>
     <row r="41" spans="1:8">
       <c r="A41" t="s">
         <v>58</v>
       </c>
       <c r="B41" t="s">
         <v>14</v>
       </c>
       <c r="C41"/>
       <c r="D41" t="s">
         <v>15</v>
       </c>
       <c r="E41" t="s">
         <v>16</v>
       </c>
       <c r="F41">
         <v>2024</v>
       </c>
       <c r="G41" t="s">
         <v>17</v>
       </c>
       <c r="H41" t="s">
-        <v>54</v>
+        <v>12</v>
       </c>
     </row>
     <row r="42" spans="1:8">
       <c r="A42" t="s">
         <v>58</v>
       </c>
       <c r="B42" t="s">
         <v>14</v>
       </c>
       <c r="C42"/>
       <c r="D42" t="s">
         <v>15</v>
       </c>
       <c r="E42" t="s">
         <v>16</v>
       </c>
       <c r="F42">
         <v>2024</v>
       </c>
       <c r="G42" t="s">
         <v>17</v>
       </c>
       <c r="H42" t="s">
-        <v>59</v>
+        <v>57</v>
       </c>
     </row>
     <row r="43" spans="1:8">
       <c r="A43" t="s">
         <v>58</v>
       </c>
       <c r="B43" t="s">
         <v>14</v>
       </c>
       <c r="C43"/>
       <c r="D43" t="s">
         <v>15</v>
       </c>
       <c r="E43" t="s">
         <v>16</v>
       </c>
       <c r="F43">
         <v>2024</v>
       </c>
       <c r="G43" t="s">
         <v>17</v>
       </c>
       <c r="H43" t="s">
-        <v>12</v>
+        <v>59</v>
       </c>
     </row>
     <row r="44" spans="1:8">
       <c r="A44" t="s">
         <v>60</v>
       </c>
       <c r="B44" t="s">
         <v>9</v>
       </c>
       <c r="C44" t="s">
         <v>25</v>
       </c>
       <c r="D44" t="s">
         <v>15</v>
       </c>
       <c r="E44" t="s">
         <v>16</v>
       </c>
       <c r="F44">
         <v>2024</v>
       </c>
       <c r="G44" t="s">
         <v>17</v>
       </c>
       <c r="H44" t="s">
@@ -6948,171 +6948,171 @@
       <c r="F50">
         <v>2024</v>
       </c>
       <c r="G50"/>
       <c r="H50" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="51" spans="1:8">
       <c r="A51" t="s">
         <v>70</v>
       </c>
       <c r="B51" t="s">
         <v>53</v>
       </c>
       <c r="C51"/>
       <c r="D51"/>
       <c r="E51" t="s">
         <v>16</v>
       </c>
       <c r="F51">
         <v>2024</v>
       </c>
       <c r="G51"/>
       <c r="H51" t="s">
-        <v>18</v>
+        <v>44</v>
       </c>
     </row>
     <row r="52" spans="1:8">
       <c r="A52" t="s">
         <v>70</v>
       </c>
       <c r="B52" t="s">
         <v>53</v>
       </c>
       <c r="C52"/>
       <c r="D52"/>
       <c r="E52" t="s">
         <v>16</v>
       </c>
       <c r="F52">
         <v>2024</v>
       </c>
       <c r="G52"/>
       <c r="H52" t="s">
-        <v>36</v>
+        <v>51</v>
       </c>
     </row>
     <row r="53" spans="1:8">
       <c r="A53" t="s">
         <v>70</v>
       </c>
       <c r="B53" t="s">
         <v>53</v>
       </c>
       <c r="C53"/>
       <c r="D53"/>
       <c r="E53" t="s">
         <v>16</v>
       </c>
       <c r="F53">
         <v>2024</v>
       </c>
       <c r="G53"/>
       <c r="H53" t="s">
-        <v>44</v>
+        <v>36</v>
       </c>
     </row>
     <row r="54" spans="1:8">
       <c r="A54" t="s">
         <v>70</v>
       </c>
       <c r="B54" t="s">
         <v>53</v>
       </c>
       <c r="C54"/>
       <c r="D54"/>
       <c r="E54" t="s">
         <v>16</v>
       </c>
       <c r="F54">
         <v>2024</v>
       </c>
       <c r="G54"/>
       <c r="H54" t="s">
         <v>71</v>
       </c>
     </row>
     <row r="55" spans="1:8">
       <c r="A55" t="s">
         <v>70</v>
       </c>
       <c r="B55" t="s">
         <v>53</v>
       </c>
       <c r="C55"/>
       <c r="D55"/>
       <c r="E55" t="s">
         <v>16</v>
       </c>
       <c r="F55">
         <v>2024</v>
       </c>
       <c r="G55"/>
       <c r="H55" t="s">
-        <v>72</v>
+        <v>12</v>
       </c>
     </row>
     <row r="56" spans="1:8">
       <c r="A56" t="s">
         <v>70</v>
       </c>
       <c r="B56" t="s">
         <v>53</v>
       </c>
       <c r="C56"/>
       <c r="D56"/>
       <c r="E56" t="s">
         <v>16</v>
       </c>
       <c r="F56">
         <v>2024</v>
       </c>
       <c r="G56"/>
       <c r="H56" t="s">
-        <v>51</v>
+        <v>18</v>
       </c>
     </row>
     <row r="57" spans="1:8">
       <c r="A57" t="s">
         <v>70</v>
       </c>
       <c r="B57" t="s">
         <v>53</v>
       </c>
       <c r="C57"/>
       <c r="D57"/>
       <c r="E57" t="s">
         <v>16</v>
       </c>
       <c r="F57">
         <v>2024</v>
       </c>
       <c r="G57"/>
       <c r="H57" t="s">
-        <v>12</v>
+        <v>72</v>
       </c>
     </row>
     <row r="58" spans="1:8">
       <c r="A58" t="s">
         <v>73</v>
       </c>
       <c r="B58" t="s">
         <v>9</v>
       </c>
       <c r="C58"/>
       <c r="D58" t="s">
         <v>74</v>
       </c>
       <c r="E58" t="s">
         <v>16</v>
       </c>
       <c r="F58">
         <v>2024</v>
       </c>
       <c r="G58"/>
       <c r="H58" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="59" spans="1:8">
@@ -7138,103 +7138,103 @@
       <c r="H59"/>
     </row>
     <row r="60" spans="1:8">
       <c r="A60" t="s">
         <v>77</v>
       </c>
       <c r="B60" t="s">
         <v>9</v>
       </c>
       <c r="C60" t="s">
         <v>49</v>
       </c>
       <c r="D60" t="s">
         <v>26</v>
       </c>
       <c r="E60" t="s">
         <v>27</v>
       </c>
       <c r="F60">
         <v>2024</v>
       </c>
       <c r="G60" t="s">
         <v>17</v>
       </c>
       <c r="H60" t="s">
-        <v>54</v>
+        <v>57</v>
       </c>
     </row>
     <row r="61" spans="1:8">
       <c r="A61" t="s">
         <v>77</v>
       </c>
       <c r="B61" t="s">
         <v>9</v>
       </c>
       <c r="C61" t="s">
         <v>49</v>
       </c>
       <c r="D61" t="s">
         <v>26</v>
       </c>
       <c r="E61" t="s">
         <v>27</v>
       </c>
       <c r="F61">
         <v>2024</v>
       </c>
       <c r="G61" t="s">
         <v>17</v>
       </c>
       <c r="H61" t="s">
-        <v>12</v>
+        <v>54</v>
       </c>
     </row>
     <row r="62" spans="1:8">
       <c r="A62" t="s">
         <v>77</v>
       </c>
       <c r="B62" t="s">
         <v>9</v>
       </c>
       <c r="C62" t="s">
         <v>49</v>
       </c>
       <c r="D62" t="s">
         <v>26</v>
       </c>
       <c r="E62" t="s">
         <v>27</v>
       </c>
       <c r="F62">
         <v>2024</v>
       </c>
       <c r="G62" t="s">
         <v>17</v>
       </c>
       <c r="H62" t="s">
-        <v>57</v>
+        <v>12</v>
       </c>
     </row>
     <row r="63" spans="1:8">
       <c r="A63" t="s">
         <v>78</v>
       </c>
       <c r="B63" t="s">
         <v>9</v>
       </c>
       <c r="C63" t="s">
         <v>46</v>
       </c>
       <c r="D63" t="s">
         <v>26</v>
       </c>
       <c r="E63" t="s">
         <v>27</v>
       </c>
       <c r="F63">
         <v>2024</v>
       </c>
       <c r="G63" t="s">
         <v>17</v>
       </c>
       <c r="H63" t="s">
@@ -7242,77 +7242,77 @@
       </c>
     </row>
     <row r="64" spans="1:8">
       <c r="A64" t="s">
         <v>78</v>
       </c>
       <c r="B64" t="s">
         <v>9</v>
       </c>
       <c r="C64" t="s">
         <v>46</v>
       </c>
       <c r="D64" t="s">
         <v>26</v>
       </c>
       <c r="E64" t="s">
         <v>27</v>
       </c>
       <c r="F64">
         <v>2024</v>
       </c>
       <c r="G64" t="s">
         <v>17</v>
       </c>
       <c r="H64" t="s">
-        <v>36</v>
+        <v>12</v>
       </c>
     </row>
     <row r="65" spans="1:8">
       <c r="A65" t="s">
         <v>78</v>
       </c>
       <c r="B65" t="s">
         <v>9</v>
       </c>
       <c r="C65" t="s">
         <v>46</v>
       </c>
       <c r="D65" t="s">
         <v>26</v>
       </c>
       <c r="E65" t="s">
         <v>27</v>
       </c>
       <c r="F65">
         <v>2024</v>
       </c>
       <c r="G65" t="s">
         <v>17</v>
       </c>
       <c r="H65" t="s">
-        <v>12</v>
+        <v>36</v>
       </c>
     </row>
     <row r="66" spans="1:8">
       <c r="A66" t="s">
         <v>78</v>
       </c>
       <c r="B66" t="s">
         <v>9</v>
       </c>
       <c r="C66" t="s">
         <v>46</v>
       </c>
       <c r="D66" t="s">
         <v>26</v>
       </c>
       <c r="E66" t="s">
         <v>27</v>
       </c>
       <c r="F66">
         <v>2024</v>
       </c>
       <c r="G66" t="s">
         <v>17</v>
       </c>
       <c r="H66" t="s">
@@ -7342,75 +7342,75 @@
       <c r="H67" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="68" spans="1:8">
       <c r="A68" t="s">
         <v>81</v>
       </c>
       <c r="B68" t="s">
         <v>9</v>
       </c>
       <c r="C68" t="s">
         <v>30</v>
       </c>
       <c r="D68" t="s">
         <v>31</v>
       </c>
       <c r="E68" t="s">
         <v>27</v>
       </c>
       <c r="F68">
         <v>2024</v>
       </c>
       <c r="G68"/>
       <c r="H68" t="s">
-        <v>51</v>
+        <v>12</v>
       </c>
     </row>
     <row r="69" spans="1:8">
       <c r="A69" t="s">
         <v>81</v>
       </c>
       <c r="B69" t="s">
         <v>9</v>
       </c>
       <c r="C69" t="s">
         <v>30</v>
       </c>
       <c r="D69" t="s">
         <v>31</v>
       </c>
       <c r="E69" t="s">
         <v>27</v>
       </c>
       <c r="F69">
         <v>2024</v>
       </c>
       <c r="G69"/>
       <c r="H69" t="s">
-        <v>12</v>
+        <v>51</v>
       </c>
     </row>
     <row r="70" spans="1:8">
       <c r="A70" t="s">
         <v>82</v>
       </c>
       <c r="B70" t="s">
         <v>83</v>
       </c>
       <c r="C70"/>
       <c r="D70" t="s">
         <v>10</v>
       </c>
       <c r="E70" t="s">
         <v>11</v>
       </c>
       <c r="F70">
         <v>2023</v>
       </c>
       <c r="G70" t="s">
         <v>84</v>
       </c>
       <c r="H70"/>
     </row>
     <row r="71" spans="1:8">
@@ -7544,77 +7544,77 @@
       <c r="H76"/>
     </row>
     <row r="77" spans="1:8">
       <c r="A77" t="s">
         <v>98</v>
       </c>
       <c r="B77" t="s">
         <v>24</v>
       </c>
       <c r="C77" t="s">
         <v>25</v>
       </c>
       <c r="D77" t="s">
         <v>26</v>
       </c>
       <c r="E77" t="s">
         <v>27</v>
       </c>
       <c r="F77">
         <v>2023</v>
       </c>
       <c r="G77" t="s">
         <v>17</v>
       </c>
       <c r="H77" t="s">
-        <v>12</v>
+        <v>59</v>
       </c>
     </row>
     <row r="78" spans="1:8">
       <c r="A78" t="s">
         <v>98</v>
       </c>
       <c r="B78" t="s">
         <v>24</v>
       </c>
       <c r="C78" t="s">
         <v>25</v>
       </c>
       <c r="D78" t="s">
         <v>26</v>
       </c>
       <c r="E78" t="s">
         <v>27</v>
       </c>
       <c r="F78">
         <v>2023</v>
       </c>
       <c r="G78" t="s">
         <v>17</v>
       </c>
       <c r="H78" t="s">
-        <v>59</v>
+        <v>12</v>
       </c>
     </row>
     <row r="79" spans="1:8">
       <c r="A79" t="s">
         <v>99</v>
       </c>
       <c r="B79" t="s">
         <v>100</v>
       </c>
       <c r="C79"/>
       <c r="D79" t="s">
         <v>10</v>
       </c>
       <c r="E79" t="s">
         <v>11</v>
       </c>
       <c r="F79">
         <v>2022</v>
       </c>
       <c r="G79" t="s">
         <v>84</v>
       </c>
       <c r="H79"/>
     </row>
     <row r="80" spans="1:8">
@@ -7660,77 +7660,77 @@
       <c r="H81"/>
     </row>
     <row r="82" spans="1:8">
       <c r="A82" t="s">
         <v>105</v>
       </c>
       <c r="B82" t="s">
         <v>106</v>
       </c>
       <c r="C82" t="s">
         <v>46</v>
       </c>
       <c r="D82" t="s">
         <v>31</v>
       </c>
       <c r="E82" t="s">
         <v>16</v>
       </c>
       <c r="F82">
         <v>2022</v>
       </c>
       <c r="G82" t="s">
         <v>17</v>
       </c>
       <c r="H82" t="s">
-        <v>36</v>
+        <v>18</v>
       </c>
     </row>
     <row r="83" spans="1:8">
       <c r="A83" t="s">
         <v>105</v>
       </c>
       <c r="B83" t="s">
         <v>106</v>
       </c>
       <c r="C83" t="s">
         <v>46</v>
       </c>
       <c r="D83" t="s">
         <v>31</v>
       </c>
       <c r="E83" t="s">
         <v>16</v>
       </c>
       <c r="F83">
         <v>2022</v>
       </c>
       <c r="G83" t="s">
         <v>17</v>
       </c>
       <c r="H83" t="s">
-        <v>18</v>
+        <v>36</v>
       </c>
     </row>
     <row r="84" spans="1:8">
       <c r="A84" t="s">
         <v>105</v>
       </c>
       <c r="B84" t="s">
         <v>106</v>
       </c>
       <c r="C84" t="s">
         <v>46</v>
       </c>
       <c r="D84" t="s">
         <v>31</v>
       </c>
       <c r="E84" t="s">
         <v>16</v>
       </c>
       <c r="F84">
         <v>2022</v>
       </c>
       <c r="G84" t="s">
         <v>17</v>
       </c>
       <c r="H84" t="s">
@@ -7784,75 +7784,75 @@
       <c r="H86" t="s">
         <v>59</v>
       </c>
     </row>
     <row r="87" spans="1:8">
       <c r="A87" t="s">
         <v>111</v>
       </c>
       <c r="B87" t="s">
         <v>112</v>
       </c>
       <c r="C87" t="s">
         <v>49</v>
       </c>
       <c r="D87" t="s">
         <v>26</v>
       </c>
       <c r="E87" t="s">
         <v>27</v>
       </c>
       <c r="F87">
         <v>2022</v>
       </c>
       <c r="G87"/>
       <c r="H87" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
     </row>
     <row r="88" spans="1:8">
       <c r="A88" t="s">
         <v>113</v>
       </c>
       <c r="B88" t="s">
         <v>114</v>
       </c>
       <c r="C88" t="s">
         <v>49</v>
       </c>
       <c r="D88" t="s">
         <v>26</v>
       </c>
       <c r="E88" t="s">
         <v>27</v>
       </c>
       <c r="F88">
         <v>2022</v>
       </c>
       <c r="G88"/>
       <c r="H88" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
     </row>
     <row r="89" spans="1:8">
       <c r="A89" t="s">
         <v>115</v>
       </c>
       <c r="B89" t="s">
         <v>116</v>
       </c>
       <c r="C89" t="s">
         <v>25</v>
       </c>
       <c r="D89" t="s">
         <v>26</v>
       </c>
       <c r="E89" t="s">
         <v>27</v>
       </c>
       <c r="F89">
         <v>2022</v>
       </c>
       <c r="G89"/>
       <c r="H89" t="s">
         <v>117</v>
       </c>
@@ -7928,51 +7928,51 @@
       <c r="H92"/>
     </row>
     <row r="93" spans="1:8">
       <c r="A93" t="s">
         <v>124</v>
       </c>
       <c r="B93" t="s">
         <v>14</v>
       </c>
       <c r="C93" t="s">
         <v>30</v>
       </c>
       <c r="D93" t="s">
         <v>31</v>
       </c>
       <c r="E93" t="s">
         <v>27</v>
       </c>
       <c r="F93">
         <v>2022</v>
       </c>
       <c r="G93" t="s">
         <v>17</v>
       </c>
       <c r="H93" t="s">
-        <v>72</v>
+        <v>36</v>
       </c>
     </row>
     <row r="94" spans="1:8">
       <c r="A94" t="s">
         <v>124</v>
       </c>
       <c r="B94" t="s">
         <v>14</v>
       </c>
       <c r="C94" t="s">
         <v>30</v>
       </c>
       <c r="D94" t="s">
         <v>31</v>
       </c>
       <c r="E94" t="s">
         <v>27</v>
       </c>
       <c r="F94">
         <v>2022</v>
       </c>
       <c r="G94" t="s">
         <v>17</v>
       </c>
       <c r="H94" t="s">
@@ -8006,51 +8006,51 @@
       </c>
     </row>
     <row r="96" spans="1:8">
       <c r="A96" t="s">
         <v>124</v>
       </c>
       <c r="B96" t="s">
         <v>14</v>
       </c>
       <c r="C96" t="s">
         <v>30</v>
       </c>
       <c r="D96" t="s">
         <v>31</v>
       </c>
       <c r="E96" t="s">
         <v>27</v>
       </c>
       <c r="F96">
         <v>2022</v>
       </c>
       <c r="G96" t="s">
         <v>17</v>
       </c>
       <c r="H96" t="s">
-        <v>36</v>
+        <v>71</v>
       </c>
     </row>
     <row r="97" spans="1:8">
       <c r="A97" t="s">
         <v>125</v>
       </c>
       <c r="B97" t="s">
         <v>126</v>
       </c>
       <c r="C97" t="s">
         <v>91</v>
       </c>
       <c r="D97" t="s">
         <v>92</v>
       </c>
       <c r="E97" t="s">
         <v>27</v>
       </c>
       <c r="F97">
         <v>2021</v>
       </c>
       <c r="G97" t="s">
         <v>17</v>
       </c>
       <c r="H97"/>
@@ -8264,51 +8264,51 @@
         <v>17</v>
       </c>
       <c r="H106"/>
     </row>
     <row r="107" spans="1:8">
       <c r="A107" t="s">
         <v>145</v>
       </c>
       <c r="B107" t="s">
         <v>146</v>
       </c>
       <c r="C107" t="s">
         <v>49</v>
       </c>
       <c r="D107" t="s">
         <v>26</v>
       </c>
       <c r="E107" t="s">
         <v>27</v>
       </c>
       <c r="F107">
         <v>2020</v>
       </c>
       <c r="G107"/>
       <c r="H107" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
     </row>
     <row r="108" spans="1:8">
       <c r="A108" t="s">
         <v>147</v>
       </c>
       <c r="B108" t="s">
         <v>148</v>
       </c>
       <c r="C108"/>
       <c r="D108" t="s">
         <v>10</v>
       </c>
       <c r="E108" t="s">
         <v>11</v>
       </c>
       <c r="F108">
         <v>2019</v>
       </c>
       <c r="G108" t="s">
         <v>84</v>
       </c>
       <c r="H108"/>
     </row>
     <row r="109" spans="1:8">
@@ -8474,193 +8474,193 @@
       <c r="H115" t="s">
         <v>165</v>
       </c>
     </row>
     <row r="116" spans="1:8">
       <c r="A116" t="s">
         <v>166</v>
       </c>
       <c r="B116" t="s">
         <v>167</v>
       </c>
       <c r="C116" t="s">
         <v>25</v>
       </c>
       <c r="D116" t="s">
         <v>26</v>
       </c>
       <c r="E116" t="s">
         <v>27</v>
       </c>
       <c r="F116">
         <v>2019</v>
       </c>
       <c r="G116"/>
       <c r="H116" t="s">
-        <v>35</v>
+        <v>34</v>
       </c>
     </row>
     <row r="117" spans="1:8">
       <c r="A117" t="s">
         <v>168</v>
       </c>
       <c r="B117" t="s">
         <v>169</v>
       </c>
       <c r="C117" t="s">
         <v>25</v>
       </c>
       <c r="D117" t="s">
         <v>26</v>
       </c>
       <c r="E117" t="s">
         <v>27</v>
       </c>
       <c r="F117">
         <v>2019</v>
       </c>
       <c r="G117"/>
       <c r="H117" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
     </row>
     <row r="118" spans="1:8">
       <c r="A118" t="s">
         <v>170</v>
       </c>
       <c r="B118" t="s">
         <v>171</v>
       </c>
       <c r="C118" t="s">
         <v>25</v>
       </c>
       <c r="D118" t="s">
         <v>26</v>
       </c>
       <c r="E118" t="s">
         <v>27</v>
       </c>
       <c r="F118">
         <v>2019</v>
       </c>
       <c r="G118"/>
       <c r="H118" t="s">
-        <v>54</v>
+        <v>57</v>
       </c>
     </row>
     <row r="119" spans="1:8">
       <c r="A119" t="s">
         <v>172</v>
       </c>
       <c r="B119" t="s">
         <v>173</v>
       </c>
       <c r="C119" t="s">
         <v>25</v>
       </c>
       <c r="D119" t="s">
         <v>26</v>
       </c>
       <c r="E119" t="s">
         <v>27</v>
       </c>
       <c r="F119">
         <v>2019</v>
       </c>
       <c r="G119"/>
       <c r="H119" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
     </row>
     <row r="120" spans="1:8">
       <c r="A120" t="s">
         <v>174</v>
       </c>
       <c r="B120" t="s">
         <v>175</v>
       </c>
       <c r="C120" t="s">
         <v>46</v>
       </c>
       <c r="D120" t="s">
         <v>26</v>
       </c>
       <c r="E120" t="s">
         <v>27</v>
       </c>
       <c r="F120">
         <v>2019</v>
       </c>
       <c r="G120"/>
       <c r="H120"/>
     </row>
     <row r="121" spans="1:8">
       <c r="A121" t="s">
         <v>176</v>
       </c>
       <c r="B121" t="s">
         <v>177</v>
       </c>
       <c r="C121" t="s">
         <v>49</v>
       </c>
       <c r="D121" t="s">
         <v>26</v>
       </c>
       <c r="E121" t="s">
         <v>27</v>
       </c>
       <c r="F121">
         <v>2019</v>
       </c>
       <c r="G121"/>
       <c r="H121" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
     </row>
     <row r="122" spans="1:8">
       <c r="A122" t="s">
         <v>178</v>
       </c>
       <c r="B122" t="s">
         <v>179</v>
       </c>
       <c r="C122" t="s">
         <v>49</v>
       </c>
       <c r="D122" t="s">
         <v>26</v>
       </c>
       <c r="E122" t="s">
         <v>27</v>
       </c>
       <c r="F122">
         <v>2019</v>
       </c>
       <c r="G122"/>
       <c r="H122" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
     </row>
     <row r="123" spans="1:8">
       <c r="A123" t="s">
         <v>180</v>
       </c>
       <c r="B123" t="s">
         <v>181</v>
       </c>
       <c r="C123" t="s">
         <v>49</v>
       </c>
       <c r="D123" t="s">
         <v>26</v>
       </c>
       <c r="E123" t="s">
         <v>27</v>
       </c>
       <c r="F123">
         <v>2019</v>
       </c>
       <c r="G123"/>
       <c r="H123" t="s">
         <v>12</v>
       </c>
@@ -8854,75 +8854,75 @@
       <c r="H131" t="s">
         <v>59</v>
       </c>
     </row>
     <row r="132" spans="1:8">
       <c r="A132" t="s">
         <v>198</v>
       </c>
       <c r="B132" t="s">
         <v>199</v>
       </c>
       <c r="C132" t="s">
         <v>25</v>
       </c>
       <c r="D132" t="s">
         <v>26</v>
       </c>
       <c r="E132" t="s">
         <v>27</v>
       </c>
       <c r="F132">
         <v>2018</v>
       </c>
       <c r="G132"/>
       <c r="H132" t="s">
-        <v>57</v>
+        <v>54</v>
       </c>
     </row>
     <row r="133" spans="1:8">
       <c r="A133" t="s">
         <v>200</v>
       </c>
       <c r="B133" t="s">
         <v>201</v>
       </c>
       <c r="C133" t="s">
         <v>25</v>
       </c>
       <c r="D133" t="s">
         <v>26</v>
       </c>
       <c r="E133" t="s">
         <v>27</v>
       </c>
       <c r="F133">
         <v>2018</v>
       </c>
       <c r="G133"/>
       <c r="H133" t="s">
-        <v>57</v>
+        <v>54</v>
       </c>
     </row>
     <row r="134" spans="1:8">
       <c r="A134" t="s">
         <v>202</v>
       </c>
       <c r="B134" t="s">
         <v>203</v>
       </c>
       <c r="C134" t="s">
         <v>25</v>
       </c>
       <c r="D134" t="s">
         <v>26</v>
       </c>
       <c r="E134" t="s">
         <v>27</v>
       </c>
       <c r="F134">
         <v>2018</v>
       </c>
       <c r="G134"/>
       <c r="H134" t="s">
         <v>36</v>
       </c>
@@ -8950,51 +8950,51 @@
       <c r="H135" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="136" spans="1:8">
       <c r="A136" t="s">
         <v>206</v>
       </c>
       <c r="B136" t="s">
         <v>207</v>
       </c>
       <c r="C136" t="s">
         <v>25</v>
       </c>
       <c r="D136" t="s">
         <v>26</v>
       </c>
       <c r="E136" t="s">
         <v>27</v>
       </c>
       <c r="F136">
         <v>2018</v>
       </c>
       <c r="G136"/>
       <c r="H136" t="s">
-        <v>57</v>
+        <v>54</v>
       </c>
     </row>
     <row r="137" spans="1:8">
       <c r="A137" t="s">
         <v>208</v>
       </c>
       <c r="B137" t="s">
         <v>209</v>
       </c>
       <c r="C137" t="s">
         <v>25</v>
       </c>
       <c r="D137" t="s">
         <v>26</v>
       </c>
       <c r="E137" t="s">
         <v>27</v>
       </c>
       <c r="F137">
         <v>2018</v>
       </c>
       <c r="G137"/>
       <c r="H137" t="s">
         <v>28</v>
       </c>
@@ -9168,99 +9168,99 @@
       </c>
       <c r="G145" t="s">
         <v>84</v>
       </c>
       <c r="H145"/>
     </row>
     <row r="146" spans="1:8">
       <c r="A146" t="s">
         <v>226</v>
       </c>
       <c r="B146" t="s">
         <v>227</v>
       </c>
       <c r="C146"/>
       <c r="D146" t="s">
         <v>15</v>
       </c>
       <c r="E146" t="s">
         <v>16</v>
       </c>
       <c r="F146">
         <v>2017</v>
       </c>
       <c r="G146"/>
       <c r="H146" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
     </row>
     <row r="147" spans="1:8">
       <c r="A147" t="s">
         <v>228</v>
       </c>
       <c r="B147" t="s">
         <v>229</v>
       </c>
       <c r="C147" t="s">
         <v>25</v>
       </c>
       <c r="D147" t="s">
         <v>26</v>
       </c>
       <c r="E147" t="s">
         <v>27</v>
       </c>
       <c r="F147">
         <v>2017</v>
       </c>
       <c r="G147"/>
       <c r="H147" t="s">
-        <v>57</v>
+        <v>54</v>
       </c>
     </row>
     <row r="148" spans="1:8">
       <c r="A148" t="s">
         <v>230</v>
       </c>
       <c r="B148" t="s">
         <v>231</v>
       </c>
       <c r="C148" t="s">
         <v>25</v>
       </c>
       <c r="D148" t="s">
         <v>26</v>
       </c>
       <c r="E148" t="s">
         <v>27</v>
       </c>
       <c r="F148">
         <v>2017</v>
       </c>
       <c r="G148"/>
       <c r="H148" t="s">
-        <v>57</v>
+        <v>54</v>
       </c>
     </row>
     <row r="149" spans="1:8">
       <c r="A149" t="s">
         <v>232</v>
       </c>
       <c r="B149" t="s">
         <v>233</v>
       </c>
       <c r="C149" t="s">
         <v>25</v>
       </c>
       <c r="D149" t="s">
         <v>26</v>
       </c>
       <c r="E149" t="s">
         <v>27</v>
       </c>
       <c r="F149">
         <v>2017</v>
       </c>
       <c r="G149"/>
       <c r="H149" t="s">
         <v>165</v>
       </c>
@@ -9360,75 +9360,75 @@
       <c r="H153" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="154" spans="1:8">
       <c r="A154" t="s">
         <v>242</v>
       </c>
       <c r="B154" t="s">
         <v>243</v>
       </c>
       <c r="C154" t="s">
         <v>25</v>
       </c>
       <c r="D154" t="s">
         <v>26</v>
       </c>
       <c r="E154" t="s">
         <v>27</v>
       </c>
       <c r="F154">
         <v>2017</v>
       </c>
       <c r="G154"/>
       <c r="H154" t="s">
-        <v>57</v>
+        <v>54</v>
       </c>
     </row>
     <row r="155" spans="1:8">
       <c r="A155" t="s">
         <v>244</v>
       </c>
       <c r="B155" t="s">
         <v>245</v>
       </c>
       <c r="C155" t="s">
         <v>25</v>
       </c>
       <c r="D155" t="s">
         <v>26</v>
       </c>
       <c r="E155" t="s">
         <v>27</v>
       </c>
       <c r="F155">
         <v>2017</v>
       </c>
       <c r="G155"/>
       <c r="H155" t="s">
-        <v>57</v>
+        <v>54</v>
       </c>
     </row>
     <row r="156" spans="1:8">
       <c r="A156" t="s">
         <v>246</v>
       </c>
       <c r="B156" t="s">
         <v>247</v>
       </c>
       <c r="C156" t="s">
         <v>25</v>
       </c>
       <c r="D156" t="s">
         <v>26</v>
       </c>
       <c r="E156" t="s">
         <v>27</v>
       </c>
       <c r="F156">
         <v>2017</v>
       </c>
       <c r="G156"/>
       <c r="H156" t="s">
         <v>160</v>
       </c>
@@ -9456,75 +9456,75 @@
       <c r="H157" t="s">
         <v>59</v>
       </c>
     </row>
     <row r="158" spans="1:8">
       <c r="A158" t="s">
         <v>250</v>
       </c>
       <c r="B158" t="s">
         <v>251</v>
       </c>
       <c r="C158" t="s">
         <v>46</v>
       </c>
       <c r="D158" t="s">
         <v>26</v>
       </c>
       <c r="E158" t="s">
         <v>27</v>
       </c>
       <c r="F158">
         <v>2017</v>
       </c>
       <c r="G158"/>
       <c r="H158" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
     </row>
     <row r="159" spans="1:8">
       <c r="A159" t="s">
         <v>252</v>
       </c>
       <c r="B159" t="s">
         <v>253</v>
       </c>
       <c r="C159" t="s">
         <v>25</v>
       </c>
       <c r="D159" t="s">
         <v>26</v>
       </c>
       <c r="E159" t="s">
         <v>27</v>
       </c>
       <c r="F159">
         <v>2017</v>
       </c>
       <c r="G159"/>
       <c r="H159" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
     </row>
     <row r="160" spans="1:8">
       <c r="A160" t="s">
         <v>254</v>
       </c>
       <c r="B160" t="s">
         <v>255</v>
       </c>
       <c r="C160" t="s">
         <v>49</v>
       </c>
       <c r="D160" t="s">
         <v>26</v>
       </c>
       <c r="E160" t="s">
         <v>27</v>
       </c>
       <c r="F160">
         <v>2017</v>
       </c>
       <c r="G160"/>
       <c r="H160" t="s">
         <v>28</v>
       </c>
@@ -9778,51 +9778,51 @@
       <c r="H171" t="s">
         <v>256</v>
       </c>
     </row>
     <row r="172" spans="1:8">
       <c r="A172" t="s">
         <v>277</v>
       </c>
       <c r="B172" t="s">
         <v>278</v>
       </c>
       <c r="C172" t="s">
         <v>25</v>
       </c>
       <c r="D172" t="s">
         <v>26</v>
       </c>
       <c r="E172" t="s">
         <v>27</v>
       </c>
       <c r="F172">
         <v>2016</v>
       </c>
       <c r="G172"/>
       <c r="H172" t="s">
-        <v>54</v>
+        <v>57</v>
       </c>
     </row>
     <row r="173" spans="1:8">
       <c r="A173" t="s">
         <v>279</v>
       </c>
       <c r="B173" t="s">
         <v>280</v>
       </c>
       <c r="C173" t="s">
         <v>91</v>
       </c>
       <c r="D173" t="s">
         <v>92</v>
       </c>
       <c r="E173" t="s">
         <v>27</v>
       </c>
       <c r="F173">
         <v>2016</v>
       </c>
       <c r="G173" t="s">
         <v>17</v>
       </c>
       <c r="H173"/>
@@ -9850,51 +9850,51 @@
         <v>17</v>
       </c>
       <c r="H174"/>
     </row>
     <row r="175" spans="1:8">
       <c r="A175" t="s">
         <v>283</v>
       </c>
       <c r="B175" t="s">
         <v>284</v>
       </c>
       <c r="C175" t="s">
         <v>25</v>
       </c>
       <c r="D175" t="s">
         <v>26</v>
       </c>
       <c r="E175" t="s">
         <v>27</v>
       </c>
       <c r="F175">
         <v>2016</v>
       </c>
       <c r="G175"/>
       <c r="H175" t="s">
-        <v>57</v>
+        <v>54</v>
       </c>
     </row>
     <row r="176" spans="1:8">
       <c r="A176" t="s">
         <v>285</v>
       </c>
       <c r="B176" t="s">
         <v>286</v>
       </c>
       <c r="C176" t="s">
         <v>49</v>
       </c>
       <c r="D176" t="s">
         <v>26</v>
       </c>
       <c r="E176" t="s">
         <v>27</v>
       </c>
       <c r="F176">
         <v>2016</v>
       </c>
       <c r="G176"/>
       <c r="H176" t="s">
         <v>160</v>
       </c>
@@ -9922,123 +9922,123 @@
       <c r="H177" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="178" spans="1:8">
       <c r="A178" t="s">
         <v>289</v>
       </c>
       <c r="B178" t="s">
         <v>290</v>
       </c>
       <c r="C178" t="s">
         <v>25</v>
       </c>
       <c r="D178" t="s">
         <v>26</v>
       </c>
       <c r="E178" t="s">
         <v>27</v>
       </c>
       <c r="F178">
         <v>2016</v>
       </c>
       <c r="G178"/>
       <c r="H178" t="s">
-        <v>54</v>
+        <v>57</v>
       </c>
     </row>
     <row r="179" spans="1:8">
       <c r="A179" t="s">
         <v>291</v>
       </c>
       <c r="B179" t="s">
         <v>292</v>
       </c>
       <c r="C179" t="s">
         <v>25</v>
       </c>
       <c r="D179" t="s">
         <v>26</v>
       </c>
       <c r="E179" t="s">
         <v>27</v>
       </c>
       <c r="F179">
         <v>2016</v>
       </c>
       <c r="G179"/>
       <c r="H179" t="s">
         <v>256</v>
       </c>
     </row>
     <row r="180" spans="1:8">
       <c r="A180" t="s">
         <v>293</v>
       </c>
       <c r="B180" t="s">
         <v>294</v>
       </c>
       <c r="C180" t="s">
         <v>25</v>
       </c>
       <c r="D180" t="s">
         <v>26</v>
       </c>
       <c r="E180" t="s">
         <v>27</v>
       </c>
       <c r="F180">
         <v>2016</v>
       </c>
       <c r="G180"/>
       <c r="H180" t="s">
-        <v>54</v>
+        <v>57</v>
       </c>
     </row>
     <row r="181" spans="1:8">
       <c r="A181" t="s">
         <v>295</v>
       </c>
       <c r="B181" t="s">
         <v>296</v>
       </c>
       <c r="C181" t="s">
         <v>25</v>
       </c>
       <c r="D181" t="s">
         <v>26</v>
       </c>
       <c r="E181" t="s">
         <v>27</v>
       </c>
       <c r="F181">
         <v>2016</v>
       </c>
       <c r="G181"/>
       <c r="H181" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
     </row>
     <row r="182" spans="1:8">
       <c r="A182" t="s">
         <v>297</v>
       </c>
       <c r="B182" t="s">
         <v>298</v>
       </c>
       <c r="C182" t="s">
         <v>25</v>
       </c>
       <c r="D182" t="s">
         <v>26</v>
       </c>
       <c r="E182" t="s">
         <v>27</v>
       </c>
       <c r="F182">
         <v>2016</v>
       </c>
       <c r="G182"/>
       <c r="H182" t="s">
         <v>117</v>
       </c>
@@ -10108,171 +10108,171 @@
       </c>
       <c r="G185"/>
       <c r="H185"/>
     </row>
     <row r="186" spans="1:8">
       <c r="A186" t="s">
         <v>305</v>
       </c>
       <c r="B186" t="s">
         <v>306</v>
       </c>
       <c r="C186" t="s">
         <v>49</v>
       </c>
       <c r="D186" t="s">
         <v>26</v>
       </c>
       <c r="E186" t="s">
         <v>27</v>
       </c>
       <c r="F186">
         <v>2016</v>
       </c>
       <c r="G186"/>
       <c r="H186" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
     </row>
     <row r="187" spans="1:8">
       <c r="A187" t="s">
         <v>307</v>
       </c>
       <c r="B187" t="s">
         <v>308</v>
       </c>
       <c r="C187" t="s">
         <v>49</v>
       </c>
       <c r="D187" t="s">
         <v>26</v>
       </c>
       <c r="E187" t="s">
         <v>27</v>
       </c>
       <c r="F187">
         <v>2016</v>
       </c>
       <c r="G187"/>
       <c r="H187" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
     </row>
     <row r="188" spans="1:8">
       <c r="A188" t="s">
         <v>309</v>
       </c>
       <c r="B188" t="s">
         <v>310</v>
       </c>
       <c r="C188" t="s">
         <v>25</v>
       </c>
       <c r="D188" t="s">
         <v>26</v>
       </c>
       <c r="E188" t="s">
         <v>27</v>
       </c>
       <c r="F188">
         <v>2016</v>
       </c>
       <c r="G188"/>
       <c r="H188" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="189" spans="1:8">
       <c r="A189" t="s">
         <v>311</v>
       </c>
       <c r="B189" t="s">
         <v>312</v>
       </c>
       <c r="C189" t="s">
         <v>25</v>
       </c>
       <c r="D189" t="s">
         <v>26</v>
       </c>
       <c r="E189" t="s">
         <v>27</v>
       </c>
       <c r="F189">
         <v>2016</v>
       </c>
       <c r="G189"/>
       <c r="H189" t="s">
-        <v>57</v>
+        <v>54</v>
       </c>
     </row>
     <row r="190" spans="1:8">
       <c r="A190" t="s">
         <v>313</v>
       </c>
       <c r="B190" t="s">
         <v>314</v>
       </c>
       <c r="C190" t="s">
         <v>49</v>
       </c>
       <c r="D190" t="s">
         <v>26</v>
       </c>
       <c r="E190" t="s">
         <v>27</v>
       </c>
       <c r="F190">
         <v>2016</v>
       </c>
       <c r="G190"/>
       <c r="H190" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="191" spans="1:8">
       <c r="A191" t="s">
         <v>315</v>
       </c>
       <c r="B191" t="s">
         <v>316</v>
       </c>
       <c r="C191" t="s">
         <v>25</v>
       </c>
       <c r="D191" t="s">
         <v>26</v>
       </c>
       <c r="E191" t="s">
         <v>27</v>
       </c>
       <c r="F191">
         <v>2016</v>
       </c>
       <c r="G191"/>
       <c r="H191" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
     </row>
     <row r="192" spans="1:8">
       <c r="A192" t="s">
         <v>317</v>
       </c>
       <c r="B192" t="s">
         <v>318</v>
       </c>
       <c r="C192" t="s">
         <v>49</v>
       </c>
       <c r="D192" t="s">
         <v>26</v>
       </c>
       <c r="E192" t="s">
         <v>27</v>
       </c>
       <c r="F192">
         <v>2016</v>
       </c>
       <c r="G192"/>
       <c r="H192" t="s">
         <v>12</v>
       </c>
@@ -10390,51 +10390,51 @@
         <v>17</v>
       </c>
       <c r="H197"/>
     </row>
     <row r="198" spans="1:8">
       <c r="A198" t="s">
         <v>329</v>
       </c>
       <c r="B198" t="s">
         <v>330</v>
       </c>
       <c r="C198" t="s">
         <v>25</v>
       </c>
       <c r="D198" t="s">
         <v>26</v>
       </c>
       <c r="E198" t="s">
         <v>27</v>
       </c>
       <c r="F198">
         <v>2015</v>
       </c>
       <c r="G198"/>
       <c r="H198" t="s">
-        <v>57</v>
+        <v>54</v>
       </c>
     </row>
     <row r="199" spans="1:8">
       <c r="A199" t="s">
         <v>331</v>
       </c>
       <c r="B199" t="s">
         <v>332</v>
       </c>
       <c r="C199" t="s">
         <v>25</v>
       </c>
       <c r="D199" t="s">
         <v>26</v>
       </c>
       <c r="E199" t="s">
         <v>27</v>
       </c>
       <c r="F199">
         <v>2015</v>
       </c>
       <c r="G199"/>
       <c r="H199" t="s">
         <v>12</v>
       </c>
@@ -10818,51 +10818,51 @@
       </c>
       <c r="G215"/>
       <c r="H215"/>
     </row>
     <row r="216" spans="1:8">
       <c r="A216" t="s">
         <v>366</v>
       </c>
       <c r="B216" t="s">
         <v>367</v>
       </c>
       <c r="C216" t="s">
         <v>49</v>
       </c>
       <c r="D216" t="s">
         <v>26</v>
       </c>
       <c r="E216" t="s">
         <v>27</v>
       </c>
       <c r="F216">
         <v>2015</v>
       </c>
       <c r="G216"/>
       <c r="H216" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
     </row>
     <row r="217" spans="1:8">
       <c r="A217" t="s">
         <v>368</v>
       </c>
       <c r="B217" t="s">
         <v>369</v>
       </c>
       <c r="C217" t="s">
         <v>25</v>
       </c>
       <c r="D217" t="s">
         <v>26</v>
       </c>
       <c r="E217" t="s">
         <v>27</v>
       </c>
       <c r="F217">
         <v>2015</v>
       </c>
       <c r="G217"/>
       <c r="H217"/>
     </row>
     <row r="218" spans="1:8">
@@ -11026,51 +11026,51 @@
       <c r="H224" t="s">
         <v>165</v>
       </c>
     </row>
     <row r="225" spans="1:8">
       <c r="A225" t="s">
         <v>383</v>
       </c>
       <c r="B225" t="s">
         <v>384</v>
       </c>
       <c r="C225" t="s">
         <v>25</v>
       </c>
       <c r="D225" t="s">
         <v>26</v>
       </c>
       <c r="E225" t="s">
         <v>27</v>
       </c>
       <c r="F225">
         <v>2014</v>
       </c>
       <c r="G225"/>
       <c r="H225" t="s">
-        <v>57</v>
+        <v>54</v>
       </c>
     </row>
     <row r="226" spans="1:8">
       <c r="A226" t="s">
         <v>385</v>
       </c>
       <c r="B226" t="s">
         <v>380</v>
       </c>
       <c r="C226" t="s">
         <v>49</v>
       </c>
       <c r="D226" t="s">
         <v>26</v>
       </c>
       <c r="E226" t="s">
         <v>27</v>
       </c>
       <c r="F226">
         <v>2014</v>
       </c>
       <c r="G226"/>
       <c r="H226" t="s">
         <v>79</v>
       </c>
@@ -11146,51 +11146,51 @@
       <c r="H229" t="s">
         <v>117</v>
       </c>
     </row>
     <row r="230" spans="1:8">
       <c r="A230" t="s">
         <v>392</v>
       </c>
       <c r="B230" t="s">
         <v>393</v>
       </c>
       <c r="C230" t="s">
         <v>25</v>
       </c>
       <c r="D230" t="s">
         <v>26</v>
       </c>
       <c r="E230" t="s">
         <v>27</v>
       </c>
       <c r="F230">
         <v>2014</v>
       </c>
       <c r="G230"/>
       <c r="H230" t="s">
-        <v>57</v>
+        <v>54</v>
       </c>
     </row>
     <row r="231" spans="1:8">
       <c r="A231" t="s">
         <v>394</v>
       </c>
       <c r="B231" t="s">
         <v>395</v>
       </c>
       <c r="C231" t="s">
         <v>25</v>
       </c>
       <c r="D231" t="s">
         <v>26</v>
       </c>
       <c r="E231" t="s">
         <v>27</v>
       </c>
       <c r="F231">
         <v>2014</v>
       </c>
       <c r="G231"/>
       <c r="H231" t="s">
         <v>349</v>
       </c>
@@ -11540,51 +11540,51 @@
       </c>
       <c r="G246"/>
       <c r="H246" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="247" spans="1:8">
       <c r="A247" t="s">
         <v>426</v>
       </c>
       <c r="B247" t="s">
         <v>427</v>
       </c>
       <c r="C247"/>
       <c r="D247" t="s">
         <v>15</v>
       </c>
       <c r="E247" t="s">
         <v>16</v>
       </c>
       <c r="F247">
         <v>2013</v>
       </c>
       <c r="G247"/>
       <c r="H247" t="s">
-        <v>35</v>
+        <v>34</v>
       </c>
     </row>
     <row r="248" spans="1:8">
       <c r="A248" t="s">
         <v>428</v>
       </c>
       <c r="B248" t="s">
         <v>429</v>
       </c>
       <c r="C248" t="s">
         <v>49</v>
       </c>
       <c r="D248" t="s">
         <v>26</v>
       </c>
       <c r="E248" t="s">
         <v>27</v>
       </c>
       <c r="F248">
         <v>2013</v>
       </c>
       <c r="G248"/>
       <c r="H248" t="s">
         <v>117</v>
       </c>
@@ -11684,315 +11684,315 @@
       <c r="H252" t="s">
         <v>59</v>
       </c>
     </row>
     <row r="253" spans="1:8">
       <c r="A253" t="s">
         <v>438</v>
       </c>
       <c r="B253" t="s">
         <v>439</v>
       </c>
       <c r="C253" t="s">
         <v>38</v>
       </c>
       <c r="D253" t="s">
         <v>26</v>
       </c>
       <c r="E253" t="s">
         <v>27</v>
       </c>
       <c r="F253">
         <v>2013</v>
       </c>
       <c r="G253"/>
       <c r="H253" t="s">
-        <v>57</v>
+        <v>54</v>
       </c>
     </row>
     <row r="254" spans="1:8">
       <c r="A254" t="s">
         <v>440</v>
       </c>
       <c r="B254" t="s">
         <v>441</v>
       </c>
       <c r="C254" t="s">
         <v>49</v>
       </c>
       <c r="D254" t="s">
         <v>26</v>
       </c>
       <c r="E254" t="s">
         <v>27</v>
       </c>
       <c r="F254">
         <v>2013</v>
       </c>
       <c r="G254"/>
       <c r="H254" t="s">
-        <v>57</v>
+        <v>54</v>
       </c>
     </row>
     <row r="255" spans="1:8">
       <c r="A255" t="s">
         <v>442</v>
       </c>
       <c r="B255" t="s">
         <v>443</v>
       </c>
       <c r="C255" t="s">
         <v>38</v>
       </c>
       <c r="D255" t="s">
         <v>26</v>
       </c>
       <c r="E255" t="s">
         <v>27</v>
       </c>
       <c r="F255">
         <v>2013</v>
       </c>
       <c r="G255"/>
       <c r="H255" t="s">
-        <v>54</v>
+        <v>57</v>
       </c>
     </row>
     <row r="256" spans="1:8">
       <c r="A256" t="s">
         <v>444</v>
       </c>
       <c r="B256" t="s">
         <v>445</v>
       </c>
       <c r="C256" t="s">
         <v>25</v>
       </c>
       <c r="D256" t="s">
         <v>26</v>
       </c>
       <c r="E256" t="s">
         <v>27</v>
       </c>
       <c r="F256">
         <v>2013</v>
       </c>
       <c r="G256"/>
       <c r="H256" t="s">
-        <v>54</v>
+        <v>57</v>
       </c>
     </row>
     <row r="257" spans="1:8">
       <c r="A257" t="s">
         <v>446</v>
       </c>
       <c r="B257" t="s">
         <v>447</v>
       </c>
       <c r="C257" t="s">
         <v>49</v>
       </c>
       <c r="D257" t="s">
         <v>26</v>
       </c>
       <c r="E257" t="s">
         <v>27</v>
       </c>
       <c r="F257">
         <v>2013</v>
       </c>
       <c r="G257"/>
       <c r="H257" t="s">
-        <v>35</v>
+        <v>34</v>
       </c>
     </row>
     <row r="258" spans="1:8">
       <c r="A258" t="s">
         <v>448</v>
       </c>
       <c r="B258" t="s">
         <v>449</v>
       </c>
       <c r="C258" t="s">
         <v>155</v>
       </c>
       <c r="D258" t="s">
         <v>92</v>
       </c>
       <c r="E258" t="s">
         <v>27</v>
       </c>
       <c r="F258">
         <v>2013</v>
       </c>
       <c r="G258" t="s">
         <v>17</v>
       </c>
       <c r="H258"/>
     </row>
     <row r="259" spans="1:8">
       <c r="A259" t="s">
         <v>450</v>
       </c>
       <c r="B259" t="s">
         <v>451</v>
       </c>
       <c r="C259" t="s">
         <v>49</v>
       </c>
       <c r="D259" t="s">
         <v>26</v>
       </c>
       <c r="E259" t="s">
         <v>27</v>
       </c>
       <c r="F259">
         <v>2013</v>
       </c>
       <c r="G259"/>
       <c r="H259" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
     </row>
     <row r="260" spans="1:8">
       <c r="A260" t="s">
         <v>452</v>
       </c>
       <c r="B260" t="s">
         <v>453</v>
       </c>
       <c r="C260" t="s">
         <v>25</v>
       </c>
       <c r="D260" t="s">
         <v>26</v>
       </c>
       <c r="E260" t="s">
         <v>27</v>
       </c>
       <c r="F260">
         <v>2013</v>
       </c>
       <c r="G260"/>
       <c r="H260" t="s">
-        <v>57</v>
+        <v>54</v>
       </c>
     </row>
     <row r="261" spans="1:8">
       <c r="A261" t="s">
         <v>454</v>
       </c>
       <c r="B261" t="s">
         <v>455</v>
       </c>
       <c r="C261" t="s">
         <v>46</v>
       </c>
       <c r="D261" t="s">
         <v>26</v>
       </c>
       <c r="E261" t="s">
         <v>27</v>
       </c>
       <c r="F261">
         <v>2013</v>
       </c>
       <c r="G261"/>
       <c r="H261" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
     </row>
     <row r="262" spans="1:8">
       <c r="A262" t="s">
         <v>456</v>
       </c>
       <c r="B262" t="s">
         <v>457</v>
       </c>
       <c r="C262" t="s">
         <v>49</v>
       </c>
       <c r="D262" t="s">
         <v>26</v>
       </c>
       <c r="E262" t="s">
         <v>27</v>
       </c>
       <c r="F262">
         <v>2013</v>
       </c>
       <c r="G262"/>
       <c r="H262" t="s">
         <v>59</v>
       </c>
     </row>
     <row r="263" spans="1:8">
       <c r="A263" t="s">
         <v>458</v>
       </c>
       <c r="B263" t="s">
         <v>459</v>
       </c>
       <c r="C263" t="s">
         <v>49</v>
       </c>
       <c r="D263" t="s">
         <v>26</v>
       </c>
       <c r="E263" t="s">
         <v>27</v>
       </c>
       <c r="F263">
         <v>2013</v>
       </c>
       <c r="G263"/>
       <c r="H263" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
     </row>
     <row r="264" spans="1:8">
       <c r="A264" t="s">
         <v>460</v>
       </c>
       <c r="B264" t="s">
         <v>461</v>
       </c>
       <c r="C264" t="s">
         <v>49</v>
       </c>
       <c r="D264" t="s">
         <v>26</v>
       </c>
       <c r="E264" t="s">
         <v>27</v>
       </c>
       <c r="F264">
         <v>2013</v>
       </c>
       <c r="G264"/>
       <c r="H264" t="s">
-        <v>54</v>
+        <v>57</v>
       </c>
     </row>
     <row r="265" spans="1:8">
       <c r="A265" t="s">
         <v>462</v>
       </c>
       <c r="B265" t="s">
         <v>463</v>
       </c>
       <c r="C265" t="s">
         <v>46</v>
       </c>
       <c r="D265" t="s">
         <v>26</v>
       </c>
       <c r="E265" t="s">
         <v>27</v>
       </c>
       <c r="F265">
         <v>2013</v>
       </c>
       <c r="G265"/>
       <c r="H265" t="s">
         <v>256</v>
       </c>
@@ -12090,51 +12090,51 @@
       </c>
       <c r="G269"/>
       <c r="H269"/>
     </row>
     <row r="270" spans="1:8">
       <c r="A270" t="s">
         <v>472</v>
       </c>
       <c r="B270" t="s">
         <v>473</v>
       </c>
       <c r="C270" t="s">
         <v>25</v>
       </c>
       <c r="D270" t="s">
         <v>26</v>
       </c>
       <c r="E270" t="s">
         <v>27</v>
       </c>
       <c r="F270">
         <v>2013</v>
       </c>
       <c r="G270"/>
       <c r="H270" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
     </row>
     <row r="271" spans="1:8">
       <c r="A271" t="s">
         <v>474</v>
       </c>
       <c r="B271" t="s">
         <v>475</v>
       </c>
       <c r="C271" t="s">
         <v>25</v>
       </c>
       <c r="D271" t="s">
         <v>26</v>
       </c>
       <c r="E271" t="s">
         <v>27</v>
       </c>
       <c r="F271">
         <v>2012</v>
       </c>
       <c r="G271"/>
       <c r="H271" t="s">
         <v>12</v>
       </c>
@@ -12186,147 +12186,147 @@
       <c r="H273" t="s">
         <v>44</v>
       </c>
     </row>
     <row r="274" spans="1:8">
       <c r="A274" t="s">
         <v>480</v>
       </c>
       <c r="B274" t="s">
         <v>481</v>
       </c>
       <c r="C274" t="s">
         <v>25</v>
       </c>
       <c r="D274" t="s">
         <v>26</v>
       </c>
       <c r="E274" t="s">
         <v>27</v>
       </c>
       <c r="F274">
         <v>2012</v>
       </c>
       <c r="G274"/>
       <c r="H274" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
     </row>
     <row r="275" spans="1:8">
       <c r="A275" t="s">
         <v>482</v>
       </c>
       <c r="B275" t="s">
         <v>483</v>
       </c>
       <c r="C275" t="s">
         <v>25</v>
       </c>
       <c r="D275" t="s">
         <v>26</v>
       </c>
       <c r="E275" t="s">
         <v>27</v>
       </c>
       <c r="F275">
         <v>2012</v>
       </c>
       <c r="G275"/>
       <c r="H275" t="s">
         <v>59</v>
       </c>
     </row>
     <row r="276" spans="1:8">
       <c r="A276" t="s">
         <v>484</v>
       </c>
       <c r="B276" t="s">
         <v>485</v>
       </c>
       <c r="C276" t="s">
         <v>49</v>
       </c>
       <c r="D276" t="s">
         <v>26</v>
       </c>
       <c r="E276" t="s">
         <v>27</v>
       </c>
       <c r="F276">
         <v>2012</v>
       </c>
       <c r="G276"/>
       <c r="H276" t="s">
-        <v>57</v>
+        <v>54</v>
       </c>
     </row>
     <row r="277" spans="1:8">
       <c r="A277" t="s">
         <v>486</v>
       </c>
       <c r="B277" t="s">
         <v>487</v>
       </c>
       <c r="C277" t="s">
         <v>38</v>
       </c>
       <c r="D277" t="s">
         <v>26</v>
       </c>
       <c r="E277" t="s">
         <v>27</v>
       </c>
       <c r="F277">
         <v>2012</v>
       </c>
       <c r="G277"/>
       <c r="H277" t="s">
-        <v>54</v>
+        <v>57</v>
       </c>
     </row>
     <row r="278" spans="1:8">
       <c r="A278" t="s">
         <v>488</v>
       </c>
       <c r="B278" t="s">
         <v>489</v>
       </c>
       <c r="C278" t="s">
         <v>25</v>
       </c>
       <c r="D278" t="s">
         <v>26</v>
       </c>
       <c r="E278" t="s">
         <v>27</v>
       </c>
       <c r="F278">
         <v>2012</v>
       </c>
       <c r="G278"/>
       <c r="H278" t="s">
-        <v>54</v>
+        <v>57</v>
       </c>
     </row>
     <row r="279" spans="1:8">
       <c r="A279" t="s">
         <v>490</v>
       </c>
       <c r="B279" t="s">
         <v>491</v>
       </c>
       <c r="C279" t="s">
         <v>91</v>
       </c>
       <c r="D279" t="s">
         <v>92</v>
       </c>
       <c r="E279" t="s">
         <v>27</v>
       </c>
       <c r="F279">
         <v>2012</v>
       </c>
       <c r="G279" t="s">
         <v>17</v>
       </c>
       <c r="H279"/>
@@ -12442,51 +12442,51 @@
       <c r="F284">
         <v>2012</v>
       </c>
       <c r="G284"/>
       <c r="H284"/>
     </row>
     <row r="285" spans="1:8">
       <c r="A285" t="s">
         <v>501</v>
       </c>
       <c r="B285" t="s">
         <v>502</v>
       </c>
       <c r="C285"/>
       <c r="D285" t="s">
         <v>15</v>
       </c>
       <c r="E285" t="s">
         <v>16</v>
       </c>
       <c r="F285">
         <v>2011</v>
       </c>
       <c r="G285"/>
       <c r="H285" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
     </row>
     <row r="286" spans="1:8">
       <c r="A286" t="s">
         <v>503</v>
       </c>
       <c r="B286" t="s">
         <v>504</v>
       </c>
       <c r="C286"/>
       <c r="D286" t="s">
         <v>15</v>
       </c>
       <c r="E286" t="s">
         <v>16</v>
       </c>
       <c r="F286">
         <v>2011</v>
       </c>
       <c r="G286"/>
       <c r="H286" t="s">
         <v>256</v>
       </c>
     </row>
     <row r="287" spans="1:8">
@@ -12648,219 +12648,219 @@
       <c r="H293" t="s">
         <v>256</v>
       </c>
     </row>
     <row r="294" spans="1:8">
       <c r="A294" t="s">
         <v>519</v>
       </c>
       <c r="B294" t="s">
         <v>520</v>
       </c>
       <c r="C294" t="s">
         <v>25</v>
       </c>
       <c r="D294" t="s">
         <v>26</v>
       </c>
       <c r="E294" t="s">
         <v>27</v>
       </c>
       <c r="F294">
         <v>2011</v>
       </c>
       <c r="G294"/>
       <c r="H294" t="s">
-        <v>35</v>
+        <v>34</v>
       </c>
     </row>
     <row r="295" spans="1:8">
       <c r="A295" t="s">
         <v>521</v>
       </c>
       <c r="B295" t="s">
         <v>522</v>
       </c>
       <c r="C295" t="s">
         <v>49</v>
       </c>
       <c r="D295" t="s">
         <v>26</v>
       </c>
       <c r="E295" t="s">
         <v>27</v>
       </c>
       <c r="F295">
         <v>2011</v>
       </c>
       <c r="G295"/>
       <c r="H295" t="s">
-        <v>57</v>
+        <v>54</v>
       </c>
     </row>
     <row r="296" spans="1:8">
       <c r="A296" t="s">
         <v>523</v>
       </c>
       <c r="B296" t="s">
         <v>524</v>
       </c>
       <c r="C296" t="s">
         <v>46</v>
       </c>
       <c r="D296" t="s">
         <v>26</v>
       </c>
       <c r="E296" t="s">
         <v>27</v>
       </c>
       <c r="F296">
         <v>2011</v>
       </c>
       <c r="G296"/>
       <c r="H296" t="s">
         <v>165</v>
       </c>
     </row>
     <row r="297" spans="1:8">
       <c r="A297" t="s">
         <v>525</v>
       </c>
       <c r="B297" t="s">
         <v>526</v>
       </c>
       <c r="C297" t="s">
         <v>49</v>
       </c>
       <c r="D297" t="s">
         <v>26</v>
       </c>
       <c r="E297" t="s">
         <v>27</v>
       </c>
       <c r="F297">
         <v>2011</v>
       </c>
       <c r="G297"/>
       <c r="H297" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
     </row>
     <row r="298" spans="1:8">
       <c r="A298" t="s">
         <v>527</v>
       </c>
       <c r="B298" t="s">
         <v>528</v>
       </c>
       <c r="C298" t="s">
         <v>49</v>
       </c>
       <c r="D298" t="s">
         <v>26</v>
       </c>
       <c r="E298" t="s">
         <v>27</v>
       </c>
       <c r="F298">
         <v>2011</v>
       </c>
       <c r="G298"/>
       <c r="H298" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
     </row>
     <row r="299" spans="1:8">
       <c r="A299" t="s">
         <v>529</v>
       </c>
       <c r="B299" t="s">
         <v>530</v>
       </c>
       <c r="C299" t="s">
         <v>25</v>
       </c>
       <c r="D299" t="s">
         <v>26</v>
       </c>
       <c r="E299" t="s">
         <v>27</v>
       </c>
       <c r="F299">
         <v>2011</v>
       </c>
       <c r="G299"/>
       <c r="H299" t="s">
-        <v>54</v>
+        <v>57</v>
       </c>
     </row>
     <row r="300" spans="1:8">
       <c r="A300" t="s">
         <v>531</v>
       </c>
       <c r="B300" t="s">
         <v>532</v>
       </c>
       <c r="C300" t="s">
         <v>49</v>
       </c>
       <c r="D300" t="s">
         <v>26</v>
       </c>
       <c r="E300" t="s">
         <v>27</v>
       </c>
       <c r="F300">
         <v>2011</v>
       </c>
       <c r="G300"/>
       <c r="H300" t="s">
-        <v>54</v>
+        <v>57</v>
       </c>
     </row>
     <row r="301" spans="1:8">
       <c r="A301" t="s">
         <v>533</v>
       </c>
       <c r="B301" t="s">
         <v>534</v>
       </c>
       <c r="C301" t="s">
         <v>25</v>
       </c>
       <c r="D301" t="s">
         <v>26</v>
       </c>
       <c r="E301" t="s">
         <v>27</v>
       </c>
       <c r="F301">
         <v>2011</v>
       </c>
       <c r="G301"/>
       <c r="H301" t="s">
-        <v>54</v>
+        <v>57</v>
       </c>
     </row>
     <row r="302" spans="1:8">
       <c r="A302" t="s">
         <v>535</v>
       </c>
       <c r="B302" t="s">
         <v>536</v>
       </c>
       <c r="C302" t="s">
         <v>25</v>
       </c>
       <c r="D302" t="s">
         <v>26</v>
       </c>
       <c r="E302" t="s">
         <v>27</v>
       </c>
       <c r="F302">
         <v>2011</v>
       </c>
       <c r="G302"/>
       <c r="H302" t="s">
         <v>79</v>
       </c>
@@ -12912,51 +12912,51 @@
       <c r="H304" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="305" spans="1:8">
       <c r="A305" t="s">
         <v>540</v>
       </c>
       <c r="B305" t="s">
         <v>541</v>
       </c>
       <c r="C305" t="s">
         <v>49</v>
       </c>
       <c r="D305" t="s">
         <v>26</v>
       </c>
       <c r="E305" t="s">
         <v>27</v>
       </c>
       <c r="F305">
         <v>2011</v>
       </c>
       <c r="G305"/>
       <c r="H305" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
     </row>
     <row r="306" spans="1:8">
       <c r="A306" t="s">
         <v>542</v>
       </c>
       <c r="B306" t="s">
         <v>543</v>
       </c>
       <c r="C306" t="s">
         <v>46</v>
       </c>
       <c r="D306" t="s">
         <v>26</v>
       </c>
       <c r="E306" t="s">
         <v>27</v>
       </c>
       <c r="F306">
         <v>2011</v>
       </c>
       <c r="G306"/>
       <c r="H306" t="s">
         <v>12</v>
       </c>
@@ -13030,75 +13030,75 @@
       </c>
       <c r="G309"/>
       <c r="H309"/>
     </row>
     <row r="310" spans="1:8">
       <c r="A310" t="s">
         <v>550</v>
       </c>
       <c r="B310" t="s">
         <v>551</v>
       </c>
       <c r="C310" t="s">
         <v>25</v>
       </c>
       <c r="D310" t="s">
         <v>26</v>
       </c>
       <c r="E310" t="s">
         <v>27</v>
       </c>
       <c r="F310">
         <v>2011</v>
       </c>
       <c r="G310"/>
       <c r="H310" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
     </row>
     <row r="311" spans="1:8">
       <c r="A311" t="s">
         <v>552</v>
       </c>
       <c r="B311" t="s">
         <v>553</v>
       </c>
       <c r="C311" t="s">
         <v>25</v>
       </c>
       <c r="D311" t="s">
         <v>26</v>
       </c>
       <c r="E311" t="s">
         <v>27</v>
       </c>
       <c r="F311">
         <v>2011</v>
       </c>
       <c r="G311"/>
       <c r="H311" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
     </row>
     <row r="312" spans="1:8">
       <c r="A312" t="s">
         <v>554</v>
       </c>
       <c r="B312" t="s">
         <v>555</v>
       </c>
       <c r="C312" t="s">
         <v>38</v>
       </c>
       <c r="D312" t="s">
         <v>26</v>
       </c>
       <c r="E312" t="s">
         <v>27</v>
       </c>
       <c r="F312">
         <v>2011</v>
       </c>
       <c r="G312"/>
       <c r="H312" t="s">
         <v>12</v>
       </c>
@@ -13238,51 +13238,51 @@
       <c r="H318" t="s">
         <v>256</v>
       </c>
     </row>
     <row r="319" spans="1:8">
       <c r="A319" t="s">
         <v>568</v>
       </c>
       <c r="B319" t="s">
         <v>569</v>
       </c>
       <c r="C319" t="s">
         <v>25</v>
       </c>
       <c r="D319" t="s">
         <v>26</v>
       </c>
       <c r="E319" t="s">
         <v>27</v>
       </c>
       <c r="F319">
         <v>2010</v>
       </c>
       <c r="G319"/>
       <c r="H319" t="s">
-        <v>54</v>
+        <v>57</v>
       </c>
     </row>
     <row r="320" spans="1:8">
       <c r="A320" t="s">
         <v>570</v>
       </c>
       <c r="B320" t="s">
         <v>571</v>
       </c>
       <c r="C320" t="s">
         <v>25</v>
       </c>
       <c r="D320" t="s">
         <v>26</v>
       </c>
       <c r="E320" t="s">
         <v>27</v>
       </c>
       <c r="F320">
         <v>2010</v>
       </c>
       <c r="G320"/>
       <c r="H320" t="s">
         <v>256</v>
       </c>
@@ -13478,147 +13478,147 @@
       <c r="H328" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="329" spans="1:8">
       <c r="A329" t="s">
         <v>588</v>
       </c>
       <c r="B329" t="s">
         <v>589</v>
       </c>
       <c r="C329" t="s">
         <v>25</v>
       </c>
       <c r="D329" t="s">
         <v>26</v>
       </c>
       <c r="E329" t="s">
         <v>27</v>
       </c>
       <c r="F329">
         <v>2010</v>
       </c>
       <c r="G329"/>
       <c r="H329" t="s">
-        <v>35</v>
+        <v>34</v>
       </c>
     </row>
     <row r="330" spans="1:8">
       <c r="A330" t="s">
         <v>590</v>
       </c>
       <c r="B330" t="s">
         <v>591</v>
       </c>
       <c r="C330" t="s">
         <v>25</v>
       </c>
       <c r="D330" t="s">
         <v>26</v>
       </c>
       <c r="E330" t="s">
         <v>27</v>
       </c>
       <c r="F330">
         <v>2010</v>
       </c>
       <c r="G330"/>
       <c r="H330" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="331" spans="1:8">
       <c r="A331" t="s">
         <v>592</v>
       </c>
       <c r="B331" t="s">
         <v>593</v>
       </c>
       <c r="C331" t="s">
         <v>25</v>
       </c>
       <c r="D331" t="s">
         <v>26</v>
       </c>
       <c r="E331" t="s">
         <v>27</v>
       </c>
       <c r="F331">
         <v>2010</v>
       </c>
       <c r="G331"/>
       <c r="H331" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
     </row>
     <row r="332" spans="1:8">
       <c r="A332" t="s">
         <v>594</v>
       </c>
       <c r="B332" t="s">
         <v>595</v>
       </c>
       <c r="C332" t="s">
         <v>25</v>
       </c>
       <c r="D332" t="s">
         <v>26</v>
       </c>
       <c r="E332" t="s">
         <v>27</v>
       </c>
       <c r="F332">
         <v>2010</v>
       </c>
       <c r="G332"/>
       <c r="H332" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
     </row>
     <row r="333" spans="1:8">
       <c r="A333" t="s">
         <v>596</v>
       </c>
       <c r="B333" t="s">
         <v>597</v>
       </c>
       <c r="C333" t="s">
         <v>25</v>
       </c>
       <c r="D333" t="s">
         <v>26</v>
       </c>
       <c r="E333" t="s">
         <v>27</v>
       </c>
       <c r="F333">
         <v>2010</v>
       </c>
       <c r="G333"/>
       <c r="H333" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
     </row>
     <row r="334" spans="1:8">
       <c r="A334" t="s">
         <v>598</v>
       </c>
       <c r="B334" t="s">
         <v>599</v>
       </c>
       <c r="C334"/>
       <c r="D334" t="s">
         <v>600</v>
       </c>
       <c r="E334" t="s">
         <v>11</v>
       </c>
       <c r="F334">
         <v>2009</v>
       </c>
       <c r="G334" t="s">
         <v>84</v>
       </c>
       <c r="H334"/>
     </row>
     <row r="335" spans="1:8">
@@ -13736,51 +13736,51 @@
       <c r="H339" t="s">
         <v>256</v>
       </c>
     </row>
     <row r="340" spans="1:8">
       <c r="A340" t="s">
         <v>611</v>
       </c>
       <c r="B340" t="s">
         <v>612</v>
       </c>
       <c r="C340" t="s">
         <v>25</v>
       </c>
       <c r="D340" t="s">
         <v>26</v>
       </c>
       <c r="E340" t="s">
         <v>27</v>
       </c>
       <c r="F340">
         <v>2009</v>
       </c>
       <c r="G340"/>
       <c r="H340" t="s">
-        <v>35</v>
+        <v>34</v>
       </c>
     </row>
     <row r="341" spans="1:8">
       <c r="A341" t="s">
         <v>613</v>
       </c>
       <c r="B341" t="s">
         <v>614</v>
       </c>
       <c r="C341" t="s">
         <v>25</v>
       </c>
       <c r="D341" t="s">
         <v>26</v>
       </c>
       <c r="E341" t="s">
         <v>27</v>
       </c>
       <c r="F341">
         <v>2009</v>
       </c>
       <c r="G341"/>
       <c r="H341" t="s">
         <v>59</v>
       </c>
@@ -13832,147 +13832,147 @@
       <c r="H343" t="s">
         <v>59</v>
       </c>
     </row>
     <row r="344" spans="1:8">
       <c r="A344" t="s">
         <v>619</v>
       </c>
       <c r="B344" t="s">
         <v>620</v>
       </c>
       <c r="C344" t="s">
         <v>49</v>
       </c>
       <c r="D344" t="s">
         <v>26</v>
       </c>
       <c r="E344" t="s">
         <v>27</v>
       </c>
       <c r="F344">
         <v>2009</v>
       </c>
       <c r="G344"/>
       <c r="H344" t="s">
-        <v>57</v>
+        <v>54</v>
       </c>
     </row>
     <row r="345" spans="1:8">
       <c r="A345" t="s">
         <v>621</v>
       </c>
       <c r="B345" t="s">
         <v>622</v>
       </c>
       <c r="C345" t="s">
         <v>49</v>
       </c>
       <c r="D345" t="s">
         <v>26</v>
       </c>
       <c r="E345" t="s">
         <v>27</v>
       </c>
       <c r="F345">
         <v>2009</v>
       </c>
       <c r="G345"/>
       <c r="H345" t="s">
-        <v>57</v>
+        <v>54</v>
       </c>
     </row>
     <row r="346" spans="1:8">
       <c r="A346" t="s">
         <v>623</v>
       </c>
       <c r="B346" t="s">
         <v>624</v>
       </c>
       <c r="C346" t="s">
         <v>46</v>
       </c>
       <c r="D346" t="s">
         <v>26</v>
       </c>
       <c r="E346" t="s">
         <v>27</v>
       </c>
       <c r="F346">
         <v>2009</v>
       </c>
       <c r="G346"/>
       <c r="H346" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
     </row>
     <row r="347" spans="1:8">
       <c r="A347" t="s">
         <v>625</v>
       </c>
       <c r="B347" t="s">
         <v>626</v>
       </c>
       <c r="C347" t="s">
         <v>46</v>
       </c>
       <c r="D347" t="s">
         <v>26</v>
       </c>
       <c r="E347" t="s">
         <v>27</v>
       </c>
       <c r="F347">
         <v>2009</v>
       </c>
       <c r="G347"/>
       <c r="H347" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
     </row>
     <row r="348" spans="1:8">
       <c r="A348" t="s">
         <v>627</v>
       </c>
       <c r="B348" t="s">
         <v>628</v>
       </c>
       <c r="C348" t="s">
         <v>25</v>
       </c>
       <c r="D348" t="s">
         <v>26</v>
       </c>
       <c r="E348" t="s">
         <v>27</v>
       </c>
       <c r="F348">
         <v>2009</v>
       </c>
       <c r="G348"/>
       <c r="H348" t="s">
-        <v>54</v>
+        <v>57</v>
       </c>
     </row>
     <row r="349" spans="1:8">
       <c r="A349" t="s">
         <v>629</v>
       </c>
       <c r="B349" t="s">
         <v>630</v>
       </c>
       <c r="C349" t="s">
         <v>46</v>
       </c>
       <c r="D349" t="s">
         <v>26</v>
       </c>
       <c r="E349" t="s">
         <v>27</v>
       </c>
       <c r="F349">
         <v>2009</v>
       </c>
       <c r="G349"/>
       <c r="H349" t="s">
         <v>12</v>
       </c>
@@ -14096,51 +14096,51 @@
       <c r="H354" t="s">
         <v>349</v>
       </c>
     </row>
     <row r="355" spans="1:8">
       <c r="A355" t="s">
         <v>641</v>
       </c>
       <c r="B355" t="s">
         <v>642</v>
       </c>
       <c r="C355" t="s">
         <v>25</v>
       </c>
       <c r="D355" t="s">
         <v>26</v>
       </c>
       <c r="E355" t="s">
         <v>27</v>
       </c>
       <c r="F355">
         <v>2009</v>
       </c>
       <c r="G355"/>
       <c r="H355" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
     </row>
     <row r="356" spans="1:8">
       <c r="A356" t="s">
         <v>643</v>
       </c>
       <c r="B356" t="s">
         <v>644</v>
       </c>
       <c r="C356" t="s">
         <v>25</v>
       </c>
       <c r="D356" t="s">
         <v>26</v>
       </c>
       <c r="E356" t="s">
         <v>27</v>
       </c>
       <c r="F356">
         <v>2009</v>
       </c>
       <c r="G356"/>
       <c r="H356" t="s">
         <v>12</v>
       </c>
@@ -14166,51 +14166,51 @@
       </c>
       <c r="G357"/>
       <c r="H357"/>
     </row>
     <row r="358" spans="1:8">
       <c r="A358" t="s">
         <v>647</v>
       </c>
       <c r="B358" t="s">
         <v>648</v>
       </c>
       <c r="C358" t="s">
         <v>25</v>
       </c>
       <c r="D358" t="s">
         <v>26</v>
       </c>
       <c r="E358" t="s">
         <v>27</v>
       </c>
       <c r="F358">
         <v>2009</v>
       </c>
       <c r="G358"/>
       <c r="H358" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
     </row>
     <row r="359" spans="1:8">
       <c r="A359" t="s">
         <v>649</v>
       </c>
       <c r="B359" t="s">
         <v>650</v>
       </c>
       <c r="C359" t="s">
         <v>25</v>
       </c>
       <c r="D359" t="s">
         <v>26</v>
       </c>
       <c r="E359" t="s">
         <v>27</v>
       </c>
       <c r="F359">
         <v>2009</v>
       </c>
       <c r="G359"/>
       <c r="H359"/>
     </row>
     <row r="360" spans="1:8">
@@ -14254,51 +14254,51 @@
       </c>
       <c r="G361" t="s">
         <v>84</v>
       </c>
       <c r="H361"/>
     </row>
     <row r="362" spans="1:8">
       <c r="A362" t="s">
         <v>655</v>
       </c>
       <c r="B362" t="s">
         <v>656</v>
       </c>
       <c r="C362"/>
       <c r="D362" t="s">
         <v>15</v>
       </c>
       <c r="E362" t="s">
         <v>16</v>
       </c>
       <c r="F362">
         <v>2008</v>
       </c>
       <c r="G362"/>
       <c r="H362" t="s">
-        <v>35</v>
+        <v>34</v>
       </c>
     </row>
     <row r="363" spans="1:8">
       <c r="A363" t="s">
         <v>657</v>
       </c>
       <c r="B363" t="s">
         <v>658</v>
       </c>
       <c r="C363"/>
       <c r="D363" t="s">
         <v>74</v>
       </c>
       <c r="E363" t="s">
         <v>16</v>
       </c>
       <c r="F363">
         <v>2008</v>
       </c>
       <c r="G363"/>
       <c r="H363" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="364" spans="1:8">
@@ -14392,243 +14392,243 @@
       <c r="H367" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="368" spans="1:8">
       <c r="A368" t="s">
         <v>667</v>
       </c>
       <c r="B368" t="s">
         <v>668</v>
       </c>
       <c r="C368" t="s">
         <v>25</v>
       </c>
       <c r="D368" t="s">
         <v>26</v>
       </c>
       <c r="E368" t="s">
         <v>27</v>
       </c>
       <c r="F368">
         <v>2008</v>
       </c>
       <c r="G368"/>
       <c r="H368" t="s">
-        <v>35</v>
+        <v>34</v>
       </c>
     </row>
     <row r="369" spans="1:8">
       <c r="A369" t="s">
         <v>669</v>
       </c>
       <c r="B369" t="s">
         <v>670</v>
       </c>
       <c r="C369" t="s">
         <v>25</v>
       </c>
       <c r="D369" t="s">
         <v>26</v>
       </c>
       <c r="E369" t="s">
         <v>27</v>
       </c>
       <c r="F369">
         <v>2008</v>
       </c>
       <c r="G369"/>
       <c r="H369" t="s">
         <v>59</v>
       </c>
     </row>
     <row r="370" spans="1:8">
       <c r="A370" t="s">
         <v>671</v>
       </c>
       <c r="B370" t="s">
         <v>672</v>
       </c>
       <c r="C370" t="s">
         <v>49</v>
       </c>
       <c r="D370" t="s">
         <v>26</v>
       </c>
       <c r="E370" t="s">
         <v>27</v>
       </c>
       <c r="F370">
         <v>2008</v>
       </c>
       <c r="G370"/>
       <c r="H370" t="s">
-        <v>57</v>
+        <v>54</v>
       </c>
     </row>
     <row r="371" spans="1:8">
       <c r="A371" t="s">
         <v>673</v>
       </c>
       <c r="B371" t="s">
         <v>674</v>
       </c>
       <c r="C371" t="s">
         <v>49</v>
       </c>
       <c r="D371" t="s">
         <v>26</v>
       </c>
       <c r="E371" t="s">
         <v>27</v>
       </c>
       <c r="F371">
         <v>2008</v>
       </c>
       <c r="G371"/>
       <c r="H371" t="s">
-        <v>57</v>
+        <v>54</v>
       </c>
     </row>
     <row r="372" spans="1:8">
       <c r="A372" t="s">
         <v>675</v>
       </c>
       <c r="B372" t="s">
         <v>676</v>
       </c>
       <c r="C372" t="s">
         <v>49</v>
       </c>
       <c r="D372" t="s">
         <v>26</v>
       </c>
       <c r="E372" t="s">
         <v>27</v>
       </c>
       <c r="F372">
         <v>2008</v>
       </c>
       <c r="G372"/>
       <c r="H372" t="s">
-        <v>57</v>
+        <v>54</v>
       </c>
     </row>
     <row r="373" spans="1:8">
       <c r="A373" t="s">
         <v>677</v>
       </c>
       <c r="B373" t="s">
         <v>678</v>
       </c>
       <c r="C373" t="s">
         <v>46</v>
       </c>
       <c r="D373" t="s">
         <v>26</v>
       </c>
       <c r="E373" t="s">
         <v>27</v>
       </c>
       <c r="F373">
         <v>2008</v>
       </c>
       <c r="G373"/>
       <c r="H373" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
     </row>
     <row r="374" spans="1:8">
       <c r="A374" t="s">
         <v>679</v>
       </c>
       <c r="B374" t="s">
         <v>680</v>
       </c>
       <c r="C374" t="s">
         <v>46</v>
       </c>
       <c r="D374" t="s">
         <v>26</v>
       </c>
       <c r="E374" t="s">
         <v>27</v>
       </c>
       <c r="F374">
         <v>2008</v>
       </c>
       <c r="G374"/>
       <c r="H374" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
     </row>
     <row r="375" spans="1:8">
       <c r="A375" t="s">
         <v>681</v>
       </c>
       <c r="B375" t="s">
         <v>682</v>
       </c>
       <c r="C375" t="s">
         <v>46</v>
       </c>
       <c r="D375" t="s">
         <v>26</v>
       </c>
       <c r="E375" t="s">
         <v>27</v>
       </c>
       <c r="F375">
         <v>2008</v>
       </c>
       <c r="G375"/>
       <c r="H375" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
     </row>
     <row r="376" spans="1:8">
       <c r="A376" t="s">
         <v>683</v>
       </c>
       <c r="B376" t="s">
         <v>684</v>
       </c>
       <c r="C376" t="s">
         <v>25</v>
       </c>
       <c r="D376" t="s">
         <v>26</v>
       </c>
       <c r="E376" t="s">
         <v>27</v>
       </c>
       <c r="F376">
         <v>2008</v>
       </c>
       <c r="G376"/>
       <c r="H376" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
     </row>
     <row r="377" spans="1:8">
       <c r="A377" t="s">
         <v>685</v>
       </c>
       <c r="B377" t="s">
         <v>686</v>
       </c>
       <c r="C377" t="s">
         <v>25</v>
       </c>
       <c r="D377" t="s">
         <v>26</v>
       </c>
       <c r="E377" t="s">
         <v>27</v>
       </c>
       <c r="F377">
         <v>2008</v>
       </c>
       <c r="G377"/>
       <c r="H377" t="s">
         <v>36</v>
       </c>
@@ -14656,51 +14656,51 @@
       <c r="H378" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="379" spans="1:8">
       <c r="A379" t="s">
         <v>688</v>
       </c>
       <c r="B379" t="s">
         <v>689</v>
       </c>
       <c r="C379" t="s">
         <v>46</v>
       </c>
       <c r="D379" t="s">
         <v>26</v>
       </c>
       <c r="E379" t="s">
         <v>27</v>
       </c>
       <c r="F379">
         <v>2008</v>
       </c>
       <c r="G379"/>
       <c r="H379" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
     </row>
     <row r="380" spans="1:8">
       <c r="A380" t="s">
         <v>690</v>
       </c>
       <c r="B380" t="s">
         <v>340</v>
       </c>
       <c r="C380" t="s">
         <v>25</v>
       </c>
       <c r="D380" t="s">
         <v>26</v>
       </c>
       <c r="E380" t="s">
         <v>27</v>
       </c>
       <c r="F380">
         <v>2008</v>
       </c>
       <c r="G380"/>
       <c r="H380" t="s">
         <v>36</v>
       </c>
@@ -14896,75 +14896,75 @@
       <c r="H388" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="389" spans="1:8">
       <c r="A389" t="s">
         <v>707</v>
       </c>
       <c r="B389" t="s">
         <v>708</v>
       </c>
       <c r="C389" t="s">
         <v>25</v>
       </c>
       <c r="D389" t="s">
         <v>26</v>
       </c>
       <c r="E389" t="s">
         <v>27</v>
       </c>
       <c r="F389">
         <v>2008</v>
       </c>
       <c r="G389"/>
       <c r="H389" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
     </row>
     <row r="390" spans="1:8">
       <c r="A390" t="s">
         <v>709</v>
       </c>
       <c r="B390" t="s">
         <v>710</v>
       </c>
       <c r="C390" t="s">
         <v>46</v>
       </c>
       <c r="D390" t="s">
         <v>26</v>
       </c>
       <c r="E390" t="s">
         <v>27</v>
       </c>
       <c r="F390">
         <v>2008</v>
       </c>
       <c r="G390"/>
       <c r="H390" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
     </row>
     <row r="391" spans="1:8">
       <c r="A391" t="s">
         <v>711</v>
       </c>
       <c r="B391" t="s">
         <v>712</v>
       </c>
       <c r="C391" t="s">
         <v>25</v>
       </c>
       <c r="D391" t="s">
         <v>26</v>
       </c>
       <c r="E391" t="s">
         <v>27</v>
       </c>
       <c r="F391">
         <v>2008</v>
       </c>
       <c r="G391"/>
       <c r="H391"/>
     </row>
     <row r="392" spans="1:8">
@@ -15054,119 +15054,119 @@
       </c>
       <c r="G395"/>
       <c r="H395" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="396" spans="1:8">
       <c r="A396" t="s">
         <v>721</v>
       </c>
       <c r="B396" t="s">
         <v>722</v>
       </c>
       <c r="C396"/>
       <c r="D396" t="s">
         <v>15</v>
       </c>
       <c r="E396" t="s">
         <v>16</v>
       </c>
       <c r="F396">
         <v>2007</v>
       </c>
       <c r="G396"/>
       <c r="H396" t="s">
-        <v>54</v>
+        <v>57</v>
       </c>
     </row>
     <row r="397" spans="1:8">
       <c r="A397" t="s">
         <v>723</v>
       </c>
       <c r="B397" t="s">
         <v>724</v>
       </c>
       <c r="C397"/>
       <c r="D397" t="s">
         <v>15</v>
       </c>
       <c r="E397" t="s">
         <v>16</v>
       </c>
       <c r="F397">
         <v>2007</v>
       </c>
       <c r="G397"/>
       <c r="H397" t="s">
         <v>256</v>
       </c>
     </row>
     <row r="398" spans="1:8">
       <c r="A398" t="s">
         <v>725</v>
       </c>
       <c r="B398" t="s">
         <v>726</v>
       </c>
       <c r="C398"/>
       <c r="D398" t="s">
         <v>15</v>
       </c>
       <c r="E398" t="s">
         <v>16</v>
       </c>
       <c r="F398">
         <v>2007</v>
       </c>
       <c r="G398"/>
       <c r="H398" t="s">
-        <v>57</v>
+        <v>54</v>
       </c>
     </row>
     <row r="399" spans="1:8">
       <c r="A399" t="s">
         <v>727</v>
       </c>
       <c r="B399" t="s">
         <v>728</v>
       </c>
       <c r="C399" t="s">
         <v>25</v>
       </c>
       <c r="D399" t="s">
         <v>26</v>
       </c>
       <c r="E399" t="s">
         <v>27</v>
       </c>
       <c r="F399">
         <v>2007</v>
       </c>
       <c r="G399"/>
       <c r="H399" t="s">
-        <v>35</v>
+        <v>34</v>
       </c>
     </row>
     <row r="400" spans="1:8">
       <c r="A400" t="s">
         <v>729</v>
       </c>
       <c r="B400" t="s">
         <v>730</v>
       </c>
       <c r="C400" t="s">
         <v>49</v>
       </c>
       <c r="D400" t="s">
         <v>26</v>
       </c>
       <c r="E400" t="s">
         <v>27</v>
       </c>
       <c r="F400">
         <v>2007</v>
       </c>
       <c r="G400"/>
       <c r="H400" t="s">
         <v>59</v>
       </c>
@@ -15194,245 +15194,245 @@
       <c r="H401" t="s">
         <v>59</v>
       </c>
     </row>
     <row r="402" spans="1:8">
       <c r="A402" t="s">
         <v>733</v>
       </c>
       <c r="B402" t="s">
         <v>734</v>
       </c>
       <c r="C402" t="s">
         <v>49</v>
       </c>
       <c r="D402" t="s">
         <v>26</v>
       </c>
       <c r="E402" t="s">
         <v>27</v>
       </c>
       <c r="F402">
         <v>2007</v>
       </c>
       <c r="G402"/>
       <c r="H402" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
     </row>
     <row r="403" spans="1:8">
       <c r="A403" t="s">
         <v>735</v>
       </c>
       <c r="B403" t="s">
         <v>736</v>
       </c>
       <c r="C403" t="s">
         <v>46</v>
       </c>
       <c r="D403" t="s">
         <v>26</v>
       </c>
       <c r="E403" t="s">
         <v>27</v>
       </c>
       <c r="F403">
         <v>2007</v>
       </c>
       <c r="G403"/>
       <c r="H403" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
     </row>
     <row r="404" spans="1:8">
       <c r="A404" t="s">
         <v>737</v>
       </c>
       <c r="B404" t="s">
         <v>738</v>
       </c>
       <c r="C404" t="s">
         <v>46</v>
       </c>
       <c r="D404" t="s">
         <v>26</v>
       </c>
       <c r="E404" t="s">
         <v>27</v>
       </c>
       <c r="F404">
         <v>2007</v>
       </c>
       <c r="G404"/>
       <c r="H404" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
     </row>
     <row r="405" spans="1:8">
       <c r="A405" t="s">
         <v>739</v>
       </c>
       <c r="B405" t="s">
         <v>740</v>
       </c>
       <c r="C405" t="s">
         <v>49</v>
       </c>
       <c r="D405" t="s">
         <v>26</v>
       </c>
       <c r="E405" t="s">
         <v>27</v>
       </c>
       <c r="F405">
         <v>2007</v>
       </c>
       <c r="G405" t="s">
         <v>20</v>
       </c>
       <c r="H405" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
     </row>
     <row r="406" spans="1:8">
       <c r="A406" t="s">
         <v>741</v>
       </c>
       <c r="B406" t="s">
         <v>742</v>
       </c>
       <c r="C406" t="s">
         <v>25</v>
       </c>
       <c r="D406" t="s">
         <v>26</v>
       </c>
       <c r="E406" t="s">
         <v>27</v>
       </c>
       <c r="F406">
         <v>2007</v>
       </c>
       <c r="G406"/>
       <c r="H406" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="407" spans="1:8">
       <c r="A407" t="s">
         <v>743</v>
       </c>
       <c r="B407" t="s">
         <v>744</v>
       </c>
       <c r="C407" t="s">
         <v>25</v>
       </c>
       <c r="D407" t="s">
         <v>26</v>
       </c>
       <c r="E407" t="s">
         <v>27</v>
       </c>
       <c r="F407">
         <v>2007</v>
       </c>
       <c r="G407"/>
       <c r="H407" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
     </row>
     <row r="408" spans="1:8">
       <c r="A408" t="s">
         <v>745</v>
       </c>
       <c r="B408" t="s">
         <v>746</v>
       </c>
       <c r="C408" t="s">
         <v>25</v>
       </c>
       <c r="D408" t="s">
         <v>26</v>
       </c>
       <c r="E408" t="s">
         <v>27</v>
       </c>
       <c r="F408">
         <v>2007</v>
       </c>
       <c r="G408"/>
       <c r="H408" t="s">
-        <v>35</v>
+        <v>34</v>
       </c>
     </row>
     <row r="409" spans="1:8">
       <c r="A409" t="s">
         <v>747</v>
       </c>
       <c r="B409" t="s">
         <v>748</v>
       </c>
       <c r="C409" t="s">
         <v>25</v>
       </c>
       <c r="D409" t="s">
         <v>26</v>
       </c>
       <c r="E409" t="s">
         <v>27</v>
       </c>
       <c r="F409">
         <v>2007</v>
       </c>
       <c r="G409"/>
       <c r="H409" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="410" spans="1:8">
       <c r="A410" t="s">
         <v>737</v>
       </c>
       <c r="B410" t="s">
         <v>738</v>
       </c>
       <c r="C410" t="s">
         <v>46</v>
       </c>
       <c r="D410" t="s">
         <v>26</v>
       </c>
       <c r="E410" t="s">
         <v>27</v>
       </c>
       <c r="F410">
         <v>2007</v>
       </c>
       <c r="G410"/>
       <c r="H410" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
     </row>
     <row r="411" spans="1:8">
       <c r="A411" t="s">
         <v>749</v>
       </c>
       <c r="B411" t="s">
         <v>750</v>
       </c>
       <c r="C411" t="s">
         <v>38</v>
       </c>
       <c r="D411" t="s">
         <v>26</v>
       </c>
       <c r="E411" t="s">
         <v>27</v>
       </c>
       <c r="F411">
         <v>2007</v>
       </c>
       <c r="G411"/>
       <c r="H411" t="s">
         <v>28</v>
       </c>
@@ -15460,147 +15460,147 @@
       <c r="H412" t="s">
         <v>59</v>
       </c>
     </row>
     <row r="413" spans="1:8">
       <c r="A413" t="s">
         <v>753</v>
       </c>
       <c r="B413" t="s">
         <v>754</v>
       </c>
       <c r="C413" t="s">
         <v>25</v>
       </c>
       <c r="D413" t="s">
         <v>26</v>
       </c>
       <c r="E413" t="s">
         <v>27</v>
       </c>
       <c r="F413">
         <v>2007</v>
       </c>
       <c r="G413"/>
       <c r="H413" t="s">
-        <v>35</v>
+        <v>34</v>
       </c>
     </row>
     <row r="414" spans="1:8">
       <c r="A414" t="s">
         <v>755</v>
       </c>
       <c r="B414" t="s">
         <v>756</v>
       </c>
       <c r="C414" t="s">
         <v>25</v>
       </c>
       <c r="D414" t="s">
         <v>26</v>
       </c>
       <c r="E414" t="s">
         <v>27</v>
       </c>
       <c r="F414">
         <v>2007</v>
       </c>
       <c r="G414"/>
       <c r="H414" t="s">
-        <v>35</v>
+        <v>34</v>
       </c>
     </row>
     <row r="415" spans="1:8">
       <c r="A415" t="s">
         <v>757</v>
       </c>
       <c r="B415" t="s">
         <v>758</v>
       </c>
       <c r="C415" t="s">
         <v>25</v>
       </c>
       <c r="D415" t="s">
         <v>26</v>
       </c>
       <c r="E415" t="s">
         <v>27</v>
       </c>
       <c r="F415">
         <v>2007</v>
       </c>
       <c r="G415"/>
       <c r="H415" t="s">
-        <v>35</v>
+        <v>34</v>
       </c>
     </row>
     <row r="416" spans="1:8">
       <c r="A416" t="s">
         <v>759</v>
       </c>
       <c r="B416" t="s">
         <v>760</v>
       </c>
       <c r="C416" t="s">
         <v>25</v>
       </c>
       <c r="D416" t="s">
         <v>26</v>
       </c>
       <c r="E416" t="s">
         <v>27</v>
       </c>
       <c r="F416">
         <v>2007</v>
       </c>
       <c r="G416"/>
       <c r="H416" t="s">
-        <v>35</v>
+        <v>34</v>
       </c>
     </row>
     <row r="417" spans="1:8">
       <c r="A417" t="s">
         <v>761</v>
       </c>
       <c r="B417" t="s">
         <v>762</v>
       </c>
       <c r="C417" t="s">
         <v>25</v>
       </c>
       <c r="D417" t="s">
         <v>26</v>
       </c>
       <c r="E417" t="s">
         <v>27</v>
       </c>
       <c r="F417">
         <v>2007</v>
       </c>
       <c r="G417"/>
       <c r="H417" t="s">
-        <v>35</v>
+        <v>34</v>
       </c>
     </row>
     <row r="418" spans="1:8">
       <c r="A418" t="s">
         <v>763</v>
       </c>
       <c r="B418" t="s">
         <v>764</v>
       </c>
       <c r="C418" t="s">
         <v>25</v>
       </c>
       <c r="D418" t="s">
         <v>26</v>
       </c>
       <c r="E418" t="s">
         <v>27</v>
       </c>
       <c r="F418">
         <v>2007</v>
       </c>
       <c r="G418"/>
       <c r="H418" t="s">
         <v>117</v>
       </c>
@@ -15770,145 +15770,145 @@
       <c r="H425" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="426" spans="1:8">
       <c r="A426" t="s">
         <v>779</v>
       </c>
       <c r="B426" t="s">
         <v>780</v>
       </c>
       <c r="C426" t="s">
         <v>25</v>
       </c>
       <c r="D426" t="s">
         <v>26</v>
       </c>
       <c r="E426" t="s">
         <v>27</v>
       </c>
       <c r="F426">
         <v>2007</v>
       </c>
       <c r="G426"/>
       <c r="H426" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
     </row>
     <row r="427" spans="1:8">
       <c r="A427" t="s">
         <v>781</v>
       </c>
       <c r="B427" t="s">
         <v>782</v>
       </c>
       <c r="C427" t="s">
         <v>25</v>
       </c>
       <c r="D427" t="s">
         <v>26</v>
       </c>
       <c r="E427" t="s">
         <v>27</v>
       </c>
       <c r="F427">
         <v>2007</v>
       </c>
       <c r="G427"/>
       <c r="H427" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
     </row>
     <row r="428" spans="1:8">
       <c r="A428" t="s">
         <v>783</v>
       </c>
       <c r="B428" t="s">
         <v>784</v>
       </c>
       <c r="C428" t="s">
         <v>46</v>
       </c>
       <c r="D428" t="s">
         <v>26</v>
       </c>
       <c r="E428" t="s">
         <v>27</v>
       </c>
       <c r="F428">
         <v>2007</v>
       </c>
       <c r="G428"/>
       <c r="H428"/>
     </row>
     <row r="429" spans="1:8">
       <c r="A429" t="s">
         <v>785</v>
       </c>
       <c r="B429" t="s">
         <v>786</v>
       </c>
       <c r="C429" t="s">
         <v>25</v>
       </c>
       <c r="D429" t="s">
         <v>26</v>
       </c>
       <c r="E429" t="s">
         <v>27</v>
       </c>
       <c r="F429">
         <v>2007</v>
       </c>
       <c r="G429"/>
       <c r="H429" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
     </row>
     <row r="430" spans="1:8">
       <c r="A430" t="s">
         <v>787</v>
       </c>
       <c r="B430" t="s">
         <v>740</v>
       </c>
       <c r="C430" t="s">
         <v>49</v>
       </c>
       <c r="D430" t="s">
         <v>26</v>
       </c>
       <c r="E430" t="s">
         <v>27</v>
       </c>
       <c r="F430">
         <v>2007</v>
       </c>
       <c r="G430"/>
       <c r="H430" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
     </row>
     <row r="431" spans="1:8">
       <c r="A431" t="s">
         <v>788</v>
       </c>
       <c r="B431" t="s">
         <v>789</v>
       </c>
       <c r="C431"/>
       <c r="D431" t="s">
         <v>15</v>
       </c>
       <c r="E431" t="s">
         <v>16</v>
       </c>
       <c r="F431">
         <v>2006</v>
       </c>
       <c r="G431"/>
       <c r="H431" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="432" spans="1:8">
@@ -15930,73 +15930,73 @@
       </c>
       <c r="G432"/>
       <c r="H432" t="s">
         <v>256</v>
       </c>
     </row>
     <row r="433" spans="1:8">
       <c r="A433" t="s">
         <v>792</v>
       </c>
       <c r="B433" t="s">
         <v>793</v>
       </c>
       <c r="C433"/>
       <c r="D433" t="s">
         <v>15</v>
       </c>
       <c r="E433" t="s">
         <v>16</v>
       </c>
       <c r="F433">
         <v>2006</v>
       </c>
       <c r="G433"/>
       <c r="H433" t="s">
-        <v>35</v>
+        <v>34</v>
       </c>
     </row>
     <row r="434" spans="1:8">
       <c r="A434" t="s">
         <v>794</v>
       </c>
       <c r="B434" t="s">
         <v>795</v>
       </c>
       <c r="C434"/>
       <c r="D434" t="s">
         <v>15</v>
       </c>
       <c r="E434" t="s">
         <v>16</v>
       </c>
       <c r="F434">
         <v>2006</v>
       </c>
       <c r="G434"/>
       <c r="H434" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
     </row>
     <row r="435" spans="1:8">
       <c r="A435" t="s">
         <v>796</v>
       </c>
       <c r="B435" t="s">
         <v>797</v>
       </c>
       <c r="C435"/>
       <c r="D435" t="s">
         <v>15</v>
       </c>
       <c r="E435" t="s">
         <v>16</v>
       </c>
       <c r="F435">
         <v>2006</v>
       </c>
       <c r="G435"/>
       <c r="H435" t="s">
         <v>165</v>
       </c>
     </row>
     <row r="436" spans="1:8">
@@ -16040,75 +16040,75 @@
       </c>
       <c r="G437"/>
       <c r="H437" t="s">
         <v>256</v>
       </c>
     </row>
     <row r="438" spans="1:8">
       <c r="A438" t="s">
         <v>802</v>
       </c>
       <c r="B438" t="s">
         <v>803</v>
       </c>
       <c r="C438"/>
       <c r="D438" t="s">
         <v>15</v>
       </c>
       <c r="E438" t="s">
         <v>16</v>
       </c>
       <c r="F438">
         <v>2006</v>
       </c>
       <c r="G438"/>
       <c r="H438" t="s">
-        <v>57</v>
+        <v>54</v>
       </c>
     </row>
     <row r="439" spans="1:8">
       <c r="A439" t="s">
         <v>804</v>
       </c>
       <c r="B439" t="s">
         <v>805</v>
       </c>
       <c r="C439" t="s">
         <v>25</v>
       </c>
       <c r="D439" t="s">
         <v>26</v>
       </c>
       <c r="E439" t="s">
         <v>27</v>
       </c>
       <c r="F439">
         <v>2006</v>
       </c>
       <c r="G439"/>
       <c r="H439" t="s">
-        <v>35</v>
+        <v>34</v>
       </c>
     </row>
     <row r="440" spans="1:8">
       <c r="A440" t="s">
         <v>806</v>
       </c>
       <c r="B440" t="s">
         <v>807</v>
       </c>
       <c r="C440" t="s">
         <v>25</v>
       </c>
       <c r="D440" t="s">
         <v>26</v>
       </c>
       <c r="E440" t="s">
         <v>27</v>
       </c>
       <c r="F440">
         <v>2006</v>
       </c>
       <c r="G440"/>
       <c r="H440" t="s">
         <v>59</v>
       </c>
@@ -16136,387 +16136,387 @@
       <c r="H441" t="s">
         <v>59</v>
       </c>
     </row>
     <row r="442" spans="1:8">
       <c r="A442" t="s">
         <v>810</v>
       </c>
       <c r="B442" t="s">
         <v>811</v>
       </c>
       <c r="C442" t="s">
         <v>25</v>
       </c>
       <c r="D442" t="s">
         <v>26</v>
       </c>
       <c r="E442" t="s">
         <v>27</v>
       </c>
       <c r="F442">
         <v>2006</v>
       </c>
       <c r="G442"/>
       <c r="H442" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
     </row>
     <row r="443" spans="1:8">
       <c r="A443" t="s">
         <v>812</v>
       </c>
       <c r="B443" t="s">
         <v>813</v>
       </c>
       <c r="C443" t="s">
         <v>49</v>
       </c>
       <c r="D443" t="s">
         <v>26</v>
       </c>
       <c r="E443" t="s">
         <v>27</v>
       </c>
       <c r="F443">
         <v>2006</v>
       </c>
       <c r="G443"/>
       <c r="H443" t="s">
         <v>59</v>
       </c>
     </row>
     <row r="444" spans="1:8">
       <c r="A444" t="s">
         <v>814</v>
       </c>
       <c r="B444" t="s">
         <v>815</v>
       </c>
       <c r="C444" t="s">
         <v>25</v>
       </c>
       <c r="D444" t="s">
         <v>26</v>
       </c>
       <c r="E444" t="s">
         <v>27</v>
       </c>
       <c r="F444">
         <v>2006</v>
       </c>
       <c r="G444"/>
       <c r="H444" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
     </row>
     <row r="445" spans="1:8">
       <c r="A445" t="s">
         <v>816</v>
       </c>
       <c r="B445" t="s">
         <v>817</v>
       </c>
       <c r="C445" t="s">
         <v>25</v>
       </c>
       <c r="D445" t="s">
         <v>26</v>
       </c>
       <c r="E445" t="s">
         <v>27</v>
       </c>
       <c r="F445">
         <v>2006</v>
       </c>
       <c r="G445"/>
       <c r="H445" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
     </row>
     <row r="446" spans="1:8">
       <c r="A446" t="s">
         <v>818</v>
       </c>
       <c r="B446" t="s">
         <v>819</v>
       </c>
       <c r="C446" t="s">
         <v>25</v>
       </c>
       <c r="D446" t="s">
         <v>26</v>
       </c>
       <c r="E446" t="s">
         <v>27</v>
       </c>
       <c r="F446">
         <v>2006</v>
       </c>
       <c r="G446"/>
       <c r="H446" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
     </row>
     <row r="447" spans="1:8">
       <c r="A447" t="s">
         <v>820</v>
       </c>
       <c r="B447" t="s">
         <v>821</v>
       </c>
       <c r="C447" t="s">
         <v>25</v>
       </c>
       <c r="D447" t="s">
         <v>26</v>
       </c>
       <c r="E447" t="s">
         <v>27</v>
       </c>
       <c r="F447">
         <v>2006</v>
       </c>
       <c r="G447"/>
       <c r="H447" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
     </row>
     <row r="448" spans="1:8">
       <c r="A448" t="s">
         <v>822</v>
       </c>
       <c r="B448" t="s">
         <v>823</v>
       </c>
       <c r="C448" t="s">
         <v>25</v>
       </c>
       <c r="D448" t="s">
         <v>26</v>
       </c>
       <c r="E448" t="s">
         <v>27</v>
       </c>
       <c r="F448">
         <v>2006</v>
       </c>
       <c r="G448"/>
       <c r="H448" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
     </row>
     <row r="449" spans="1:8">
       <c r="A449" t="s">
         <v>824</v>
       </c>
       <c r="B449" t="s">
         <v>825</v>
       </c>
       <c r="C449" t="s">
         <v>25</v>
       </c>
       <c r="D449" t="s">
         <v>26</v>
       </c>
       <c r="E449" t="s">
         <v>27</v>
       </c>
       <c r="F449">
         <v>2006</v>
       </c>
       <c r="G449"/>
       <c r="H449" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
     </row>
     <row r="450" spans="1:8">
       <c r="A450" t="s">
         <v>826</v>
       </c>
       <c r="B450" t="s">
         <v>827</v>
       </c>
       <c r="C450" t="s">
         <v>25</v>
       </c>
       <c r="D450" t="s">
         <v>26</v>
       </c>
       <c r="E450" t="s">
         <v>27</v>
       </c>
       <c r="F450">
         <v>2006</v>
       </c>
       <c r="G450"/>
       <c r="H450" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
     </row>
     <row r="451" spans="1:8">
       <c r="A451" t="s">
         <v>828</v>
       </c>
       <c r="B451" t="s">
         <v>829</v>
       </c>
       <c r="C451" t="s">
         <v>91</v>
       </c>
       <c r="D451" t="s">
         <v>92</v>
       </c>
       <c r="E451" t="s">
         <v>27</v>
       </c>
       <c r="F451">
         <v>2006</v>
       </c>
       <c r="G451" t="s">
         <v>17</v>
       </c>
       <c r="H451"/>
     </row>
     <row r="452" spans="1:8">
       <c r="A452" t="s">
         <v>830</v>
       </c>
       <c r="B452" t="s">
         <v>831</v>
       </c>
       <c r="C452" t="s">
         <v>41</v>
       </c>
       <c r="D452" t="s">
         <v>26</v>
       </c>
       <c r="E452" t="s">
         <v>27</v>
       </c>
       <c r="F452">
         <v>2006</v>
       </c>
       <c r="G452"/>
       <c r="H452" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
     </row>
     <row r="453" spans="1:8">
       <c r="A453" t="s">
         <v>832</v>
       </c>
       <c r="B453" t="s">
         <v>833</v>
       </c>
       <c r="C453" t="s">
         <v>25</v>
       </c>
       <c r="D453" t="s">
         <v>26</v>
       </c>
       <c r="E453" t="s">
         <v>27</v>
       </c>
       <c r="F453">
         <v>2006</v>
       </c>
       <c r="G453"/>
       <c r="H453" t="s">
         <v>256</v>
       </c>
     </row>
     <row r="454" spans="1:8">
       <c r="A454" t="s">
         <v>834</v>
       </c>
       <c r="B454" t="s">
         <v>835</v>
       </c>
       <c r="C454" t="s">
         <v>25</v>
       </c>
       <c r="D454" t="s">
         <v>26</v>
       </c>
       <c r="E454" t="s">
         <v>27</v>
       </c>
       <c r="F454">
         <v>2006</v>
       </c>
       <c r="G454"/>
       <c r="H454" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
     </row>
     <row r="455" spans="1:8">
       <c r="A455" t="s">
         <v>836</v>
       </c>
       <c r="B455" t="s">
         <v>837</v>
       </c>
       <c r="C455" t="s">
         <v>25</v>
       </c>
       <c r="D455" t="s">
         <v>26</v>
       </c>
       <c r="E455" t="s">
         <v>27</v>
       </c>
       <c r="F455">
         <v>2006</v>
       </c>
       <c r="G455"/>
       <c r="H455" t="s">
         <v>349</v>
       </c>
     </row>
     <row r="456" spans="1:8">
       <c r="A456" t="s">
         <v>838</v>
       </c>
       <c r="B456" t="s">
         <v>839</v>
       </c>
       <c r="C456" t="s">
         <v>25</v>
       </c>
       <c r="D456" t="s">
         <v>26</v>
       </c>
       <c r="E456" t="s">
         <v>27</v>
       </c>
       <c r="F456">
         <v>2006</v>
       </c>
       <c r="G456"/>
       <c r="H456" t="s">
-        <v>35</v>
+        <v>34</v>
       </c>
     </row>
     <row r="457" spans="1:8">
       <c r="A457" t="s">
         <v>840</v>
       </c>
       <c r="B457" t="s">
         <v>841</v>
       </c>
       <c r="C457" t="s">
         <v>25</v>
       </c>
       <c r="D457" t="s">
         <v>26</v>
       </c>
       <c r="E457" t="s">
         <v>27</v>
       </c>
       <c r="F457">
         <v>2006</v>
       </c>
       <c r="G457"/>
       <c r="H457" t="s">
         <v>12</v>
       </c>
@@ -16544,51 +16544,51 @@
       <c r="H458" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="459" spans="1:8">
       <c r="A459" t="s">
         <v>844</v>
       </c>
       <c r="B459" t="s">
         <v>845</v>
       </c>
       <c r="C459" t="s">
         <v>25</v>
       </c>
       <c r="D459" t="s">
         <v>26</v>
       </c>
       <c r="E459" t="s">
         <v>27</v>
       </c>
       <c r="F459">
         <v>2006</v>
       </c>
       <c r="G459"/>
       <c r="H459" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
     </row>
     <row r="460" spans="1:8">
       <c r="A460" t="s">
         <v>846</v>
       </c>
       <c r="B460" t="s">
         <v>847</v>
       </c>
       <c r="C460" t="s">
         <v>25</v>
       </c>
       <c r="D460" t="s">
         <v>26</v>
       </c>
       <c r="E460" t="s">
         <v>27</v>
       </c>
       <c r="F460">
         <v>2006</v>
       </c>
       <c r="G460"/>
       <c r="H460" t="s">
         <v>12</v>
       </c>
@@ -16920,51 +16920,51 @@
       </c>
       <c r="G474"/>
       <c r="H474"/>
     </row>
     <row r="475" spans="1:8">
       <c r="A475" t="s">
         <v>876</v>
       </c>
       <c r="B475" t="s">
         <v>877</v>
       </c>
       <c r="C475" t="s">
         <v>25</v>
       </c>
       <c r="D475" t="s">
         <v>26</v>
       </c>
       <c r="E475" t="s">
         <v>27</v>
       </c>
       <c r="F475">
         <v>2006</v>
       </c>
       <c r="G475"/>
       <c r="H475" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
     </row>
     <row r="476" spans="1:8">
       <c r="A476" t="s">
         <v>878</v>
       </c>
       <c r="B476" t="s">
         <v>879</v>
       </c>
       <c r="C476" t="s">
         <v>25</v>
       </c>
       <c r="D476" t="s">
         <v>26</v>
       </c>
       <c r="E476" t="s">
         <v>27</v>
       </c>
       <c r="F476">
         <v>2006</v>
       </c>
       <c r="G476"/>
       <c r="H476"/>
     </row>
     <row r="477" spans="1:8">
@@ -17036,123 +17036,123 @@
       <c r="H479" t="s">
         <v>349</v>
       </c>
     </row>
     <row r="480" spans="1:8">
       <c r="A480" t="s">
         <v>885</v>
       </c>
       <c r="B480" t="s">
         <v>886</v>
       </c>
       <c r="C480" t="s">
         <v>49</v>
       </c>
       <c r="D480" t="s">
         <v>26</v>
       </c>
       <c r="E480" t="s">
         <v>27</v>
       </c>
       <c r="F480">
         <v>2006</v>
       </c>
       <c r="G480"/>
       <c r="H480" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
     </row>
     <row r="481" spans="1:8">
       <c r="A481" t="s">
         <v>887</v>
       </c>
       <c r="B481" t="s">
         <v>888</v>
       </c>
       <c r="C481" t="s">
         <v>25</v>
       </c>
       <c r="D481" t="s">
         <v>26</v>
       </c>
       <c r="E481" t="s">
         <v>27</v>
       </c>
       <c r="F481">
         <v>2006</v>
       </c>
       <c r="G481"/>
       <c r="H481" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
     </row>
     <row r="482" spans="1:8">
       <c r="A482" t="s">
         <v>889</v>
       </c>
       <c r="B482" t="s">
         <v>890</v>
       </c>
       <c r="C482" t="s">
         <v>25</v>
       </c>
       <c r="D482" t="s">
         <v>26</v>
       </c>
       <c r="E482" t="s">
         <v>27</v>
       </c>
       <c r="F482">
         <v>2006</v>
       </c>
       <c r="G482"/>
       <c r="H482" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
     </row>
     <row r="483" spans="1:8">
       <c r="A483" t="s">
         <v>891</v>
       </c>
       <c r="B483" t="s">
         <v>892</v>
       </c>
       <c r="C483" t="s">
         <v>25</v>
       </c>
       <c r="D483" t="s">
         <v>26</v>
       </c>
       <c r="E483" t="s">
         <v>27</v>
       </c>
       <c r="F483">
         <v>2006</v>
       </c>
       <c r="G483"/>
       <c r="H483" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
     </row>
     <row r="484" spans="1:8">
       <c r="A484" t="s">
         <v>893</v>
       </c>
       <c r="B484" t="s">
         <v>894</v>
       </c>
       <c r="C484" t="s">
         <v>25</v>
       </c>
       <c r="D484" t="s">
         <v>26</v>
       </c>
       <c r="E484" t="s">
         <v>27</v>
       </c>
       <c r="F484">
         <v>2006</v>
       </c>
       <c r="G484"/>
       <c r="H484"/>
     </row>
     <row r="485" spans="1:8">
@@ -17248,51 +17248,51 @@
       <c r="H488" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="489" spans="1:8">
       <c r="A489" t="s">
         <v>903</v>
       </c>
       <c r="B489" t="s">
         <v>904</v>
       </c>
       <c r="C489" t="s">
         <v>25</v>
       </c>
       <c r="D489" t="s">
         <v>26</v>
       </c>
       <c r="E489" t="s">
         <v>27</v>
       </c>
       <c r="F489">
         <v>2005</v>
       </c>
       <c r="G489"/>
       <c r="H489" t="s">
-        <v>35</v>
+        <v>34</v>
       </c>
     </row>
     <row r="490" spans="1:8">
       <c r="A490" t="s">
         <v>905</v>
       </c>
       <c r="B490" t="s">
         <v>906</v>
       </c>
       <c r="C490" t="s">
         <v>25</v>
       </c>
       <c r="D490" t="s">
         <v>26</v>
       </c>
       <c r="E490" t="s">
         <v>27</v>
       </c>
       <c r="F490">
         <v>2005</v>
       </c>
       <c r="G490"/>
       <c r="H490" t="s">
         <v>59</v>
       </c>
@@ -17320,195 +17320,195 @@
       <c r="H491" t="s">
         <v>59</v>
       </c>
     </row>
     <row r="492" spans="1:8">
       <c r="A492" t="s">
         <v>909</v>
       </c>
       <c r="B492" t="s">
         <v>910</v>
       </c>
       <c r="C492" t="s">
         <v>49</v>
       </c>
       <c r="D492" t="s">
         <v>26</v>
       </c>
       <c r="E492" t="s">
         <v>27</v>
       </c>
       <c r="F492">
         <v>2005</v>
       </c>
       <c r="G492"/>
       <c r="H492" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
     </row>
     <row r="493" spans="1:8">
       <c r="A493" t="s">
         <v>911</v>
       </c>
       <c r="B493" t="s">
         <v>912</v>
       </c>
       <c r="C493" t="s">
         <v>46</v>
       </c>
       <c r="D493" t="s">
         <v>26</v>
       </c>
       <c r="E493" t="s">
         <v>27</v>
       </c>
       <c r="F493">
         <v>2005</v>
       </c>
       <c r="G493"/>
       <c r="H493" t="s">
         <v>59</v>
       </c>
     </row>
     <row r="494" spans="1:8">
       <c r="A494" t="s">
         <v>913</v>
       </c>
       <c r="B494" t="s">
         <v>914</v>
       </c>
       <c r="C494" t="s">
         <v>49</v>
       </c>
       <c r="D494" t="s">
         <v>26</v>
       </c>
       <c r="E494" t="s">
         <v>27</v>
       </c>
       <c r="F494">
         <v>2005</v>
       </c>
       <c r="G494"/>
       <c r="H494" t="s">
-        <v>57</v>
+        <v>54</v>
       </c>
     </row>
     <row r="495" spans="1:8">
       <c r="A495" t="s">
         <v>915</v>
       </c>
       <c r="B495" t="s">
         <v>916</v>
       </c>
       <c r="C495" t="s">
         <v>49</v>
       </c>
       <c r="D495" t="s">
         <v>26</v>
       </c>
       <c r="E495" t="s">
         <v>27</v>
       </c>
       <c r="F495">
         <v>2005</v>
       </c>
       <c r="G495"/>
       <c r="H495" t="s">
-        <v>57</v>
+        <v>54</v>
       </c>
     </row>
     <row r="496" spans="1:8">
       <c r="A496" t="s">
         <v>917</v>
       </c>
       <c r="B496" t="s">
         <v>918</v>
       </c>
       <c r="C496" t="s">
         <v>49</v>
       </c>
       <c r="D496" t="s">
         <v>26</v>
       </c>
       <c r="E496" t="s">
         <v>27</v>
       </c>
       <c r="F496">
         <v>2005</v>
       </c>
       <c r="G496"/>
       <c r="H496" t="s">
-        <v>57</v>
+        <v>54</v>
       </c>
     </row>
     <row r="497" spans="1:8">
       <c r="A497" t="s">
         <v>919</v>
       </c>
       <c r="B497" t="s">
         <v>920</v>
       </c>
       <c r="C497" t="s">
         <v>25</v>
       </c>
       <c r="D497" t="s">
         <v>26</v>
       </c>
       <c r="E497" t="s">
         <v>27</v>
       </c>
       <c r="F497">
         <v>2005</v>
       </c>
       <c r="G497"/>
       <c r="H497" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
     </row>
     <row r="498" spans="1:8">
       <c r="A498" t="s">
         <v>921</v>
       </c>
       <c r="B498" t="s">
         <v>922</v>
       </c>
       <c r="C498" t="s">
         <v>49</v>
       </c>
       <c r="D498" t="s">
         <v>26</v>
       </c>
       <c r="E498" t="s">
         <v>27</v>
       </c>
       <c r="F498">
         <v>2005</v>
       </c>
       <c r="G498"/>
       <c r="H498" t="s">
-        <v>54</v>
+        <v>57</v>
       </c>
     </row>
     <row r="499" spans="1:8">
       <c r="A499" t="s">
         <v>923</v>
       </c>
       <c r="B499" t="s">
         <v>924</v>
       </c>
       <c r="C499" t="s">
         <v>46</v>
       </c>
       <c r="D499" t="s">
         <v>26</v>
       </c>
       <c r="E499" t="s">
         <v>27</v>
       </c>
       <c r="F499">
         <v>2005</v>
       </c>
       <c r="G499"/>
       <c r="H499" t="s">
         <v>349</v>
       </c>
@@ -17560,147 +17560,147 @@
       <c r="H501" t="s">
         <v>256</v>
       </c>
     </row>
     <row r="502" spans="1:8">
       <c r="A502" t="s">
         <v>929</v>
       </c>
       <c r="B502" t="s">
         <v>930</v>
       </c>
       <c r="C502" t="s">
         <v>25</v>
       </c>
       <c r="D502" t="s">
         <v>26</v>
       </c>
       <c r="E502" t="s">
         <v>27</v>
       </c>
       <c r="F502">
         <v>2005</v>
       </c>
       <c r="G502"/>
       <c r="H502" t="s">
-        <v>57</v>
+        <v>54</v>
       </c>
     </row>
     <row r="503" spans="1:8">
       <c r="A503" t="s">
         <v>931</v>
       </c>
       <c r="B503" t="s">
         <v>932</v>
       </c>
       <c r="C503" t="s">
         <v>25</v>
       </c>
       <c r="D503" t="s">
         <v>26</v>
       </c>
       <c r="E503" t="s">
         <v>27</v>
       </c>
       <c r="F503">
         <v>2005</v>
       </c>
       <c r="G503"/>
       <c r="H503" t="s">
-        <v>57</v>
+        <v>54</v>
       </c>
     </row>
     <row r="504" spans="1:8">
       <c r="A504" t="s">
         <v>933</v>
       </c>
       <c r="B504" t="s">
         <v>934</v>
       </c>
       <c r="C504" t="s">
         <v>25</v>
       </c>
       <c r="D504" t="s">
         <v>26</v>
       </c>
       <c r="E504" t="s">
         <v>27</v>
       </c>
       <c r="F504">
         <v>2005</v>
       </c>
       <c r="G504"/>
       <c r="H504" t="s">
-        <v>57</v>
+        <v>54</v>
       </c>
     </row>
     <row r="505" spans="1:8">
       <c r="A505" t="s">
         <v>935</v>
       </c>
       <c r="B505" t="s">
         <v>936</v>
       </c>
       <c r="C505" t="s">
         <v>25</v>
       </c>
       <c r="D505" t="s">
         <v>26</v>
       </c>
       <c r="E505" t="s">
         <v>27</v>
       </c>
       <c r="F505">
         <v>2005</v>
       </c>
       <c r="G505"/>
       <c r="H505" t="s">
-        <v>57</v>
+        <v>54</v>
       </c>
     </row>
     <row r="506" spans="1:8">
       <c r="A506" t="s">
         <v>937</v>
       </c>
       <c r="B506" t="s">
         <v>938</v>
       </c>
       <c r="C506" t="s">
         <v>25</v>
       </c>
       <c r="D506" t="s">
         <v>26</v>
       </c>
       <c r="E506" t="s">
         <v>27</v>
       </c>
       <c r="F506">
         <v>2005</v>
       </c>
       <c r="G506"/>
       <c r="H506" t="s">
-        <v>57</v>
+        <v>54</v>
       </c>
     </row>
     <row r="507" spans="1:8">
       <c r="A507" t="s">
         <v>939</v>
       </c>
       <c r="B507" t="s">
         <v>940</v>
       </c>
       <c r="C507" t="s">
         <v>49</v>
       </c>
       <c r="D507" t="s">
         <v>26</v>
       </c>
       <c r="E507" t="s">
         <v>27</v>
       </c>
       <c r="F507">
         <v>2005</v>
       </c>
       <c r="G507"/>
       <c r="H507" t="s">
         <v>12</v>
       </c>
@@ -17800,147 +17800,147 @@
       <c r="H511" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="512" spans="1:8">
       <c r="A512" t="s">
         <v>949</v>
       </c>
       <c r="B512" t="s">
         <v>950</v>
       </c>
       <c r="C512" t="s">
         <v>25</v>
       </c>
       <c r="D512" t="s">
         <v>26</v>
       </c>
       <c r="E512" t="s">
         <v>27</v>
       </c>
       <c r="F512">
         <v>2005</v>
       </c>
       <c r="G512"/>
       <c r="H512" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
     </row>
     <row r="513" spans="1:8">
       <c r="A513" t="s">
         <v>951</v>
       </c>
       <c r="B513" t="s">
         <v>952</v>
       </c>
       <c r="C513" t="s">
         <v>25</v>
       </c>
       <c r="D513" t="s">
         <v>26</v>
       </c>
       <c r="E513" t="s">
         <v>27</v>
       </c>
       <c r="F513">
         <v>2005</v>
       </c>
       <c r="G513"/>
       <c r="H513" t="s">
         <v>117</v>
       </c>
     </row>
     <row r="514" spans="1:8">
       <c r="A514" t="s">
         <v>953</v>
       </c>
       <c r="B514" t="s">
         <v>954</v>
       </c>
       <c r="C514" t="s">
         <v>25</v>
       </c>
       <c r="D514" t="s">
         <v>26</v>
       </c>
       <c r="E514" t="s">
         <v>27</v>
       </c>
       <c r="F514">
         <v>2005</v>
       </c>
       <c r="G514"/>
       <c r="H514" t="s">
-        <v>57</v>
+        <v>54</v>
       </c>
     </row>
     <row r="515" spans="1:8">
       <c r="A515" t="s">
         <v>955</v>
       </c>
       <c r="B515" t="s">
         <v>956</v>
       </c>
       <c r="C515" t="s">
         <v>25</v>
       </c>
       <c r="D515" t="s">
         <v>26</v>
       </c>
       <c r="E515" t="s">
         <v>27</v>
       </c>
       <c r="F515">
         <v>2005</v>
       </c>
       <c r="G515"/>
       <c r="H515" t="s">
-        <v>57</v>
+        <v>54</v>
       </c>
     </row>
     <row r="516" spans="1:8">
       <c r="A516" t="s">
         <v>957</v>
       </c>
       <c r="B516" t="s">
         <v>958</v>
       </c>
       <c r="C516" t="s">
         <v>25</v>
       </c>
       <c r="D516" t="s">
         <v>26</v>
       </c>
       <c r="E516" t="s">
         <v>27</v>
       </c>
       <c r="F516">
         <v>2005</v>
       </c>
       <c r="G516"/>
       <c r="H516" t="s">
-        <v>57</v>
+        <v>54</v>
       </c>
     </row>
     <row r="517" spans="1:8">
       <c r="A517" t="s">
         <v>959</v>
       </c>
       <c r="B517" t="s">
         <v>960</v>
       </c>
       <c r="C517" t="s">
         <v>25</v>
       </c>
       <c r="D517" t="s">
         <v>26</v>
       </c>
       <c r="E517" t="s">
         <v>27</v>
       </c>
       <c r="F517">
         <v>2005</v>
       </c>
       <c r="G517"/>
       <c r="H517" t="s">
         <v>12</v>
       </c>
@@ -18158,51 +18158,51 @@
       </c>
       <c r="G526"/>
       <c r="H526"/>
     </row>
     <row r="527" spans="1:8">
       <c r="A527" t="s">
         <v>979</v>
       </c>
       <c r="B527" t="s">
         <v>980</v>
       </c>
       <c r="C527" t="s">
         <v>25</v>
       </c>
       <c r="D527" t="s">
         <v>26</v>
       </c>
       <c r="E527" t="s">
         <v>27</v>
       </c>
       <c r="F527">
         <v>2005</v>
       </c>
       <c r="G527"/>
       <c r="H527" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
     </row>
     <row r="528" spans="1:8">
       <c r="A528" t="s">
         <v>981</v>
       </c>
       <c r="B528" t="s">
         <v>982</v>
       </c>
       <c r="C528" t="s">
         <v>25</v>
       </c>
       <c r="D528" t="s">
         <v>26</v>
       </c>
       <c r="E528" t="s">
         <v>27</v>
       </c>
       <c r="F528">
         <v>2005</v>
       </c>
       <c r="G528"/>
       <c r="H528"/>
     </row>
     <row r="529" spans="1:8">
@@ -18346,197 +18346,197 @@
       <c r="H534" t="s">
         <v>59</v>
       </c>
     </row>
     <row r="535" spans="1:8">
       <c r="A535" t="s">
         <v>995</v>
       </c>
       <c r="B535" t="s">
         <v>996</v>
       </c>
       <c r="C535" t="s">
         <v>49</v>
       </c>
       <c r="D535" t="s">
         <v>26</v>
       </c>
       <c r="E535" t="s">
         <v>27</v>
       </c>
       <c r="F535">
         <v>2004</v>
       </c>
       <c r="G535"/>
       <c r="H535" t="s">
-        <v>57</v>
+        <v>54</v>
       </c>
     </row>
     <row r="536" spans="1:8">
       <c r="A536" t="s">
         <v>997</v>
       </c>
       <c r="B536" t="s">
         <v>998</v>
       </c>
       <c r="C536" t="s">
         <v>25</v>
       </c>
       <c r="D536" t="s">
         <v>26</v>
       </c>
       <c r="E536" t="s">
         <v>27</v>
       </c>
       <c r="F536">
         <v>2004</v>
       </c>
       <c r="G536"/>
       <c r="H536" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
     </row>
     <row r="537" spans="1:8">
       <c r="A537" t="s">
         <v>999</v>
       </c>
       <c r="B537" t="s">
         <v>1000</v>
       </c>
       <c r="C537" t="s">
         <v>46</v>
       </c>
       <c r="D537" t="s">
         <v>26</v>
       </c>
       <c r="E537" t="s">
         <v>27</v>
       </c>
       <c r="F537">
         <v>2004</v>
       </c>
       <c r="G537"/>
       <c r="H537" t="s">
         <v>165</v>
       </c>
     </row>
     <row r="538" spans="1:8">
       <c r="A538" t="s">
         <v>1001</v>
       </c>
       <c r="B538" t="s">
         <v>1002</v>
       </c>
       <c r="C538" t="s">
         <v>25</v>
       </c>
       <c r="D538" t="s">
         <v>26</v>
       </c>
       <c r="E538" t="s">
         <v>27</v>
       </c>
       <c r="F538">
         <v>2004</v>
       </c>
       <c r="G538"/>
       <c r="H538" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
     </row>
     <row r="539" spans="1:8">
       <c r="A539" t="s">
         <v>1003</v>
       </c>
       <c r="B539" t="s">
         <v>1004</v>
       </c>
       <c r="C539" t="s">
         <v>49</v>
       </c>
       <c r="D539" t="s">
         <v>26</v>
       </c>
       <c r="E539" t="s">
         <v>27</v>
       </c>
       <c r="F539">
         <v>2004</v>
       </c>
       <c r="G539" t="s">
         <v>20</v>
       </c>
       <c r="H539" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
     </row>
     <row r="540" spans="1:8">
       <c r="A540" t="s">
         <v>1005</v>
       </c>
       <c r="B540" t="s">
         <v>1006</v>
       </c>
       <c r="C540" t="s">
         <v>49</v>
       </c>
       <c r="D540" t="s">
         <v>26</v>
       </c>
       <c r="E540" t="s">
         <v>27</v>
       </c>
       <c r="F540">
         <v>2004</v>
       </c>
       <c r="G540"/>
       <c r="H540" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
     </row>
     <row r="541" spans="1:8">
       <c r="A541" t="s">
         <v>1007</v>
       </c>
       <c r="B541" t="s">
         <v>1006</v>
       </c>
       <c r="C541" t="s">
         <v>49</v>
       </c>
       <c r="D541" t="s">
         <v>26</v>
       </c>
       <c r="E541" t="s">
         <v>27</v>
       </c>
       <c r="F541">
         <v>2004</v>
       </c>
       <c r="G541"/>
       <c r="H541" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
     </row>
     <row r="542" spans="1:8">
       <c r="A542" t="s">
         <v>1008</v>
       </c>
       <c r="B542" t="s">
         <v>1009</v>
       </c>
       <c r="C542" t="s">
         <v>91</v>
       </c>
       <c r="D542" t="s">
         <v>92</v>
       </c>
       <c r="E542" t="s">
         <v>27</v>
       </c>
       <c r="F542">
         <v>2004</v>
       </c>
       <c r="G542" t="s">
         <v>17</v>
       </c>
       <c r="H542"/>
@@ -18944,51 +18944,51 @@
       </c>
       <c r="G559"/>
       <c r="H559"/>
     </row>
     <row r="560" spans="1:8">
       <c r="A560" t="s">
         <v>1043</v>
       </c>
       <c r="B560" t="s">
         <v>1044</v>
       </c>
       <c r="C560" t="s">
         <v>25</v>
       </c>
       <c r="D560" t="s">
         <v>26</v>
       </c>
       <c r="E560" t="s">
         <v>27</v>
       </c>
       <c r="F560">
         <v>2004</v>
       </c>
       <c r="G560"/>
       <c r="H560" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
     </row>
     <row r="561" spans="1:8">
       <c r="A561" t="s">
         <v>1045</v>
       </c>
       <c r="B561" t="s">
         <v>1046</v>
       </c>
       <c r="C561" t="s">
         <v>25</v>
       </c>
       <c r="D561" t="s">
         <v>26</v>
       </c>
       <c r="E561" t="s">
         <v>27</v>
       </c>
       <c r="F561">
         <v>2004</v>
       </c>
       <c r="G561"/>
       <c r="H561"/>
     </row>
     <row r="562" spans="1:8">
@@ -19010,51 +19010,51 @@
       </c>
       <c r="G562"/>
       <c r="H562" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="563" spans="1:8">
       <c r="A563" t="s">
         <v>1049</v>
       </c>
       <c r="B563" t="s">
         <v>1050</v>
       </c>
       <c r="C563"/>
       <c r="D563" t="s">
         <v>15</v>
       </c>
       <c r="E563" t="s">
         <v>16</v>
       </c>
       <c r="F563">
         <v>2003</v>
       </c>
       <c r="G563"/>
       <c r="H563" t="s">
-        <v>54</v>
+        <v>57</v>
       </c>
     </row>
     <row r="564" spans="1:8">
       <c r="A564" t="s">
         <v>1051</v>
       </c>
       <c r="B564" t="s">
         <v>1052</v>
       </c>
       <c r="C564"/>
       <c r="D564" t="s">
         <v>15</v>
       </c>
       <c r="E564" t="s">
         <v>16</v>
       </c>
       <c r="F564">
         <v>2003</v>
       </c>
       <c r="G564"/>
       <c r="H564" t="s">
         <v>256</v>
       </c>
     </row>
     <row r="565" spans="1:8">
@@ -19126,99 +19126,99 @@
       <c r="H567" t="s">
         <v>256</v>
       </c>
     </row>
     <row r="568" spans="1:8">
       <c r="A568" t="s">
         <v>1059</v>
       </c>
       <c r="B568" t="s">
         <v>1060</v>
       </c>
       <c r="C568" t="s">
         <v>25</v>
       </c>
       <c r="D568" t="s">
         <v>26</v>
       </c>
       <c r="E568" t="s">
         <v>27</v>
       </c>
       <c r="F568">
         <v>2003</v>
       </c>
       <c r="G568"/>
       <c r="H568" t="s">
-        <v>35</v>
+        <v>34</v>
       </c>
     </row>
     <row r="569" spans="1:8">
       <c r="A569" t="s">
         <v>1061</v>
       </c>
       <c r="B569" t="s">
         <v>1062</v>
       </c>
       <c r="C569" t="s">
         <v>25</v>
       </c>
       <c r="D569" t="s">
         <v>26</v>
       </c>
       <c r="E569" t="s">
         <v>27</v>
       </c>
       <c r="F569">
         <v>2003</v>
       </c>
       <c r="G569"/>
       <c r="H569" t="s">
-        <v>35</v>
+        <v>34</v>
       </c>
     </row>
     <row r="570" spans="1:8">
       <c r="A570" t="s">
         <v>1063</v>
       </c>
       <c r="B570" t="s">
         <v>1064</v>
       </c>
       <c r="C570" t="s">
         <v>25</v>
       </c>
       <c r="D570" t="s">
         <v>26</v>
       </c>
       <c r="E570" t="s">
         <v>27</v>
       </c>
       <c r="F570">
         <v>2003</v>
       </c>
       <c r="G570"/>
       <c r="H570" t="s">
-        <v>35</v>
+        <v>34</v>
       </c>
     </row>
     <row r="571" spans="1:8">
       <c r="A571" t="s">
         <v>1065</v>
       </c>
       <c r="B571" t="s">
         <v>1066</v>
       </c>
       <c r="C571" t="s">
         <v>49</v>
       </c>
       <c r="D571" t="s">
         <v>26</v>
       </c>
       <c r="E571" t="s">
         <v>27</v>
       </c>
       <c r="F571">
         <v>2003</v>
       </c>
       <c r="G571"/>
       <c r="H571" t="s">
         <v>59</v>
       </c>
@@ -19248,123 +19248,123 @@
       </c>
     </row>
     <row r="573" spans="1:8">
       <c r="A573" t="s">
         <v>1069</v>
       </c>
       <c r="B573" t="s">
         <v>1070</v>
       </c>
       <c r="C573" t="s">
         <v>49</v>
       </c>
       <c r="D573" t="s">
         <v>26</v>
       </c>
       <c r="E573" t="s">
         <v>27</v>
       </c>
       <c r="F573">
         <v>2003</v>
       </c>
       <c r="G573" t="s">
         <v>20</v>
       </c>
       <c r="H573" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
     </row>
     <row r="574" spans="1:8">
       <c r="A574" t="s">
         <v>1071</v>
       </c>
       <c r="B574" t="s">
         <v>1072</v>
       </c>
       <c r="C574" t="s">
         <v>25</v>
       </c>
       <c r="D574" t="s">
         <v>26</v>
       </c>
       <c r="E574" t="s">
         <v>27</v>
       </c>
       <c r="F574">
         <v>2003</v>
       </c>
       <c r="G574"/>
       <c r="H574" t="s">
-        <v>54</v>
+        <v>57</v>
       </c>
     </row>
     <row r="575" spans="1:8">
       <c r="A575" t="s">
         <v>1073</v>
       </c>
       <c r="B575" t="s">
         <v>1074</v>
       </c>
       <c r="C575" t="s">
         <v>49</v>
       </c>
       <c r="D575" t="s">
         <v>26</v>
       </c>
       <c r="E575" t="s">
         <v>27</v>
       </c>
       <c r="F575">
         <v>2003</v>
       </c>
       <c r="G575"/>
       <c r="H575" t="s">
-        <v>54</v>
+        <v>57</v>
       </c>
     </row>
     <row r="576" spans="1:8">
       <c r="A576" t="s">
         <v>1075</v>
       </c>
       <c r="B576" t="s">
         <v>1072</v>
       </c>
       <c r="C576" t="s">
         <v>25</v>
       </c>
       <c r="D576" t="s">
         <v>26</v>
       </c>
       <c r="E576" t="s">
         <v>27</v>
       </c>
       <c r="F576">
         <v>2003</v>
       </c>
       <c r="G576"/>
       <c r="H576" t="s">
-        <v>54</v>
+        <v>57</v>
       </c>
     </row>
     <row r="577" spans="1:8">
       <c r="A577" t="s">
         <v>1076</v>
       </c>
       <c r="B577" t="s">
         <v>1077</v>
       </c>
       <c r="C577" t="s">
         <v>91</v>
       </c>
       <c r="D577" t="s">
         <v>92</v>
       </c>
       <c r="E577" t="s">
         <v>27</v>
       </c>
       <c r="F577">
         <v>2003</v>
       </c>
       <c r="G577" t="s">
         <v>17</v>
       </c>
       <c r="H577"/>
@@ -19488,99 +19488,99 @@
       <c r="H582" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="583" spans="1:8">
       <c r="A583" t="s">
         <v>1088</v>
       </c>
       <c r="B583" t="s">
         <v>1089</v>
       </c>
       <c r="C583" t="s">
         <v>25</v>
       </c>
       <c r="D583" t="s">
         <v>26</v>
       </c>
       <c r="E583" t="s">
         <v>27</v>
       </c>
       <c r="F583">
         <v>2003</v>
       </c>
       <c r="G583"/>
       <c r="H583" t="s">
-        <v>54</v>
+        <v>57</v>
       </c>
     </row>
     <row r="584" spans="1:8">
       <c r="A584" t="s">
         <v>1090</v>
       </c>
       <c r="B584" t="s">
         <v>1091</v>
       </c>
       <c r="C584" t="s">
         <v>46</v>
       </c>
       <c r="D584" t="s">
         <v>26</v>
       </c>
       <c r="E584" t="s">
         <v>27</v>
       </c>
       <c r="F584">
         <v>2003</v>
       </c>
       <c r="G584"/>
       <c r="H584" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="585" spans="1:8">
       <c r="A585" t="s">
         <v>1092</v>
       </c>
       <c r="B585" t="s">
         <v>1093</v>
       </c>
       <c r="C585" t="s">
         <v>25</v>
       </c>
       <c r="D585" t="s">
         <v>26</v>
       </c>
       <c r="E585" t="s">
         <v>27</v>
       </c>
       <c r="F585">
         <v>2003</v>
       </c>
       <c r="G585"/>
       <c r="H585" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
     </row>
     <row r="586" spans="1:8">
       <c r="A586" t="s">
         <v>1094</v>
       </c>
       <c r="B586" t="s">
         <v>1095</v>
       </c>
       <c r="C586" t="s">
         <v>25</v>
       </c>
       <c r="D586" t="s">
         <v>26</v>
       </c>
       <c r="E586" t="s">
         <v>27</v>
       </c>
       <c r="F586">
         <v>2003</v>
       </c>
       <c r="G586"/>
       <c r="H586" t="s">
         <v>12</v>
       </c>
@@ -19918,481 +19918,481 @@
       </c>
       <c r="G600"/>
       <c r="H600"/>
     </row>
     <row r="601" spans="1:8">
       <c r="A601" t="s">
         <v>1124</v>
       </c>
       <c r="B601" t="s">
         <v>1125</v>
       </c>
       <c r="C601" t="s">
         <v>49</v>
       </c>
       <c r="D601" t="s">
         <v>26</v>
       </c>
       <c r="E601" t="s">
         <v>27</v>
       </c>
       <c r="F601">
         <v>2003</v>
       </c>
       <c r="G601"/>
       <c r="H601" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
     </row>
     <row r="602" spans="1:8">
       <c r="A602" t="s">
         <v>1126</v>
       </c>
       <c r="B602" t="s">
         <v>1127</v>
       </c>
       <c r="C602" t="s">
         <v>25</v>
       </c>
       <c r="D602" t="s">
         <v>26</v>
       </c>
       <c r="E602" t="s">
         <v>27</v>
       </c>
       <c r="F602">
         <v>2003</v>
       </c>
       <c r="G602"/>
       <c r="H602" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
     </row>
     <row r="603" spans="1:8">
       <c r="A603" t="s">
         <v>1128</v>
       </c>
       <c r="B603" t="s">
         <v>1123</v>
       </c>
       <c r="C603" t="s">
         <v>25</v>
       </c>
       <c r="D603" t="s">
         <v>26</v>
       </c>
       <c r="E603" t="s">
         <v>27</v>
       </c>
       <c r="F603">
         <v>2003</v>
       </c>
       <c r="G603"/>
       <c r="H603" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
     </row>
     <row r="604" spans="1:8">
       <c r="A604" t="s">
         <v>1129</v>
       </c>
       <c r="B604" t="s">
         <v>1130</v>
       </c>
       <c r="C604" t="s">
         <v>25</v>
       </c>
       <c r="D604" t="s">
         <v>26</v>
       </c>
       <c r="E604" t="s">
         <v>27</v>
       </c>
       <c r="F604">
         <v>2003</v>
       </c>
       <c r="G604"/>
       <c r="H604" t="s">
-        <v>54</v>
+        <v>57</v>
       </c>
     </row>
     <row r="605" spans="1:8">
       <c r="A605" t="s">
         <v>1131</v>
       </c>
       <c r="B605" t="s">
         <v>1127</v>
       </c>
       <c r="C605" t="s">
         <v>25</v>
       </c>
       <c r="D605" t="s">
         <v>26</v>
       </c>
       <c r="E605" t="s">
         <v>27</v>
       </c>
       <c r="F605">
         <v>2003</v>
       </c>
       <c r="G605"/>
       <c r="H605" t="s">
         <v>51</v>
       </c>
     </row>
     <row r="606" spans="1:8">
       <c r="A606" t="s">
         <v>1132</v>
       </c>
       <c r="B606" t="s">
         <v>1133</v>
       </c>
       <c r="C606" t="s">
         <v>25</v>
       </c>
       <c r="D606" t="s">
         <v>26</v>
       </c>
       <c r="E606" t="s">
         <v>27</v>
       </c>
       <c r="F606">
         <v>2003</v>
       </c>
       <c r="G606"/>
       <c r="H606" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
     </row>
     <row r="607" spans="1:8">
       <c r="A607" t="s">
         <v>1134</v>
       </c>
       <c r="B607" t="s">
         <v>1123</v>
       </c>
       <c r="C607" t="s">
         <v>25</v>
       </c>
       <c r="D607" t="s">
         <v>26</v>
       </c>
       <c r="E607" t="s">
         <v>27</v>
       </c>
       <c r="F607">
         <v>2003</v>
       </c>
       <c r="G607"/>
       <c r="H607" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
     </row>
     <row r="608" spans="1:8">
       <c r="A608" t="s">
         <v>1135</v>
       </c>
       <c r="B608" t="s">
         <v>1136</v>
       </c>
       <c r="C608"/>
       <c r="D608" t="s">
         <v>15</v>
       </c>
       <c r="E608" t="s">
         <v>16</v>
       </c>
       <c r="F608">
         <v>2002</v>
       </c>
       <c r="G608"/>
       <c r="H608" t="s">
         <v>117</v>
       </c>
     </row>
     <row r="609" spans="1:8">
       <c r="A609" t="s">
         <v>1137</v>
       </c>
       <c r="B609" t="s">
         <v>1138</v>
       </c>
       <c r="C609"/>
       <c r="D609" t="s">
         <v>15</v>
       </c>
       <c r="E609" t="s">
         <v>16</v>
       </c>
       <c r="F609">
         <v>2002</v>
       </c>
       <c r="G609"/>
       <c r="H609" t="s">
-        <v>54</v>
+        <v>57</v>
       </c>
     </row>
     <row r="610" spans="1:8">
       <c r="A610" t="s">
         <v>1139</v>
       </c>
       <c r="B610" t="s">
         <v>1140</v>
       </c>
       <c r="C610" t="s">
         <v>49</v>
       </c>
       <c r="D610" t="s">
         <v>26</v>
       </c>
       <c r="E610" t="s">
         <v>27</v>
       </c>
       <c r="F610">
         <v>2002</v>
       </c>
       <c r="G610"/>
       <c r="H610" t="s">
         <v>256</v>
       </c>
     </row>
     <row r="611" spans="1:8">
       <c r="A611" t="s">
         <v>1141</v>
       </c>
       <c r="B611" t="s">
         <v>1142</v>
       </c>
       <c r="C611" t="s">
         <v>49</v>
       </c>
       <c r="D611" t="s">
         <v>26</v>
       </c>
       <c r="E611" t="s">
         <v>27</v>
       </c>
       <c r="F611">
         <v>2002</v>
       </c>
       <c r="G611" t="s">
         <v>20</v>
       </c>
       <c r="H611" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
     </row>
     <row r="612" spans="1:8">
       <c r="A612" t="s">
         <v>1143</v>
       </c>
       <c r="B612" t="s">
         <v>1144</v>
       </c>
       <c r="C612" t="s">
         <v>46</v>
       </c>
       <c r="D612" t="s">
         <v>26</v>
       </c>
       <c r="E612" t="s">
         <v>27</v>
       </c>
       <c r="F612">
         <v>2002</v>
       </c>
       <c r="G612"/>
       <c r="H612" t="s">
-        <v>54</v>
+        <v>57</v>
       </c>
     </row>
     <row r="613" spans="1:8">
       <c r="A613" t="s">
         <v>1145</v>
       </c>
       <c r="B613" t="s">
         <v>1146</v>
       </c>
       <c r="C613" t="s">
         <v>25</v>
       </c>
       <c r="D613" t="s">
         <v>26</v>
       </c>
       <c r="E613" t="s">
         <v>27</v>
       </c>
       <c r="F613">
         <v>2002</v>
       </c>
       <c r="G613"/>
       <c r="H613" t="s">
         <v>256</v>
       </c>
     </row>
     <row r="614" spans="1:8">
       <c r="A614" t="s">
         <v>1147</v>
       </c>
       <c r="B614" t="s">
         <v>1148</v>
       </c>
       <c r="C614" t="s">
         <v>25</v>
       </c>
       <c r="D614" t="s">
         <v>26</v>
       </c>
       <c r="E614" t="s">
         <v>27</v>
       </c>
       <c r="F614">
         <v>2002</v>
       </c>
       <c r="G614"/>
       <c r="H614" t="s">
-        <v>57</v>
+        <v>54</v>
       </c>
     </row>
     <row r="615" spans="1:8">
       <c r="A615" t="s">
         <v>1149</v>
       </c>
       <c r="B615" t="s">
         <v>1150</v>
       </c>
       <c r="C615" t="s">
         <v>46</v>
       </c>
       <c r="D615" t="s">
         <v>26</v>
       </c>
       <c r="E615" t="s">
         <v>27</v>
       </c>
       <c r="F615">
         <v>2002</v>
       </c>
       <c r="G615"/>
       <c r="H615" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
     </row>
     <row r="616" spans="1:8">
       <c r="A616" t="s">
         <v>1151</v>
       </c>
       <c r="B616" t="s">
         <v>1152</v>
       </c>
       <c r="C616" t="s">
         <v>46</v>
       </c>
       <c r="D616" t="s">
         <v>26</v>
       </c>
       <c r="E616" t="s">
         <v>27</v>
       </c>
       <c r="F616">
         <v>2002</v>
       </c>
       <c r="G616"/>
       <c r="H616" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
     </row>
     <row r="617" spans="1:8">
       <c r="A617" t="s">
         <v>1153</v>
       </c>
       <c r="B617" t="s">
         <v>1154</v>
       </c>
       <c r="C617" t="s">
         <v>46</v>
       </c>
       <c r="D617" t="s">
         <v>26</v>
       </c>
       <c r="E617" t="s">
         <v>27</v>
       </c>
       <c r="F617">
         <v>2002</v>
       </c>
       <c r="G617"/>
       <c r="H617" t="s">
         <v>59</v>
       </c>
     </row>
     <row r="618" spans="1:8">
       <c r="A618" t="s">
         <v>1155</v>
       </c>
       <c r="B618" t="s">
         <v>1156</v>
       </c>
       <c r="C618" t="s">
         <v>25</v>
       </c>
       <c r="D618" t="s">
         <v>26</v>
       </c>
       <c r="E618" t="s">
         <v>27</v>
       </c>
       <c r="F618">
         <v>2002</v>
       </c>
       <c r="G618"/>
       <c r="H618" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
     </row>
     <row r="619" spans="1:8">
       <c r="A619" t="s">
         <v>1157</v>
       </c>
       <c r="B619" t="s">
         <v>1158</v>
       </c>
       <c r="C619" t="s">
         <v>25</v>
       </c>
       <c r="D619" t="s">
         <v>26</v>
       </c>
       <c r="E619" t="s">
         <v>27</v>
       </c>
       <c r="F619">
         <v>2002</v>
       </c>
       <c r="G619"/>
       <c r="H619" t="s">
-        <v>35</v>
+        <v>34</v>
       </c>
     </row>
     <row r="620" spans="1:8">
       <c r="A620" t="s">
         <v>1159</v>
       </c>
       <c r="B620" t="s">
         <v>1160</v>
       </c>
       <c r="C620" t="s">
         <v>25</v>
       </c>
       <c r="D620" t="s">
         <v>26</v>
       </c>
       <c r="E620" t="s">
         <v>27</v>
       </c>
       <c r="F620">
         <v>2002</v>
       </c>
       <c r="G620"/>
       <c r="H620" t="s">
         <v>44</v>
       </c>
@@ -20794,169 +20794,169 @@
       </c>
       <c r="G637"/>
       <c r="H637"/>
     </row>
     <row r="638" spans="1:8">
       <c r="A638" t="s">
         <v>1195</v>
       </c>
       <c r="B638" t="s">
         <v>1196</v>
       </c>
       <c r="C638" t="s">
         <v>49</v>
       </c>
       <c r="D638" t="s">
         <v>26</v>
       </c>
       <c r="E638" t="s">
         <v>27</v>
       </c>
       <c r="F638">
         <v>2002</v>
       </c>
       <c r="G638"/>
       <c r="H638" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
     </row>
     <row r="639" spans="1:8">
       <c r="A639" t="s">
         <v>1197</v>
       </c>
       <c r="B639" t="s">
         <v>1198</v>
       </c>
       <c r="C639" t="s">
         <v>25</v>
       </c>
       <c r="D639" t="s">
         <v>26</v>
       </c>
       <c r="E639" t="s">
         <v>27</v>
       </c>
       <c r="F639">
         <v>2002</v>
       </c>
       <c r="G639"/>
       <c r="H639" t="s">
-        <v>57</v>
+        <v>54</v>
       </c>
     </row>
     <row r="640" spans="1:8">
       <c r="A640" t="s">
         <v>1199</v>
       </c>
       <c r="B640" t="s">
         <v>1192</v>
       </c>
       <c r="C640" t="s">
         <v>25</v>
       </c>
       <c r="D640" t="s">
         <v>26</v>
       </c>
       <c r="E640" t="s">
         <v>27</v>
       </c>
       <c r="F640">
         <v>2002</v>
       </c>
       <c r="G640"/>
       <c r="H640" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
     </row>
     <row r="641" spans="1:8">
       <c r="A641" t="s">
         <v>1200</v>
       </c>
       <c r="B641" t="s">
         <v>1201</v>
       </c>
       <c r="C641" t="s">
         <v>25</v>
       </c>
       <c r="D641" t="s">
         <v>26</v>
       </c>
       <c r="E641" t="s">
         <v>27</v>
       </c>
       <c r="F641">
         <v>2002</v>
       </c>
       <c r="G641"/>
       <c r="H641" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
     </row>
     <row r="642" spans="1:8">
       <c r="A642" t="s">
         <v>1202</v>
       </c>
       <c r="B642" t="s">
         <v>1203</v>
       </c>
       <c r="C642" t="s">
         <v>25</v>
       </c>
       <c r="D642" t="s">
         <v>26</v>
       </c>
       <c r="E642" t="s">
         <v>27</v>
       </c>
       <c r="F642">
         <v>2002</v>
       </c>
       <c r="G642"/>
       <c r="H642"/>
     </row>
     <row r="643" spans="1:8">
       <c r="A643" t="s">
         <v>1204</v>
       </c>
       <c r="B643" t="s">
         <v>1205</v>
       </c>
       <c r="C643" t="s">
         <v>25</v>
       </c>
       <c r="D643" t="s">
         <v>26</v>
       </c>
       <c r="E643" t="s">
         <v>27</v>
       </c>
       <c r="F643">
         <v>2002</v>
       </c>
       <c r="G643"/>
       <c r="H643" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
     </row>
     <row r="644" spans="1:8">
       <c r="A644" t="s">
         <v>1206</v>
       </c>
       <c r="B644" t="s">
         <v>1207</v>
       </c>
       <c r="C644" t="s">
         <v>25</v>
       </c>
       <c r="D644" t="s">
         <v>26</v>
       </c>
       <c r="E644" t="s">
         <v>27</v>
       </c>
       <c r="F644">
         <v>2002</v>
       </c>
       <c r="G644"/>
       <c r="H644"/>
     </row>
     <row r="645" spans="1:8">
@@ -21030,147 +21030,147 @@
       </c>
     </row>
     <row r="648" spans="1:8">
       <c r="A648" t="s">
         <v>1214</v>
       </c>
       <c r="B648" t="s">
         <v>1215</v>
       </c>
       <c r="C648" t="s">
         <v>49</v>
       </c>
       <c r="D648" t="s">
         <v>26</v>
       </c>
       <c r="E648" t="s">
         <v>27</v>
       </c>
       <c r="F648">
         <v>2001</v>
       </c>
       <c r="G648" t="s">
         <v>20</v>
       </c>
       <c r="H648" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
     </row>
     <row r="649" spans="1:8">
       <c r="A649" t="s">
         <v>1216</v>
       </c>
       <c r="B649" t="s">
         <v>1217</v>
       </c>
       <c r="C649" t="s">
         <v>25</v>
       </c>
       <c r="D649" t="s">
         <v>26</v>
       </c>
       <c r="E649" t="s">
         <v>27</v>
       </c>
       <c r="F649">
         <v>2001</v>
       </c>
       <c r="G649"/>
       <c r="H649" t="s">
-        <v>57</v>
+        <v>54</v>
       </c>
     </row>
     <row r="650" spans="1:8">
       <c r="A650" t="s">
         <v>1218</v>
       </c>
       <c r="B650" t="s">
         <v>1219</v>
       </c>
       <c r="C650" t="s">
         <v>49</v>
       </c>
       <c r="D650" t="s">
         <v>26</v>
       </c>
       <c r="E650" t="s">
         <v>27</v>
       </c>
       <c r="F650">
         <v>2001</v>
       </c>
       <c r="G650" t="s">
         <v>17</v>
       </c>
       <c r="H650"/>
     </row>
     <row r="651" spans="1:8">
       <c r="A651" t="s">
         <v>1220</v>
       </c>
       <c r="B651" t="s">
         <v>1221</v>
       </c>
       <c r="C651" t="s">
         <v>25</v>
       </c>
       <c r="D651" t="s">
         <v>26</v>
       </c>
       <c r="E651" t="s">
         <v>27</v>
       </c>
       <c r="F651">
         <v>2001</v>
       </c>
       <c r="G651"/>
       <c r="H651" t="s">
-        <v>57</v>
+        <v>54</v>
       </c>
     </row>
     <row r="652" spans="1:8">
       <c r="A652" t="s">
         <v>1222</v>
       </c>
       <c r="B652" t="s">
         <v>1223</v>
       </c>
       <c r="C652" t="s">
         <v>25</v>
       </c>
       <c r="D652" t="s">
         <v>26</v>
       </c>
       <c r="E652" t="s">
         <v>27</v>
       </c>
       <c r="F652">
         <v>2001</v>
       </c>
       <c r="G652"/>
       <c r="H652" t="s">
-        <v>57</v>
+        <v>54</v>
       </c>
     </row>
     <row r="653" spans="1:8">
       <c r="A653" t="s">
         <v>1224</v>
       </c>
       <c r="B653" t="s">
         <v>1225</v>
       </c>
       <c r="C653" t="s">
         <v>49</v>
       </c>
       <c r="D653" t="s">
         <v>26</v>
       </c>
       <c r="E653" t="s">
         <v>27</v>
       </c>
       <c r="F653">
         <v>2001</v>
       </c>
       <c r="G653"/>
       <c r="H653" t="s">
         <v>28</v>
       </c>
@@ -21222,123 +21222,123 @@
       <c r="H655" t="s">
         <v>256</v>
       </c>
     </row>
     <row r="656" spans="1:8">
       <c r="A656" t="s">
         <v>1229</v>
       </c>
       <c r="B656" t="s">
         <v>1230</v>
       </c>
       <c r="C656" t="s">
         <v>46</v>
       </c>
       <c r="D656" t="s">
         <v>26</v>
       </c>
       <c r="E656" t="s">
         <v>27</v>
       </c>
       <c r="F656">
         <v>2001</v>
       </c>
       <c r="G656"/>
       <c r="H656" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
     </row>
     <row r="657" spans="1:8">
       <c r="A657" t="s">
         <v>1231</v>
       </c>
       <c r="B657" t="s">
         <v>1232</v>
       </c>
       <c r="C657" t="s">
         <v>25</v>
       </c>
       <c r="D657" t="s">
         <v>26</v>
       </c>
       <c r="E657" t="s">
         <v>27</v>
       </c>
       <c r="F657">
         <v>2001</v>
       </c>
       <c r="G657"/>
       <c r="H657" t="s">
-        <v>35</v>
+        <v>34</v>
       </c>
     </row>
     <row r="658" spans="1:8">
       <c r="A658" t="s">
         <v>1233</v>
       </c>
       <c r="B658" t="s">
         <v>1234</v>
       </c>
       <c r="C658" t="s">
         <v>25</v>
       </c>
       <c r="D658" t="s">
         <v>26</v>
       </c>
       <c r="E658" t="s">
         <v>27</v>
       </c>
       <c r="F658">
         <v>2001</v>
       </c>
       <c r="G658"/>
       <c r="H658" t="s">
         <v>165</v>
       </c>
     </row>
     <row r="659" spans="1:8">
       <c r="A659" t="s">
         <v>1235</v>
       </c>
       <c r="B659" t="s">
         <v>1236</v>
       </c>
       <c r="C659" t="s">
         <v>25</v>
       </c>
       <c r="D659" t="s">
         <v>26</v>
       </c>
       <c r="E659" t="s">
         <v>27</v>
       </c>
       <c r="F659">
         <v>2001</v>
       </c>
       <c r="G659"/>
       <c r="H659" t="s">
-        <v>35</v>
+        <v>34</v>
       </c>
     </row>
     <row r="660" spans="1:8">
       <c r="A660" t="s">
         <v>1237</v>
       </c>
       <c r="B660" t="s">
         <v>1238</v>
       </c>
       <c r="C660" t="s">
         <v>25</v>
       </c>
       <c r="D660" t="s">
         <v>26</v>
       </c>
       <c r="E660" t="s">
         <v>27</v>
       </c>
       <c r="F660">
         <v>2001</v>
       </c>
       <c r="G660"/>
       <c r="H660" t="s">
         <v>36</v>
       </c>
@@ -21530,75 +21530,75 @@
       <c r="H668" t="s">
         <v>349</v>
       </c>
     </row>
     <row r="669" spans="1:8">
       <c r="A669" t="s">
         <v>1254</v>
       </c>
       <c r="B669" t="s">
         <v>1255</v>
       </c>
       <c r="C669" t="s">
         <v>25</v>
       </c>
       <c r="D669" t="s">
         <v>26</v>
       </c>
       <c r="E669" t="s">
         <v>27</v>
       </c>
       <c r="F669">
         <v>2001</v>
       </c>
       <c r="G669"/>
       <c r="H669" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
     </row>
     <row r="670" spans="1:8">
       <c r="A670" t="s">
         <v>1256</v>
       </c>
       <c r="B670" t="s">
         <v>1257</v>
       </c>
       <c r="C670" t="s">
         <v>25</v>
       </c>
       <c r="D670" t="s">
         <v>26</v>
       </c>
       <c r="E670" t="s">
         <v>27</v>
       </c>
       <c r="F670">
         <v>2001</v>
       </c>
       <c r="G670"/>
       <c r="H670" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
     </row>
     <row r="671" spans="1:8">
       <c r="A671" t="s">
         <v>1258</v>
       </c>
       <c r="B671" t="s">
         <v>1259</v>
       </c>
       <c r="C671" t="s">
         <v>25</v>
       </c>
       <c r="D671" t="s">
         <v>26</v>
       </c>
       <c r="E671" t="s">
         <v>27</v>
       </c>
       <c r="F671">
         <v>2001</v>
       </c>
       <c r="G671"/>
       <c r="H671" t="s">
         <v>59</v>
       </c>
@@ -21624,51 +21624,51 @@
       </c>
       <c r="G672"/>
       <c r="H672"/>
     </row>
     <row r="673" spans="1:8">
       <c r="A673">
         <v>123456</v>
       </c>
       <c r="B673" t="s">
         <v>1262</v>
       </c>
       <c r="C673"/>
       <c r="D673" t="s">
         <v>600</v>
       </c>
       <c r="E673" t="s">
         <v>11</v>
       </c>
       <c r="F673">
         <v>2000</v>
       </c>
       <c r="G673" t="s">
         <v>84</v>
       </c>
       <c r="H673" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
     </row>
     <row r="674" spans="1:8">
       <c r="A674" t="s">
         <v>1263</v>
       </c>
       <c r="B674" t="s">
         <v>1264</v>
       </c>
       <c r="C674"/>
       <c r="D674"/>
       <c r="E674" t="s">
         <v>39</v>
       </c>
       <c r="F674">
         <v>2000</v>
       </c>
       <c r="G674" t="s">
         <v>84</v>
       </c>
       <c r="H674" t="s">
         <v>117</v>
       </c>
     </row>
     <row r="675" spans="1:8">
@@ -21692,51 +21692,51 @@
       <c r="H675" t="s">
         <v>256</v>
       </c>
     </row>
     <row r="676" spans="1:8">
       <c r="A676" t="s">
         <v>1267</v>
       </c>
       <c r="B676" t="s">
         <v>1268</v>
       </c>
       <c r="C676" t="s">
         <v>25</v>
       </c>
       <c r="D676" t="s">
         <v>26</v>
       </c>
       <c r="E676" t="s">
         <v>27</v>
       </c>
       <c r="F676">
         <v>2000</v>
       </c>
       <c r="G676"/>
       <c r="H676" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
     </row>
     <row r="677" spans="1:8">
       <c r="A677" t="s">
         <v>1269</v>
       </c>
       <c r="B677" t="s">
         <v>1270</v>
       </c>
       <c r="C677" t="s">
         <v>91</v>
       </c>
       <c r="D677" t="s">
         <v>92</v>
       </c>
       <c r="E677" t="s">
         <v>27</v>
       </c>
       <c r="F677">
         <v>2000</v>
       </c>
       <c r="G677" t="s">
         <v>17</v>
       </c>
       <c r="H677"/>
@@ -22100,51 +22100,51 @@
       <c r="H692" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="693" spans="1:8">
       <c r="A693" t="s">
         <v>1301</v>
       </c>
       <c r="B693" t="s">
         <v>1302</v>
       </c>
       <c r="C693" t="s">
         <v>25</v>
       </c>
       <c r="D693" t="s">
         <v>26</v>
       </c>
       <c r="E693" t="s">
         <v>27</v>
       </c>
       <c r="F693">
         <v>2000</v>
       </c>
       <c r="G693"/>
       <c r="H693" t="s">
-        <v>35</v>
+        <v>34</v>
       </c>
     </row>
     <row r="694" spans="1:8">
       <c r="A694" t="s">
         <v>1303</v>
       </c>
       <c r="B694" t="s">
         <v>1304</v>
       </c>
       <c r="C694" t="s">
         <v>25</v>
       </c>
       <c r="D694" t="s">
         <v>26</v>
       </c>
       <c r="E694" t="s">
         <v>27</v>
       </c>
       <c r="F694">
         <v>2000</v>
       </c>
       <c r="G694"/>
       <c r="H694" t="s">
         <v>12</v>
       </c>
@@ -22396,51 +22396,51 @@
       <c r="H705" t="s">
         <v>44</v>
       </c>
     </row>
     <row r="706" spans="1:8">
       <c r="A706" t="s">
         <v>1327</v>
       </c>
       <c r="B706" t="s">
         <v>1328</v>
       </c>
       <c r="C706" t="s">
         <v>49</v>
       </c>
       <c r="D706" t="s">
         <v>26</v>
       </c>
       <c r="E706" t="s">
         <v>27</v>
       </c>
       <c r="F706">
         <v>1999</v>
       </c>
       <c r="G706"/>
       <c r="H706" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
     </row>
     <row r="707" spans="1:8">
       <c r="A707" t="s">
         <v>1329</v>
       </c>
       <c r="B707" t="s">
         <v>1330</v>
       </c>
       <c r="C707" t="s">
         <v>91</v>
       </c>
       <c r="D707" t="s">
         <v>92</v>
       </c>
       <c r="E707" t="s">
         <v>27</v>
       </c>
       <c r="F707">
         <v>1999</v>
       </c>
       <c r="G707" t="s">
         <v>17</v>
       </c>
       <c r="H707"/>
@@ -22684,51 +22684,51 @@
       <c r="H717" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="718" spans="1:8">
       <c r="A718" t="s">
         <v>1351</v>
       </c>
       <c r="B718" t="s">
         <v>1352</v>
       </c>
       <c r="C718" t="s">
         <v>25</v>
       </c>
       <c r="D718" t="s">
         <v>26</v>
       </c>
       <c r="E718" t="s">
         <v>27</v>
       </c>
       <c r="F718">
         <v>1999</v>
       </c>
       <c r="G718"/>
       <c r="H718" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
     </row>
     <row r="719" spans="1:8">
       <c r="A719" t="s">
         <v>1353</v>
       </c>
       <c r="B719" t="s">
         <v>1354</v>
       </c>
       <c r="C719" t="s">
         <v>25</v>
       </c>
       <c r="D719" t="s">
         <v>26</v>
       </c>
       <c r="E719" t="s">
         <v>27</v>
       </c>
       <c r="F719">
         <v>1999</v>
       </c>
       <c r="G719"/>
       <c r="H719" t="s">
         <v>256</v>
       </c>
@@ -22968,51 +22968,51 @@
       <c r="F729">
         <v>1999</v>
       </c>
       <c r="G729"/>
       <c r="H729"/>
     </row>
     <row r="730" spans="1:8">
       <c r="A730" t="s">
         <v>1375</v>
       </c>
       <c r="B730"/>
       <c r="C730" t="s">
         <v>25</v>
       </c>
       <c r="D730" t="s">
         <v>26</v>
       </c>
       <c r="E730" t="s">
         <v>27</v>
       </c>
       <c r="F730">
         <v>1999</v>
       </c>
       <c r="G730"/>
       <c r="H730" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
     </row>
     <row r="731" spans="1:8">
       <c r="A731" t="s">
         <v>1376</v>
       </c>
       <c r="B731" t="s">
         <v>1377</v>
       </c>
       <c r="C731" t="s">
         <v>25</v>
       </c>
       <c r="D731" t="s">
         <v>26</v>
       </c>
       <c r="E731" t="s">
         <v>27</v>
       </c>
       <c r="F731">
         <v>1999</v>
       </c>
       <c r="G731"/>
       <c r="H731"/>
     </row>
     <row r="732" spans="1:8">
@@ -23078,51 +23078,51 @@
       </c>
       <c r="G734"/>
       <c r="H734" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="735" spans="1:8">
       <c r="A735" t="s">
         <v>1384</v>
       </c>
       <c r="B735" t="s">
         <v>1385</v>
       </c>
       <c r="C735"/>
       <c r="D735" t="s">
         <v>15</v>
       </c>
       <c r="E735" t="s">
         <v>16</v>
       </c>
       <c r="F735">
         <v>1998</v>
       </c>
       <c r="G735"/>
       <c r="H735" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
     </row>
     <row r="736" spans="1:8">
       <c r="A736" t="s">
         <v>1386</v>
       </c>
       <c r="B736" t="s">
         <v>1387</v>
       </c>
       <c r="C736"/>
       <c r="D736" t="s">
         <v>15</v>
       </c>
       <c r="E736" t="s">
         <v>16</v>
       </c>
       <c r="F736">
         <v>1998</v>
       </c>
       <c r="G736"/>
       <c r="H736" t="s">
         <v>165</v>
       </c>
     </row>
     <row r="737" spans="1:8">
@@ -23172,99 +23172,99 @@
       <c r="H738" t="s">
         <v>44</v>
       </c>
     </row>
     <row r="739" spans="1:8">
       <c r="A739" t="s">
         <v>1392</v>
       </c>
       <c r="B739" t="s">
         <v>1393</v>
       </c>
       <c r="C739" t="s">
         <v>25</v>
       </c>
       <c r="D739" t="s">
         <v>26</v>
       </c>
       <c r="E739" t="s">
         <v>27</v>
       </c>
       <c r="F739">
         <v>1998</v>
       </c>
       <c r="G739"/>
       <c r="H739" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
     </row>
     <row r="740" spans="1:8">
       <c r="A740" t="s">
         <v>1394</v>
       </c>
       <c r="B740" t="s">
         <v>1395</v>
       </c>
       <c r="C740" t="s">
         <v>25</v>
       </c>
       <c r="D740" t="s">
         <v>26</v>
       </c>
       <c r="E740" t="s">
         <v>27</v>
       </c>
       <c r="F740">
         <v>1998</v>
       </c>
       <c r="G740"/>
       <c r="H740" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
     </row>
     <row r="741" spans="1:8">
       <c r="A741" t="s">
         <v>1396</v>
       </c>
       <c r="B741" t="s">
         <v>1397</v>
       </c>
       <c r="C741" t="s">
         <v>25</v>
       </c>
       <c r="D741" t="s">
         <v>26</v>
       </c>
       <c r="E741" t="s">
         <v>27</v>
       </c>
       <c r="F741">
         <v>1998</v>
       </c>
       <c r="G741"/>
       <c r="H741" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
     </row>
     <row r="742" spans="1:8">
       <c r="A742" t="s">
         <v>1398</v>
       </c>
       <c r="B742" t="s">
         <v>1399</v>
       </c>
       <c r="C742" t="s">
         <v>25</v>
       </c>
       <c r="D742" t="s">
         <v>26</v>
       </c>
       <c r="E742" t="s">
         <v>27</v>
       </c>
       <c r="F742">
         <v>1998</v>
       </c>
       <c r="G742"/>
       <c r="H742" t="s">
         <v>165</v>
       </c>
@@ -23436,219 +23436,219 @@
       <c r="H749" t="s">
         <v>165</v>
       </c>
     </row>
     <row r="750" spans="1:8">
       <c r="A750" t="s">
         <v>1414</v>
       </c>
       <c r="B750" t="s">
         <v>1415</v>
       </c>
       <c r="C750" t="s">
         <v>49</v>
       </c>
       <c r="D750" t="s">
         <v>26</v>
       </c>
       <c r="E750" t="s">
         <v>27</v>
       </c>
       <c r="F750">
         <v>1998</v>
       </c>
       <c r="G750"/>
       <c r="H750" t="s">
-        <v>54</v>
+        <v>57</v>
       </c>
     </row>
     <row r="751" spans="1:8">
       <c r="A751" t="s">
         <v>1416</v>
       </c>
       <c r="B751" t="s">
         <v>1417</v>
       </c>
       <c r="C751" t="s">
         <v>46</v>
       </c>
       <c r="D751" t="s">
         <v>26</v>
       </c>
       <c r="E751" t="s">
         <v>27</v>
       </c>
       <c r="F751">
         <v>1998</v>
       </c>
       <c r="G751"/>
       <c r="H751" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="752" spans="1:8">
       <c r="A752" t="s">
         <v>1418</v>
       </c>
       <c r="B752" t="s">
         <v>1419</v>
       </c>
       <c r="C752" t="s">
         <v>25</v>
       </c>
       <c r="D752" t="s">
         <v>26</v>
       </c>
       <c r="E752" t="s">
         <v>27</v>
       </c>
       <c r="F752">
         <v>1998</v>
       </c>
       <c r="G752"/>
       <c r="H752" t="s">
-        <v>35</v>
+        <v>34</v>
       </c>
     </row>
     <row r="753" spans="1:8">
       <c r="A753" t="s">
         <v>1420</v>
       </c>
       <c r="B753" t="s">
         <v>1421</v>
       </c>
       <c r="C753" t="s">
         <v>25</v>
       </c>
       <c r="D753" t="s">
         <v>26</v>
       </c>
       <c r="E753" t="s">
         <v>27</v>
       </c>
       <c r="F753">
         <v>1998</v>
       </c>
       <c r="G753"/>
       <c r="H753" t="s">
-        <v>35</v>
+        <v>34</v>
       </c>
     </row>
     <row r="754" spans="1:8">
       <c r="A754" t="s">
         <v>1422</v>
       </c>
       <c r="B754" t="s">
         <v>1423</v>
       </c>
       <c r="C754" t="s">
         <v>25</v>
       </c>
       <c r="D754" t="s">
         <v>26</v>
       </c>
       <c r="E754" t="s">
         <v>27</v>
       </c>
       <c r="F754">
         <v>1998</v>
       </c>
       <c r="G754"/>
       <c r="H754" t="s">
-        <v>35</v>
+        <v>34</v>
       </c>
     </row>
     <row r="755" spans="1:8">
       <c r="A755" t="s">
         <v>1424</v>
       </c>
       <c r="B755" t="s">
         <v>1425</v>
       </c>
       <c r="C755" t="s">
         <v>25</v>
       </c>
       <c r="D755" t="s">
         <v>26</v>
       </c>
       <c r="E755" t="s">
         <v>27</v>
       </c>
       <c r="F755">
         <v>1998</v>
       </c>
       <c r="G755"/>
       <c r="H755" t="s">
-        <v>35</v>
+        <v>34</v>
       </c>
     </row>
     <row r="756" spans="1:8">
       <c r="A756" t="s">
         <v>1426</v>
       </c>
       <c r="B756" t="s">
         <v>1427</v>
       </c>
       <c r="C756" t="s">
         <v>25</v>
       </c>
       <c r="D756" t="s">
         <v>26</v>
       </c>
       <c r="E756" t="s">
         <v>27</v>
       </c>
       <c r="F756">
         <v>1998</v>
       </c>
       <c r="G756"/>
       <c r="H756" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="757" spans="1:8">
       <c r="A757" t="s">
         <v>1428</v>
       </c>
       <c r="B757" t="s">
         <v>1429</v>
       </c>
       <c r="C757" t="s">
         <v>25</v>
       </c>
       <c r="D757" t="s">
         <v>26</v>
       </c>
       <c r="E757" t="s">
         <v>27</v>
       </c>
       <c r="F757">
         <v>1998</v>
       </c>
       <c r="G757"/>
       <c r="H757" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
     </row>
     <row r="758" spans="1:8">
       <c r="A758" t="s">
         <v>1430</v>
       </c>
       <c r="B758" t="s">
         <v>1431</v>
       </c>
       <c r="C758"/>
       <c r="D758" t="s">
         <v>15</v>
       </c>
       <c r="E758" t="s">
         <v>16</v>
       </c>
       <c r="F758">
         <v>1997</v>
       </c>
       <c r="G758"/>
       <c r="H758" t="s">
         <v>160</v>
       </c>
     </row>
     <row r="759" spans="1:8">
@@ -23674,51 +23674,51 @@
       <c r="H759" t="s">
         <v>160</v>
       </c>
     </row>
     <row r="760" spans="1:8">
       <c r="A760" t="s">
         <v>1434</v>
       </c>
       <c r="B760" t="s">
         <v>1435</v>
       </c>
       <c r="C760" t="s">
         <v>25</v>
       </c>
       <c r="D760" t="s">
         <v>26</v>
       </c>
       <c r="E760" t="s">
         <v>27</v>
       </c>
       <c r="F760">
         <v>1997</v>
       </c>
       <c r="G760"/>
       <c r="H760" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
     </row>
     <row r="761" spans="1:8">
       <c r="A761" t="s">
         <v>1436</v>
       </c>
       <c r="B761" t="s">
         <v>1437</v>
       </c>
       <c r="C761" t="s">
         <v>49</v>
       </c>
       <c r="D761" t="s">
         <v>26</v>
       </c>
       <c r="E761" t="s">
         <v>27</v>
       </c>
       <c r="F761">
         <v>1997</v>
       </c>
       <c r="G761"/>
       <c r="H761" t="s">
         <v>12</v>
       </c>
@@ -23770,51 +23770,51 @@
       <c r="H763" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="764" spans="1:8">
       <c r="A764" t="s">
         <v>1441</v>
       </c>
       <c r="B764" t="s">
         <v>1442</v>
       </c>
       <c r="C764" t="s">
         <v>25</v>
       </c>
       <c r="D764" t="s">
         <v>26</v>
       </c>
       <c r="E764" t="s">
         <v>27</v>
       </c>
       <c r="F764">
         <v>1997</v>
       </c>
       <c r="G764"/>
       <c r="H764" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
     </row>
     <row r="765" spans="1:8">
       <c r="A765" t="s">
         <v>1443</v>
       </c>
       <c r="B765" t="s">
         <v>1444</v>
       </c>
       <c r="C765" t="s">
         <v>25</v>
       </c>
       <c r="D765" t="s">
         <v>26</v>
       </c>
       <c r="E765" t="s">
         <v>27</v>
       </c>
       <c r="F765">
         <v>1997</v>
       </c>
       <c r="G765"/>
       <c r="H765" t="s">
         <v>117</v>
       </c>
@@ -23930,171 +23930,171 @@
       </c>
       <c r="G770"/>
       <c r="H770" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="771" spans="1:8">
       <c r="A771" t="s">
         <v>1455</v>
       </c>
       <c r="B771" t="s">
         <v>1456</v>
       </c>
       <c r="C771"/>
       <c r="D771" t="s">
         <v>15</v>
       </c>
       <c r="E771" t="s">
         <v>16</v>
       </c>
       <c r="F771">
         <v>1996</v>
       </c>
       <c r="G771"/>
       <c r="H771" t="s">
-        <v>35</v>
+        <v>34</v>
       </c>
     </row>
     <row r="772" spans="1:8">
       <c r="A772" t="s">
         <v>1457</v>
       </c>
       <c r="B772" t="s">
         <v>1458</v>
       </c>
       <c r="C772" t="s">
         <v>25</v>
       </c>
       <c r="D772" t="s">
         <v>26</v>
       </c>
       <c r="E772" t="s">
         <v>27</v>
       </c>
       <c r="F772">
         <v>1996</v>
       </c>
       <c r="G772"/>
       <c r="H772" t="s">
         <v>256</v>
       </c>
     </row>
     <row r="773" spans="1:8">
       <c r="A773" t="s">
         <v>1459</v>
       </c>
       <c r="B773" t="s">
         <v>1460</v>
       </c>
       <c r="C773" t="s">
         <v>25</v>
       </c>
       <c r="D773" t="s">
         <v>26</v>
       </c>
       <c r="E773" t="s">
         <v>27</v>
       </c>
       <c r="F773">
         <v>1996</v>
       </c>
       <c r="G773"/>
       <c r="H773" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
     </row>
     <row r="774" spans="1:8">
       <c r="A774" t="s">
         <v>1461</v>
       </c>
       <c r="B774" t="s">
         <v>1462</v>
       </c>
       <c r="C774" t="s">
         <v>25</v>
       </c>
       <c r="D774" t="s">
         <v>26</v>
       </c>
       <c r="E774" t="s">
         <v>27</v>
       </c>
       <c r="F774">
         <v>1996</v>
       </c>
       <c r="G774"/>
       <c r="H774" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
     </row>
     <row r="775" spans="1:8">
       <c r="A775" t="s">
         <v>1463</v>
       </c>
       <c r="B775" t="s">
         <v>1464</v>
       </c>
       <c r="C775" t="s">
         <v>25</v>
       </c>
       <c r="D775" t="s">
         <v>26</v>
       </c>
       <c r="E775" t="s">
         <v>27</v>
       </c>
       <c r="F775">
         <v>1996</v>
       </c>
       <c r="G775"/>
       <c r="H775" t="s">
         <v>59</v>
       </c>
     </row>
     <row r="776" spans="1:8">
       <c r="A776" t="s">
         <v>1465</v>
       </c>
       <c r="B776" t="s">
         <v>1466</v>
       </c>
       <c r="C776" t="s">
         <v>25</v>
       </c>
       <c r="D776" t="s">
         <v>26</v>
       </c>
       <c r="E776" t="s">
         <v>27</v>
       </c>
       <c r="F776">
         <v>1996</v>
       </c>
       <c r="G776"/>
       <c r="H776" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
     </row>
     <row r="777" spans="1:8">
       <c r="A777" t="s">
         <v>1467</v>
       </c>
       <c r="B777" t="s">
         <v>1468</v>
       </c>
       <c r="C777" t="s">
         <v>91</v>
       </c>
       <c r="D777" t="s">
         <v>92</v>
       </c>
       <c r="E777" t="s">
         <v>27</v>
       </c>
       <c r="F777">
         <v>1996</v>
       </c>
       <c r="G777" t="s">
         <v>17</v>
       </c>
       <c r="H777"/>
@@ -24360,51 +24360,51 @@
       </c>
       <c r="G788"/>
       <c r="H788"/>
     </row>
     <row r="789" spans="1:8">
       <c r="A789" t="s">
         <v>1491</v>
       </c>
       <c r="B789" t="s">
         <v>1492</v>
       </c>
       <c r="C789" t="s">
         <v>25</v>
       </c>
       <c r="D789" t="s">
         <v>26</v>
       </c>
       <c r="E789" t="s">
         <v>27</v>
       </c>
       <c r="F789">
         <v>1996</v>
       </c>
       <c r="G789"/>
       <c r="H789" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
     </row>
     <row r="790" spans="1:8">
       <c r="A790" t="s">
         <v>1493</v>
       </c>
       <c r="B790" t="s">
         <v>1494</v>
       </c>
       <c r="C790" t="s">
         <v>25</v>
       </c>
       <c r="D790" t="s">
         <v>26</v>
       </c>
       <c r="E790" t="s">
         <v>27</v>
       </c>
       <c r="F790">
         <v>1996</v>
       </c>
       <c r="G790"/>
       <c r="H790" t="s">
         <v>59</v>
       </c>
@@ -24472,213 +24472,213 @@
       </c>
       <c r="G793"/>
       <c r="H793" t="s">
         <v>165</v>
       </c>
     </row>
     <row r="794" spans="1:8">
       <c r="A794" t="s">
         <v>1501</v>
       </c>
       <c r="B794" t="s">
         <v>1502</v>
       </c>
       <c r="C794"/>
       <c r="D794" t="s">
         <v>15</v>
       </c>
       <c r="E794" t="s">
         <v>16</v>
       </c>
       <c r="F794">
         <v>1995</v>
       </c>
       <c r="G794"/>
       <c r="H794" t="s">
-        <v>54</v>
+        <v>57</v>
       </c>
     </row>
     <row r="795" spans="1:8">
       <c r="A795" t="s">
         <v>1503</v>
       </c>
       <c r="B795" t="s">
         <v>1504</v>
       </c>
       <c r="C795"/>
       <c r="D795" t="s">
         <v>15</v>
       </c>
       <c r="E795" t="s">
         <v>16</v>
       </c>
       <c r="F795">
         <v>1995</v>
       </c>
       <c r="G795"/>
       <c r="H795" t="s">
-        <v>54</v>
+        <v>57</v>
       </c>
     </row>
     <row r="796" spans="1:8">
       <c r="A796" t="s">
         <v>1505</v>
       </c>
       <c r="B796" t="s">
         <v>1506</v>
       </c>
       <c r="C796"/>
       <c r="D796" t="s">
         <v>15</v>
       </c>
       <c r="E796" t="s">
         <v>16</v>
       </c>
       <c r="F796">
         <v>1995</v>
       </c>
       <c r="G796"/>
       <c r="H796" t="s">
         <v>256</v>
       </c>
     </row>
     <row r="797" spans="1:8">
       <c r="A797" t="s">
         <v>1507</v>
       </c>
       <c r="B797" t="s">
         <v>1504</v>
       </c>
       <c r="C797"/>
       <c r="D797" t="s">
         <v>15</v>
       </c>
       <c r="E797" t="s">
         <v>16</v>
       </c>
       <c r="F797">
         <v>1995</v>
       </c>
       <c r="G797"/>
       <c r="H797" t="s">
-        <v>54</v>
+        <v>57</v>
       </c>
     </row>
     <row r="798" spans="1:8">
       <c r="A798" t="s">
         <v>1508</v>
       </c>
       <c r="B798" t="s">
         <v>1509</v>
       </c>
       <c r="C798" t="s">
         <v>25</v>
       </c>
       <c r="D798" t="s">
         <v>26</v>
       </c>
       <c r="E798" t="s">
         <v>27</v>
       </c>
       <c r="F798">
         <v>1995</v>
       </c>
       <c r="G798"/>
       <c r="H798" t="s">
         <v>117</v>
       </c>
     </row>
     <row r="799" spans="1:8">
       <c r="A799" t="s">
         <v>1510</v>
       </c>
       <c r="B799" t="s">
         <v>1511</v>
       </c>
       <c r="C799" t="s">
         <v>25</v>
       </c>
       <c r="D799" t="s">
         <v>26</v>
       </c>
       <c r="E799" t="s">
         <v>27</v>
       </c>
       <c r="F799">
         <v>1995</v>
       </c>
       <c r="G799"/>
       <c r="H799" t="s">
-        <v>35</v>
+        <v>34</v>
       </c>
     </row>
     <row r="800" spans="1:8">
       <c r="A800" t="s">
         <v>1512</v>
       </c>
       <c r="B800" t="s">
         <v>1513</v>
       </c>
       <c r="C800" t="s">
         <v>25</v>
       </c>
       <c r="D800" t="s">
         <v>26</v>
       </c>
       <c r="E800" t="s">
         <v>27</v>
       </c>
       <c r="F800">
         <v>1995</v>
       </c>
       <c r="G800"/>
       <c r="H800" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
     </row>
     <row r="801" spans="1:8">
       <c r="A801" t="s">
         <v>1514</v>
       </c>
       <c r="B801" t="s">
         <v>1515</v>
       </c>
       <c r="C801" t="s">
         <v>25</v>
       </c>
       <c r="D801" t="s">
         <v>26</v>
       </c>
       <c r="E801" t="s">
         <v>27</v>
       </c>
       <c r="F801">
         <v>1995</v>
       </c>
       <c r="G801"/>
       <c r="H801" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
     </row>
     <row r="802" spans="1:8">
       <c r="A802" t="s">
         <v>1516</v>
       </c>
       <c r="B802" t="s">
         <v>1517</v>
       </c>
       <c r="C802" t="s">
         <v>25</v>
       </c>
       <c r="D802" t="s">
         <v>26</v>
       </c>
       <c r="E802" t="s">
         <v>27</v>
       </c>
       <c r="F802">
         <v>1995</v>
       </c>
       <c r="G802"/>
       <c r="H802" t="s">
         <v>349</v>
       </c>
@@ -24706,147 +24706,147 @@
       <c r="H803" t="s">
         <v>160</v>
       </c>
     </row>
     <row r="804" spans="1:8">
       <c r="A804" t="s">
         <v>1520</v>
       </c>
       <c r="B804" t="s">
         <v>1521</v>
       </c>
       <c r="C804" t="s">
         <v>25</v>
       </c>
       <c r="D804" t="s">
         <v>26</v>
       </c>
       <c r="E804" t="s">
         <v>27</v>
       </c>
       <c r="F804">
         <v>1995</v>
       </c>
       <c r="G804"/>
       <c r="H804" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
     </row>
     <row r="805" spans="1:8">
       <c r="A805" t="s">
         <v>1522</v>
       </c>
       <c r="B805" t="s">
         <v>1523</v>
       </c>
       <c r="C805" t="s">
         <v>25</v>
       </c>
       <c r="D805" t="s">
         <v>26</v>
       </c>
       <c r="E805" t="s">
         <v>27</v>
       </c>
       <c r="F805">
         <v>1995</v>
       </c>
       <c r="G805"/>
       <c r="H805" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
     </row>
     <row r="806" spans="1:8">
       <c r="A806" t="s">
         <v>1524</v>
       </c>
       <c r="B806" t="s">
         <v>1525</v>
       </c>
       <c r="C806" t="s">
         <v>25</v>
       </c>
       <c r="D806" t="s">
         <v>26</v>
       </c>
       <c r="E806" t="s">
         <v>27</v>
       </c>
       <c r="F806">
         <v>1995</v>
       </c>
       <c r="G806"/>
       <c r="H806" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
     </row>
     <row r="807" spans="1:8">
       <c r="A807" t="s">
         <v>1526</v>
       </c>
       <c r="B807" t="s">
         <v>1527</v>
       </c>
       <c r="C807" t="s">
         <v>49</v>
       </c>
       <c r="D807" t="s">
         <v>26</v>
       </c>
       <c r="E807" t="s">
         <v>27</v>
       </c>
       <c r="F807">
         <v>1995</v>
       </c>
       <c r="G807"/>
       <c r="H807" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="808" spans="1:8">
       <c r="A808" t="s">
         <v>1528</v>
       </c>
       <c r="B808" t="s">
         <v>1529</v>
       </c>
       <c r="C808" t="s">
         <v>25</v>
       </c>
       <c r="D808" t="s">
         <v>26</v>
       </c>
       <c r="E808" t="s">
         <v>27</v>
       </c>
       <c r="F808">
         <v>1995</v>
       </c>
       <c r="G808"/>
       <c r="H808" t="s">
-        <v>54</v>
+        <v>57</v>
       </c>
     </row>
     <row r="809" spans="1:8">
       <c r="A809" t="s">
         <v>1530</v>
       </c>
       <c r="B809" t="s">
         <v>1531</v>
       </c>
       <c r="C809" t="s">
         <v>49</v>
       </c>
       <c r="D809" t="s">
         <v>26</v>
       </c>
       <c r="E809" t="s">
         <v>27</v>
       </c>
       <c r="F809">
         <v>1995</v>
       </c>
       <c r="G809"/>
       <c r="H809" t="s">
         <v>12</v>
       </c>
@@ -24922,217 +24922,217 @@
       <c r="H812" t="s">
         <v>160</v>
       </c>
     </row>
     <row r="813" spans="1:8">
       <c r="A813" t="s">
         <v>1536</v>
       </c>
       <c r="B813" t="s">
         <v>1537</v>
       </c>
       <c r="C813" t="s">
         <v>25</v>
       </c>
       <c r="D813" t="s">
         <v>26</v>
       </c>
       <c r="E813" t="s">
         <v>27</v>
       </c>
       <c r="F813">
         <v>1995</v>
       </c>
       <c r="G813"/>
       <c r="H813" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
     </row>
     <row r="814" spans="1:8">
       <c r="A814" t="s">
         <v>1538</v>
       </c>
       <c r="B814" t="s">
         <v>1539</v>
       </c>
       <c r="C814" t="s">
         <v>25</v>
       </c>
       <c r="D814" t="s">
         <v>26</v>
       </c>
       <c r="E814" t="s">
         <v>27</v>
       </c>
       <c r="F814">
         <v>1995</v>
       </c>
       <c r="G814"/>
       <c r="H814" t="s">
-        <v>35</v>
+        <v>34</v>
       </c>
     </row>
     <row r="815" spans="1:8">
       <c r="A815" t="s">
         <v>1540</v>
       </c>
       <c r="B815" t="s">
         <v>1541</v>
       </c>
       <c r="C815" t="s">
         <v>25</v>
       </c>
       <c r="D815" t="s">
         <v>26</v>
       </c>
       <c r="E815" t="s">
         <v>27</v>
       </c>
       <c r="F815">
         <v>1995</v>
       </c>
       <c r="G815"/>
       <c r="H815"/>
     </row>
     <row r="816" spans="1:8">
       <c r="A816" t="s">
         <v>1542</v>
       </c>
       <c r="B816" t="s">
         <v>1543</v>
       </c>
       <c r="C816" t="s">
         <v>25</v>
       </c>
       <c r="D816" t="s">
         <v>26</v>
       </c>
       <c r="E816" t="s">
         <v>27</v>
       </c>
       <c r="F816">
         <v>1995</v>
       </c>
       <c r="G816"/>
       <c r="H816" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
     </row>
     <row r="817" spans="1:8">
       <c r="A817" t="s">
         <v>1544</v>
       </c>
       <c r="B817" t="s">
         <v>1545</v>
       </c>
       <c r="C817" t="s">
         <v>25</v>
       </c>
       <c r="D817" t="s">
         <v>26</v>
       </c>
       <c r="E817" t="s">
         <v>27</v>
       </c>
       <c r="F817">
         <v>1995</v>
       </c>
       <c r="G817"/>
       <c r="H817" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
     </row>
     <row r="818" spans="1:8">
       <c r="A818" t="s">
         <v>1546</v>
       </c>
       <c r="B818" t="s">
         <v>1547</v>
       </c>
       <c r="C818" t="s">
         <v>25</v>
       </c>
       <c r="D818" t="s">
         <v>26</v>
       </c>
       <c r="E818" t="s">
         <v>27</v>
       </c>
       <c r="F818">
         <v>1995</v>
       </c>
       <c r="G818"/>
       <c r="H818" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="819" spans="1:8">
       <c r="A819" t="s">
         <v>1548</v>
       </c>
       <c r="B819" t="s">
         <v>1549</v>
       </c>
       <c r="C819" t="s">
         <v>25</v>
       </c>
       <c r="D819" t="s">
         <v>26</v>
       </c>
       <c r="E819" t="s">
         <v>27</v>
       </c>
       <c r="F819">
         <v>1995</v>
       </c>
       <c r="G819"/>
       <c r="H819" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
     </row>
     <row r="820" spans="1:8">
       <c r="A820" t="s">
         <v>1550</v>
       </c>
       <c r="B820" t="s">
         <v>1551</v>
       </c>
       <c r="C820" t="s">
         <v>25</v>
       </c>
       <c r="D820" t="s">
         <v>26</v>
       </c>
       <c r="E820" t="s">
         <v>27</v>
       </c>
       <c r="F820">
         <v>1995</v>
       </c>
       <c r="G820"/>
       <c r="H820" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
     </row>
     <row r="821" spans="1:8">
       <c r="A821" t="s">
         <v>1552</v>
       </c>
       <c r="B821" t="s">
         <v>1553</v>
       </c>
       <c r="C821"/>
       <c r="D821" t="s">
         <v>15</v>
       </c>
       <c r="E821" t="s">
         <v>16</v>
       </c>
       <c r="F821">
         <v>1994</v>
       </c>
       <c r="G821"/>
       <c r="H821" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="822" spans="1:8">
@@ -25182,123 +25182,123 @@
       <c r="H823" t="s">
         <v>256</v>
       </c>
     </row>
     <row r="824" spans="1:8">
       <c r="A824" t="s">
         <v>1558</v>
       </c>
       <c r="B824" t="s">
         <v>1559</v>
       </c>
       <c r="C824" t="s">
         <v>25</v>
       </c>
       <c r="D824" t="s">
         <v>26</v>
       </c>
       <c r="E824" t="s">
         <v>27</v>
       </c>
       <c r="F824">
         <v>1994</v>
       </c>
       <c r="G824"/>
       <c r="H824" t="s">
-        <v>35</v>
+        <v>34</v>
       </c>
     </row>
     <row r="825" spans="1:8">
       <c r="A825" t="s">
         <v>1560</v>
       </c>
       <c r="B825" t="s">
         <v>1561</v>
       </c>
       <c r="C825" t="s">
         <v>25</v>
       </c>
       <c r="D825" t="s">
         <v>26</v>
       </c>
       <c r="E825" t="s">
         <v>27</v>
       </c>
       <c r="F825">
         <v>1994</v>
       </c>
       <c r="G825"/>
       <c r="H825" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
     </row>
     <row r="826" spans="1:8">
       <c r="A826" t="s">
         <v>1562</v>
       </c>
       <c r="B826" t="s">
         <v>1563</v>
       </c>
       <c r="C826" t="s">
         <v>46</v>
       </c>
       <c r="D826" t="s">
         <v>26</v>
       </c>
       <c r="E826" t="s">
         <v>27</v>
       </c>
       <c r="F826">
         <v>1994</v>
       </c>
       <c r="G826"/>
       <c r="H826" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="827" spans="1:8">
       <c r="A827" t="s">
         <v>1564</v>
       </c>
       <c r="B827" t="s">
         <v>1565</v>
       </c>
       <c r="C827" t="s">
         <v>25</v>
       </c>
       <c r="D827" t="s">
         <v>26</v>
       </c>
       <c r="E827" t="s">
         <v>27</v>
       </c>
       <c r="F827">
         <v>1994</v>
       </c>
       <c r="G827"/>
       <c r="H827" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
     </row>
     <row r="828" spans="1:8">
       <c r="A828" t="s">
         <v>1566</v>
       </c>
       <c r="B828" t="s">
         <v>1567</v>
       </c>
       <c r="C828" t="s">
         <v>25</v>
       </c>
       <c r="D828" t="s">
         <v>26</v>
       </c>
       <c r="E828" t="s">
         <v>27</v>
       </c>
       <c r="F828">
         <v>1994</v>
       </c>
       <c r="G828"/>
       <c r="H828" t="s">
         <v>12</v>
       </c>
@@ -25518,51 +25518,51 @@
       <c r="H837" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="838" spans="1:8">
       <c r="A838" t="s">
         <v>1586</v>
       </c>
       <c r="B838" t="s">
         <v>1587</v>
       </c>
       <c r="C838" t="s">
         <v>25</v>
       </c>
       <c r="D838" t="s">
         <v>26</v>
       </c>
       <c r="E838" t="s">
         <v>27</v>
       </c>
       <c r="F838">
         <v>1994</v>
       </c>
       <c r="G838"/>
       <c r="H838" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
     </row>
     <row r="839" spans="1:8">
       <c r="A839" t="s">
         <v>1588</v>
       </c>
       <c r="B839" t="s">
         <v>1589</v>
       </c>
       <c r="C839" t="s">
         <v>25</v>
       </c>
       <c r="D839" t="s">
         <v>26</v>
       </c>
       <c r="E839" t="s">
         <v>27</v>
       </c>
       <c r="F839">
         <v>1994</v>
       </c>
       <c r="G839"/>
       <c r="H839" t="s">
         <v>59</v>
       </c>
@@ -25686,51 +25686,51 @@
       <c r="H844" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="845" spans="1:8">
       <c r="A845" t="s">
         <v>1600</v>
       </c>
       <c r="B845" t="s">
         <v>1601</v>
       </c>
       <c r="C845" t="s">
         <v>25</v>
       </c>
       <c r="D845" t="s">
         <v>26</v>
       </c>
       <c r="E845" t="s">
         <v>27</v>
       </c>
       <c r="F845">
         <v>1994</v>
       </c>
       <c r="G845"/>
       <c r="H845" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
     </row>
     <row r="846" spans="1:8">
       <c r="A846" t="s">
         <v>1602</v>
       </c>
       <c r="B846" t="s">
         <v>1603</v>
       </c>
       <c r="C846" t="s">
         <v>25</v>
       </c>
       <c r="D846" t="s">
         <v>26</v>
       </c>
       <c r="E846" t="s">
         <v>27</v>
       </c>
       <c r="F846">
         <v>1994</v>
       </c>
       <c r="G846"/>
       <c r="H846" t="s">
         <v>55</v>
       </c>
@@ -25850,75 +25850,75 @@
       <c r="H851" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="852" spans="1:8">
       <c r="A852" t="s">
         <v>1614</v>
       </c>
       <c r="B852" t="s">
         <v>1615</v>
       </c>
       <c r="C852" t="s">
         <v>25</v>
       </c>
       <c r="D852" t="s">
         <v>26</v>
       </c>
       <c r="E852" t="s">
         <v>27</v>
       </c>
       <c r="F852">
         <v>1993</v>
       </c>
       <c r="G852"/>
       <c r="H852" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
     </row>
     <row r="853" spans="1:8">
       <c r="A853" t="s">
         <v>1616</v>
       </c>
       <c r="B853" t="s">
         <v>1617</v>
       </c>
       <c r="C853" t="s">
         <v>25</v>
       </c>
       <c r="D853" t="s">
         <v>26</v>
       </c>
       <c r="E853" t="s">
         <v>27</v>
       </c>
       <c r="F853">
         <v>1993</v>
       </c>
       <c r="G853"/>
       <c r="H853" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
     </row>
     <row r="854" spans="1:8">
       <c r="A854" t="s">
         <v>1618</v>
       </c>
       <c r="B854" t="s">
         <v>1619</v>
       </c>
       <c r="C854" t="s">
         <v>25</v>
       </c>
       <c r="D854" t="s">
         <v>26</v>
       </c>
       <c r="E854" t="s">
         <v>27</v>
       </c>
       <c r="F854">
         <v>1993</v>
       </c>
       <c r="G854"/>
       <c r="H854"/>
     </row>
     <row r="855" spans="1:8">
@@ -26002,99 +26002,99 @@
       </c>
       <c r="G858"/>
       <c r="H858" t="s">
         <v>256</v>
       </c>
     </row>
     <row r="859" spans="1:8">
       <c r="A859" t="s">
         <v>1628</v>
       </c>
       <c r="B859" t="s">
         <v>1629</v>
       </c>
       <c r="C859"/>
       <c r="D859" t="s">
         <v>15</v>
       </c>
       <c r="E859" t="s">
         <v>16</v>
       </c>
       <c r="F859">
         <v>1992</v>
       </c>
       <c r="G859"/>
       <c r="H859" t="s">
-        <v>35</v>
+        <v>34</v>
       </c>
     </row>
     <row r="860" spans="1:8">
       <c r="A860" t="s">
         <v>1630</v>
       </c>
       <c r="B860" t="s">
         <v>1631</v>
       </c>
       <c r="C860" t="s">
         <v>49</v>
       </c>
       <c r="D860" t="s">
         <v>26</v>
       </c>
       <c r="E860" t="s">
         <v>27</v>
       </c>
       <c r="F860">
         <v>1992</v>
       </c>
       <c r="G860"/>
       <c r="H860" t="s">
         <v>256</v>
       </c>
     </row>
     <row r="861" spans="1:8">
       <c r="A861" t="s">
         <v>1632</v>
       </c>
       <c r="B861" t="s">
         <v>1633</v>
       </c>
       <c r="C861" t="s">
         <v>25</v>
       </c>
       <c r="D861" t="s">
         <v>26</v>
       </c>
       <c r="E861" t="s">
         <v>27</v>
       </c>
       <c r="F861">
         <v>1992</v>
       </c>
       <c r="G861"/>
       <c r="H861" t="s">
-        <v>35</v>
+        <v>34</v>
       </c>
     </row>
     <row r="862" spans="1:8">
       <c r="A862" t="s">
         <v>1634</v>
       </c>
       <c r="B862" t="s">
         <v>1635</v>
       </c>
       <c r="C862" t="s">
         <v>41</v>
       </c>
       <c r="D862" t="s">
         <v>26</v>
       </c>
       <c r="E862" t="s">
         <v>27</v>
       </c>
       <c r="F862">
         <v>1992</v>
       </c>
       <c r="G862"/>
       <c r="H862" t="s">
         <v>79</v>
       </c>
@@ -26146,51 +26146,51 @@
       <c r="H864" t="s">
         <v>44</v>
       </c>
     </row>
     <row r="865" spans="1:8">
       <c r="A865" t="s">
         <v>1640</v>
       </c>
       <c r="B865" t="s">
         <v>1641</v>
       </c>
       <c r="C865" t="s">
         <v>46</v>
       </c>
       <c r="D865" t="s">
         <v>26</v>
       </c>
       <c r="E865" t="s">
         <v>27</v>
       </c>
       <c r="F865">
         <v>1992</v>
       </c>
       <c r="G865"/>
       <c r="H865" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
     </row>
     <row r="866" spans="1:8">
       <c r="A866" t="s">
         <v>1642</v>
       </c>
       <c r="B866" t="s">
         <v>1643</v>
       </c>
       <c r="C866" t="s">
         <v>25</v>
       </c>
       <c r="D866" t="s">
         <v>26</v>
       </c>
       <c r="E866" t="s">
         <v>27</v>
       </c>
       <c r="F866">
         <v>1992</v>
       </c>
       <c r="G866"/>
       <c r="H866" t="s">
         <v>59</v>
       </c>
@@ -26218,217 +26218,217 @@
       <c r="H867" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="868" spans="1:8">
       <c r="A868" t="s">
         <v>1646</v>
       </c>
       <c r="B868" t="s">
         <v>1647</v>
       </c>
       <c r="C868" t="s">
         <v>25</v>
       </c>
       <c r="D868" t="s">
         <v>26</v>
       </c>
       <c r="E868" t="s">
         <v>27</v>
       </c>
       <c r="F868">
         <v>1992</v>
       </c>
       <c r="G868"/>
       <c r="H868" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
     </row>
     <row r="869" spans="1:8">
       <c r="A869" t="s">
         <v>1648</v>
       </c>
       <c r="B869" t="s">
         <v>1649</v>
       </c>
       <c r="C869" t="s">
         <v>49</v>
       </c>
       <c r="D869" t="s">
         <v>26</v>
       </c>
       <c r="E869" t="s">
         <v>27</v>
       </c>
       <c r="F869">
         <v>1992</v>
       </c>
       <c r="G869"/>
       <c r="H869" t="s">
         <v>44</v>
       </c>
     </row>
     <row r="870" spans="1:8">
       <c r="A870" t="s">
         <v>1650</v>
       </c>
       <c r="B870" t="s">
         <v>1651</v>
       </c>
       <c r="C870" t="s">
         <v>25</v>
       </c>
       <c r="D870" t="s">
         <v>26</v>
       </c>
       <c r="E870" t="s">
         <v>27</v>
       </c>
       <c r="F870">
         <v>1992</v>
       </c>
       <c r="G870"/>
       <c r="H870" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
     </row>
     <row r="871" spans="1:8">
       <c r="A871" t="s">
         <v>1652</v>
       </c>
       <c r="B871" t="s">
         <v>1653</v>
       </c>
       <c r="C871"/>
       <c r="D871" t="s">
         <v>15</v>
       </c>
       <c r="E871" t="s">
         <v>16</v>
       </c>
       <c r="F871">
         <v>1991</v>
       </c>
       <c r="G871"/>
       <c r="H871" t="s">
         <v>44</v>
       </c>
     </row>
     <row r="872" spans="1:8">
       <c r="A872" t="s">
         <v>1654</v>
       </c>
       <c r="B872" t="s">
         <v>1655</v>
       </c>
       <c r="C872" t="s">
         <v>25</v>
       </c>
       <c r="D872" t="s">
         <v>26</v>
       </c>
       <c r="E872" t="s">
         <v>27</v>
       </c>
       <c r="F872">
         <v>1991</v>
       </c>
       <c r="G872"/>
       <c r="H872" t="s">
-        <v>35</v>
+        <v>34</v>
       </c>
     </row>
     <row r="873" spans="1:8">
       <c r="A873" t="s">
         <v>1656</v>
       </c>
       <c r="B873" t="s">
         <v>1657</v>
       </c>
       <c r="C873" t="s">
         <v>46</v>
       </c>
       <c r="D873" t="s">
         <v>26</v>
       </c>
       <c r="E873" t="s">
         <v>27</v>
       </c>
       <c r="F873">
         <v>1991</v>
       </c>
       <c r="G873"/>
       <c r="H873" t="s">
         <v>44</v>
       </c>
     </row>
     <row r="874" spans="1:8">
       <c r="A874" t="s">
         <v>1656</v>
       </c>
       <c r="B874" t="s">
         <v>1657</v>
       </c>
       <c r="C874" t="s">
         <v>46</v>
       </c>
       <c r="D874" t="s">
         <v>26</v>
       </c>
       <c r="E874" t="s">
         <v>27</v>
       </c>
       <c r="F874">
         <v>1991</v>
       </c>
       <c r="G874"/>
       <c r="H874" t="s">
-        <v>54</v>
+        <v>57</v>
       </c>
     </row>
     <row r="875" spans="1:8">
       <c r="A875" t="s">
         <v>1658</v>
       </c>
       <c r="B875" t="s">
         <v>1659</v>
       </c>
       <c r="C875" t="s">
         <v>25</v>
       </c>
       <c r="D875" t="s">
         <v>26</v>
       </c>
       <c r="E875" t="s">
         <v>27</v>
       </c>
       <c r="F875">
         <v>1991</v>
       </c>
       <c r="G875"/>
       <c r="H875" t="s">
-        <v>35</v>
+        <v>34</v>
       </c>
     </row>
     <row r="876" spans="1:8">
       <c r="A876" t="s">
         <v>1660</v>
       </c>
       <c r="B876" t="s">
         <v>1661</v>
       </c>
       <c r="C876" t="s">
         <v>25</v>
       </c>
       <c r="D876" t="s">
         <v>26</v>
       </c>
       <c r="E876" t="s">
         <v>27</v>
       </c>
       <c r="F876">
         <v>1991</v>
       </c>
       <c r="G876"/>
       <c r="H876" t="s">
         <v>44</v>
       </c>
@@ -26548,97 +26548,97 @@
       <c r="F881">
         <v>1991</v>
       </c>
       <c r="G881"/>
       <c r="H881"/>
     </row>
     <row r="882" spans="1:8">
       <c r="A882" t="s">
         <v>1672</v>
       </c>
       <c r="B882"/>
       <c r="C882" t="s">
         <v>25</v>
       </c>
       <c r="D882" t="s">
         <v>26</v>
       </c>
       <c r="E882" t="s">
         <v>27</v>
       </c>
       <c r="F882">
         <v>1991</v>
       </c>
       <c r="G882"/>
       <c r="H882" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
     </row>
     <row r="883" spans="1:8">
       <c r="A883" t="s">
         <v>1673</v>
       </c>
       <c r="B883" t="s">
         <v>1674</v>
       </c>
       <c r="C883"/>
       <c r="D883" t="s">
         <v>15</v>
       </c>
       <c r="E883" t="s">
         <v>16</v>
       </c>
       <c r="F883">
         <v>1990</v>
       </c>
       <c r="G883"/>
       <c r="H883" t="s">
         <v>44</v>
       </c>
     </row>
     <row r="884" spans="1:8">
       <c r="A884" t="s">
         <v>1675</v>
       </c>
       <c r="B884" t="s">
         <v>1676</v>
       </c>
       <c r="C884" t="s">
         <v>25</v>
       </c>
       <c r="D884" t="s">
         <v>26</v>
       </c>
       <c r="E884" t="s">
         <v>27</v>
       </c>
       <c r="F884">
         <v>1990</v>
       </c>
       <c r="G884"/>
       <c r="H884" t="s">
-        <v>35</v>
+        <v>34</v>
       </c>
     </row>
     <row r="885" spans="1:8">
       <c r="A885" t="s">
         <v>1677</v>
       </c>
       <c r="B885" t="s">
         <v>1678</v>
       </c>
       <c r="C885" t="s">
         <v>25</v>
       </c>
       <c r="D885" t="s">
         <v>26</v>
       </c>
       <c r="E885" t="s">
         <v>27</v>
       </c>
       <c r="F885">
         <v>1990</v>
       </c>
       <c r="G885"/>
       <c r="H885" t="s">
         <v>349</v>
       </c>
@@ -26738,51 +26738,51 @@
       <c r="H889" t="s">
         <v>349</v>
       </c>
     </row>
     <row r="890" spans="1:8">
       <c r="A890" t="s">
         <v>1687</v>
       </c>
       <c r="B890" t="s">
         <v>1688</v>
       </c>
       <c r="C890" t="s">
         <v>25</v>
       </c>
       <c r="D890" t="s">
         <v>26</v>
       </c>
       <c r="E890" t="s">
         <v>27</v>
       </c>
       <c r="F890">
         <v>1990</v>
       </c>
       <c r="G890"/>
       <c r="H890" t="s">
-        <v>35</v>
+        <v>34</v>
       </c>
     </row>
     <row r="891" spans="1:8">
       <c r="A891" t="s">
         <v>1689</v>
       </c>
       <c r="B891" t="s">
         <v>1690</v>
       </c>
       <c r="C891" t="s">
         <v>25</v>
       </c>
       <c r="D891" t="s">
         <v>26</v>
       </c>
       <c r="E891" t="s">
         <v>27</v>
       </c>
       <c r="F891">
         <v>1990</v>
       </c>
       <c r="G891"/>
       <c r="H891" t="s">
         <v>12</v>
       </c>
@@ -26856,51 +26856,51 @@
         <v>17</v>
       </c>
       <c r="H894"/>
     </row>
     <row r="895" spans="1:8">
       <c r="A895" t="s">
         <v>1697</v>
       </c>
       <c r="B895" t="s">
         <v>1698</v>
       </c>
       <c r="C895" t="s">
         <v>25</v>
       </c>
       <c r="D895" t="s">
         <v>26</v>
       </c>
       <c r="E895" t="s">
         <v>27</v>
       </c>
       <c r="F895">
         <v>1989</v>
       </c>
       <c r="G895"/>
       <c r="H895" t="s">
-        <v>54</v>
+        <v>57</v>
       </c>
     </row>
     <row r="896" spans="1:8">
       <c r="A896" t="s">
         <v>1699</v>
       </c>
       <c r="B896" t="s">
         <v>1700</v>
       </c>
       <c r="C896" t="s">
         <v>25</v>
       </c>
       <c r="D896" t="s">
         <v>26</v>
       </c>
       <c r="E896" t="s">
         <v>27</v>
       </c>
       <c r="F896">
         <v>1989</v>
       </c>
       <c r="G896"/>
       <c r="H896" t="s">
         <v>349</v>
       </c>
@@ -27138,51 +27138,51 @@
       <c r="H906" t="s">
         <v>44</v>
       </c>
     </row>
     <row r="907" spans="1:8">
       <c r="A907" t="s">
         <v>1721</v>
       </c>
       <c r="B907" t="s">
         <v>1722</v>
       </c>
       <c r="C907" t="s">
         <v>25</v>
       </c>
       <c r="D907" t="s">
         <v>26</v>
       </c>
       <c r="E907" t="s">
         <v>27</v>
       </c>
       <c r="F907">
         <v>1985</v>
       </c>
       <c r="G907"/>
       <c r="H907" t="s">
-        <v>35</v>
+        <v>34</v>
       </c>
     </row>
     <row r="908" spans="1:8">
       <c r="A908" t="s">
         <v>1723</v>
       </c>
       <c r="B908" t="s">
         <v>1724</v>
       </c>
       <c r="C908"/>
       <c r="D908" t="s">
         <v>15</v>
       </c>
       <c r="E908" t="s">
         <v>16</v>
       </c>
       <c r="F908">
         <v>1984</v>
       </c>
       <c r="G908"/>
       <c r="H908" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="909" spans="1:8">
@@ -27408,51 +27408,51 @@
       <c r="H918" t="s">
         <v>117</v>
       </c>
     </row>
     <row r="919" spans="1:8">
       <c r="A919" t="s">
         <v>1745</v>
       </c>
       <c r="B919" t="s">
         <v>1746</v>
       </c>
       <c r="C919" t="s">
         <v>155</v>
       </c>
       <c r="D919" t="s">
         <v>92</v>
       </c>
       <c r="E919" t="s">
         <v>27</v>
       </c>
       <c r="F919">
         <v>1978</v>
       </c>
       <c r="G919"/>
       <c r="H919" t="s">
-        <v>35</v>
+        <v>34</v>
       </c>
     </row>
     <row r="920" spans="1:8">
       <c r="A920" t="s">
         <v>1747</v>
       </c>
       <c r="B920" t="s">
         <v>1748</v>
       </c>
       <c r="C920" t="s">
         <v>25</v>
       </c>
       <c r="D920" t="s">
         <v>26</v>
       </c>
       <c r="E920" t="s">
         <v>27</v>
       </c>
       <c r="F920">
         <v>1974</v>
       </c>
       <c r="G920"/>
       <c r="H920" t="s">
         <v>28</v>
       </c>
@@ -27560,109 +27560,109 @@
       <c r="B926" t="s">
         <v>1759</v>
       </c>
       <c r="C926"/>
       <c r="D926"/>
       <c r="E926"/>
       <c r="F926"/>
       <c r="G926"/>
       <c r="H926" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="927" spans="1:8">
       <c r="A927" t="s">
         <v>1760</v>
       </c>
       <c r="B927" t="s">
         <v>1761</v>
       </c>
       <c r="C927"/>
       <c r="D927"/>
       <c r="E927"/>
       <c r="F927"/>
       <c r="G927"/>
       <c r="H927" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
     </row>
     <row r="928" spans="1:8">
       <c r="A928" t="s">
         <v>1762</v>
       </c>
       <c r="B928" t="s">
         <v>1763</v>
       </c>
       <c r="C928"/>
       <c r="D928"/>
       <c r="E928"/>
       <c r="F928"/>
       <c r="G928"/>
       <c r="H928" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
     </row>
     <row r="929" spans="1:8">
       <c r="A929" t="s">
         <v>1764</v>
       </c>
       <c r="B929" t="s">
         <v>1500</v>
       </c>
       <c r="C929"/>
       <c r="D929" t="s">
         <v>15</v>
       </c>
       <c r="E929" t="s">
         <v>16</v>
       </c>
       <c r="F929"/>
       <c r="G929"/>
       <c r="H929" t="s">
         <v>165</v>
       </c>
     </row>
     <row r="930" spans="1:8">
       <c r="A930" t="s">
         <v>1765</v>
       </c>
       <c r="B930" t="s">
         <v>676</v>
       </c>
       <c r="C930" t="s">
         <v>49</v>
       </c>
       <c r="D930" t="s">
         <v>26</v>
       </c>
       <c r="E930" t="s">
         <v>27</v>
       </c>
       <c r="F930"/>
       <c r="G930"/>
       <c r="H930" t="s">
-        <v>57</v>
+        <v>54</v>
       </c>
     </row>
     <row r="931" spans="1:8">
       <c r="A931" t="s">
         <v>1766</v>
       </c>
       <c r="B931" t="s">
         <v>1767</v>
       </c>
       <c r="C931" t="s">
         <v>25</v>
       </c>
       <c r="D931" t="s">
         <v>26</v>
       </c>
       <c r="E931" t="s">
         <v>27</v>
       </c>
       <c r="F931"/>
       <c r="G931"/>
       <c r="H931" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="932" spans="1:8">
@@ -27684,51 +27684,51 @@
       <c r="F932"/>
       <c r="G932"/>
       <c r="H932" t="s">
         <v>256</v>
       </c>
     </row>
     <row r="933" spans="1:8">
       <c r="A933" t="s">
         <v>1770</v>
       </c>
       <c r="B933" t="s">
         <v>1771</v>
       </c>
       <c r="C933" t="s">
         <v>49</v>
       </c>
       <c r="D933" t="s">
         <v>26</v>
       </c>
       <c r="E933" t="s">
         <v>27</v>
       </c>
       <c r="F933"/>
       <c r="G933"/>
       <c r="H933" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
     </row>
     <row r="934" spans="1:8">
       <c r="A934" t="s">
         <v>1772</v>
       </c>
       <c r="B934" t="s">
         <v>1773</v>
       </c>
       <c r="C934" t="s">
         <v>25</v>
       </c>
       <c r="D934" t="s">
         <v>26</v>
       </c>
       <c r="E934" t="s">
         <v>27</v>
       </c>
       <c r="F934">
         <v>1969</v>
       </c>
       <c r="G934" t="s">
         <v>17</v>
       </c>
       <c r="H934" t="s">