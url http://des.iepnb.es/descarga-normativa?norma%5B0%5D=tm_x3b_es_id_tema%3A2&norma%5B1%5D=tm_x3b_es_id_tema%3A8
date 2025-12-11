--- v0 (2025-10-25)
+++ v1 (2025-12-11)
@@ -92,159 +92,159 @@
   <si>
     <t>Normas con rango de Ley</t>
   </si>
   <si>
     <t>Pruebass Legislación Cancelar.</t>
   </si>
   <si>
     <t>https://www.google.com/test</t>
   </si>
   <si>
     <t>Ordenanza,  Reglamento,  Bando	Anuncio/ edicto</t>
   </si>
   <si>
     <t>Entidades locales</t>
   </si>
   <si>
     <t>Reglamentos (Gobierno, Autonómico, Entidades locales)</t>
   </si>
   <si>
     <t>Nueva Norma Añadir Legislación con CCAA.</t>
   </si>
   <si>
     <t>Decreto</t>
   </si>
   <si>
+    <t>Castilla y León</t>
+  </si>
+  <si>
     <t>País Vasco</t>
   </si>
   <si>
-    <t>Castilla y León</t>
-[...1 lines deleted...]
-  <si>
     <t>Cataluña</t>
   </si>
   <si>
     <t>Norma New Alta Legislación</t>
   </si>
   <si>
     <t>Anuncio (Consejo de Gobierno)</t>
   </si>
   <si>
     <t>Tratados Internacionales</t>
   </si>
   <si>
     <t>Nueva Norma Tomás</t>
   </si>
   <si>
     <t>Circular o instrucción</t>
   </si>
   <si>
     <t>Nueva Norma 2 Tomás</t>
   </si>
   <si>
     <t>Resolución</t>
   </si>
   <si>
     <t>Reglamentos</t>
   </si>
   <si>
     <t>Pruebas Tomas</t>
   </si>
   <si>
     <t>Norma Prueba con Carolina</t>
   </si>
   <si>
+    <t>Comunidad de Madrid</t>
+  </si>
+  <si>
     <t>Cantabria</t>
   </si>
   <si>
-    <t>Comunidad de Madrid</t>
-[...1 lines deleted...]
-  <si>
     <t>sg2</t>
   </si>
   <si>
     <t>sg3</t>
   </si>
   <si>
     <t>sg5</t>
   </si>
   <si>
     <t>Orden</t>
   </si>
   <si>
     <t>Prueba de Legislación con Nivel de Administración Nacional.</t>
   </si>
   <si>
     <t>https://www.google.com/testing/branch</t>
   </si>
   <si>
+    <t>Extremadura</t>
+  </si>
+  <si>
+    <t>Ciudad Autónoma de Ceuta</t>
+  </si>
+  <si>
     <t>Canarias</t>
   </si>
   <si>
+    <t>Ciudad Autónoma de Melilla</t>
+  </si>
+  <si>
     <t>Región de Murcia</t>
   </si>
   <si>
     <t>AGE</t>
   </si>
   <si>
-    <t>Ciudad Autónoma de Ceuta</t>
-[...7 lines deleted...]
-  <si>
     <t>Prueba Nacional con publicadores con AppUsuPerOrg.</t>
   </si>
   <si>
     <t>https://www.google.com/testsg7</t>
   </si>
   <si>
     <t>Comunidad Valenciana</t>
   </si>
   <si>
     <t>Norma Prueba Alta</t>
   </si>
   <si>
     <t>Pruebassssssssssssss años</t>
   </si>
   <si>
     <t>Pruebas para saber si el campo Norma puede usar / , ; y : .</t>
   </si>
   <si>
     <t>https://www.google.com/test/branch</t>
   </si>
   <si>
     <t>Pruebas Normas con Unificación- Detalles 17/12/2024 - Hora: 09:17:00. Prueba de funcionamiento; Correcto/Funcionando con Modificación  17/12/2024 - Hora: 09:19:00..</t>
   </si>
   <si>
+    <t>Extra-Regio</t>
+  </si>
+  <si>
     <t>Illes Balears</t>
-  </si>
-[...1 lines deleted...]
-    <t>Extra-Regio</t>
   </si>
   <si>
     <t>Decreto 33/2024, de 28 de febrero, del Gobierno de Aragón, por el que se establece un régimen de protección para la margaritona (Margaritifera auricularia) y se aprueba un nuevo plan de recuperación.</t>
   </si>
   <si>
     <t>https://www.boa.aragon.es/cgi-bin/EBOA/BRSCGI?CMD=VEROBJ&amp;MLKOB=1320624820303</t>
   </si>
   <si>
     <t>Autonómico</t>
   </si>
   <si>
     <t>Prueba de Modificación dentro de Legislación.</t>
   </si>
   <si>
     <t>Pruebas de Acuerdo del nivel Nacional con Prueba el 03/12/2024. En esta prueba se mira todo.</t>
   </si>
   <si>
     <t>Norma de Prueba con Identificador Oficial realizada el 10/12/2024 con hora a las 10:32:10.</t>
   </si>
   <si>
     <t>Pruebas de Cancelar</t>
   </si>
   <si>
     <t>Reglamento (UE) 2023/966 por el que se modifica el Reglamento (CE) nº 338/97 del Consejo para reflejar las modificaciones adoptadas en la COP 19 en el Convenio sobre el comercio internacional de especies amenazadas de fauna y flora silvestres</t>
   </si>
@@ -4330,103 +4330,103 @@
       </c>
     </row>
     <row r="7" spans="1:8">
       <c r="A7" t="s">
         <v>24</v>
       </c>
       <c r="B7" t="s">
         <v>20</v>
       </c>
       <c r="C7" t="s">
         <v>25</v>
       </c>
       <c r="D7" t="s">
         <v>10</v>
       </c>
       <c r="E7" t="s">
         <v>11</v>
       </c>
       <c r="F7">
         <v>2024</v>
       </c>
       <c r="G7" t="s">
         <v>14</v>
       </c>
       <c r="H7" t="s">
-        <v>12</v>
+        <v>27</v>
       </c>
     </row>
     <row r="8" spans="1:8">
       <c r="A8" t="s">
         <v>24</v>
       </c>
       <c r="B8" t="s">
         <v>20</v>
       </c>
       <c r="C8" t="s">
         <v>25</v>
       </c>
       <c r="D8" t="s">
         <v>10</v>
       </c>
       <c r="E8" t="s">
         <v>11</v>
       </c>
       <c r="F8">
         <v>2024</v>
       </c>
       <c r="G8" t="s">
         <v>14</v>
       </c>
       <c r="H8" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
     </row>
     <row r="9" spans="1:8">
       <c r="A9" t="s">
         <v>24</v>
       </c>
       <c r="B9" t="s">
         <v>20</v>
       </c>
       <c r="C9" t="s">
         <v>25</v>
       </c>
       <c r="D9" t="s">
         <v>10</v>
       </c>
       <c r="E9" t="s">
         <v>11</v>
       </c>
       <c r="F9">
         <v>2024</v>
       </c>
       <c r="G9" t="s">
         <v>14</v>
       </c>
       <c r="H9" t="s">
-        <v>28</v>
+        <v>12</v>
       </c>
     </row>
     <row r="10" spans="1:8">
       <c r="A10" t="s">
         <v>29</v>
       </c>
       <c r="B10" t="s">
         <v>20</v>
       </c>
       <c r="C10" t="s">
         <v>30</v>
       </c>
       <c r="D10" t="s">
         <v>22</v>
       </c>
       <c r="E10" t="s">
         <v>31</v>
       </c>
       <c r="F10">
         <v>2024</v>
       </c>
       <c r="G10" t="s">
         <v>14</v>
       </c>
       <c r="H10"/>
@@ -4498,103 +4498,103 @@
       <c r="H13"/>
     </row>
     <row r="14" spans="1:8">
       <c r="A14" t="s">
         <v>38</v>
       </c>
       <c r="B14" t="s">
         <v>20</v>
       </c>
       <c r="C14" t="s">
         <v>30</v>
       </c>
       <c r="D14" t="s">
         <v>22</v>
       </c>
       <c r="E14" t="s">
         <v>18</v>
       </c>
       <c r="F14">
         <v>2024</v>
       </c>
       <c r="G14" t="s">
         <v>14</v>
       </c>
       <c r="H14" t="s">
-        <v>12</v>
+        <v>28</v>
       </c>
     </row>
     <row r="15" spans="1:8">
       <c r="A15" t="s">
         <v>38</v>
       </c>
       <c r="B15" t="s">
         <v>20</v>
       </c>
       <c r="C15" t="s">
         <v>30</v>
       </c>
       <c r="D15" t="s">
         <v>22</v>
       </c>
       <c r="E15" t="s">
         <v>18</v>
       </c>
       <c r="F15">
         <v>2024</v>
       </c>
       <c r="G15" t="s">
         <v>14</v>
       </c>
       <c r="H15" t="s">
-        <v>39</v>
+        <v>12</v>
       </c>
     </row>
     <row r="16" spans="1:8">
       <c r="A16" t="s">
         <v>38</v>
       </c>
       <c r="B16" t="s">
         <v>20</v>
       </c>
       <c r="C16" t="s">
         <v>30</v>
       </c>
       <c r="D16" t="s">
         <v>22</v>
       </c>
       <c r="E16" t="s">
         <v>18</v>
       </c>
       <c r="F16">
         <v>2024</v>
       </c>
       <c r="G16" t="s">
         <v>14</v>
       </c>
       <c r="H16" t="s">
-        <v>28</v>
+        <v>39</v>
       </c>
     </row>
     <row r="17" spans="1:8">
       <c r="A17" t="s">
         <v>38</v>
       </c>
       <c r="B17" t="s">
         <v>20</v>
       </c>
       <c r="C17" t="s">
         <v>30</v>
       </c>
       <c r="D17" t="s">
         <v>22</v>
       </c>
       <c r="E17" t="s">
         <v>18</v>
       </c>
       <c r="F17">
         <v>2024</v>
       </c>
       <c r="G17" t="s">
         <v>14</v>
       </c>
       <c r="H17" t="s">
@@ -4654,51 +4654,51 @@
       </c>
     </row>
     <row r="20" spans="1:8">
       <c r="A20" t="s">
         <v>42</v>
       </c>
       <c r="B20" t="s">
         <v>9</v>
       </c>
       <c r="C20" t="s">
         <v>30</v>
       </c>
       <c r="D20" t="s">
         <v>22</v>
       </c>
       <c r="E20" t="s">
         <v>18</v>
       </c>
       <c r="F20">
         <v>2024</v>
       </c>
       <c r="G20" t="s">
         <v>14</v>
       </c>
       <c r="H20" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
     </row>
     <row r="21" spans="1:8">
       <c r="A21" t="s">
         <v>42</v>
       </c>
       <c r="B21" t="s">
         <v>9</v>
       </c>
       <c r="C21" t="s">
         <v>30</v>
       </c>
       <c r="D21" t="s">
         <v>22</v>
       </c>
       <c r="E21" t="s">
         <v>18</v>
       </c>
       <c r="F21">
         <v>2024</v>
       </c>
       <c r="G21" t="s">
         <v>14</v>
       </c>
       <c r="H21" t="s">
@@ -4706,77 +4706,77 @@
       </c>
     </row>
     <row r="22" spans="1:8">
       <c r="A22" t="s">
         <v>42</v>
       </c>
       <c r="B22" t="s">
         <v>9</v>
       </c>
       <c r="C22" t="s">
         <v>30</v>
       </c>
       <c r="D22" t="s">
         <v>22</v>
       </c>
       <c r="E22" t="s">
         <v>18</v>
       </c>
       <c r="F22">
         <v>2024</v>
       </c>
       <c r="G22" t="s">
         <v>14</v>
       </c>
       <c r="H22" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
     </row>
     <row r="23" spans="1:8">
       <c r="A23" t="s">
         <v>42</v>
       </c>
       <c r="B23" t="s">
         <v>9</v>
       </c>
       <c r="C23" t="s">
         <v>30</v>
       </c>
       <c r="D23" t="s">
         <v>22</v>
       </c>
       <c r="E23" t="s">
         <v>18</v>
       </c>
       <c r="F23">
         <v>2024</v>
       </c>
       <c r="G23" t="s">
         <v>14</v>
       </c>
       <c r="H23" t="s">
-        <v>28</v>
+        <v>40</v>
       </c>
     </row>
     <row r="24" spans="1:8">
       <c r="A24" t="s">
         <v>42</v>
       </c>
       <c r="B24" t="s">
         <v>9</v>
       </c>
       <c r="C24" t="s">
         <v>30</v>
       </c>
       <c r="D24" t="s">
         <v>22</v>
       </c>
       <c r="E24" t="s">
         <v>18</v>
       </c>
       <c r="F24">
         <v>2024</v>
       </c>
       <c r="G24" t="s">
         <v>14</v>
       </c>
       <c r="H24" t="s">
@@ -4880,219 +4880,219 @@
       <c r="H28" t="s">
         <v>49</v>
       </c>
     </row>
     <row r="29" spans="1:8">
       <c r="A29" t="s">
         <v>45</v>
       </c>
       <c r="B29" t="s">
         <v>46</v>
       </c>
       <c r="C29"/>
       <c r="D29" t="s">
         <v>17</v>
       </c>
       <c r="E29" t="s">
         <v>18</v>
       </c>
       <c r="F29">
         <v>2024</v>
       </c>
       <c r="G29" t="s">
         <v>14</v>
       </c>
       <c r="H29" t="s">
-        <v>12</v>
+        <v>50</v>
       </c>
     </row>
     <row r="30" spans="1:8">
       <c r="A30" t="s">
         <v>45</v>
       </c>
       <c r="B30" t="s">
         <v>46</v>
       </c>
       <c r="C30"/>
       <c r="D30" t="s">
         <v>17</v>
       </c>
       <c r="E30" t="s">
         <v>18</v>
       </c>
       <c r="F30">
         <v>2024</v>
       </c>
       <c r="G30" t="s">
         <v>14</v>
       </c>
       <c r="H30" t="s">
-        <v>50</v>
+        <v>39</v>
       </c>
     </row>
     <row r="31" spans="1:8">
       <c r="A31" t="s">
         <v>45</v>
       </c>
       <c r="B31" t="s">
         <v>46</v>
       </c>
       <c r="C31"/>
       <c r="D31" t="s">
         <v>17</v>
       </c>
       <c r="E31" t="s">
         <v>18</v>
       </c>
       <c r="F31">
         <v>2024</v>
       </c>
       <c r="G31" t="s">
         <v>14</v>
       </c>
       <c r="H31" t="s">
         <v>51</v>
       </c>
     </row>
     <row r="32" spans="1:8">
       <c r="A32" t="s">
         <v>45</v>
       </c>
       <c r="B32" t="s">
         <v>46</v>
       </c>
       <c r="C32"/>
       <c r="D32" t="s">
         <v>17</v>
       </c>
       <c r="E32" t="s">
         <v>18</v>
       </c>
       <c r="F32">
         <v>2024</v>
       </c>
       <c r="G32" t="s">
         <v>14</v>
       </c>
       <c r="H32" t="s">
-        <v>40</v>
+        <v>12</v>
       </c>
     </row>
     <row r="33" spans="1:8">
       <c r="A33" t="s">
         <v>45</v>
       </c>
       <c r="B33" t="s">
         <v>46</v>
       </c>
       <c r="C33"/>
       <c r="D33" t="s">
         <v>17</v>
       </c>
       <c r="E33" t="s">
         <v>18</v>
       </c>
       <c r="F33">
         <v>2024</v>
       </c>
       <c r="G33" t="s">
         <v>14</v>
       </c>
       <c r="H33" t="s">
         <v>52</v>
       </c>
     </row>
     <row r="34" spans="1:8">
       <c r="A34" t="s">
         <v>53</v>
       </c>
       <c r="B34" t="s">
         <v>54</v>
       </c>
       <c r="C34"/>
       <c r="D34" t="s">
         <v>17</v>
       </c>
       <c r="E34" t="s">
         <v>18</v>
       </c>
       <c r="F34">
         <v>2024</v>
       </c>
       <c r="G34" t="s">
         <v>14</v>
       </c>
       <c r="H34" t="s">
-        <v>48</v>
+        <v>12</v>
       </c>
     </row>
     <row r="35" spans="1:8">
       <c r="A35" t="s">
         <v>53</v>
       </c>
       <c r="B35" t="s">
         <v>54</v>
       </c>
       <c r="C35"/>
       <c r="D35" t="s">
         <v>17</v>
       </c>
       <c r="E35" t="s">
         <v>18</v>
       </c>
       <c r="F35">
         <v>2024</v>
       </c>
       <c r="G35" t="s">
         <v>14</v>
       </c>
       <c r="H35" t="s">
-        <v>55</v>
+        <v>51</v>
       </c>
     </row>
     <row r="36" spans="1:8">
       <c r="A36" t="s">
         <v>53</v>
       </c>
       <c r="B36" t="s">
         <v>54</v>
       </c>
       <c r="C36"/>
       <c r="D36" t="s">
         <v>17</v>
       </c>
       <c r="E36" t="s">
         <v>18</v>
       </c>
       <c r="F36">
         <v>2024</v>
       </c>
       <c r="G36" t="s">
         <v>14</v>
       </c>
       <c r="H36" t="s">
-        <v>12</v>
+        <v>55</v>
       </c>
     </row>
     <row r="37" spans="1:8">
       <c r="A37" t="s">
         <v>56</v>
       </c>
       <c r="B37" t="s">
         <v>9</v>
       </c>
       <c r="C37"/>
       <c r="D37"/>
       <c r="E37" t="s">
         <v>18</v>
       </c>
       <c r="F37">
         <v>2024</v>
       </c>
       <c r="G37"/>
       <c r="H37"/>
     </row>
     <row r="38" spans="1:8">
       <c r="A38" t="s">
         <v>57</v>
       </c>
       <c r="B38" t="s">
@@ -5148,251 +5148,251 @@
       <c r="F40">
         <v>2024</v>
       </c>
       <c r="G40"/>
       <c r="H40" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="41" spans="1:8">
       <c r="A41" t="s">
         <v>60</v>
       </c>
       <c r="B41" t="s">
         <v>46</v>
       </c>
       <c r="C41"/>
       <c r="D41"/>
       <c r="E41" t="s">
         <v>18</v>
       </c>
       <c r="F41">
         <v>2024</v>
       </c>
       <c r="G41"/>
       <c r="H41" t="s">
-        <v>28</v>
+        <v>52</v>
       </c>
     </row>
     <row r="42" spans="1:8">
       <c r="A42" t="s">
         <v>60</v>
       </c>
       <c r="B42" t="s">
         <v>46</v>
       </c>
       <c r="C42"/>
       <c r="D42"/>
       <c r="E42" t="s">
         <v>18</v>
       </c>
       <c r="F42">
         <v>2024</v>
       </c>
       <c r="G42"/>
       <c r="H42" t="s">
-        <v>40</v>
+        <v>28</v>
       </c>
     </row>
     <row r="43" spans="1:8">
       <c r="A43" t="s">
         <v>60</v>
       </c>
       <c r="B43" t="s">
         <v>46</v>
       </c>
       <c r="C43"/>
       <c r="D43"/>
       <c r="E43" t="s">
         <v>18</v>
       </c>
       <c r="F43">
         <v>2024</v>
       </c>
       <c r="G43"/>
       <c r="H43" t="s">
         <v>61</v>
       </c>
     </row>
     <row r="44" spans="1:8">
       <c r="A44" t="s">
         <v>60</v>
       </c>
       <c r="B44" t="s">
         <v>46</v>
       </c>
       <c r="C44"/>
       <c r="D44"/>
       <c r="E44" t="s">
         <v>18</v>
       </c>
       <c r="F44">
         <v>2024</v>
       </c>
       <c r="G44"/>
       <c r="H44" t="s">
-        <v>62</v>
+        <v>12</v>
       </c>
     </row>
     <row r="45" spans="1:8">
       <c r="A45" t="s">
         <v>60</v>
       </c>
       <c r="B45" t="s">
         <v>46</v>
       </c>
       <c r="C45"/>
       <c r="D45"/>
       <c r="E45" t="s">
         <v>18</v>
       </c>
       <c r="F45">
         <v>2024</v>
       </c>
       <c r="G45"/>
       <c r="H45" t="s">
-        <v>49</v>
+        <v>40</v>
       </c>
     </row>
     <row r="46" spans="1:8">
       <c r="A46" t="s">
         <v>60</v>
       </c>
       <c r="B46" t="s">
         <v>46</v>
       </c>
       <c r="C46"/>
       <c r="D46"/>
       <c r="E46" t="s">
         <v>18</v>
       </c>
       <c r="F46">
         <v>2024</v>
       </c>
       <c r="G46"/>
       <c r="H46" t="s">
-        <v>12</v>
+        <v>62</v>
       </c>
     </row>
     <row r="47" spans="1:8">
       <c r="A47" t="s">
         <v>63</v>
       </c>
       <c r="B47" t="s">
         <v>64</v>
       </c>
       <c r="C47" t="s">
         <v>25</v>
       </c>
       <c r="D47" t="s">
         <v>65</v>
       </c>
       <c r="E47" t="s">
         <v>23</v>
       </c>
       <c r="F47">
         <v>2024</v>
       </c>
       <c r="G47"/>
       <c r="H47"/>
     </row>
     <row r="48" spans="1:8">
       <c r="A48" t="s">
         <v>66</v>
       </c>
       <c r="B48" t="s">
         <v>20</v>
       </c>
       <c r="C48" t="s">
         <v>44</v>
       </c>
       <c r="D48" t="s">
         <v>65</v>
       </c>
       <c r="E48" t="s">
         <v>23</v>
       </c>
       <c r="F48">
         <v>2024</v>
       </c>
       <c r="G48" t="s">
         <v>14</v>
       </c>
       <c r="H48" t="s">
-        <v>48</v>
+        <v>51</v>
       </c>
     </row>
     <row r="49" spans="1:8">
       <c r="A49" t="s">
         <v>66</v>
       </c>
       <c r="B49" t="s">
         <v>20</v>
       </c>
       <c r="C49" t="s">
         <v>44</v>
       </c>
       <c r="D49" t="s">
         <v>65</v>
       </c>
       <c r="E49" t="s">
         <v>23</v>
       </c>
       <c r="F49">
         <v>2024</v>
       </c>
       <c r="G49" t="s">
         <v>14</v>
       </c>
       <c r="H49" t="s">
-        <v>12</v>
+        <v>47</v>
       </c>
     </row>
     <row r="50" spans="1:8">
       <c r="A50" t="s">
         <v>66</v>
       </c>
       <c r="B50" t="s">
         <v>20</v>
       </c>
       <c r="C50" t="s">
         <v>44</v>
       </c>
       <c r="D50" t="s">
         <v>65</v>
       </c>
       <c r="E50" t="s">
         <v>23</v>
       </c>
       <c r="F50">
         <v>2024</v>
       </c>
       <c r="G50" t="s">
         <v>14</v>
       </c>
       <c r="H50" t="s">
-        <v>52</v>
+        <v>12</v>
       </c>
     </row>
     <row r="51" spans="1:8">
       <c r="A51" t="s">
         <v>67</v>
       </c>
       <c r="B51" t="s">
         <v>20</v>
       </c>
       <c r="C51" t="s">
         <v>35</v>
       </c>
       <c r="D51" t="s">
         <v>65</v>
       </c>
       <c r="E51" t="s">
         <v>23</v>
       </c>
       <c r="F51">
         <v>2024</v>
       </c>
       <c r="G51" t="s">
         <v>14</v>
       </c>
       <c r="H51" t="s">
@@ -5400,175 +5400,175 @@
       </c>
     </row>
     <row r="52" spans="1:8">
       <c r="A52" t="s">
         <v>67</v>
       </c>
       <c r="B52" t="s">
         <v>20</v>
       </c>
       <c r="C52" t="s">
         <v>35</v>
       </c>
       <c r="D52" t="s">
         <v>65</v>
       </c>
       <c r="E52" t="s">
         <v>23</v>
       </c>
       <c r="F52">
         <v>2024</v>
       </c>
       <c r="G52" t="s">
         <v>14</v>
       </c>
       <c r="H52" t="s">
-        <v>28</v>
+        <v>12</v>
       </c>
     </row>
     <row r="53" spans="1:8">
       <c r="A53" t="s">
         <v>67</v>
       </c>
       <c r="B53" t="s">
         <v>20</v>
       </c>
       <c r="C53" t="s">
         <v>35</v>
       </c>
       <c r="D53" t="s">
         <v>65</v>
       </c>
       <c r="E53" t="s">
         <v>23</v>
       </c>
       <c r="F53">
         <v>2024</v>
       </c>
       <c r="G53" t="s">
         <v>14</v>
       </c>
       <c r="H53" t="s">
-        <v>12</v>
+        <v>28</v>
       </c>
     </row>
     <row r="54" spans="1:8">
       <c r="A54" t="s">
         <v>67</v>
       </c>
       <c r="B54" t="s">
         <v>20</v>
       </c>
       <c r="C54" t="s">
         <v>35</v>
       </c>
       <c r="D54" t="s">
         <v>65</v>
       </c>
       <c r="E54" t="s">
         <v>23</v>
       </c>
       <c r="F54">
         <v>2024</v>
       </c>
       <c r="G54" t="s">
         <v>14</v>
       </c>
       <c r="H54" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
     </row>
     <row r="55" spans="1:8">
       <c r="A55" t="s">
         <v>68</v>
       </c>
       <c r="B55" t="s">
         <v>20</v>
       </c>
       <c r="C55" t="s">
         <v>21</v>
       </c>
       <c r="D55" t="s">
         <v>22</v>
       </c>
       <c r="E55" t="s">
         <v>23</v>
       </c>
       <c r="F55">
         <v>2024</v>
       </c>
       <c r="G55"/>
       <c r="H55" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="56" spans="1:8">
       <c r="A56" t="s">
         <v>69</v>
       </c>
       <c r="B56" t="s">
         <v>20</v>
       </c>
       <c r="C56" t="s">
         <v>21</v>
       </c>
       <c r="D56" t="s">
         <v>22</v>
       </c>
       <c r="E56" t="s">
         <v>23</v>
       </c>
       <c r="F56">
         <v>2024</v>
       </c>
       <c r="G56"/>
       <c r="H56" t="s">
-        <v>49</v>
+        <v>12</v>
       </c>
     </row>
     <row r="57" spans="1:8">
       <c r="A57" t="s">
         <v>69</v>
       </c>
       <c r="B57" t="s">
         <v>20</v>
       </c>
       <c r="C57" t="s">
         <v>21</v>
       </c>
       <c r="D57" t="s">
         <v>22</v>
       </c>
       <c r="E57" t="s">
         <v>23</v>
       </c>
       <c r="F57">
         <v>2024</v>
       </c>
       <c r="G57"/>
       <c r="H57" t="s">
-        <v>12</v>
+        <v>52</v>
       </c>
     </row>
     <row r="58" spans="1:8">
       <c r="A58" t="s">
         <v>70</v>
       </c>
       <c r="B58" t="s">
         <v>71</v>
       </c>
       <c r="C58"/>
       <c r="D58" t="s">
         <v>36</v>
       </c>
       <c r="E58" t="s">
         <v>11</v>
       </c>
       <c r="F58">
         <v>2023</v>
       </c>
       <c r="G58" t="s">
         <v>72</v>
       </c>
       <c r="H58"/>
     </row>
     <row r="59" spans="1:8">
@@ -5702,77 +5702,77 @@
       <c r="H64"/>
     </row>
     <row r="65" spans="1:8">
       <c r="A65" t="s">
         <v>86</v>
       </c>
       <c r="B65" t="s">
         <v>87</v>
       </c>
       <c r="C65" t="s">
         <v>25</v>
       </c>
       <c r="D65" t="s">
         <v>65</v>
       </c>
       <c r="E65" t="s">
         <v>23</v>
       </c>
       <c r="F65">
         <v>2023</v>
       </c>
       <c r="G65" t="s">
         <v>14</v>
       </c>
       <c r="H65" t="s">
-        <v>12</v>
+        <v>55</v>
       </c>
     </row>
     <row r="66" spans="1:8">
       <c r="A66" t="s">
         <v>86</v>
       </c>
       <c r="B66" t="s">
         <v>87</v>
       </c>
       <c r="C66" t="s">
         <v>25</v>
       </c>
       <c r="D66" t="s">
         <v>65</v>
       </c>
       <c r="E66" t="s">
         <v>23</v>
       </c>
       <c r="F66">
         <v>2023</v>
       </c>
       <c r="G66" t="s">
         <v>14</v>
       </c>
       <c r="H66" t="s">
-        <v>55</v>
+        <v>12</v>
       </c>
     </row>
     <row r="67" spans="1:8">
       <c r="A67" t="s">
         <v>88</v>
       </c>
       <c r="B67" t="s">
         <v>89</v>
       </c>
       <c r="C67"/>
       <c r="D67" t="s">
         <v>36</v>
       </c>
       <c r="E67" t="s">
         <v>11</v>
       </c>
       <c r="F67">
         <v>2022</v>
       </c>
       <c r="G67" t="s">
         <v>72</v>
       </c>
       <c r="H67"/>
     </row>
     <row r="68" spans="1:8">
@@ -5864,123 +5864,123 @@
       <c r="H71" t="s">
         <v>55</v>
       </c>
     </row>
     <row r="72" spans="1:8">
       <c r="A72" t="s">
         <v>98</v>
       </c>
       <c r="B72" t="s">
         <v>99</v>
       </c>
       <c r="C72" t="s">
         <v>44</v>
       </c>
       <c r="D72" t="s">
         <v>65</v>
       </c>
       <c r="E72" t="s">
         <v>23</v>
       </c>
       <c r="F72">
         <v>2022</v>
       </c>
       <c r="G72"/>
       <c r="H72" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
     </row>
     <row r="73" spans="1:8">
       <c r="A73" t="s">
         <v>100</v>
       </c>
       <c r="B73" t="s">
         <v>101</v>
       </c>
       <c r="C73" t="s">
         <v>44</v>
       </c>
       <c r="D73" t="s">
         <v>65</v>
       </c>
       <c r="E73" t="s">
         <v>23</v>
       </c>
       <c r="F73">
         <v>2022</v>
       </c>
       <c r="G73"/>
       <c r="H73" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
     </row>
     <row r="74" spans="1:8">
       <c r="A74" t="s">
         <v>102</v>
       </c>
       <c r="B74" t="s">
         <v>103</v>
       </c>
       <c r="C74" t="s">
         <v>25</v>
       </c>
       <c r="D74" t="s">
         <v>65</v>
       </c>
       <c r="E74" t="s">
         <v>23</v>
       </c>
       <c r="F74">
         <v>2022</v>
       </c>
       <c r="G74"/>
       <c r="H74" t="s">
         <v>104</v>
       </c>
     </row>
     <row r="75" spans="1:8">
       <c r="A75" t="s">
         <v>105</v>
       </c>
       <c r="B75" t="s">
         <v>106</v>
       </c>
       <c r="C75" t="s">
         <v>35</v>
       </c>
       <c r="D75" t="s">
         <v>80</v>
       </c>
       <c r="E75" t="s">
         <v>23</v>
       </c>
       <c r="F75">
         <v>2022</v>
       </c>
       <c r="G75"/>
       <c r="H75" t="s">
-        <v>49</v>
+        <v>52</v>
       </c>
     </row>
     <row r="76" spans="1:8">
       <c r="A76" t="s">
         <v>107</v>
       </c>
       <c r="B76" t="s">
         <v>108</v>
       </c>
       <c r="C76" t="s">
         <v>44</v>
       </c>
       <c r="D76" t="s">
         <v>65</v>
       </c>
       <c r="E76" t="s">
         <v>23</v>
       </c>
       <c r="F76">
         <v>2022</v>
       </c>
       <c r="G76"/>
       <c r="H76" t="s">
         <v>15</v>
       </c>
@@ -6032,51 +6032,51 @@
       </c>
     </row>
     <row r="79" spans="1:8">
       <c r="A79" t="s">
         <v>113</v>
       </c>
       <c r="B79" t="s">
         <v>54</v>
       </c>
       <c r="C79" t="s">
         <v>21</v>
       </c>
       <c r="D79" t="s">
         <v>22</v>
       </c>
       <c r="E79" t="s">
         <v>23</v>
       </c>
       <c r="F79">
         <v>2022</v>
       </c>
       <c r="G79" t="s">
         <v>14</v>
       </c>
       <c r="H79" t="s">
-        <v>62</v>
+        <v>28</v>
       </c>
     </row>
     <row r="80" spans="1:8">
       <c r="A80" t="s">
         <v>113</v>
       </c>
       <c r="B80" t="s">
         <v>54</v>
       </c>
       <c r="C80" t="s">
         <v>21</v>
       </c>
       <c r="D80" t="s">
         <v>22</v>
       </c>
       <c r="E80" t="s">
         <v>23</v>
       </c>
       <c r="F80">
         <v>2022</v>
       </c>
       <c r="G80" t="s">
         <v>14</v>
       </c>
       <c r="H80" t="s">
@@ -6084,77 +6084,77 @@
       </c>
     </row>
     <row r="81" spans="1:8">
       <c r="A81" t="s">
         <v>113</v>
       </c>
       <c r="B81" t="s">
         <v>54</v>
       </c>
       <c r="C81" t="s">
         <v>21</v>
       </c>
       <c r="D81" t="s">
         <v>22</v>
       </c>
       <c r="E81" t="s">
         <v>23</v>
       </c>
       <c r="F81">
         <v>2022</v>
       </c>
       <c r="G81" t="s">
         <v>14</v>
       </c>
       <c r="H81" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
     </row>
     <row r="82" spans="1:8">
       <c r="A82" t="s">
         <v>113</v>
       </c>
       <c r="B82" t="s">
         <v>54</v>
       </c>
       <c r="C82" t="s">
         <v>21</v>
       </c>
       <c r="D82" t="s">
         <v>22</v>
       </c>
       <c r="E82" t="s">
         <v>23</v>
       </c>
       <c r="F82">
         <v>2022</v>
       </c>
       <c r="G82" t="s">
         <v>14</v>
       </c>
       <c r="H82" t="s">
-        <v>28</v>
+        <v>61</v>
       </c>
     </row>
     <row r="83" spans="1:8">
       <c r="A83" t="s">
         <v>114</v>
       </c>
       <c r="B83" t="s">
         <v>115</v>
       </c>
       <c r="C83"/>
       <c r="D83" t="s">
         <v>17</v>
       </c>
       <c r="E83" t="s">
         <v>18</v>
       </c>
       <c r="F83">
         <v>2021</v>
       </c>
       <c r="G83"/>
       <c r="H83" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="84" spans="1:8">
@@ -6318,99 +6318,99 @@
       <c r="H90" t="s">
         <v>130</v>
       </c>
     </row>
     <row r="91" spans="1:8">
       <c r="A91" t="s">
         <v>131</v>
       </c>
       <c r="B91" t="s">
         <v>132</v>
       </c>
       <c r="C91" t="s">
         <v>25</v>
       </c>
       <c r="D91" t="s">
         <v>65</v>
       </c>
       <c r="E91" t="s">
         <v>23</v>
       </c>
       <c r="F91">
         <v>2020</v>
       </c>
       <c r="G91"/>
       <c r="H91" t="s">
-        <v>47</v>
+        <v>49</v>
       </c>
     </row>
     <row r="92" spans="1:8">
       <c r="A92" t="s">
         <v>133</v>
       </c>
       <c r="B92" t="s">
         <v>134</v>
       </c>
       <c r="C92" t="s">
         <v>79</v>
       </c>
       <c r="D92" t="s">
         <v>80</v>
       </c>
       <c r="E92" t="s">
         <v>23</v>
       </c>
       <c r="F92">
         <v>2020</v>
       </c>
       <c r="G92" t="s">
         <v>14</v>
       </c>
       <c r="H92"/>
     </row>
     <row r="93" spans="1:8">
       <c r="A93" t="s">
         <v>135</v>
       </c>
       <c r="B93" t="s">
         <v>136</v>
       </c>
       <c r="C93" t="s">
         <v>44</v>
       </c>
       <c r="D93" t="s">
         <v>65</v>
       </c>
       <c r="E93" t="s">
         <v>23</v>
       </c>
       <c r="F93">
         <v>2020</v>
       </c>
       <c r="G93"/>
       <c r="H93" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
     </row>
     <row r="94" spans="1:8">
       <c r="A94" t="s">
         <v>137</v>
       </c>
       <c r="B94" t="s">
         <v>138</v>
       </c>
       <c r="C94"/>
       <c r="D94" t="s">
         <v>36</v>
       </c>
       <c r="E94" t="s">
         <v>11</v>
       </c>
       <c r="F94">
         <v>2019</v>
       </c>
       <c r="G94" t="s">
         <v>72</v>
       </c>
       <c r="H94"/>
     </row>
     <row r="95" spans="1:8">
@@ -6574,75 +6574,75 @@
       </c>
       <c r="G101"/>
       <c r="H101"/>
     </row>
     <row r="102" spans="1:8">
       <c r="A102" t="s">
         <v>155</v>
       </c>
       <c r="B102" t="s">
         <v>156</v>
       </c>
       <c r="C102" t="s">
         <v>44</v>
       </c>
       <c r="D102" t="s">
         <v>65</v>
       </c>
       <c r="E102" t="s">
         <v>23</v>
       </c>
       <c r="F102">
         <v>2019</v>
       </c>
       <c r="G102"/>
       <c r="H102" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
     </row>
     <row r="103" spans="1:8">
       <c r="A103" t="s">
         <v>157</v>
       </c>
       <c r="B103" t="s">
         <v>158</v>
       </c>
       <c r="C103" t="s">
         <v>44</v>
       </c>
       <c r="D103" t="s">
         <v>65</v>
       </c>
       <c r="E103" t="s">
         <v>23</v>
       </c>
       <c r="F103">
         <v>2019</v>
       </c>
       <c r="G103"/>
       <c r="H103" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
     </row>
     <row r="104" spans="1:8">
       <c r="A104" t="s">
         <v>159</v>
       </c>
       <c r="B104" t="s">
         <v>160</v>
       </c>
       <c r="C104" t="s">
         <v>44</v>
       </c>
       <c r="D104" t="s">
         <v>65</v>
       </c>
       <c r="E104" t="s">
         <v>23</v>
       </c>
       <c r="F104">
         <v>2019</v>
       </c>
       <c r="G104"/>
       <c r="H104" t="s">
         <v>12</v>
       </c>
@@ -6768,95 +6768,95 @@
       <c r="H109" t="s">
         <v>55</v>
       </c>
     </row>
     <row r="110" spans="1:8">
       <c r="A110" t="s">
         <v>171</v>
       </c>
       <c r="B110" t="s">
         <v>172</v>
       </c>
       <c r="C110" t="s">
         <v>25</v>
       </c>
       <c r="D110" t="s">
         <v>65</v>
       </c>
       <c r="E110" t="s">
         <v>23</v>
       </c>
       <c r="F110">
         <v>2018</v>
       </c>
       <c r="G110"/>
       <c r="H110" t="s">
-        <v>52</v>
+        <v>47</v>
       </c>
     </row>
     <row r="111" spans="1:8">
       <c r="A111" t="s">
         <v>173</v>
       </c>
       <c r="B111" t="s">
         <v>174</v>
       </c>
       <c r="C111"/>
       <c r="D111"/>
       <c r="E111" t="s">
         <v>23</v>
       </c>
       <c r="F111">
         <v>2018</v>
       </c>
       <c r="G111" t="s">
         <v>72</v>
       </c>
       <c r="H111"/>
     </row>
     <row r="112" spans="1:8">
       <c r="A112" t="s">
         <v>175</v>
       </c>
       <c r="B112" t="s">
         <v>176</v>
       </c>
       <c r="C112" t="s">
         <v>25</v>
       </c>
       <c r="D112" t="s">
         <v>65</v>
       </c>
       <c r="E112" t="s">
         <v>23</v>
       </c>
       <c r="F112">
         <v>2018</v>
       </c>
       <c r="G112"/>
       <c r="H112" t="s">
-        <v>47</v>
+        <v>49</v>
       </c>
     </row>
     <row r="113" spans="1:8">
       <c r="A113" t="s">
         <v>177</v>
       </c>
       <c r="B113" t="s">
         <v>178</v>
       </c>
       <c r="C113" t="s">
         <v>44</v>
       </c>
       <c r="D113" t="s">
         <v>65</v>
       </c>
       <c r="E113" t="s">
         <v>23</v>
       </c>
       <c r="F113">
         <v>2018</v>
       </c>
       <c r="G113"/>
       <c r="H113"/>
     </row>
     <row r="114" spans="1:8">
@@ -7008,51 +7008,51 @@
         <v>72</v>
       </c>
       <c r="H120"/>
     </row>
     <row r="121" spans="1:8">
       <c r="A121" t="s">
         <v>193</v>
       </c>
       <c r="B121" t="s">
         <v>194</v>
       </c>
       <c r="C121" t="s">
         <v>35</v>
       </c>
       <c r="D121" t="s">
         <v>65</v>
       </c>
       <c r="E121" t="s">
         <v>23</v>
       </c>
       <c r="F121">
         <v>2017</v>
       </c>
       <c r="G121"/>
       <c r="H121" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
     </row>
     <row r="122" spans="1:8">
       <c r="A122" t="s">
         <v>195</v>
       </c>
       <c r="B122" t="s">
         <v>196</v>
       </c>
       <c r="C122" t="s">
         <v>79</v>
       </c>
       <c r="D122" t="s">
         <v>80</v>
       </c>
       <c r="E122" t="s">
         <v>23</v>
       </c>
       <c r="F122">
         <v>2017</v>
       </c>
       <c r="G122"/>
       <c r="H122" t="s">
         <v>12</v>
       </c>
@@ -7232,123 +7232,123 @@
       </c>
       <c r="G130" t="s">
         <v>72</v>
       </c>
       <c r="H130"/>
     </row>
     <row r="131" spans="1:8">
       <c r="A131" t="s">
         <v>214</v>
       </c>
       <c r="B131" t="s">
         <v>215</v>
       </c>
       <c r="C131"/>
       <c r="D131" t="s">
         <v>17</v>
       </c>
       <c r="E131" t="s">
         <v>18</v>
       </c>
       <c r="F131">
         <v>2016</v>
       </c>
       <c r="G131"/>
       <c r="H131" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
     </row>
     <row r="132" spans="1:8">
       <c r="A132" t="s">
         <v>216</v>
       </c>
       <c r="B132" t="s">
         <v>217</v>
       </c>
       <c r="C132" t="s">
         <v>25</v>
       </c>
       <c r="D132" t="s">
         <v>65</v>
       </c>
       <c r="E132" t="s">
         <v>23</v>
       </c>
       <c r="F132">
         <v>2016</v>
       </c>
       <c r="G132"/>
       <c r="H132" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
     </row>
     <row r="133" spans="1:8">
       <c r="A133" t="s">
         <v>218</v>
       </c>
       <c r="B133" t="s">
         <v>219</v>
       </c>
       <c r="C133" t="s">
         <v>25</v>
       </c>
       <c r="D133" t="s">
         <v>65</v>
       </c>
       <c r="E133" t="s">
         <v>23</v>
       </c>
       <c r="F133">
         <v>2016</v>
       </c>
       <c r="G133"/>
       <c r="H133" t="s">
         <v>130</v>
       </c>
     </row>
     <row r="134" spans="1:8">
       <c r="A134" t="s">
         <v>220</v>
       </c>
       <c r="B134" t="s">
         <v>221</v>
       </c>
       <c r="C134" t="s">
         <v>25</v>
       </c>
       <c r="D134" t="s">
         <v>65</v>
       </c>
       <c r="E134" t="s">
         <v>23</v>
       </c>
       <c r="F134">
         <v>2016</v>
       </c>
       <c r="G134"/>
       <c r="H134" t="s">
-        <v>48</v>
+        <v>51</v>
       </c>
     </row>
     <row r="135" spans="1:8">
       <c r="A135" t="s">
         <v>222</v>
       </c>
       <c r="B135" t="s">
         <v>223</v>
       </c>
       <c r="C135" t="s">
         <v>79</v>
       </c>
       <c r="D135" t="s">
         <v>80</v>
       </c>
       <c r="E135" t="s">
         <v>23</v>
       </c>
       <c r="F135">
         <v>2016</v>
       </c>
       <c r="G135" t="s">
         <v>14</v>
       </c>
       <c r="H135"/>
@@ -7400,51 +7400,51 @@
       <c r="H137" t="s">
         <v>130</v>
       </c>
     </row>
     <row r="138" spans="1:8">
       <c r="A138" t="s">
         <v>228</v>
       </c>
       <c r="B138" t="s">
         <v>229</v>
       </c>
       <c r="C138" t="s">
         <v>25</v>
       </c>
       <c r="D138" t="s">
         <v>65</v>
       </c>
       <c r="E138" t="s">
         <v>23</v>
       </c>
       <c r="F138">
         <v>2016</v>
       </c>
       <c r="G138"/>
       <c r="H138" t="s">
-        <v>48</v>
+        <v>51</v>
       </c>
     </row>
     <row r="139" spans="1:8">
       <c r="A139" t="s">
         <v>230</v>
       </c>
       <c r="B139" t="s">
         <v>231</v>
       </c>
       <c r="C139" t="s">
         <v>25</v>
       </c>
       <c r="D139" t="s">
         <v>65</v>
       </c>
       <c r="E139" t="s">
         <v>23</v>
       </c>
       <c r="F139">
         <v>2016</v>
       </c>
       <c r="G139"/>
       <c r="H139"/>
     </row>
     <row r="140" spans="1:8">
@@ -7490,171 +7490,171 @@
       </c>
       <c r="G141"/>
       <c r="H141"/>
     </row>
     <row r="142" spans="1:8">
       <c r="A142" t="s">
         <v>236</v>
       </c>
       <c r="B142" t="s">
         <v>237</v>
       </c>
       <c r="C142" t="s">
         <v>44</v>
       </c>
       <c r="D142" t="s">
         <v>65</v>
       </c>
       <c r="E142" t="s">
         <v>23</v>
       </c>
       <c r="F142">
         <v>2016</v>
       </c>
       <c r="G142"/>
       <c r="H142" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
     </row>
     <row r="143" spans="1:8">
       <c r="A143" t="s">
         <v>238</v>
       </c>
       <c r="B143" t="s">
         <v>239</v>
       </c>
       <c r="C143" t="s">
         <v>44</v>
       </c>
       <c r="D143" t="s">
         <v>65</v>
       </c>
       <c r="E143" t="s">
         <v>23</v>
       </c>
       <c r="F143">
         <v>2016</v>
       </c>
       <c r="G143"/>
       <c r="H143" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
     </row>
     <row r="144" spans="1:8">
       <c r="A144" t="s">
         <v>240</v>
       </c>
       <c r="B144" t="s">
         <v>241</v>
       </c>
       <c r="C144" t="s">
         <v>25</v>
       </c>
       <c r="D144" t="s">
         <v>65</v>
       </c>
       <c r="E144" t="s">
         <v>23</v>
       </c>
       <c r="F144">
         <v>2016</v>
       </c>
       <c r="G144"/>
       <c r="H144" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="145" spans="1:8">
       <c r="A145" t="s">
         <v>242</v>
       </c>
       <c r="B145" t="s">
         <v>243</v>
       </c>
       <c r="C145" t="s">
         <v>25</v>
       </c>
       <c r="D145" t="s">
         <v>65</v>
       </c>
       <c r="E145" t="s">
         <v>23</v>
       </c>
       <c r="F145">
         <v>2016</v>
       </c>
       <c r="G145"/>
       <c r="H145" t="s">
-        <v>52</v>
+        <v>47</v>
       </c>
     </row>
     <row r="146" spans="1:8">
       <c r="A146" t="s">
         <v>244</v>
       </c>
       <c r="B146" t="s">
         <v>245</v>
       </c>
       <c r="C146" t="s">
         <v>44</v>
       </c>
       <c r="D146" t="s">
         <v>65</v>
       </c>
       <c r="E146" t="s">
         <v>23</v>
       </c>
       <c r="F146">
         <v>2016</v>
       </c>
       <c r="G146"/>
       <c r="H146" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="147" spans="1:8">
       <c r="A147" t="s">
         <v>246</v>
       </c>
       <c r="B147" t="s">
         <v>247</v>
       </c>
       <c r="C147" t="s">
         <v>25</v>
       </c>
       <c r="D147" t="s">
         <v>65</v>
       </c>
       <c r="E147" t="s">
         <v>23</v>
       </c>
       <c r="F147">
         <v>2016</v>
       </c>
       <c r="G147"/>
       <c r="H147" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
     </row>
     <row r="148" spans="1:8">
       <c r="A148" t="s">
         <v>248</v>
       </c>
       <c r="B148" t="s">
         <v>249</v>
       </c>
       <c r="C148" t="s">
         <v>44</v>
       </c>
       <c r="D148" t="s">
         <v>65</v>
       </c>
       <c r="E148" t="s">
         <v>23</v>
       </c>
       <c r="F148">
         <v>2016</v>
       </c>
       <c r="G148"/>
       <c r="H148" t="s">
         <v>12</v>
       </c>
@@ -7772,75 +7772,75 @@
         <v>14</v>
       </c>
       <c r="H153"/>
     </row>
     <row r="154" spans="1:8">
       <c r="A154" t="s">
         <v>261</v>
       </c>
       <c r="B154" t="s">
         <v>262</v>
       </c>
       <c r="C154" t="s">
         <v>25</v>
       </c>
       <c r="D154" t="s">
         <v>65</v>
       </c>
       <c r="E154" t="s">
         <v>23</v>
       </c>
       <c r="F154">
         <v>2015</v>
       </c>
       <c r="G154"/>
       <c r="H154" t="s">
-        <v>52</v>
+        <v>47</v>
       </c>
     </row>
     <row r="155" spans="1:8">
       <c r="A155" t="s">
         <v>261</v>
       </c>
       <c r="B155" t="s">
         <v>262</v>
       </c>
       <c r="C155" t="s">
         <v>25</v>
       </c>
       <c r="D155" t="s">
         <v>65</v>
       </c>
       <c r="E155" t="s">
         <v>23</v>
       </c>
       <c r="F155">
         <v>2015</v>
       </c>
       <c r="G155"/>
       <c r="H155" t="s">
-        <v>47</v>
+        <v>49</v>
       </c>
     </row>
     <row r="156" spans="1:8">
       <c r="A156" t="s">
         <v>263</v>
       </c>
       <c r="B156" t="s">
         <v>264</v>
       </c>
       <c r="C156" t="s">
         <v>35</v>
       </c>
       <c r="D156" t="s">
         <v>65</v>
       </c>
       <c r="E156" t="s">
         <v>23</v>
       </c>
       <c r="F156">
         <v>2015</v>
       </c>
       <c r="G156"/>
       <c r="H156" t="s">
         <v>12</v>
       </c>
@@ -8008,51 +8008,51 @@
       </c>
       <c r="G163"/>
       <c r="H163"/>
     </row>
     <row r="164" spans="1:8">
       <c r="A164" t="s">
         <v>280</v>
       </c>
       <c r="B164" t="s">
         <v>281</v>
       </c>
       <c r="C164" t="s">
         <v>44</v>
       </c>
       <c r="D164" t="s">
         <v>65</v>
       </c>
       <c r="E164" t="s">
         <v>23</v>
       </c>
       <c r="F164">
         <v>2015</v>
       </c>
       <c r="G164"/>
       <c r="H164" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
     </row>
     <row r="165" spans="1:8">
       <c r="A165" t="s">
         <v>282</v>
       </c>
       <c r="B165" t="s">
         <v>283</v>
       </c>
       <c r="C165" t="s">
         <v>25</v>
       </c>
       <c r="D165" t="s">
         <v>65</v>
       </c>
       <c r="E165" t="s">
         <v>23</v>
       </c>
       <c r="F165">
         <v>2015</v>
       </c>
       <c r="G165"/>
       <c r="H165"/>
     </row>
     <row r="166" spans="1:8">
@@ -8144,51 +8144,51 @@
       </c>
       <c r="G169"/>
       <c r="H169"/>
     </row>
     <row r="170" spans="1:8">
       <c r="A170" t="s">
         <v>291</v>
       </c>
       <c r="B170" t="s">
         <v>292</v>
       </c>
       <c r="C170" t="s">
         <v>25</v>
       </c>
       <c r="D170" t="s">
         <v>65</v>
       </c>
       <c r="E170" t="s">
         <v>23</v>
       </c>
       <c r="F170">
         <v>2014</v>
       </c>
       <c r="G170"/>
       <c r="H170" t="s">
-        <v>47</v>
+        <v>49</v>
       </c>
     </row>
     <row r="171" spans="1:8">
       <c r="A171" t="s">
         <v>293</v>
       </c>
       <c r="B171" t="s">
         <v>294</v>
       </c>
       <c r="C171" t="s">
         <v>44</v>
       </c>
       <c r="D171" t="s">
         <v>65</v>
       </c>
       <c r="E171" t="s">
         <v>23</v>
       </c>
       <c r="F171">
         <v>2014</v>
       </c>
       <c r="G171"/>
       <c r="H171" t="s">
         <v>15</v>
       </c>
@@ -8442,73 +8442,73 @@
       </c>
       <c r="G182"/>
       <c r="H182" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="183" spans="1:8">
       <c r="A183" t="s">
         <v>317</v>
       </c>
       <c r="B183" t="s">
         <v>318</v>
       </c>
       <c r="C183"/>
       <c r="D183" t="s">
         <v>17</v>
       </c>
       <c r="E183" t="s">
         <v>18</v>
       </c>
       <c r="F183">
         <v>2013</v>
       </c>
       <c r="G183"/>
       <c r="H183" t="s">
-        <v>27</v>
+        <v>26</v>
       </c>
     </row>
     <row r="184" spans="1:8">
       <c r="A184" t="s">
         <v>319</v>
       </c>
       <c r="B184" t="s">
         <v>320</v>
       </c>
       <c r="C184"/>
       <c r="D184" t="s">
         <v>17</v>
       </c>
       <c r="E184" t="s">
         <v>18</v>
       </c>
       <c r="F184">
         <v>2013</v>
       </c>
       <c r="G184"/>
       <c r="H184" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
     </row>
     <row r="185" spans="1:8">
       <c r="A185" t="s">
         <v>321</v>
       </c>
       <c r="B185" t="s">
         <v>322</v>
       </c>
       <c r="C185" t="s">
         <v>44</v>
       </c>
       <c r="D185" t="s">
         <v>65</v>
       </c>
       <c r="E185" t="s">
         <v>23</v>
       </c>
       <c r="F185">
         <v>2013</v>
       </c>
       <c r="G185"/>
       <c r="H185" t="s">
         <v>104</v>
       </c>
@@ -8536,411 +8536,411 @@
       <c r="H186" t="s">
         <v>104</v>
       </c>
     </row>
     <row r="187" spans="1:8">
       <c r="A187" t="s">
         <v>325</v>
       </c>
       <c r="B187" t="s">
         <v>326</v>
       </c>
       <c r="C187" t="s">
         <v>44</v>
       </c>
       <c r="D187" t="s">
         <v>65</v>
       </c>
       <c r="E187" t="s">
         <v>23</v>
       </c>
       <c r="F187">
         <v>2013</v>
       </c>
       <c r="G187"/>
       <c r="H187" t="s">
-        <v>40</v>
+        <v>39</v>
       </c>
     </row>
     <row r="188" spans="1:8">
       <c r="A188" t="s">
         <v>327</v>
       </c>
       <c r="B188" t="s">
         <v>328</v>
       </c>
       <c r="C188" t="s">
         <v>44</v>
       </c>
       <c r="D188" t="s">
         <v>65</v>
       </c>
       <c r="E188" t="s">
         <v>23</v>
       </c>
       <c r="F188">
         <v>2013</v>
       </c>
       <c r="G188"/>
       <c r="H188" t="s">
         <v>55</v>
       </c>
     </row>
     <row r="189" spans="1:8">
       <c r="A189" t="s">
         <v>329</v>
       </c>
       <c r="B189" t="s">
         <v>330</v>
       </c>
       <c r="C189" t="s">
         <v>30</v>
       </c>
       <c r="D189" t="s">
         <v>65</v>
       </c>
       <c r="E189" t="s">
         <v>23</v>
       </c>
       <c r="F189">
         <v>2013</v>
       </c>
       <c r="G189"/>
       <c r="H189" t="s">
-        <v>52</v>
+        <v>47</v>
       </c>
     </row>
     <row r="190" spans="1:8">
       <c r="A190" t="s">
         <v>331</v>
       </c>
       <c r="B190" t="s">
         <v>332</v>
       </c>
       <c r="C190" t="s">
         <v>44</v>
       </c>
       <c r="D190" t="s">
         <v>65</v>
       </c>
       <c r="E190" t="s">
         <v>23</v>
       </c>
       <c r="F190">
         <v>2013</v>
       </c>
       <c r="G190"/>
       <c r="H190" t="s">
-        <v>52</v>
+        <v>47</v>
       </c>
     </row>
     <row r="191" spans="1:8">
       <c r="A191" t="s">
         <v>333</v>
       </c>
       <c r="B191" t="s">
         <v>334</v>
       </c>
       <c r="C191" t="s">
         <v>44</v>
       </c>
       <c r="D191" t="s">
         <v>65</v>
       </c>
       <c r="E191" t="s">
         <v>23</v>
       </c>
       <c r="F191">
         <v>2013</v>
       </c>
       <c r="G191"/>
       <c r="H191" t="s">
         <v>297</v>
       </c>
     </row>
     <row r="192" spans="1:8">
       <c r="A192" t="s">
         <v>335</v>
       </c>
       <c r="B192" t="s">
         <v>336</v>
       </c>
       <c r="C192" t="s">
         <v>30</v>
       </c>
       <c r="D192" t="s">
         <v>65</v>
       </c>
       <c r="E192" t="s">
         <v>23</v>
       </c>
       <c r="F192">
         <v>2013</v>
       </c>
       <c r="G192"/>
       <c r="H192" t="s">
-        <v>48</v>
+        <v>51</v>
       </c>
     </row>
     <row r="193" spans="1:8">
       <c r="A193" t="s">
         <v>337</v>
       </c>
       <c r="B193" t="s">
         <v>338</v>
       </c>
       <c r="C193" t="s">
         <v>25</v>
       </c>
       <c r="D193" t="s">
         <v>65</v>
       </c>
       <c r="E193" t="s">
         <v>23</v>
       </c>
       <c r="F193">
         <v>2013</v>
       </c>
       <c r="G193"/>
       <c r="H193" t="s">
-        <v>27</v>
+        <v>26</v>
       </c>
     </row>
     <row r="194" spans="1:8">
       <c r="A194" t="s">
         <v>339</v>
       </c>
       <c r="B194" t="s">
         <v>340</v>
       </c>
       <c r="C194" t="s">
         <v>44</v>
       </c>
       <c r="D194" t="s">
         <v>65</v>
       </c>
       <c r="E194" t="s">
         <v>23</v>
       </c>
       <c r="F194">
         <v>2013</v>
       </c>
       <c r="G194"/>
       <c r="H194" t="s">
-        <v>27</v>
+        <v>26</v>
       </c>
     </row>
     <row r="195" spans="1:8">
       <c r="A195" t="s">
         <v>341</v>
       </c>
       <c r="B195" t="s">
         <v>342</v>
       </c>
       <c r="C195" t="s">
         <v>145</v>
       </c>
       <c r="D195" t="s">
         <v>80</v>
       </c>
       <c r="E195" t="s">
         <v>23</v>
       </c>
       <c r="F195">
         <v>2013</v>
       </c>
       <c r="G195" t="s">
         <v>14</v>
       </c>
       <c r="H195"/>
     </row>
     <row r="196" spans="1:8">
       <c r="A196" t="s">
         <v>343</v>
       </c>
       <c r="B196" t="s">
         <v>344</v>
       </c>
       <c r="C196" t="s">
         <v>44</v>
       </c>
       <c r="D196" t="s">
         <v>65</v>
       </c>
       <c r="E196" t="s">
         <v>23</v>
       </c>
       <c r="F196">
         <v>2013</v>
       </c>
       <c r="G196"/>
       <c r="H196" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
     </row>
     <row r="197" spans="1:8">
       <c r="A197" t="s">
         <v>345</v>
       </c>
       <c r="B197" t="s">
         <v>346</v>
       </c>
       <c r="C197" t="s">
         <v>25</v>
       </c>
       <c r="D197" t="s">
         <v>65</v>
       </c>
       <c r="E197" t="s">
         <v>23</v>
       </c>
       <c r="F197">
         <v>2013</v>
       </c>
       <c r="G197"/>
       <c r="H197" t="s">
-        <v>52</v>
+        <v>47</v>
       </c>
     </row>
     <row r="198" spans="1:8">
       <c r="A198" t="s">
         <v>347</v>
       </c>
       <c r="B198" t="s">
         <v>348</v>
       </c>
       <c r="C198" t="s">
         <v>35</v>
       </c>
       <c r="D198" t="s">
         <v>65</v>
       </c>
       <c r="E198" t="s">
         <v>23</v>
       </c>
       <c r="F198">
         <v>2013</v>
       </c>
       <c r="G198"/>
       <c r="H198" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
     </row>
     <row r="199" spans="1:8">
       <c r="A199" t="s">
         <v>349</v>
       </c>
       <c r="B199" t="s">
         <v>350</v>
       </c>
       <c r="C199" t="s">
         <v>44</v>
       </c>
       <c r="D199" t="s">
         <v>65</v>
       </c>
       <c r="E199" t="s">
         <v>23</v>
       </c>
       <c r="F199">
         <v>2013</v>
       </c>
       <c r="G199"/>
       <c r="H199" t="s">
         <v>55</v>
       </c>
     </row>
     <row r="200" spans="1:8">
       <c r="A200" t="s">
         <v>351</v>
       </c>
       <c r="B200" t="s">
         <v>352</v>
       </c>
       <c r="C200" t="s">
         <v>44</v>
       </c>
       <c r="D200" t="s">
         <v>65</v>
       </c>
       <c r="E200" t="s">
         <v>23</v>
       </c>
       <c r="F200">
         <v>2013</v>
       </c>
       <c r="G200"/>
       <c r="H200" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
     </row>
     <row r="201" spans="1:8">
       <c r="A201" t="s">
         <v>353</v>
       </c>
       <c r="B201" t="s">
         <v>354</v>
       </c>
       <c r="C201" t="s">
         <v>44</v>
       </c>
       <c r="D201" t="s">
         <v>65</v>
       </c>
       <c r="E201" t="s">
         <v>23</v>
       </c>
       <c r="F201">
         <v>2013</v>
       </c>
       <c r="G201"/>
       <c r="H201" t="s">
-        <v>48</v>
+        <v>51</v>
       </c>
     </row>
     <row r="202" spans="1:8">
       <c r="A202" t="s">
         <v>355</v>
       </c>
       <c r="B202" t="s">
         <v>356</v>
       </c>
       <c r="C202" t="s">
         <v>25</v>
       </c>
       <c r="D202" t="s">
         <v>65</v>
       </c>
       <c r="E202" t="s">
         <v>23</v>
       </c>
       <c r="F202">
         <v>2013</v>
       </c>
       <c r="G202"/>
       <c r="H202" t="s">
-        <v>49</v>
+        <v>52</v>
       </c>
     </row>
     <row r="203" spans="1:8">
       <c r="A203" t="s">
         <v>357</v>
       </c>
       <c r="B203" t="s">
         <v>358</v>
       </c>
       <c r="C203" t="s">
         <v>25</v>
       </c>
       <c r="D203" t="s">
         <v>65</v>
       </c>
       <c r="E203" t="s">
         <v>23</v>
       </c>
       <c r="F203">
         <v>2013</v>
       </c>
       <c r="G203"/>
       <c r="H203" t="s">
         <v>12</v>
       </c>
@@ -8966,95 +8966,95 @@
       </c>
       <c r="G204"/>
       <c r="H204"/>
     </row>
     <row r="205" spans="1:8">
       <c r="A205" t="s">
         <v>361</v>
       </c>
       <c r="B205" t="s">
         <v>362</v>
       </c>
       <c r="C205" t="s">
         <v>25</v>
       </c>
       <c r="D205" t="s">
         <v>65</v>
       </c>
       <c r="E205" t="s">
         <v>23</v>
       </c>
       <c r="F205">
         <v>2013</v>
       </c>
       <c r="G205"/>
       <c r="H205" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
     </row>
     <row r="206" spans="1:8">
       <c r="A206" t="s">
         <v>363</v>
       </c>
       <c r="B206" t="s">
         <v>364</v>
       </c>
       <c r="C206"/>
       <c r="D206" t="s">
         <v>17</v>
       </c>
       <c r="E206" t="s">
         <v>18</v>
       </c>
       <c r="F206">
         <v>2012</v>
       </c>
       <c r="G206"/>
       <c r="H206" t="s">
-        <v>27</v>
+        <v>26</v>
       </c>
     </row>
     <row r="207" spans="1:8">
       <c r="A207" t="s">
         <v>365</v>
       </c>
       <c r="B207" t="s">
         <v>366</v>
       </c>
       <c r="C207"/>
       <c r="D207" t="s">
         <v>254</v>
       </c>
       <c r="E207" t="s">
         <v>18</v>
       </c>
       <c r="F207">
         <v>2012</v>
       </c>
       <c r="G207"/>
       <c r="H207" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
     </row>
     <row r="208" spans="1:8">
       <c r="A208" t="s">
         <v>367</v>
       </c>
       <c r="B208" t="s">
         <v>368</v>
       </c>
       <c r="C208" t="s">
         <v>25</v>
       </c>
       <c r="D208" t="s">
         <v>65</v>
       </c>
       <c r="E208" t="s">
         <v>23</v>
       </c>
       <c r="F208">
         <v>2012</v>
       </c>
       <c r="G208"/>
       <c r="H208" t="s">
         <v>12</v>
       </c>
@@ -9106,243 +9106,243 @@
       <c r="H210" t="s">
         <v>130</v>
       </c>
     </row>
     <row r="211" spans="1:8">
       <c r="A211" t="s">
         <v>373</v>
       </c>
       <c r="B211" t="s">
         <v>374</v>
       </c>
       <c r="C211" t="s">
         <v>44</v>
       </c>
       <c r="D211" t="s">
         <v>65</v>
       </c>
       <c r="E211" t="s">
         <v>23</v>
       </c>
       <c r="F211">
         <v>2012</v>
       </c>
       <c r="G211"/>
       <c r="H211" t="s">
-        <v>27</v>
+        <v>26</v>
       </c>
     </row>
     <row r="212" spans="1:8">
       <c r="A212" t="s">
         <v>375</v>
       </c>
       <c r="B212" t="s">
         <v>376</v>
       </c>
       <c r="C212" t="s">
         <v>44</v>
       </c>
       <c r="D212" t="s">
         <v>65</v>
       </c>
       <c r="E212" t="s">
         <v>23</v>
       </c>
       <c r="F212">
         <v>2012</v>
       </c>
       <c r="G212"/>
       <c r="H212" t="s">
-        <v>27</v>
+        <v>26</v>
       </c>
     </row>
     <row r="213" spans="1:8">
       <c r="A213" t="s">
         <v>377</v>
       </c>
       <c r="B213" t="s">
         <v>378</v>
       </c>
       <c r="C213" t="s">
         <v>25</v>
       </c>
       <c r="D213" t="s">
         <v>65</v>
       </c>
       <c r="E213" t="s">
         <v>23</v>
       </c>
       <c r="F213">
         <v>2012</v>
       </c>
       <c r="G213"/>
       <c r="H213" t="s">
-        <v>27</v>
+        <v>26</v>
       </c>
     </row>
     <row r="214" spans="1:8">
       <c r="A214" t="s">
         <v>379</v>
       </c>
       <c r="B214" t="s">
         <v>380</v>
       </c>
       <c r="C214" t="s">
         <v>44</v>
       </c>
       <c r="D214" t="s">
         <v>65</v>
       </c>
       <c r="E214" t="s">
         <v>23</v>
       </c>
       <c r="F214">
         <v>2012</v>
       </c>
       <c r="G214"/>
       <c r="H214" t="s">
-        <v>40</v>
+        <v>39</v>
       </c>
     </row>
     <row r="215" spans="1:8">
       <c r="A215" t="s">
         <v>381</v>
       </c>
       <c r="B215" t="s">
         <v>382</v>
       </c>
       <c r="C215" t="s">
         <v>25</v>
       </c>
       <c r="D215" t="s">
         <v>65</v>
       </c>
       <c r="E215" t="s">
         <v>23</v>
       </c>
       <c r="F215">
         <v>2012</v>
       </c>
       <c r="G215"/>
       <c r="H215" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
     </row>
     <row r="216" spans="1:8">
       <c r="A216" t="s">
         <v>383</v>
       </c>
       <c r="B216" t="s">
         <v>384</v>
       </c>
       <c r="C216" t="s">
         <v>25</v>
       </c>
       <c r="D216" t="s">
         <v>65</v>
       </c>
       <c r="E216" t="s">
         <v>23</v>
       </c>
       <c r="F216">
         <v>2012</v>
       </c>
       <c r="G216"/>
       <c r="H216" t="s">
         <v>55</v>
       </c>
     </row>
     <row r="217" spans="1:8">
       <c r="A217" t="s">
         <v>385</v>
       </c>
       <c r="B217" t="s">
         <v>386</v>
       </c>
       <c r="C217" t="s">
         <v>44</v>
       </c>
       <c r="D217" t="s">
         <v>65</v>
       </c>
       <c r="E217" t="s">
         <v>23</v>
       </c>
       <c r="F217">
         <v>2012</v>
       </c>
       <c r="G217"/>
       <c r="H217" t="s">
-        <v>52</v>
+        <v>47</v>
       </c>
     </row>
     <row r="218" spans="1:8">
       <c r="A218" t="s">
         <v>387</v>
       </c>
       <c r="B218" t="s">
         <v>388</v>
       </c>
       <c r="C218" t="s">
         <v>30</v>
       </c>
       <c r="D218" t="s">
         <v>65</v>
       </c>
       <c r="E218" t="s">
         <v>23</v>
       </c>
       <c r="F218">
         <v>2012</v>
       </c>
       <c r="G218"/>
       <c r="H218" t="s">
-        <v>48</v>
+        <v>51</v>
       </c>
     </row>
     <row r="219" spans="1:8">
       <c r="A219" t="s">
         <v>389</v>
       </c>
       <c r="B219" t="s">
         <v>390</v>
       </c>
       <c r="C219" t="s">
         <v>25</v>
       </c>
       <c r="D219" t="s">
         <v>65</v>
       </c>
       <c r="E219" t="s">
         <v>23</v>
       </c>
       <c r="F219">
         <v>2012</v>
       </c>
       <c r="G219"/>
       <c r="H219" t="s">
-        <v>48</v>
+        <v>51</v>
       </c>
     </row>
     <row r="220" spans="1:8">
       <c r="A220" t="s">
         <v>391</v>
       </c>
       <c r="B220" t="s">
         <v>392</v>
       </c>
       <c r="C220" t="s">
         <v>79</v>
       </c>
       <c r="D220" t="s">
         <v>80</v>
       </c>
       <c r="E220" t="s">
         <v>23</v>
       </c>
       <c r="F220">
         <v>2012</v>
       </c>
       <c r="G220" t="s">
         <v>14</v>
       </c>
       <c r="H220"/>
@@ -9502,73 +9502,73 @@
       </c>
       <c r="G227"/>
       <c r="H227" t="s">
         <v>130</v>
       </c>
     </row>
     <row r="228" spans="1:8">
       <c r="A228" t="s">
         <v>406</v>
       </c>
       <c r="B228" t="s">
         <v>407</v>
       </c>
       <c r="C228"/>
       <c r="D228" t="s">
         <v>17</v>
       </c>
       <c r="E228" t="s">
         <v>18</v>
       </c>
       <c r="F228">
         <v>2011</v>
       </c>
       <c r="G228"/>
       <c r="H228" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
     </row>
     <row r="229" spans="1:8">
       <c r="A229" t="s">
         <v>408</v>
       </c>
       <c r="B229" t="s">
         <v>409</v>
       </c>
       <c r="C229"/>
       <c r="D229" t="s">
         <v>17</v>
       </c>
       <c r="E229" t="s">
         <v>18</v>
       </c>
       <c r="F229">
         <v>2011</v>
       </c>
       <c r="G229"/>
       <c r="H229" t="s">
-        <v>52</v>
+        <v>47</v>
       </c>
     </row>
     <row r="230" spans="1:8">
       <c r="A230" t="s">
         <v>410</v>
       </c>
       <c r="B230" t="s">
         <v>411</v>
       </c>
       <c r="C230"/>
       <c r="D230" t="s">
         <v>254</v>
       </c>
       <c r="E230" t="s">
         <v>18</v>
       </c>
       <c r="F230">
         <v>2011</v>
       </c>
       <c r="G230" t="s">
         <v>14</v>
       </c>
       <c r="H230"/>
     </row>
     <row r="231" spans="1:8">
@@ -9758,195 +9758,195 @@
       <c r="H238" t="s">
         <v>130</v>
       </c>
     </row>
     <row r="239" spans="1:8">
       <c r="A239" t="s">
         <v>428</v>
       </c>
       <c r="B239" t="s">
         <v>429</v>
       </c>
       <c r="C239" t="s">
         <v>25</v>
       </c>
       <c r="D239" t="s">
         <v>65</v>
       </c>
       <c r="E239" t="s">
         <v>23</v>
       </c>
       <c r="F239">
         <v>2011</v>
       </c>
       <c r="G239"/>
       <c r="H239" t="s">
-        <v>27</v>
+        <v>26</v>
       </c>
     </row>
     <row r="240" spans="1:8">
       <c r="A240" t="s">
         <v>430</v>
       </c>
       <c r="B240" t="s">
         <v>431</v>
       </c>
       <c r="C240" t="s">
         <v>25</v>
       </c>
       <c r="D240" t="s">
         <v>65</v>
       </c>
       <c r="E240" t="s">
         <v>23</v>
       </c>
       <c r="F240">
         <v>2011</v>
       </c>
       <c r="G240"/>
       <c r="H240" t="s">
-        <v>52</v>
+        <v>47</v>
       </c>
     </row>
     <row r="241" spans="1:8">
       <c r="A241" t="s">
         <v>432</v>
       </c>
       <c r="B241" t="s">
         <v>433</v>
       </c>
       <c r="C241" t="s">
         <v>44</v>
       </c>
       <c r="D241" t="s">
         <v>65</v>
       </c>
       <c r="E241" t="s">
         <v>23</v>
       </c>
       <c r="F241">
         <v>2011</v>
       </c>
       <c r="G241"/>
       <c r="H241" t="s">
-        <v>52</v>
+        <v>47</v>
       </c>
     </row>
     <row r="242" spans="1:8">
       <c r="A242" t="s">
         <v>434</v>
       </c>
       <c r="B242" t="s">
         <v>435</v>
       </c>
       <c r="C242" t="s">
         <v>35</v>
       </c>
       <c r="D242" t="s">
         <v>65</v>
       </c>
       <c r="E242" t="s">
         <v>23</v>
       </c>
       <c r="F242">
         <v>2011</v>
       </c>
       <c r="G242"/>
       <c r="H242" t="s">
         <v>297</v>
       </c>
     </row>
     <row r="243" spans="1:8">
       <c r="A243" t="s">
         <v>436</v>
       </c>
       <c r="B243" t="s">
         <v>437</v>
       </c>
       <c r="C243" t="s">
         <v>44</v>
       </c>
       <c r="D243" t="s">
         <v>65</v>
       </c>
       <c r="E243" t="s">
         <v>23</v>
       </c>
       <c r="F243">
         <v>2011</v>
       </c>
       <c r="G243"/>
       <c r="H243" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
     </row>
     <row r="244" spans="1:8">
       <c r="A244" t="s">
         <v>438</v>
       </c>
       <c r="B244" t="s">
         <v>439</v>
       </c>
       <c r="C244" t="s">
         <v>25</v>
       </c>
       <c r="D244" t="s">
         <v>65</v>
       </c>
       <c r="E244" t="s">
         <v>23</v>
       </c>
       <c r="F244">
         <v>2011</v>
       </c>
       <c r="G244"/>
       <c r="H244" t="s">
-        <v>48</v>
+        <v>51</v>
       </c>
     </row>
     <row r="245" spans="1:8">
       <c r="A245" t="s">
         <v>440</v>
       </c>
       <c r="B245" t="s">
         <v>441</v>
       </c>
       <c r="C245" t="s">
         <v>44</v>
       </c>
       <c r="D245" t="s">
         <v>65</v>
       </c>
       <c r="E245" t="s">
         <v>23</v>
       </c>
       <c r="F245">
         <v>2011</v>
       </c>
       <c r="G245"/>
       <c r="H245" t="s">
-        <v>48</v>
+        <v>51</v>
       </c>
     </row>
     <row r="246" spans="1:8">
       <c r="A246" t="s">
         <v>442</v>
       </c>
       <c r="B246" t="s">
         <v>443</v>
       </c>
       <c r="C246" t="s">
         <v>25</v>
       </c>
       <c r="D246" t="s">
         <v>65</v>
       </c>
       <c r="E246" t="s">
         <v>23</v>
       </c>
       <c r="F246">
         <v>2011</v>
       </c>
       <c r="G246"/>
       <c r="H246" t="s">
         <v>15</v>
       </c>
@@ -9974,121 +9974,121 @@
       <c r="H247" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="248" spans="1:8">
       <c r="A248" t="s">
         <v>445</v>
       </c>
       <c r="B248" t="s">
         <v>446</v>
       </c>
       <c r="C248" t="s">
         <v>44</v>
       </c>
       <c r="D248" t="s">
         <v>65</v>
       </c>
       <c r="E248" t="s">
         <v>23</v>
       </c>
       <c r="F248">
         <v>2011</v>
       </c>
       <c r="G248"/>
       <c r="H248" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
     </row>
     <row r="249" spans="1:8">
       <c r="A249" t="s">
         <v>447</v>
       </c>
       <c r="B249" t="s">
         <v>448</v>
       </c>
       <c r="C249" t="s">
         <v>25</v>
       </c>
       <c r="D249" t="s">
         <v>65</v>
       </c>
       <c r="E249" t="s">
         <v>23</v>
       </c>
       <c r="F249">
         <v>2011</v>
       </c>
       <c r="G249"/>
       <c r="H249"/>
     </row>
     <row r="250" spans="1:8">
       <c r="A250" t="s">
         <v>449</v>
       </c>
       <c r="B250" t="s">
         <v>450</v>
       </c>
       <c r="C250" t="s">
         <v>25</v>
       </c>
       <c r="D250" t="s">
         <v>65</v>
       </c>
       <c r="E250" t="s">
         <v>23</v>
       </c>
       <c r="F250">
         <v>2011</v>
       </c>
       <c r="G250"/>
       <c r="H250" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
     </row>
     <row r="251" spans="1:8">
       <c r="A251" t="s">
         <v>451</v>
       </c>
       <c r="B251" t="s">
         <v>452</v>
       </c>
       <c r="C251" t="s">
         <v>25</v>
       </c>
       <c r="D251" t="s">
         <v>65</v>
       </c>
       <c r="E251" t="s">
         <v>23</v>
       </c>
       <c r="F251">
         <v>2011</v>
       </c>
       <c r="G251"/>
       <c r="H251" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
     </row>
     <row r="252" spans="1:8">
       <c r="A252" t="s">
         <v>453</v>
       </c>
       <c r="B252" t="s">
         <v>454</v>
       </c>
       <c r="C252" t="s">
         <v>30</v>
       </c>
       <c r="D252" t="s">
         <v>65</v>
       </c>
       <c r="E252" t="s">
         <v>23</v>
       </c>
       <c r="F252">
         <v>2011</v>
       </c>
       <c r="G252"/>
       <c r="H252" t="s">
         <v>12</v>
       </c>
@@ -10156,289 +10156,289 @@
       </c>
       <c r="G255"/>
       <c r="H255" t="s">
         <v>104</v>
       </c>
     </row>
     <row r="256" spans="1:8">
       <c r="A256" t="s">
         <v>461</v>
       </c>
       <c r="B256" t="s">
         <v>462</v>
       </c>
       <c r="C256"/>
       <c r="D256" t="s">
         <v>17</v>
       </c>
       <c r="E256" t="s">
         <v>18</v>
       </c>
       <c r="F256">
         <v>2010</v>
       </c>
       <c r="G256"/>
       <c r="H256" t="s">
-        <v>47</v>
+        <v>49</v>
       </c>
     </row>
     <row r="257" spans="1:8">
       <c r="A257" t="s">
         <v>463</v>
       </c>
       <c r="B257" t="s">
         <v>464</v>
       </c>
       <c r="C257"/>
       <c r="D257" t="s">
         <v>17</v>
       </c>
       <c r="E257" t="s">
         <v>18</v>
       </c>
       <c r="F257">
         <v>2010</v>
       </c>
       <c r="G257"/>
       <c r="H257" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
     </row>
     <row r="258" spans="1:8">
       <c r="A258" t="s">
         <v>465</v>
       </c>
       <c r="B258" t="s">
         <v>466</v>
       </c>
       <c r="C258" t="s">
         <v>44</v>
       </c>
       <c r="D258" t="s">
         <v>65</v>
       </c>
       <c r="E258" t="s">
         <v>23</v>
       </c>
       <c r="F258">
         <v>2010</v>
       </c>
       <c r="G258"/>
       <c r="H258" t="s">
         <v>130</v>
       </c>
     </row>
     <row r="259" spans="1:8">
       <c r="A259" t="s">
         <v>467</v>
       </c>
       <c r="B259" t="s">
         <v>468</v>
       </c>
       <c r="C259" t="s">
         <v>25</v>
       </c>
       <c r="D259" t="s">
         <v>65</v>
       </c>
       <c r="E259" t="s">
         <v>23</v>
       </c>
       <c r="F259">
         <v>2010</v>
       </c>
       <c r="G259"/>
       <c r="H259" t="s">
-        <v>48</v>
+        <v>51</v>
       </c>
     </row>
     <row r="260" spans="1:8">
       <c r="A260" t="s">
         <v>469</v>
       </c>
       <c r="B260" t="s">
         <v>470</v>
       </c>
       <c r="C260" t="s">
         <v>35</v>
       </c>
       <c r="D260" t="s">
         <v>65</v>
       </c>
       <c r="E260" t="s">
         <v>23</v>
       </c>
       <c r="F260">
         <v>2010</v>
       </c>
       <c r="G260"/>
       <c r="H260" t="s">
-        <v>47</v>
+        <v>49</v>
       </c>
     </row>
     <row r="261" spans="1:8">
       <c r="A261" t="s">
         <v>471</v>
       </c>
       <c r="B261" t="s">
         <v>472</v>
       </c>
       <c r="C261" t="s">
         <v>35</v>
       </c>
       <c r="D261" t="s">
         <v>65</v>
       </c>
       <c r="E261" t="s">
         <v>23</v>
       </c>
       <c r="F261">
         <v>2010</v>
       </c>
       <c r="G261"/>
       <c r="H261" t="s">
-        <v>47</v>
+        <v>49</v>
       </c>
     </row>
     <row r="262" spans="1:8">
       <c r="A262" t="s">
         <v>473</v>
       </c>
       <c r="B262" t="s">
         <v>474</v>
       </c>
       <c r="C262" t="s">
         <v>35</v>
       </c>
       <c r="D262" t="s">
         <v>65</v>
       </c>
       <c r="E262" t="s">
         <v>23</v>
       </c>
       <c r="F262">
         <v>2010</v>
       </c>
       <c r="G262"/>
       <c r="H262" t="s">
-        <v>47</v>
+        <v>49</v>
       </c>
     </row>
     <row r="263" spans="1:8">
       <c r="A263" t="s">
         <v>475</v>
       </c>
       <c r="B263" t="s">
         <v>476</v>
       </c>
       <c r="C263" t="s">
         <v>25</v>
       </c>
       <c r="D263" t="s">
         <v>65</v>
       </c>
       <c r="E263" t="s">
         <v>23</v>
       </c>
       <c r="F263">
         <v>2010</v>
       </c>
       <c r="G263"/>
       <c r="H263" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="264" spans="1:8">
       <c r="A264" t="s">
         <v>477</v>
       </c>
       <c r="B264" t="s">
         <v>478</v>
       </c>
       <c r="C264" t="s">
         <v>25</v>
       </c>
       <c r="D264" t="s">
         <v>65</v>
       </c>
       <c r="E264" t="s">
         <v>23</v>
       </c>
       <c r="F264">
         <v>2010</v>
       </c>
       <c r="G264"/>
       <c r="H264" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
     </row>
     <row r="265" spans="1:8">
       <c r="A265" t="s">
         <v>479</v>
       </c>
       <c r="B265" t="s">
         <v>480</v>
       </c>
       <c r="C265" t="s">
         <v>25</v>
       </c>
       <c r="D265" t="s">
         <v>65</v>
       </c>
       <c r="E265" t="s">
         <v>23</v>
       </c>
       <c r="F265">
         <v>2010</v>
       </c>
       <c r="G265"/>
       <c r="H265" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
     </row>
     <row r="266" spans="1:8">
       <c r="A266" t="s">
         <v>481</v>
       </c>
       <c r="B266" t="s">
         <v>482</v>
       </c>
       <c r="C266" t="s">
         <v>25</v>
       </c>
       <c r="D266" t="s">
         <v>65</v>
       </c>
       <c r="E266" t="s">
         <v>23</v>
       </c>
       <c r="F266">
         <v>2010</v>
       </c>
       <c r="G266"/>
       <c r="H266" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
     </row>
     <row r="267" spans="1:8">
       <c r="A267" t="s">
         <v>483</v>
       </c>
       <c r="B267" t="s">
         <v>484</v>
       </c>
       <c r="C267"/>
       <c r="D267" t="s">
         <v>485</v>
       </c>
       <c r="E267" t="s">
         <v>11</v>
       </c>
       <c r="F267">
         <v>2009</v>
       </c>
       <c r="G267" t="s">
         <v>72</v>
       </c>
       <c r="H267"/>
     </row>
     <row r="268" spans="1:8">
@@ -10534,99 +10534,99 @@
       <c r="H271" t="s">
         <v>130</v>
       </c>
     </row>
     <row r="272" spans="1:8">
       <c r="A272" t="s">
         <v>494</v>
       </c>
       <c r="B272" t="s">
         <v>495</v>
       </c>
       <c r="C272" t="s">
         <v>35</v>
       </c>
       <c r="D272" t="s">
         <v>65</v>
       </c>
       <c r="E272" t="s">
         <v>23</v>
       </c>
       <c r="F272">
         <v>2009</v>
       </c>
       <c r="G272"/>
       <c r="H272" t="s">
-        <v>27</v>
+        <v>26</v>
       </c>
     </row>
     <row r="273" spans="1:8">
       <c r="A273" t="s">
         <v>496</v>
       </c>
       <c r="B273" t="s">
         <v>497</v>
       </c>
       <c r="C273" t="s">
         <v>25</v>
       </c>
       <c r="D273" t="s">
         <v>65</v>
       </c>
       <c r="E273" t="s">
         <v>23</v>
       </c>
       <c r="F273">
         <v>2009</v>
       </c>
       <c r="G273"/>
       <c r="H273" t="s">
-        <v>27</v>
+        <v>26</v>
       </c>
     </row>
     <row r="274" spans="1:8">
       <c r="A274" t="s">
         <v>498</v>
       </c>
       <c r="B274" t="s">
         <v>499</v>
       </c>
       <c r="C274" t="s">
         <v>25</v>
       </c>
       <c r="D274" t="s">
         <v>65</v>
       </c>
       <c r="E274" t="s">
         <v>23</v>
       </c>
       <c r="F274">
         <v>2009</v>
       </c>
       <c r="G274"/>
       <c r="H274" t="s">
-        <v>27</v>
+        <v>26</v>
       </c>
     </row>
     <row r="275" spans="1:8">
       <c r="A275" t="s">
         <v>500</v>
       </c>
       <c r="B275" t="s">
         <v>501</v>
       </c>
       <c r="C275" t="s">
         <v>25</v>
       </c>
       <c r="D275" t="s">
         <v>65</v>
       </c>
       <c r="E275" t="s">
         <v>23</v>
       </c>
       <c r="F275">
         <v>2009</v>
       </c>
       <c r="G275"/>
       <c r="H275" t="s">
         <v>55</v>
       </c>
@@ -10678,147 +10678,147 @@
       <c r="H277" t="s">
         <v>55</v>
       </c>
     </row>
     <row r="278" spans="1:8">
       <c r="A278" t="s">
         <v>506</v>
       </c>
       <c r="B278" t="s">
         <v>507</v>
       </c>
       <c r="C278" t="s">
         <v>44</v>
       </c>
       <c r="D278" t="s">
         <v>65</v>
       </c>
       <c r="E278" t="s">
         <v>23</v>
       </c>
       <c r="F278">
         <v>2009</v>
       </c>
       <c r="G278"/>
       <c r="H278" t="s">
-        <v>52</v>
+        <v>47</v>
       </c>
     </row>
     <row r="279" spans="1:8">
       <c r="A279" t="s">
         <v>508</v>
       </c>
       <c r="B279" t="s">
         <v>509</v>
       </c>
       <c r="C279" t="s">
         <v>44</v>
       </c>
       <c r="D279" t="s">
         <v>65</v>
       </c>
       <c r="E279" t="s">
         <v>23</v>
       </c>
       <c r="F279">
         <v>2009</v>
       </c>
       <c r="G279"/>
       <c r="H279" t="s">
-        <v>52</v>
+        <v>47</v>
       </c>
     </row>
     <row r="280" spans="1:8">
       <c r="A280" t="s">
         <v>510</v>
       </c>
       <c r="B280" t="s">
         <v>511</v>
       </c>
       <c r="C280" t="s">
         <v>35</v>
       </c>
       <c r="D280" t="s">
         <v>65</v>
       </c>
       <c r="E280" t="s">
         <v>23</v>
       </c>
       <c r="F280">
         <v>2009</v>
       </c>
       <c r="G280"/>
       <c r="H280" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
     </row>
     <row r="281" spans="1:8">
       <c r="A281" t="s">
         <v>512</v>
       </c>
       <c r="B281" t="s">
         <v>513</v>
       </c>
       <c r="C281" t="s">
         <v>35</v>
       </c>
       <c r="D281" t="s">
         <v>65</v>
       </c>
       <c r="E281" t="s">
         <v>23</v>
       </c>
       <c r="F281">
         <v>2009</v>
       </c>
       <c r="G281"/>
       <c r="H281" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
     </row>
     <row r="282" spans="1:8">
       <c r="A282" t="s">
         <v>514</v>
       </c>
       <c r="B282" t="s">
         <v>515</v>
       </c>
       <c r="C282" t="s">
         <v>25</v>
       </c>
       <c r="D282" t="s">
         <v>65</v>
       </c>
       <c r="E282" t="s">
         <v>23</v>
       </c>
       <c r="F282">
         <v>2009</v>
       </c>
       <c r="G282"/>
       <c r="H282" t="s">
-        <v>48</v>
+        <v>51</v>
       </c>
     </row>
     <row r="283" spans="1:8">
       <c r="A283" t="s">
         <v>516</v>
       </c>
       <c r="B283" t="s">
         <v>517</v>
       </c>
       <c r="C283" t="s">
         <v>25</v>
       </c>
       <c r="D283" t="s">
         <v>65</v>
       </c>
       <c r="E283" t="s">
         <v>23</v>
       </c>
       <c r="F283">
         <v>2009</v>
       </c>
       <c r="G283"/>
       <c r="H283" t="s">
         <v>55</v>
       </c>
@@ -10918,51 +10918,51 @@
       <c r="H287" t="s">
         <v>275</v>
       </c>
     </row>
     <row r="288" spans="1:8">
       <c r="A288" t="s">
         <v>526</v>
       </c>
       <c r="B288" t="s">
         <v>527</v>
       </c>
       <c r="C288" t="s">
         <v>25</v>
       </c>
       <c r="D288" t="s">
         <v>65</v>
       </c>
       <c r="E288" t="s">
         <v>23</v>
       </c>
       <c r="F288">
         <v>2009</v>
       </c>
       <c r="G288"/>
       <c r="H288" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
     </row>
     <row r="289" spans="1:8">
       <c r="A289" t="s">
         <v>528</v>
       </c>
       <c r="B289" t="s">
         <v>529</v>
       </c>
       <c r="C289" t="s">
         <v>25</v>
       </c>
       <c r="D289" t="s">
         <v>65</v>
       </c>
       <c r="E289" t="s">
         <v>23</v>
       </c>
       <c r="F289">
         <v>2009</v>
       </c>
       <c r="G289"/>
       <c r="H289" t="s">
         <v>12</v>
       </c>
@@ -10988,51 +10988,51 @@
       </c>
       <c r="G290"/>
       <c r="H290"/>
     </row>
     <row r="291" spans="1:8">
       <c r="A291" t="s">
         <v>532</v>
       </c>
       <c r="B291" t="s">
         <v>533</v>
       </c>
       <c r="C291" t="s">
         <v>25</v>
       </c>
       <c r="D291" t="s">
         <v>65</v>
       </c>
       <c r="E291" t="s">
         <v>23</v>
       </c>
       <c r="F291">
         <v>2009</v>
       </c>
       <c r="G291"/>
       <c r="H291" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
     </row>
     <row r="292" spans="1:8">
       <c r="A292" t="s">
         <v>534</v>
       </c>
       <c r="B292" t="s">
         <v>535</v>
       </c>
       <c r="C292" t="s">
         <v>25</v>
       </c>
       <c r="D292" t="s">
         <v>65</v>
       </c>
       <c r="E292" t="s">
         <v>23</v>
       </c>
       <c r="F292">
         <v>2009</v>
       </c>
       <c r="G292"/>
       <c r="H292"/>
     </row>
     <row r="293" spans="1:8">
@@ -11098,51 +11098,51 @@
       </c>
       <c r="G295" t="s">
         <v>72</v>
       </c>
       <c r="H295"/>
     </row>
     <row r="296" spans="1:8">
       <c r="A296" t="s">
         <v>542</v>
       </c>
       <c r="B296" t="s">
         <v>543</v>
       </c>
       <c r="C296"/>
       <c r="D296" t="s">
         <v>17</v>
       </c>
       <c r="E296" t="s">
         <v>18</v>
       </c>
       <c r="F296">
         <v>2008</v>
       </c>
       <c r="G296"/>
       <c r="H296" t="s">
-        <v>27</v>
+        <v>26</v>
       </c>
     </row>
     <row r="297" spans="1:8">
       <c r="A297" t="s">
         <v>544</v>
       </c>
       <c r="B297" t="s">
         <v>545</v>
       </c>
       <c r="C297"/>
       <c r="D297" t="s">
         <v>254</v>
       </c>
       <c r="E297" t="s">
         <v>18</v>
       </c>
       <c r="F297">
         <v>2008</v>
       </c>
       <c r="G297"/>
       <c r="H297" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="298" spans="1:8">
@@ -11260,363 +11260,363 @@
       <c r="H302" t="s">
         <v>104</v>
       </c>
     </row>
     <row r="303" spans="1:8">
       <c r="A303" t="s">
         <v>556</v>
       </c>
       <c r="B303" t="s">
         <v>557</v>
       </c>
       <c r="C303" t="s">
         <v>44</v>
       </c>
       <c r="D303" t="s">
         <v>65</v>
       </c>
       <c r="E303" t="s">
         <v>23</v>
       </c>
       <c r="F303">
         <v>2008</v>
       </c>
       <c r="G303"/>
       <c r="H303" t="s">
-        <v>47</v>
+        <v>49</v>
       </c>
     </row>
     <row r="304" spans="1:8">
       <c r="A304" t="s">
         <v>558</v>
       </c>
       <c r="B304" t="s">
         <v>559</v>
       </c>
       <c r="C304" t="s">
         <v>25</v>
       </c>
       <c r="D304" t="s">
         <v>65</v>
       </c>
       <c r="E304" t="s">
         <v>23</v>
       </c>
       <c r="F304">
         <v>2008</v>
       </c>
       <c r="G304"/>
       <c r="H304" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
     </row>
     <row r="305" spans="1:8">
       <c r="A305" t="s">
         <v>560</v>
       </c>
       <c r="B305" t="s">
         <v>561</v>
       </c>
       <c r="C305" t="s">
         <v>25</v>
       </c>
       <c r="D305" t="s">
         <v>65</v>
       </c>
       <c r="E305" t="s">
         <v>23</v>
       </c>
       <c r="F305">
         <v>2008</v>
       </c>
       <c r="G305"/>
       <c r="H305" t="s">
-        <v>27</v>
+        <v>26</v>
       </c>
     </row>
     <row r="306" spans="1:8">
       <c r="A306" t="s">
         <v>562</v>
       </c>
       <c r="B306" t="s">
         <v>563</v>
       </c>
       <c r="C306" t="s">
         <v>25</v>
       </c>
       <c r="D306" t="s">
         <v>65</v>
       </c>
       <c r="E306" t="s">
         <v>23</v>
       </c>
       <c r="F306">
         <v>2008</v>
       </c>
       <c r="G306"/>
       <c r="H306" t="s">
         <v>55</v>
       </c>
     </row>
     <row r="307" spans="1:8">
       <c r="A307" t="s">
         <v>564</v>
       </c>
       <c r="B307" t="s">
         <v>565</v>
       </c>
       <c r="C307" t="s">
         <v>44</v>
       </c>
       <c r="D307" t="s">
         <v>65</v>
       </c>
       <c r="E307" t="s">
         <v>23</v>
       </c>
       <c r="F307">
         <v>2008</v>
       </c>
       <c r="G307"/>
       <c r="H307" t="s">
-        <v>52</v>
+        <v>47</v>
       </c>
     </row>
     <row r="308" spans="1:8">
       <c r="A308" t="s">
         <v>566</v>
       </c>
       <c r="B308" t="s">
         <v>567</v>
       </c>
       <c r="C308" t="s">
         <v>44</v>
       </c>
       <c r="D308" t="s">
         <v>65</v>
       </c>
       <c r="E308" t="s">
         <v>23</v>
       </c>
       <c r="F308">
         <v>2008</v>
       </c>
       <c r="G308"/>
       <c r="H308" t="s">
-        <v>52</v>
+        <v>47</v>
       </c>
     </row>
     <row r="309" spans="1:8">
       <c r="A309" t="s">
         <v>568</v>
       </c>
       <c r="B309" t="s">
         <v>569</v>
       </c>
       <c r="C309" t="s">
         <v>44</v>
       </c>
       <c r="D309" t="s">
         <v>65</v>
       </c>
       <c r="E309" t="s">
         <v>23</v>
       </c>
       <c r="F309">
         <v>2008</v>
       </c>
       <c r="G309"/>
       <c r="H309" t="s">
-        <v>52</v>
+        <v>47</v>
       </c>
     </row>
     <row r="310" spans="1:8">
       <c r="A310" t="s">
         <v>570</v>
       </c>
       <c r="B310" t="s">
         <v>571</v>
       </c>
       <c r="C310" t="s">
         <v>35</v>
       </c>
       <c r="D310" t="s">
         <v>65</v>
       </c>
       <c r="E310" t="s">
         <v>23</v>
       </c>
       <c r="F310">
         <v>2008</v>
       </c>
       <c r="G310"/>
       <c r="H310" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
     </row>
     <row r="311" spans="1:8">
       <c r="A311" t="s">
         <v>572</v>
       </c>
       <c r="B311" t="s">
         <v>573</v>
       </c>
       <c r="C311" t="s">
         <v>35</v>
       </c>
       <c r="D311" t="s">
         <v>65</v>
       </c>
       <c r="E311" t="s">
         <v>23</v>
       </c>
       <c r="F311">
         <v>2008</v>
       </c>
       <c r="G311"/>
       <c r="H311" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
     </row>
     <row r="312" spans="1:8">
       <c r="A312" t="s">
         <v>574</v>
       </c>
       <c r="B312" t="s">
         <v>575</v>
       </c>
       <c r="C312" t="s">
         <v>35</v>
       </c>
       <c r="D312" t="s">
         <v>65</v>
       </c>
       <c r="E312" t="s">
         <v>23</v>
       </c>
       <c r="F312">
         <v>2008</v>
       </c>
       <c r="G312"/>
       <c r="H312" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
     </row>
     <row r="313" spans="1:8">
       <c r="A313" t="s">
         <v>576</v>
       </c>
       <c r="B313" t="s">
         <v>577</v>
       </c>
       <c r="C313" t="s">
         <v>25</v>
       </c>
       <c r="D313" t="s">
         <v>65</v>
       </c>
       <c r="E313" t="s">
         <v>23</v>
       </c>
       <c r="F313">
         <v>2008</v>
       </c>
       <c r="G313"/>
       <c r="H313" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
     </row>
     <row r="314" spans="1:8">
       <c r="A314" t="s">
         <v>578</v>
       </c>
       <c r="B314" t="s">
         <v>579</v>
       </c>
       <c r="C314" t="s">
         <v>25</v>
       </c>
       <c r="D314" t="s">
         <v>65</v>
       </c>
       <c r="E314" t="s">
         <v>23</v>
       </c>
       <c r="F314">
         <v>2008</v>
       </c>
       <c r="G314"/>
       <c r="H314" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="315" spans="1:8">
       <c r="A315" t="s">
         <v>580</v>
       </c>
       <c r="B315" t="s">
         <v>559</v>
       </c>
       <c r="C315" t="s">
         <v>25</v>
       </c>
       <c r="D315" t="s">
         <v>65</v>
       </c>
       <c r="E315" t="s">
         <v>23</v>
       </c>
       <c r="F315">
         <v>2008</v>
       </c>
       <c r="G315"/>
       <c r="H315" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
     </row>
     <row r="316" spans="1:8">
       <c r="A316" t="s">
         <v>581</v>
       </c>
       <c r="B316" t="s">
         <v>582</v>
       </c>
       <c r="C316" t="s">
         <v>35</v>
       </c>
       <c r="D316" t="s">
         <v>65</v>
       </c>
       <c r="E316" t="s">
         <v>23</v>
       </c>
       <c r="F316">
         <v>2008</v>
       </c>
       <c r="G316"/>
       <c r="H316" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
     </row>
     <row r="317" spans="1:8">
       <c r="A317" t="s">
         <v>583</v>
       </c>
       <c r="B317" t="s">
         <v>266</v>
       </c>
       <c r="C317" t="s">
         <v>25</v>
       </c>
       <c r="D317" t="s">
         <v>65</v>
       </c>
       <c r="E317" t="s">
         <v>23</v>
       </c>
       <c r="F317">
         <v>2008</v>
       </c>
       <c r="G317"/>
       <c r="H317" t="s">
         <v>28</v>
       </c>
@@ -11668,75 +11668,75 @@
       <c r="H319" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="320" spans="1:8">
       <c r="A320" t="s">
         <v>588</v>
       </c>
       <c r="B320" t="s">
         <v>589</v>
       </c>
       <c r="C320" t="s">
         <v>25</v>
       </c>
       <c r="D320" t="s">
         <v>65</v>
       </c>
       <c r="E320" t="s">
         <v>23</v>
       </c>
       <c r="F320">
         <v>2008</v>
       </c>
       <c r="G320"/>
       <c r="H320" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
     </row>
     <row r="321" spans="1:8">
       <c r="A321" t="s">
         <v>590</v>
       </c>
       <c r="B321" t="s">
         <v>591</v>
       </c>
       <c r="C321" t="s">
         <v>35</v>
       </c>
       <c r="D321" t="s">
         <v>65</v>
       </c>
       <c r="E321" t="s">
         <v>23</v>
       </c>
       <c r="F321">
         <v>2008</v>
       </c>
       <c r="G321"/>
       <c r="H321" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
     </row>
     <row r="322" spans="1:8">
       <c r="A322" t="s">
         <v>592</v>
       </c>
       <c r="B322" t="s">
         <v>593</v>
       </c>
       <c r="C322" t="s">
         <v>25</v>
       </c>
       <c r="D322" t="s">
         <v>65</v>
       </c>
       <c r="E322" t="s">
         <v>23</v>
       </c>
       <c r="F322">
         <v>2008</v>
       </c>
       <c r="G322"/>
       <c r="H322"/>
     </row>
     <row r="323" spans="1:8">
@@ -11848,189 +11848,189 @@
       </c>
       <c r="G327"/>
       <c r="H327" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="328" spans="1:8">
       <c r="A328" t="s">
         <v>604</v>
       </c>
       <c r="B328" t="s">
         <v>605</v>
       </c>
       <c r="C328"/>
       <c r="D328" t="s">
         <v>17</v>
       </c>
       <c r="E328" t="s">
         <v>18</v>
       </c>
       <c r="F328">
         <v>2007</v>
       </c>
       <c r="G328"/>
       <c r="H328" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
     </row>
     <row r="329" spans="1:8">
       <c r="A329" t="s">
         <v>606</v>
       </c>
       <c r="B329" t="s">
         <v>607</v>
       </c>
       <c r="C329"/>
       <c r="D329" t="s">
         <v>17</v>
       </c>
       <c r="E329" t="s">
         <v>18</v>
       </c>
       <c r="F329">
         <v>2007</v>
       </c>
       <c r="G329"/>
       <c r="H329" t="s">
         <v>130</v>
       </c>
     </row>
     <row r="330" spans="1:8">
       <c r="A330" t="s">
         <v>608</v>
       </c>
       <c r="B330" t="s">
         <v>609</v>
       </c>
       <c r="C330"/>
       <c r="D330" t="s">
         <v>17</v>
       </c>
       <c r="E330" t="s">
         <v>18</v>
       </c>
       <c r="F330">
         <v>2007</v>
       </c>
       <c r="G330"/>
       <c r="H330" t="s">
-        <v>48</v>
+        <v>51</v>
       </c>
     </row>
     <row r="331" spans="1:8">
       <c r="A331" t="s">
         <v>610</v>
       </c>
       <c r="B331" t="s">
         <v>611</v>
       </c>
       <c r="C331"/>
       <c r="D331" t="s">
         <v>17</v>
       </c>
       <c r="E331" t="s">
         <v>18</v>
       </c>
       <c r="F331">
         <v>2007</v>
       </c>
       <c r="G331"/>
       <c r="H331" t="s">
-        <v>48</v>
+        <v>51</v>
       </c>
     </row>
     <row r="332" spans="1:8">
       <c r="A332" t="s">
         <v>612</v>
       </c>
       <c r="B332" t="s">
         <v>613</v>
       </c>
       <c r="C332" t="s">
         <v>25</v>
       </c>
       <c r="D332" t="s">
         <v>65</v>
       </c>
       <c r="E332" t="s">
         <v>23</v>
       </c>
       <c r="F332">
         <v>2007</v>
       </c>
       <c r="G332"/>
       <c r="H332" t="s">
         <v>130</v>
       </c>
     </row>
     <row r="333" spans="1:8">
       <c r="A333" t="s">
         <v>614</v>
       </c>
       <c r="B333" t="s">
         <v>615</v>
       </c>
       <c r="C333" t="s">
         <v>25</v>
       </c>
       <c r="D333" t="s">
         <v>65</v>
       </c>
       <c r="E333" t="s">
         <v>23</v>
       </c>
       <c r="F333">
         <v>2007</v>
       </c>
       <c r="G333"/>
       <c r="H333" t="s">
-        <v>27</v>
+        <v>26</v>
       </c>
     </row>
     <row r="334" spans="1:8">
       <c r="A334" t="s">
         <v>616</v>
       </c>
       <c r="B334" t="s">
         <v>617</v>
       </c>
       <c r="C334" t="s">
         <v>25</v>
       </c>
       <c r="D334" t="s">
         <v>65</v>
       </c>
       <c r="E334" t="s">
         <v>23</v>
       </c>
       <c r="F334">
         <v>2007</v>
       </c>
       <c r="G334"/>
       <c r="H334" t="s">
-        <v>27</v>
+        <v>26</v>
       </c>
     </row>
     <row r="335" spans="1:8">
       <c r="A335" t="s">
         <v>618</v>
       </c>
       <c r="B335" t="s">
         <v>619</v>
       </c>
       <c r="C335" t="s">
         <v>44</v>
       </c>
       <c r="D335" t="s">
         <v>65</v>
       </c>
       <c r="E335" t="s">
         <v>23</v>
       </c>
       <c r="F335">
         <v>2007</v>
       </c>
       <c r="G335"/>
       <c r="H335" t="s">
         <v>55</v>
       </c>
@@ -12058,149 +12058,149 @@
       <c r="H336" t="s">
         <v>55</v>
       </c>
     </row>
     <row r="337" spans="1:8">
       <c r="A337" t="s">
         <v>622</v>
       </c>
       <c r="B337" t="s">
         <v>623</v>
       </c>
       <c r="C337" t="s">
         <v>44</v>
       </c>
       <c r="D337" t="s">
         <v>65</v>
       </c>
       <c r="E337" t="s">
         <v>23</v>
       </c>
       <c r="F337">
         <v>2007</v>
       </c>
       <c r="G337"/>
       <c r="H337" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
     </row>
     <row r="338" spans="1:8">
       <c r="A338" t="s">
         <v>624</v>
       </c>
       <c r="B338" t="s">
         <v>625</v>
       </c>
       <c r="C338" t="s">
         <v>25</v>
       </c>
       <c r="D338" t="s">
         <v>65</v>
       </c>
       <c r="E338" t="s">
         <v>23</v>
       </c>
       <c r="F338">
         <v>2007</v>
       </c>
       <c r="G338"/>
       <c r="H338" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
     </row>
     <row r="339" spans="1:8">
       <c r="A339" t="s">
         <v>626</v>
       </c>
       <c r="B339" t="s">
         <v>627</v>
       </c>
       <c r="C339" t="s">
         <v>35</v>
       </c>
       <c r="D339" t="s">
         <v>65</v>
       </c>
       <c r="E339" t="s">
         <v>23</v>
       </c>
       <c r="F339">
         <v>2007</v>
       </c>
       <c r="G339"/>
       <c r="H339" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
     </row>
     <row r="340" spans="1:8">
       <c r="A340" t="s">
         <v>628</v>
       </c>
       <c r="B340" t="s">
         <v>629</v>
       </c>
       <c r="C340" t="s">
         <v>35</v>
       </c>
       <c r="D340" t="s">
         <v>65</v>
       </c>
       <c r="E340" t="s">
         <v>23</v>
       </c>
       <c r="F340">
         <v>2007</v>
       </c>
       <c r="G340"/>
       <c r="H340" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
     </row>
     <row r="341" spans="1:8">
       <c r="A341" t="s">
         <v>630</v>
       </c>
       <c r="B341" t="s">
         <v>631</v>
       </c>
       <c r="C341" t="s">
         <v>44</v>
       </c>
       <c r="D341" t="s">
         <v>65</v>
       </c>
       <c r="E341" t="s">
         <v>23</v>
       </c>
       <c r="F341">
         <v>2007</v>
       </c>
       <c r="G341" t="s">
         <v>632</v>
       </c>
       <c r="H341" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
     </row>
     <row r="342" spans="1:8">
       <c r="A342" t="s">
         <v>633</v>
       </c>
       <c r="B342" t="s">
         <v>634</v>
       </c>
       <c r="C342" t="s">
         <v>25</v>
       </c>
       <c r="D342" t="s">
         <v>65</v>
       </c>
       <c r="E342" t="s">
         <v>23</v>
       </c>
       <c r="F342">
         <v>2007</v>
       </c>
       <c r="G342"/>
       <c r="H342" t="s">
         <v>15</v>
       </c>
@@ -12228,99 +12228,99 @@
       <c r="H343" t="s">
         <v>55</v>
       </c>
     </row>
     <row r="344" spans="1:8">
       <c r="A344" t="s">
         <v>637</v>
       </c>
       <c r="B344" t="s">
         <v>638</v>
       </c>
       <c r="C344" t="s">
         <v>25</v>
       </c>
       <c r="D344" t="s">
         <v>65</v>
       </c>
       <c r="E344" t="s">
         <v>23</v>
       </c>
       <c r="F344">
         <v>2007</v>
       </c>
       <c r="G344"/>
       <c r="H344" t="s">
-        <v>27</v>
+        <v>26</v>
       </c>
     </row>
     <row r="345" spans="1:8">
       <c r="A345" t="s">
         <v>639</v>
       </c>
       <c r="B345" t="s">
         <v>640</v>
       </c>
       <c r="C345" t="s">
         <v>25</v>
       </c>
       <c r="D345" t="s">
         <v>65</v>
       </c>
       <c r="E345" t="s">
         <v>23</v>
       </c>
       <c r="F345">
         <v>2007</v>
       </c>
       <c r="G345"/>
       <c r="H345" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="346" spans="1:8">
       <c r="A346" t="s">
         <v>628</v>
       </c>
       <c r="B346" t="s">
         <v>629</v>
       </c>
       <c r="C346" t="s">
         <v>35</v>
       </c>
       <c r="D346" t="s">
         <v>65</v>
       </c>
       <c r="E346" t="s">
         <v>23</v>
       </c>
       <c r="F346">
         <v>2007</v>
       </c>
       <c r="G346"/>
       <c r="H346" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
     </row>
     <row r="347" spans="1:8">
       <c r="A347" t="s">
         <v>641</v>
       </c>
       <c r="B347" t="s">
         <v>642</v>
       </c>
       <c r="C347" t="s">
         <v>25</v>
       </c>
       <c r="D347" t="s">
         <v>65</v>
       </c>
       <c r="E347" t="s">
         <v>23</v>
       </c>
       <c r="F347">
         <v>2007</v>
       </c>
       <c r="G347"/>
       <c r="H347"/>
     </row>
     <row r="348" spans="1:8">
@@ -12346,145 +12346,145 @@
       <c r="H348" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="349" spans="1:8">
       <c r="A349" t="s">
         <v>645</v>
       </c>
       <c r="B349" t="s">
         <v>646</v>
       </c>
       <c r="C349" t="s">
         <v>25</v>
       </c>
       <c r="D349" t="s">
         <v>65</v>
       </c>
       <c r="E349" t="s">
         <v>23</v>
       </c>
       <c r="F349">
         <v>2007</v>
       </c>
       <c r="G349"/>
       <c r="H349" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
     </row>
     <row r="350" spans="1:8">
       <c r="A350" t="s">
         <v>647</v>
       </c>
       <c r="B350" t="s">
         <v>648</v>
       </c>
       <c r="C350" t="s">
         <v>25</v>
       </c>
       <c r="D350" t="s">
         <v>65</v>
       </c>
       <c r="E350" t="s">
         <v>23</v>
       </c>
       <c r="F350">
         <v>2007</v>
       </c>
       <c r="G350"/>
       <c r="H350" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
     </row>
     <row r="351" spans="1:8">
       <c r="A351" t="s">
         <v>649</v>
       </c>
       <c r="B351" t="s">
         <v>650</v>
       </c>
       <c r="C351" t="s">
         <v>35</v>
       </c>
       <c r="D351" t="s">
         <v>65</v>
       </c>
       <c r="E351" t="s">
         <v>23</v>
       </c>
       <c r="F351">
         <v>2007</v>
       </c>
       <c r="G351"/>
       <c r="H351"/>
     </row>
     <row r="352" spans="1:8">
       <c r="A352" t="s">
         <v>651</v>
       </c>
       <c r="B352" t="s">
         <v>652</v>
       </c>
       <c r="C352" t="s">
         <v>25</v>
       </c>
       <c r="D352" t="s">
         <v>65</v>
       </c>
       <c r="E352" t="s">
         <v>23</v>
       </c>
       <c r="F352">
         <v>2007</v>
       </c>
       <c r="G352"/>
       <c r="H352" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
     </row>
     <row r="353" spans="1:8">
       <c r="A353" t="s">
         <v>653</v>
       </c>
       <c r="B353" t="s">
         <v>631</v>
       </c>
       <c r="C353" t="s">
         <v>44</v>
       </c>
       <c r="D353" t="s">
         <v>65</v>
       </c>
       <c r="E353" t="s">
         <v>23</v>
       </c>
       <c r="F353">
         <v>2007</v>
       </c>
       <c r="G353"/>
       <c r="H353" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
     </row>
     <row r="354" spans="1:8">
       <c r="A354" t="s">
         <v>654</v>
       </c>
       <c r="B354" t="s">
         <v>655</v>
       </c>
       <c r="C354"/>
       <c r="D354" t="s">
         <v>254</v>
       </c>
       <c r="E354" t="s">
         <v>18</v>
       </c>
       <c r="F354">
         <v>2006</v>
       </c>
       <c r="G354" t="s">
         <v>14</v>
       </c>
       <c r="H354"/>
     </row>
     <row r="355" spans="1:8">
@@ -12506,187 +12506,187 @@
       </c>
       <c r="G355"/>
       <c r="H355" t="s">
         <v>104</v>
       </c>
     </row>
     <row r="356" spans="1:8">
       <c r="A356" t="s">
         <v>658</v>
       </c>
       <c r="B356" t="s">
         <v>659</v>
       </c>
       <c r="C356"/>
       <c r="D356" t="s">
         <v>17</v>
       </c>
       <c r="E356" t="s">
         <v>18</v>
       </c>
       <c r="F356">
         <v>2006</v>
       </c>
       <c r="G356"/>
       <c r="H356" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
     </row>
     <row r="357" spans="1:8">
       <c r="A357" t="s">
         <v>660</v>
       </c>
       <c r="B357" t="s">
         <v>661</v>
       </c>
       <c r="C357"/>
       <c r="D357" t="s">
         <v>17</v>
       </c>
       <c r="E357" t="s">
         <v>18</v>
       </c>
       <c r="F357">
         <v>2006</v>
       </c>
       <c r="G357"/>
       <c r="H357" t="s">
         <v>130</v>
       </c>
     </row>
     <row r="358" spans="1:8">
       <c r="A358" t="s">
         <v>662</v>
       </c>
       <c r="B358" t="s">
         <v>663</v>
       </c>
       <c r="C358"/>
       <c r="D358" t="s">
         <v>17</v>
       </c>
       <c r="E358" t="s">
         <v>18</v>
       </c>
       <c r="F358">
         <v>2006</v>
       </c>
       <c r="G358"/>
       <c r="H358" t="s">
-        <v>27</v>
+        <v>26</v>
       </c>
     </row>
     <row r="359" spans="1:8">
       <c r="A359" t="s">
         <v>664</v>
       </c>
       <c r="B359" t="s">
         <v>665</v>
       </c>
       <c r="C359"/>
       <c r="D359" t="s">
         <v>17</v>
       </c>
       <c r="E359" t="s">
         <v>18</v>
       </c>
       <c r="F359">
         <v>2006</v>
       </c>
       <c r="G359"/>
       <c r="H359" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
     </row>
     <row r="360" spans="1:8">
       <c r="A360" t="s">
         <v>666</v>
       </c>
       <c r="B360" t="s">
         <v>667</v>
       </c>
       <c r="C360"/>
       <c r="D360" t="s">
         <v>17</v>
       </c>
       <c r="E360" t="s">
         <v>18</v>
       </c>
       <c r="F360">
         <v>2006</v>
       </c>
       <c r="G360"/>
       <c r="H360" t="s">
         <v>297</v>
       </c>
     </row>
     <row r="361" spans="1:8">
       <c r="A361" t="s">
         <v>668</v>
       </c>
       <c r="B361" t="s">
         <v>669</v>
       </c>
       <c r="C361" t="s">
         <v>25</v>
       </c>
       <c r="D361" t="s">
         <v>65</v>
       </c>
       <c r="E361" t="s">
         <v>23</v>
       </c>
       <c r="F361">
         <v>2006</v>
       </c>
       <c r="G361"/>
       <c r="H361" t="s">
-        <v>27</v>
+        <v>26</v>
       </c>
     </row>
     <row r="362" spans="1:8">
       <c r="A362" t="s">
         <v>670</v>
       </c>
       <c r="B362" t="s">
         <v>671</v>
       </c>
       <c r="C362" t="s">
         <v>25</v>
       </c>
       <c r="D362" t="s">
         <v>65</v>
       </c>
       <c r="E362" t="s">
         <v>23</v>
       </c>
       <c r="F362">
         <v>2006</v>
       </c>
       <c r="G362"/>
       <c r="H362" t="s">
-        <v>27</v>
+        <v>26</v>
       </c>
     </row>
     <row r="363" spans="1:8">
       <c r="A363" t="s">
         <v>672</v>
       </c>
       <c r="B363" t="s">
         <v>673</v>
       </c>
       <c r="C363" t="s">
         <v>25</v>
       </c>
       <c r="D363" t="s">
         <v>65</v>
       </c>
       <c r="E363" t="s">
         <v>23</v>
       </c>
       <c r="F363">
         <v>2006</v>
       </c>
       <c r="G363"/>
       <c r="H363" t="s">
         <v>55</v>
       </c>
@@ -12714,267 +12714,267 @@
       <c r="H364" t="s">
         <v>55</v>
       </c>
     </row>
     <row r="365" spans="1:8">
       <c r="A365" t="s">
         <v>676</v>
       </c>
       <c r="B365" t="s">
         <v>677</v>
       </c>
       <c r="C365" t="s">
         <v>25</v>
       </c>
       <c r="D365" t="s">
         <v>65</v>
       </c>
       <c r="E365" t="s">
         <v>23</v>
       </c>
       <c r="F365">
         <v>2006</v>
       </c>
       <c r="G365"/>
       <c r="H365" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
     </row>
     <row r="366" spans="1:8">
       <c r="A366" t="s">
         <v>678</v>
       </c>
       <c r="B366" t="s">
         <v>679</v>
       </c>
       <c r="C366" t="s">
         <v>25</v>
       </c>
       <c r="D366" t="s">
         <v>65</v>
       </c>
       <c r="E366" t="s">
         <v>23</v>
       </c>
       <c r="F366">
         <v>2006</v>
       </c>
       <c r="G366"/>
       <c r="H366" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
     </row>
     <row r="367" spans="1:8">
       <c r="A367" t="s">
         <v>680</v>
       </c>
       <c r="B367" t="s">
         <v>681</v>
       </c>
       <c r="C367" t="s">
         <v>44</v>
       </c>
       <c r="D367" t="s">
         <v>65</v>
       </c>
       <c r="E367" t="s">
         <v>23</v>
       </c>
       <c r="F367">
         <v>2006</v>
       </c>
       <c r="G367"/>
       <c r="H367" t="s">
         <v>55</v>
       </c>
     </row>
     <row r="368" spans="1:8">
       <c r="A368" t="s">
         <v>682</v>
       </c>
       <c r="B368" t="s">
         <v>683</v>
       </c>
       <c r="C368" t="s">
         <v>25</v>
       </c>
       <c r="D368" t="s">
         <v>65</v>
       </c>
       <c r="E368" t="s">
         <v>23</v>
       </c>
       <c r="F368">
         <v>2006</v>
       </c>
       <c r="G368"/>
       <c r="H368" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
     </row>
     <row r="369" spans="1:8">
       <c r="A369" t="s">
         <v>684</v>
       </c>
       <c r="B369" t="s">
         <v>685</v>
       </c>
       <c r="C369" t="s">
         <v>25</v>
       </c>
       <c r="D369" t="s">
         <v>65</v>
       </c>
       <c r="E369" t="s">
         <v>23</v>
       </c>
       <c r="F369">
         <v>2006</v>
       </c>
       <c r="G369"/>
       <c r="H369" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
     </row>
     <row r="370" spans="1:8">
       <c r="A370" t="s">
         <v>686</v>
       </c>
       <c r="B370" t="s">
         <v>687</v>
       </c>
       <c r="C370" t="s">
         <v>25</v>
       </c>
       <c r="D370" t="s">
         <v>65</v>
       </c>
       <c r="E370" t="s">
         <v>23</v>
       </c>
       <c r="F370">
         <v>2006</v>
       </c>
       <c r="G370"/>
       <c r="H370" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
     </row>
     <row r="371" spans="1:8">
       <c r="A371" t="s">
         <v>688</v>
       </c>
       <c r="B371" t="s">
         <v>689</v>
       </c>
       <c r="C371" t="s">
         <v>25</v>
       </c>
       <c r="D371" t="s">
         <v>65</v>
       </c>
       <c r="E371" t="s">
         <v>23</v>
       </c>
       <c r="F371">
         <v>2006</v>
       </c>
       <c r="G371"/>
       <c r="H371" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
     </row>
     <row r="372" spans="1:8">
       <c r="A372" t="s">
         <v>690</v>
       </c>
       <c r="B372" t="s">
         <v>691</v>
       </c>
       <c r="C372" t="s">
         <v>25</v>
       </c>
       <c r="D372" t="s">
         <v>65</v>
       </c>
       <c r="E372" t="s">
         <v>23</v>
       </c>
       <c r="F372">
         <v>2006</v>
       </c>
       <c r="G372"/>
       <c r="H372" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
     </row>
     <row r="373" spans="1:8">
       <c r="A373" t="s">
         <v>692</v>
       </c>
       <c r="B373" t="s">
         <v>693</v>
       </c>
       <c r="C373" t="s">
         <v>25</v>
       </c>
       <c r="D373" t="s">
         <v>65</v>
       </c>
       <c r="E373" t="s">
         <v>23</v>
       </c>
       <c r="F373">
         <v>2006</v>
       </c>
       <c r="G373"/>
       <c r="H373" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
     </row>
     <row r="374" spans="1:8">
       <c r="A374" t="s">
         <v>694</v>
       </c>
       <c r="B374" t="s">
         <v>695</v>
       </c>
       <c r="C374" t="s">
         <v>25</v>
       </c>
       <c r="D374" t="s">
         <v>65</v>
       </c>
       <c r="E374" t="s">
         <v>23</v>
       </c>
       <c r="F374">
         <v>2006</v>
       </c>
       <c r="G374"/>
       <c r="H374" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
     </row>
     <row r="375" spans="1:8">
       <c r="A375" t="s">
         <v>696</v>
       </c>
       <c r="B375" t="s">
         <v>697</v>
       </c>
       <c r="C375" t="s">
         <v>79</v>
       </c>
       <c r="D375" t="s">
         <v>80</v>
       </c>
       <c r="E375" t="s">
         <v>23</v>
       </c>
       <c r="F375">
         <v>2006</v>
       </c>
       <c r="G375" t="s">
         <v>14</v>
       </c>
       <c r="H375"/>
@@ -13138,51 +13138,51 @@
       </c>
       <c r="G382"/>
       <c r="H382"/>
     </row>
     <row r="383" spans="1:8">
       <c r="A383" t="s">
         <v>712</v>
       </c>
       <c r="B383" t="s">
         <v>713</v>
       </c>
       <c r="C383" t="s">
         <v>25</v>
       </c>
       <c r="D383" t="s">
         <v>65</v>
       </c>
       <c r="E383" t="s">
         <v>23</v>
       </c>
       <c r="F383">
         <v>2006</v>
       </c>
       <c r="G383"/>
       <c r="H383" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
     </row>
     <row r="384" spans="1:8">
       <c r="A384" t="s">
         <v>714</v>
       </c>
       <c r="B384" t="s">
         <v>715</v>
       </c>
       <c r="C384" t="s">
         <v>25</v>
       </c>
       <c r="D384" t="s">
         <v>65</v>
       </c>
       <c r="E384" t="s">
         <v>23</v>
       </c>
       <c r="F384">
         <v>2006</v>
       </c>
       <c r="G384"/>
       <c r="H384"/>
     </row>
     <row r="385" spans="1:8">
@@ -13254,123 +13254,123 @@
       <c r="H387" t="s">
         <v>275</v>
       </c>
     </row>
     <row r="388" spans="1:8">
       <c r="A388" t="s">
         <v>721</v>
       </c>
       <c r="B388" t="s">
         <v>722</v>
       </c>
       <c r="C388" t="s">
         <v>44</v>
       </c>
       <c r="D388" t="s">
         <v>65</v>
       </c>
       <c r="E388" t="s">
         <v>23</v>
       </c>
       <c r="F388">
         <v>2006</v>
       </c>
       <c r="G388"/>
       <c r="H388" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
     </row>
     <row r="389" spans="1:8">
       <c r="A389" t="s">
         <v>723</v>
       </c>
       <c r="B389" t="s">
         <v>724</v>
       </c>
       <c r="C389" t="s">
         <v>25</v>
       </c>
       <c r="D389" t="s">
         <v>65</v>
       </c>
       <c r="E389" t="s">
         <v>23</v>
       </c>
       <c r="F389">
         <v>2006</v>
       </c>
       <c r="G389"/>
       <c r="H389" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
     </row>
     <row r="390" spans="1:8">
       <c r="A390" t="s">
         <v>725</v>
       </c>
       <c r="B390" t="s">
         <v>726</v>
       </c>
       <c r="C390" t="s">
         <v>25</v>
       </c>
       <c r="D390" t="s">
         <v>65</v>
       </c>
       <c r="E390" t="s">
         <v>23</v>
       </c>
       <c r="F390">
         <v>2006</v>
       </c>
       <c r="G390"/>
       <c r="H390" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
     </row>
     <row r="391" spans="1:8">
       <c r="A391" t="s">
         <v>727</v>
       </c>
       <c r="B391" t="s">
         <v>728</v>
       </c>
       <c r="C391" t="s">
         <v>25</v>
       </c>
       <c r="D391" t="s">
         <v>65</v>
       </c>
       <c r="E391" t="s">
         <v>23</v>
       </c>
       <c r="F391">
         <v>2006</v>
       </c>
       <c r="G391"/>
       <c r="H391" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
     </row>
     <row r="392" spans="1:8">
       <c r="A392" t="s">
         <v>729</v>
       </c>
       <c r="B392" t="s">
         <v>730</v>
       </c>
       <c r="C392" t="s">
         <v>25</v>
       </c>
       <c r="D392" t="s">
         <v>65</v>
       </c>
       <c r="E392" t="s">
         <v>23</v>
       </c>
       <c r="F392">
         <v>2006</v>
       </c>
       <c r="G392"/>
       <c r="H392"/>
     </row>
     <row r="393" spans="1:8">
@@ -13392,73 +13392,73 @@
       </c>
       <c r="G393"/>
       <c r="H393" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="394" spans="1:8">
       <c r="A394" t="s">
         <v>733</v>
       </c>
       <c r="B394" t="s">
         <v>734</v>
       </c>
       <c r="C394"/>
       <c r="D394" t="s">
         <v>17</v>
       </c>
       <c r="E394" t="s">
         <v>18</v>
       </c>
       <c r="F394">
         <v>2005</v>
       </c>
       <c r="G394"/>
       <c r="H394" t="s">
-        <v>40</v>
+        <v>39</v>
       </c>
     </row>
     <row r="395" spans="1:8">
       <c r="A395" t="s">
         <v>735</v>
       </c>
       <c r="B395" t="s">
         <v>736</v>
       </c>
       <c r="C395"/>
       <c r="D395" t="s">
         <v>254</v>
       </c>
       <c r="E395" t="s">
         <v>18</v>
       </c>
       <c r="F395">
         <v>2005</v>
       </c>
       <c r="G395"/>
       <c r="H395" t="s">
-        <v>48</v>
+        <v>51</v>
       </c>
     </row>
     <row r="396" spans="1:8">
       <c r="A396" t="s">
         <v>737</v>
       </c>
       <c r="B396" t="s">
         <v>738</v>
       </c>
       <c r="C396" t="s">
         <v>25</v>
       </c>
       <c r="D396" t="s">
         <v>65</v>
       </c>
       <c r="E396" t="s">
         <v>23</v>
       </c>
       <c r="F396">
         <v>2005</v>
       </c>
       <c r="G396"/>
       <c r="H396" t="s">
         <v>12</v>
       </c>
@@ -13486,99 +13486,99 @@
       <c r="H397" t="s">
         <v>104</v>
       </c>
     </row>
     <row r="398" spans="1:8">
       <c r="A398" t="s">
         <v>741</v>
       </c>
       <c r="B398" t="s">
         <v>742</v>
       </c>
       <c r="C398" t="s">
         <v>35</v>
       </c>
       <c r="D398" t="s">
         <v>65</v>
       </c>
       <c r="E398" t="s">
         <v>23</v>
       </c>
       <c r="F398">
         <v>2005</v>
       </c>
       <c r="G398"/>
       <c r="H398" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
     </row>
     <row r="399" spans="1:8">
       <c r="A399" t="s">
         <v>743</v>
       </c>
       <c r="B399" t="s">
         <v>744</v>
       </c>
       <c r="C399" t="s">
         <v>25</v>
       </c>
       <c r="D399" t="s">
         <v>65</v>
       </c>
       <c r="E399" t="s">
         <v>23</v>
       </c>
       <c r="F399">
         <v>2005</v>
       </c>
       <c r="G399"/>
       <c r="H399" t="s">
-        <v>27</v>
+        <v>26</v>
       </c>
     </row>
     <row r="400" spans="1:8">
       <c r="A400" t="s">
         <v>745</v>
       </c>
       <c r="B400" t="s">
         <v>746</v>
       </c>
       <c r="C400" t="s">
         <v>25</v>
       </c>
       <c r="D400" t="s">
         <v>65</v>
       </c>
       <c r="E400" t="s">
         <v>23</v>
       </c>
       <c r="F400">
         <v>2005</v>
       </c>
       <c r="G400"/>
       <c r="H400" t="s">
-        <v>27</v>
+        <v>26</v>
       </c>
     </row>
     <row r="401" spans="1:8">
       <c r="A401" t="s">
         <v>747</v>
       </c>
       <c r="B401" t="s">
         <v>748</v>
       </c>
       <c r="C401" t="s">
         <v>25</v>
       </c>
       <c r="D401" t="s">
         <v>65</v>
       </c>
       <c r="E401" t="s">
         <v>23</v>
       </c>
       <c r="F401">
         <v>2005</v>
       </c>
       <c r="G401"/>
       <c r="H401" t="s">
         <v>55</v>
       </c>
@@ -13606,195 +13606,195 @@
       <c r="H402" t="s">
         <v>55</v>
       </c>
     </row>
     <row r="403" spans="1:8">
       <c r="A403" t="s">
         <v>751</v>
       </c>
       <c r="B403" t="s">
         <v>752</v>
       </c>
       <c r="C403" t="s">
         <v>44</v>
       </c>
       <c r="D403" t="s">
         <v>65</v>
       </c>
       <c r="E403" t="s">
         <v>23</v>
       </c>
       <c r="F403">
         <v>2005</v>
       </c>
       <c r="G403"/>
       <c r="H403" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
     </row>
     <row r="404" spans="1:8">
       <c r="A404" t="s">
         <v>753</v>
       </c>
       <c r="B404" t="s">
         <v>754</v>
       </c>
       <c r="C404" t="s">
         <v>35</v>
       </c>
       <c r="D404" t="s">
         <v>65</v>
       </c>
       <c r="E404" t="s">
         <v>23</v>
       </c>
       <c r="F404">
         <v>2005</v>
       </c>
       <c r="G404"/>
       <c r="H404" t="s">
         <v>55</v>
       </c>
     </row>
     <row r="405" spans="1:8">
       <c r="A405" t="s">
         <v>755</v>
       </c>
       <c r="B405" t="s">
         <v>756</v>
       </c>
       <c r="C405" t="s">
         <v>44</v>
       </c>
       <c r="D405" t="s">
         <v>65</v>
       </c>
       <c r="E405" t="s">
         <v>23</v>
       </c>
       <c r="F405">
         <v>2005</v>
       </c>
       <c r="G405"/>
       <c r="H405" t="s">
-        <v>52</v>
+        <v>47</v>
       </c>
     </row>
     <row r="406" spans="1:8">
       <c r="A406" t="s">
         <v>757</v>
       </c>
       <c r="B406" t="s">
         <v>758</v>
       </c>
       <c r="C406" t="s">
         <v>44</v>
       </c>
       <c r="D406" t="s">
         <v>65</v>
       </c>
       <c r="E406" t="s">
         <v>23</v>
       </c>
       <c r="F406">
         <v>2005</v>
       </c>
       <c r="G406"/>
       <c r="H406" t="s">
-        <v>52</v>
+        <v>47</v>
       </c>
     </row>
     <row r="407" spans="1:8">
       <c r="A407" t="s">
         <v>759</v>
       </c>
       <c r="B407" t="s">
         <v>760</v>
       </c>
       <c r="C407" t="s">
         <v>44</v>
       </c>
       <c r="D407" t="s">
         <v>65</v>
       </c>
       <c r="E407" t="s">
         <v>23</v>
       </c>
       <c r="F407">
         <v>2005</v>
       </c>
       <c r="G407"/>
       <c r="H407" t="s">
-        <v>52</v>
+        <v>47</v>
       </c>
     </row>
     <row r="408" spans="1:8">
       <c r="A408" t="s">
         <v>761</v>
       </c>
       <c r="B408" t="s">
         <v>762</v>
       </c>
       <c r="C408" t="s">
         <v>25</v>
       </c>
       <c r="D408" t="s">
         <v>65</v>
       </c>
       <c r="E408" t="s">
         <v>23</v>
       </c>
       <c r="F408">
         <v>2005</v>
       </c>
       <c r="G408"/>
       <c r="H408" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
     </row>
     <row r="409" spans="1:8">
       <c r="A409" t="s">
         <v>763</v>
       </c>
       <c r="B409" t="s">
         <v>764</v>
       </c>
       <c r="C409" t="s">
         <v>44</v>
       </c>
       <c r="D409" t="s">
         <v>65</v>
       </c>
       <c r="E409" t="s">
         <v>23</v>
       </c>
       <c r="F409">
         <v>2005</v>
       </c>
       <c r="G409"/>
       <c r="H409" t="s">
-        <v>48</v>
+        <v>51</v>
       </c>
     </row>
     <row r="410" spans="1:8">
       <c r="A410" t="s">
         <v>765</v>
       </c>
       <c r="B410" t="s">
         <v>766</v>
       </c>
       <c r="C410" t="s">
         <v>35</v>
       </c>
       <c r="D410" t="s">
         <v>65</v>
       </c>
       <c r="E410" t="s">
         <v>23</v>
       </c>
       <c r="F410">
         <v>2005</v>
       </c>
       <c r="G410"/>
       <c r="H410" t="s">
         <v>275</v>
       </c>
@@ -13846,75 +13846,75 @@
       <c r="H412" t="s">
         <v>130</v>
       </c>
     </row>
     <row r="413" spans="1:8">
       <c r="A413" t="s">
         <v>771</v>
       </c>
       <c r="B413" t="s">
         <v>772</v>
       </c>
       <c r="C413" t="s">
         <v>25</v>
       </c>
       <c r="D413" t="s">
         <v>65</v>
       </c>
       <c r="E413" t="s">
         <v>23</v>
       </c>
       <c r="F413">
         <v>2005</v>
       </c>
       <c r="G413"/>
       <c r="H413" t="s">
-        <v>52</v>
+        <v>47</v>
       </c>
     </row>
     <row r="414" spans="1:8">
       <c r="A414" t="s">
         <v>773</v>
       </c>
       <c r="B414" t="s">
         <v>774</v>
       </c>
       <c r="C414" t="s">
         <v>25</v>
       </c>
       <c r="D414" t="s">
         <v>65</v>
       </c>
       <c r="E414" t="s">
         <v>23</v>
       </c>
       <c r="F414">
         <v>2005</v>
       </c>
       <c r="G414"/>
       <c r="H414" t="s">
-        <v>52</v>
+        <v>47</v>
       </c>
     </row>
     <row r="415" spans="1:8">
       <c r="A415" t="s">
         <v>775</v>
       </c>
       <c r="B415" t="s">
         <v>776</v>
       </c>
       <c r="C415" t="s">
         <v>25</v>
       </c>
       <c r="D415" t="s">
         <v>65</v>
       </c>
       <c r="E415" t="s">
         <v>23</v>
       </c>
       <c r="F415">
         <v>2005</v>
       </c>
       <c r="G415"/>
       <c r="H415" t="s">
         <v>104</v>
       </c>
@@ -13966,51 +13966,51 @@
       <c r="H417" t="s">
         <v>55</v>
       </c>
     </row>
     <row r="418" spans="1:8">
       <c r="A418" t="s">
         <v>781</v>
       </c>
       <c r="B418" t="s">
         <v>782</v>
       </c>
       <c r="C418" t="s">
         <v>25</v>
       </c>
       <c r="D418" t="s">
         <v>65</v>
       </c>
       <c r="E418" t="s">
         <v>23</v>
       </c>
       <c r="F418">
         <v>2005</v>
       </c>
       <c r="G418"/>
       <c r="H418" t="s">
-        <v>49</v>
+        <v>52</v>
       </c>
     </row>
     <row r="419" spans="1:8">
       <c r="A419" t="s">
         <v>783</v>
       </c>
       <c r="B419" t="s">
         <v>784</v>
       </c>
       <c r="C419" t="s">
         <v>25</v>
       </c>
       <c r="D419" t="s">
         <v>65</v>
       </c>
       <c r="E419" t="s">
         <v>23</v>
       </c>
       <c r="F419">
         <v>2005</v>
       </c>
       <c r="G419"/>
       <c r="H419" t="s">
         <v>12</v>
       </c>
@@ -14060,51 +14060,51 @@
       </c>
       <c r="G421"/>
       <c r="H421"/>
     </row>
     <row r="422" spans="1:8">
       <c r="A422" t="s">
         <v>789</v>
       </c>
       <c r="B422" t="s">
         <v>790</v>
       </c>
       <c r="C422" t="s">
         <v>25</v>
       </c>
       <c r="D422" t="s">
         <v>65</v>
       </c>
       <c r="E422" t="s">
         <v>23</v>
       </c>
       <c r="F422">
         <v>2005</v>
       </c>
       <c r="G422"/>
       <c r="H422" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
     </row>
     <row r="423" spans="1:8">
       <c r="A423" t="s">
         <v>791</v>
       </c>
       <c r="B423" t="s">
         <v>792</v>
       </c>
       <c r="C423" t="s">
         <v>25</v>
       </c>
       <c r="D423" t="s">
         <v>65</v>
       </c>
       <c r="E423" t="s">
         <v>23</v>
       </c>
       <c r="F423">
         <v>2005</v>
       </c>
       <c r="G423"/>
       <c r="H423"/>
     </row>
     <row r="424" spans="1:8">
@@ -14148,99 +14148,99 @@
       </c>
       <c r="G425"/>
       <c r="H425" t="s">
         <v>104</v>
       </c>
     </row>
     <row r="426" spans="1:8">
       <c r="A426" t="s">
         <v>797</v>
       </c>
       <c r="B426" t="s">
         <v>798</v>
       </c>
       <c r="C426"/>
       <c r="D426" t="s">
         <v>17</v>
       </c>
       <c r="E426" t="s">
         <v>18</v>
       </c>
       <c r="F426">
         <v>2004</v>
       </c>
       <c r="G426"/>
       <c r="H426" t="s">
-        <v>48</v>
+        <v>51</v>
       </c>
     </row>
     <row r="427" spans="1:8">
       <c r="A427" t="s">
         <v>799</v>
       </c>
       <c r="B427" t="s">
         <v>800</v>
       </c>
       <c r="C427" t="s">
         <v>44</v>
       </c>
       <c r="D427" t="s">
         <v>65</v>
       </c>
       <c r="E427" t="s">
         <v>23</v>
       </c>
       <c r="F427">
         <v>2004</v>
       </c>
       <c r="G427"/>
       <c r="H427" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="428" spans="1:8">
       <c r="A428" t="s">
         <v>801</v>
       </c>
       <c r="B428" t="s">
         <v>802</v>
       </c>
       <c r="C428" t="s">
         <v>44</v>
       </c>
       <c r="D428" t="s">
         <v>65</v>
       </c>
       <c r="E428" t="s">
         <v>23</v>
       </c>
       <c r="F428">
         <v>2004</v>
       </c>
       <c r="G428"/>
       <c r="H428" t="s">
-        <v>40</v>
+        <v>39</v>
       </c>
     </row>
     <row r="429" spans="1:8">
       <c r="A429" t="s">
         <v>803</v>
       </c>
       <c r="B429" t="s">
         <v>804</v>
       </c>
       <c r="C429" t="s">
         <v>25</v>
       </c>
       <c r="D429" t="s">
         <v>65</v>
       </c>
       <c r="E429" t="s">
         <v>23</v>
       </c>
       <c r="F429">
         <v>2004</v>
       </c>
       <c r="G429"/>
       <c r="H429" t="s">
         <v>55</v>
       </c>
@@ -14268,197 +14268,197 @@
       <c r="H430" t="s">
         <v>55</v>
       </c>
     </row>
     <row r="431" spans="1:8">
       <c r="A431" t="s">
         <v>807</v>
       </c>
       <c r="B431" t="s">
         <v>808</v>
       </c>
       <c r="C431" t="s">
         <v>44</v>
       </c>
       <c r="D431" t="s">
         <v>65</v>
       </c>
       <c r="E431" t="s">
         <v>23</v>
       </c>
       <c r="F431">
         <v>2004</v>
       </c>
       <c r="G431"/>
       <c r="H431" t="s">
-        <v>52</v>
+        <v>47</v>
       </c>
     </row>
     <row r="432" spans="1:8">
       <c r="A432" t="s">
         <v>809</v>
       </c>
       <c r="B432" t="s">
         <v>810</v>
       </c>
       <c r="C432" t="s">
         <v>25</v>
       </c>
       <c r="D432" t="s">
         <v>65</v>
       </c>
       <c r="E432" t="s">
         <v>23</v>
       </c>
       <c r="F432">
         <v>2004</v>
       </c>
       <c r="G432"/>
       <c r="H432" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
     </row>
     <row r="433" spans="1:8">
       <c r="A433" t="s">
         <v>811</v>
       </c>
       <c r="B433" t="s">
         <v>812</v>
       </c>
       <c r="C433" t="s">
         <v>35</v>
       </c>
       <c r="D433" t="s">
         <v>65</v>
       </c>
       <c r="E433" t="s">
         <v>23</v>
       </c>
       <c r="F433">
         <v>2004</v>
       </c>
       <c r="G433"/>
       <c r="H433" t="s">
         <v>297</v>
       </c>
     </row>
     <row r="434" spans="1:8">
       <c r="A434" t="s">
         <v>813</v>
       </c>
       <c r="B434" t="s">
         <v>814</v>
       </c>
       <c r="C434" t="s">
         <v>44</v>
       </c>
       <c r="D434" t="s">
         <v>65</v>
       </c>
       <c r="E434" t="s">
         <v>23</v>
       </c>
       <c r="F434">
         <v>2004</v>
       </c>
       <c r="G434" t="s">
         <v>632</v>
       </c>
       <c r="H434" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
     </row>
     <row r="435" spans="1:8">
       <c r="A435" t="s">
         <v>815</v>
       </c>
       <c r="B435" t="s">
         <v>816</v>
       </c>
       <c r="C435" t="s">
         <v>44</v>
       </c>
       <c r="D435" t="s">
         <v>65</v>
       </c>
       <c r="E435" t="s">
         <v>23</v>
       </c>
       <c r="F435">
         <v>2004</v>
       </c>
       <c r="G435"/>
       <c r="H435" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
     </row>
     <row r="436" spans="1:8">
       <c r="A436" t="s">
         <v>817</v>
       </c>
       <c r="B436" t="s">
         <v>816</v>
       </c>
       <c r="C436" t="s">
         <v>44</v>
       </c>
       <c r="D436" t="s">
         <v>65</v>
       </c>
       <c r="E436" t="s">
         <v>23</v>
       </c>
       <c r="F436">
         <v>2004</v>
       </c>
       <c r="G436"/>
       <c r="H436" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
     </row>
     <row r="437" spans="1:8">
       <c r="A437" t="s">
         <v>818</v>
       </c>
       <c r="B437" t="s">
         <v>819</v>
       </c>
       <c r="C437" t="s">
         <v>25</v>
       </c>
       <c r="D437" t="s">
         <v>65</v>
       </c>
       <c r="E437" t="s">
         <v>23</v>
       </c>
       <c r="F437">
         <v>2004</v>
       </c>
       <c r="G437"/>
       <c r="H437" t="s">
-        <v>48</v>
+        <v>51</v>
       </c>
     </row>
     <row r="438" spans="1:8">
       <c r="A438" t="s">
         <v>820</v>
       </c>
       <c r="B438" t="s">
         <v>821</v>
       </c>
       <c r="C438" t="s">
         <v>79</v>
       </c>
       <c r="D438" t="s">
         <v>80</v>
       </c>
       <c r="E438" t="s">
         <v>23</v>
       </c>
       <c r="F438">
         <v>2004</v>
       </c>
       <c r="G438" t="s">
         <v>14</v>
       </c>
       <c r="H438"/>
@@ -14530,97 +14530,97 @@
       </c>
       <c r="G441"/>
       <c r="H441"/>
     </row>
     <row r="442" spans="1:8">
       <c r="A442" t="s">
         <v>827</v>
       </c>
       <c r="B442" t="s">
         <v>816</v>
       </c>
       <c r="C442" t="s">
         <v>44</v>
       </c>
       <c r="D442" t="s">
         <v>65</v>
       </c>
       <c r="E442" t="s">
         <v>23</v>
       </c>
       <c r="F442">
         <v>2004</v>
       </c>
       <c r="G442"/>
       <c r="H442" t="s">
-        <v>49</v>
+        <v>52</v>
       </c>
     </row>
     <row r="443" spans="1:8">
       <c r="A443" t="s">
         <v>828</v>
       </c>
       <c r="B443" t="s">
         <v>829</v>
       </c>
       <c r="C443" t="s">
         <v>25</v>
       </c>
       <c r="D443" t="s">
         <v>65</v>
       </c>
       <c r="E443" t="s">
         <v>23</v>
       </c>
       <c r="F443">
         <v>2004</v>
       </c>
       <c r="G443"/>
       <c r="H443"/>
     </row>
     <row r="444" spans="1:8">
       <c r="A444" t="s">
         <v>830</v>
       </c>
       <c r="B444" t="s">
         <v>831</v>
       </c>
       <c r="C444" t="s">
         <v>25</v>
       </c>
       <c r="D444" t="s">
         <v>65</v>
       </c>
       <c r="E444" t="s">
         <v>23</v>
       </c>
       <c r="F444">
         <v>2004</v>
       </c>
       <c r="G444"/>
       <c r="H444" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
     </row>
     <row r="445" spans="1:8">
       <c r="A445" t="s">
         <v>832</v>
       </c>
       <c r="B445" t="s">
         <v>833</v>
       </c>
       <c r="C445" t="s">
         <v>25</v>
       </c>
       <c r="D445" t="s">
         <v>65</v>
       </c>
       <c r="E445" t="s">
         <v>23</v>
       </c>
       <c r="F445">
         <v>2004</v>
       </c>
       <c r="G445"/>
       <c r="H445"/>
     </row>
     <row r="446" spans="1:8">
@@ -14686,119 +14686,119 @@
       </c>
       <c r="G448"/>
       <c r="H448" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="449" spans="1:8">
       <c r="A449" t="s">
         <v>840</v>
       </c>
       <c r="B449" t="s">
         <v>841</v>
       </c>
       <c r="C449"/>
       <c r="D449" t="s">
         <v>17</v>
       </c>
       <c r="E449" t="s">
         <v>18</v>
       </c>
       <c r="F449">
         <v>2003</v>
       </c>
       <c r="G449"/>
       <c r="H449" t="s">
-        <v>48</v>
+        <v>51</v>
       </c>
     </row>
     <row r="450" spans="1:8">
       <c r="A450" t="s">
         <v>842</v>
       </c>
       <c r="B450" t="s">
         <v>843</v>
       </c>
       <c r="C450"/>
       <c r="D450" t="s">
         <v>17</v>
       </c>
       <c r="E450" t="s">
         <v>18</v>
       </c>
       <c r="F450">
         <v>2003</v>
       </c>
       <c r="G450"/>
       <c r="H450" t="s">
-        <v>47</v>
+        <v>49</v>
       </c>
     </row>
     <row r="451" spans="1:8">
       <c r="A451" t="s">
         <v>842</v>
       </c>
       <c r="B451" t="s">
         <v>843</v>
       </c>
       <c r="C451"/>
       <c r="D451" t="s">
         <v>17</v>
       </c>
       <c r="E451" t="s">
         <v>18</v>
       </c>
       <c r="F451">
         <v>2003</v>
       </c>
       <c r="G451"/>
       <c r="H451" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="452" spans="1:8">
       <c r="A452" t="s">
         <v>844</v>
       </c>
       <c r="B452" t="s">
         <v>845</v>
       </c>
       <c r="C452" t="s">
         <v>25</v>
       </c>
       <c r="D452" t="s">
         <v>65</v>
       </c>
       <c r="E452" t="s">
         <v>23</v>
       </c>
       <c r="F452">
         <v>2003</v>
       </c>
       <c r="G452"/>
       <c r="H452" t="s">
-        <v>47</v>
+        <v>49</v>
       </c>
     </row>
     <row r="453" spans="1:8">
       <c r="A453" t="s">
         <v>846</v>
       </c>
       <c r="B453" t="s">
         <v>847</v>
       </c>
       <c r="C453" t="s">
         <v>33</v>
       </c>
       <c r="D453" t="s">
         <v>65</v>
       </c>
       <c r="E453" t="s">
         <v>23</v>
       </c>
       <c r="F453">
         <v>2003</v>
       </c>
       <c r="G453"/>
       <c r="H453" t="s">
         <v>130</v>
       </c>
@@ -14826,123 +14826,123 @@
       <c r="H454" t="s">
         <v>130</v>
       </c>
     </row>
     <row r="455" spans="1:8">
       <c r="A455" t="s">
         <v>850</v>
       </c>
       <c r="B455" t="s">
         <v>851</v>
       </c>
       <c r="C455" t="s">
         <v>25</v>
       </c>
       <c r="D455" t="s">
         <v>65</v>
       </c>
       <c r="E455" t="s">
         <v>23</v>
       </c>
       <c r="F455">
         <v>2003</v>
       </c>
       <c r="G455"/>
       <c r="H455" t="s">
-        <v>27</v>
+        <v>26</v>
       </c>
     </row>
     <row r="456" spans="1:8">
       <c r="A456" t="s">
         <v>852</v>
       </c>
       <c r="B456" t="s">
         <v>853</v>
       </c>
       <c r="C456" t="s">
         <v>25</v>
       </c>
       <c r="D456" t="s">
         <v>65</v>
       </c>
       <c r="E456" t="s">
         <v>23</v>
       </c>
       <c r="F456">
         <v>2003</v>
       </c>
       <c r="G456"/>
       <c r="H456" t="s">
-        <v>27</v>
+        <v>26</v>
       </c>
     </row>
     <row r="457" spans="1:8">
       <c r="A457" t="s">
         <v>854</v>
       </c>
       <c r="B457" t="s">
         <v>855</v>
       </c>
       <c r="C457" t="s">
         <v>25</v>
       </c>
       <c r="D457" t="s">
         <v>65</v>
       </c>
       <c r="E457" t="s">
         <v>23</v>
       </c>
       <c r="F457">
         <v>2003</v>
       </c>
       <c r="G457"/>
       <c r="H457" t="s">
-        <v>27</v>
+        <v>26</v>
       </c>
     </row>
     <row r="458" spans="1:8">
       <c r="A458" t="s">
         <v>856</v>
       </c>
       <c r="B458" t="s">
         <v>857</v>
       </c>
       <c r="C458" t="s">
         <v>25</v>
       </c>
       <c r="D458" t="s">
         <v>65</v>
       </c>
       <c r="E458" t="s">
         <v>23</v>
       </c>
       <c r="F458">
         <v>2003</v>
       </c>
       <c r="G458"/>
       <c r="H458" t="s">
-        <v>27</v>
+        <v>26</v>
       </c>
     </row>
     <row r="459" spans="1:8">
       <c r="A459" t="s">
         <v>858</v>
       </c>
       <c r="B459" t="s">
         <v>859</v>
       </c>
       <c r="C459" t="s">
         <v>44</v>
       </c>
       <c r="D459" t="s">
         <v>65</v>
       </c>
       <c r="E459" t="s">
         <v>23</v>
       </c>
       <c r="F459">
         <v>2003</v>
       </c>
       <c r="G459"/>
       <c r="H459" t="s">
         <v>55</v>
       </c>
@@ -14972,123 +14972,123 @@
       </c>
     </row>
     <row r="461" spans="1:8">
       <c r="A461" t="s">
         <v>862</v>
       </c>
       <c r="B461" t="s">
         <v>863</v>
       </c>
       <c r="C461" t="s">
         <v>44</v>
       </c>
       <c r="D461" t="s">
         <v>65</v>
       </c>
       <c r="E461" t="s">
         <v>23</v>
       </c>
       <c r="F461">
         <v>2003</v>
       </c>
       <c r="G461" t="s">
         <v>632</v>
       </c>
       <c r="H461" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
     </row>
     <row r="462" spans="1:8">
       <c r="A462" t="s">
         <v>864</v>
       </c>
       <c r="B462" t="s">
         <v>865</v>
       </c>
       <c r="C462" t="s">
         <v>25</v>
       </c>
       <c r="D462" t="s">
         <v>65</v>
       </c>
       <c r="E462" t="s">
         <v>23</v>
       </c>
       <c r="F462">
         <v>2003</v>
       </c>
       <c r="G462"/>
       <c r="H462" t="s">
-        <v>48</v>
+        <v>51</v>
       </c>
     </row>
     <row r="463" spans="1:8">
       <c r="A463" t="s">
         <v>866</v>
       </c>
       <c r="B463" t="s">
         <v>867</v>
       </c>
       <c r="C463" t="s">
         <v>44</v>
       </c>
       <c r="D463" t="s">
         <v>65</v>
       </c>
       <c r="E463" t="s">
         <v>23</v>
       </c>
       <c r="F463">
         <v>2003</v>
       </c>
       <c r="G463"/>
       <c r="H463" t="s">
-        <v>48</v>
+        <v>51</v>
       </c>
     </row>
     <row r="464" spans="1:8">
       <c r="A464" t="s">
         <v>868</v>
       </c>
       <c r="B464" t="s">
         <v>865</v>
       </c>
       <c r="C464" t="s">
         <v>25</v>
       </c>
       <c r="D464" t="s">
         <v>65</v>
       </c>
       <c r="E464" t="s">
         <v>23</v>
       </c>
       <c r="F464">
         <v>2003</v>
       </c>
       <c r="G464"/>
       <c r="H464" t="s">
-        <v>48</v>
+        <v>51</v>
       </c>
     </row>
     <row r="465" spans="1:8">
       <c r="A465" t="s">
         <v>869</v>
       </c>
       <c r="B465" t="s">
         <v>870</v>
       </c>
       <c r="C465" t="s">
         <v>79</v>
       </c>
       <c r="D465" t="s">
         <v>80</v>
       </c>
       <c r="E465" t="s">
         <v>23</v>
       </c>
       <c r="F465">
         <v>2003</v>
       </c>
       <c r="G465" t="s">
         <v>14</v>
       </c>
       <c r="H465"/>
@@ -15116,147 +15116,147 @@
       <c r="H466" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="467" spans="1:8">
       <c r="A467" t="s">
         <v>871</v>
       </c>
       <c r="B467" t="s">
         <v>872</v>
       </c>
       <c r="C467" t="s">
         <v>35</v>
       </c>
       <c r="D467" t="s">
         <v>65</v>
       </c>
       <c r="E467" t="s">
         <v>23</v>
       </c>
       <c r="F467">
         <v>2003</v>
       </c>
       <c r="G467"/>
       <c r="H467" t="s">
-        <v>47</v>
+        <v>49</v>
       </c>
     </row>
     <row r="468" spans="1:8">
       <c r="A468" t="s">
         <v>873</v>
       </c>
       <c r="B468" t="s">
         <v>874</v>
       </c>
       <c r="C468" t="s">
         <v>25</v>
       </c>
       <c r="D468" t="s">
         <v>65</v>
       </c>
       <c r="E468" t="s">
         <v>23</v>
       </c>
       <c r="F468">
         <v>2003</v>
       </c>
       <c r="G468"/>
       <c r="H468" t="s">
         <v>130</v>
       </c>
     </row>
     <row r="469" spans="1:8">
       <c r="A469" t="s">
         <v>875</v>
       </c>
       <c r="B469" t="s">
         <v>876</v>
       </c>
       <c r="C469" t="s">
         <v>25</v>
       </c>
       <c r="D469" t="s">
         <v>65</v>
       </c>
       <c r="E469" t="s">
         <v>23</v>
       </c>
       <c r="F469">
         <v>2003</v>
       </c>
       <c r="G469"/>
       <c r="H469" t="s">
-        <v>48</v>
+        <v>51</v>
       </c>
     </row>
     <row r="470" spans="1:8">
       <c r="A470" t="s">
         <v>877</v>
       </c>
       <c r="B470" t="s">
         <v>878</v>
       </c>
       <c r="C470" t="s">
         <v>25</v>
       </c>
       <c r="D470" t="s">
         <v>65</v>
       </c>
       <c r="E470" t="s">
         <v>23</v>
       </c>
       <c r="F470">
         <v>2003</v>
       </c>
       <c r="G470"/>
       <c r="H470" t="s">
         <v>130</v>
       </c>
     </row>
     <row r="471" spans="1:8">
       <c r="A471" t="s">
         <v>879</v>
       </c>
       <c r="B471" t="s">
         <v>880</v>
       </c>
       <c r="C471" t="s">
         <v>35</v>
       </c>
       <c r="D471" t="s">
         <v>65</v>
       </c>
       <c r="E471" t="s">
         <v>23</v>
       </c>
       <c r="F471">
         <v>2003</v>
       </c>
       <c r="G471"/>
       <c r="H471" t="s">
-        <v>49</v>
+        <v>52</v>
       </c>
     </row>
     <row r="472" spans="1:8">
       <c r="A472" t="s">
         <v>881</v>
       </c>
       <c r="B472" t="s">
         <v>882</v>
       </c>
       <c r="C472" t="s">
         <v>25</v>
       </c>
       <c r="D472" t="s">
         <v>65</v>
       </c>
       <c r="E472" t="s">
         <v>23</v>
       </c>
       <c r="F472">
         <v>2003</v>
       </c>
       <c r="G472"/>
       <c r="H472" t="s">
         <v>15</v>
       </c>
@@ -15282,195 +15282,195 @@
       </c>
       <c r="G473"/>
       <c r="H473"/>
     </row>
     <row r="474" spans="1:8">
       <c r="A474" t="s">
         <v>885</v>
       </c>
       <c r="B474" t="s">
         <v>886</v>
       </c>
       <c r="C474" t="s">
         <v>44</v>
       </c>
       <c r="D474" t="s">
         <v>65</v>
       </c>
       <c r="E474" t="s">
         <v>23</v>
       </c>
       <c r="F474">
         <v>2003</v>
       </c>
       <c r="G474"/>
       <c r="H474" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
     </row>
     <row r="475" spans="1:8">
       <c r="A475" t="s">
         <v>887</v>
       </c>
       <c r="B475" t="s">
         <v>888</v>
       </c>
       <c r="C475" t="s">
         <v>25</v>
       </c>
       <c r="D475" t="s">
         <v>65</v>
       </c>
       <c r="E475" t="s">
         <v>23</v>
       </c>
       <c r="F475">
         <v>2003</v>
       </c>
       <c r="G475"/>
       <c r="H475" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
     </row>
     <row r="476" spans="1:8">
       <c r="A476" t="s">
         <v>889</v>
       </c>
       <c r="B476" t="s">
         <v>884</v>
       </c>
       <c r="C476" t="s">
         <v>25</v>
       </c>
       <c r="D476" t="s">
         <v>65</v>
       </c>
       <c r="E476" t="s">
         <v>23</v>
       </c>
       <c r="F476">
         <v>2003</v>
       </c>
       <c r="G476"/>
       <c r="H476" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
     </row>
     <row r="477" spans="1:8">
       <c r="A477" t="s">
         <v>890</v>
       </c>
       <c r="B477" t="s">
         <v>891</v>
       </c>
       <c r="C477" t="s">
         <v>25</v>
       </c>
       <c r="D477" t="s">
         <v>65</v>
       </c>
       <c r="E477" t="s">
         <v>23</v>
       </c>
       <c r="F477">
         <v>2003</v>
       </c>
       <c r="G477"/>
       <c r="H477" t="s">
-        <v>48</v>
+        <v>51</v>
       </c>
     </row>
     <row r="478" spans="1:8">
       <c r="A478" t="s">
         <v>892</v>
       </c>
       <c r="B478" t="s">
         <v>888</v>
       </c>
       <c r="C478" t="s">
         <v>25</v>
       </c>
       <c r="D478" t="s">
         <v>65</v>
       </c>
       <c r="E478" t="s">
         <v>23</v>
       </c>
       <c r="F478">
         <v>2003</v>
       </c>
       <c r="G478"/>
       <c r="H478" t="s">
-        <v>49</v>
+        <v>52</v>
       </c>
     </row>
     <row r="479" spans="1:8">
       <c r="A479" t="s">
         <v>893</v>
       </c>
       <c r="B479" t="s">
         <v>894</v>
       </c>
       <c r="C479" t="s">
         <v>25</v>
       </c>
       <c r="D479" t="s">
         <v>65</v>
       </c>
       <c r="E479" t="s">
         <v>23</v>
       </c>
       <c r="F479">
         <v>2003</v>
       </c>
       <c r="G479"/>
       <c r="H479" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
     </row>
     <row r="480" spans="1:8">
       <c r="A480" t="s">
         <v>895</v>
       </c>
       <c r="B480" t="s">
         <v>884</v>
       </c>
       <c r="C480" t="s">
         <v>25</v>
       </c>
       <c r="D480" t="s">
         <v>65</v>
       </c>
       <c r="E480" t="s">
         <v>23</v>
       </c>
       <c r="F480">
         <v>2003</v>
       </c>
       <c r="G480"/>
       <c r="H480" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
     </row>
     <row r="481" spans="1:8">
       <c r="A481" t="s">
         <v>896</v>
       </c>
       <c r="B481" t="s">
         <v>897</v>
       </c>
       <c r="C481"/>
       <c r="D481" t="s">
         <v>17</v>
       </c>
       <c r="E481" t="s">
         <v>18</v>
       </c>
       <c r="F481">
         <v>2002</v>
       </c>
       <c r="G481"/>
       <c r="H481" t="s">
         <v>104</v>
       </c>
     </row>
     <row r="482" spans="1:8">
@@ -15492,173 +15492,173 @@
       </c>
       <c r="G482"/>
       <c r="H482" t="s">
         <v>297</v>
       </c>
     </row>
     <row r="483" spans="1:8">
       <c r="A483" t="s">
         <v>900</v>
       </c>
       <c r="B483" t="s">
         <v>901</v>
       </c>
       <c r="C483"/>
       <c r="D483" t="s">
         <v>17</v>
       </c>
       <c r="E483" t="s">
         <v>18</v>
       </c>
       <c r="F483">
         <v>2002</v>
       </c>
       <c r="G483"/>
       <c r="H483" t="s">
-        <v>48</v>
+        <v>51</v>
       </c>
     </row>
     <row r="484" spans="1:8">
       <c r="A484" t="s">
         <v>902</v>
       </c>
       <c r="B484" t="s">
         <v>903</v>
       </c>
       <c r="C484" t="s">
         <v>44</v>
       </c>
       <c r="D484" t="s">
         <v>65</v>
       </c>
       <c r="E484" t="s">
         <v>23</v>
       </c>
       <c r="F484">
         <v>2002</v>
       </c>
       <c r="G484"/>
       <c r="H484" t="s">
         <v>130</v>
       </c>
     </row>
     <row r="485" spans="1:8">
       <c r="A485" t="s">
         <v>904</v>
       </c>
       <c r="B485" t="s">
         <v>905</v>
       </c>
       <c r="C485" t="s">
         <v>44</v>
       </c>
       <c r="D485" t="s">
         <v>65</v>
       </c>
       <c r="E485" t="s">
         <v>23</v>
       </c>
       <c r="F485">
         <v>2002</v>
       </c>
       <c r="G485"/>
       <c r="H485" t="s">
-        <v>27</v>
+        <v>26</v>
       </c>
     </row>
     <row r="486" spans="1:8">
       <c r="A486" t="s">
         <v>906</v>
       </c>
       <c r="B486" t="s">
         <v>907</v>
       </c>
       <c r="C486" t="s">
         <v>25</v>
       </c>
       <c r="D486" t="s">
         <v>65</v>
       </c>
       <c r="E486" t="s">
         <v>23</v>
       </c>
       <c r="F486">
         <v>2002</v>
       </c>
       <c r="G486"/>
       <c r="H486" t="s">
-        <v>27</v>
+        <v>26</v>
       </c>
     </row>
     <row r="487" spans="1:8">
       <c r="A487" t="s">
         <v>908</v>
       </c>
       <c r="B487" t="s">
         <v>909</v>
       </c>
       <c r="C487" t="s">
         <v>44</v>
       </c>
       <c r="D487" t="s">
         <v>65</v>
       </c>
       <c r="E487" t="s">
         <v>23</v>
       </c>
       <c r="F487">
         <v>2002</v>
       </c>
       <c r="G487" t="s">
         <v>632</v>
       </c>
       <c r="H487" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
     </row>
     <row r="488" spans="1:8">
       <c r="A488" t="s">
         <v>910</v>
       </c>
       <c r="B488" t="s">
         <v>911</v>
       </c>
       <c r="C488" t="s">
         <v>35</v>
       </c>
       <c r="D488" t="s">
         <v>65</v>
       </c>
       <c r="E488" t="s">
         <v>23</v>
       </c>
       <c r="F488">
         <v>2002</v>
       </c>
       <c r="G488"/>
       <c r="H488" t="s">
-        <v>48</v>
+        <v>51</v>
       </c>
     </row>
     <row r="489" spans="1:8">
       <c r="A489" t="s">
         <v>912</v>
       </c>
       <c r="B489" t="s">
         <v>913</v>
       </c>
       <c r="C489" t="s">
         <v>25</v>
       </c>
       <c r="D489" t="s">
         <v>65</v>
       </c>
       <c r="E489" t="s">
         <v>23</v>
       </c>
       <c r="F489">
         <v>2002</v>
       </c>
       <c r="G489"/>
       <c r="H489" t="s">
         <v>130</v>
       </c>
@@ -15820,169 +15820,169 @@
       </c>
       <c r="G496"/>
       <c r="H496"/>
     </row>
     <row r="497" spans="1:8">
       <c r="A497" t="s">
         <v>928</v>
       </c>
       <c r="B497" t="s">
         <v>929</v>
       </c>
       <c r="C497" t="s">
         <v>44</v>
       </c>
       <c r="D497" t="s">
         <v>65</v>
       </c>
       <c r="E497" t="s">
         <v>23</v>
       </c>
       <c r="F497">
         <v>2002</v>
       </c>
       <c r="G497"/>
       <c r="H497" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
     </row>
     <row r="498" spans="1:8">
       <c r="A498" t="s">
         <v>930</v>
       </c>
       <c r="B498" t="s">
         <v>931</v>
       </c>
       <c r="C498" t="s">
         <v>25</v>
       </c>
       <c r="D498" t="s">
         <v>65</v>
       </c>
       <c r="E498" t="s">
         <v>23</v>
       </c>
       <c r="F498">
         <v>2002</v>
       </c>
       <c r="G498"/>
       <c r="H498" t="s">
-        <v>52</v>
+        <v>47</v>
       </c>
     </row>
     <row r="499" spans="1:8">
       <c r="A499" t="s">
         <v>932</v>
       </c>
       <c r="B499" t="s">
         <v>925</v>
       </c>
       <c r="C499" t="s">
         <v>25</v>
       </c>
       <c r="D499" t="s">
         <v>65</v>
       </c>
       <c r="E499" t="s">
         <v>23</v>
       </c>
       <c r="F499">
         <v>2002</v>
       </c>
       <c r="G499"/>
       <c r="H499" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
     </row>
     <row r="500" spans="1:8">
       <c r="A500" t="s">
         <v>933</v>
       </c>
       <c r="B500" t="s">
         <v>934</v>
       </c>
       <c r="C500" t="s">
         <v>25</v>
       </c>
       <c r="D500" t="s">
         <v>65</v>
       </c>
       <c r="E500" t="s">
         <v>23</v>
       </c>
       <c r="F500">
         <v>2002</v>
       </c>
       <c r="G500"/>
       <c r="H500" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
     </row>
     <row r="501" spans="1:8">
       <c r="A501" t="s">
         <v>935</v>
       </c>
       <c r="B501" t="s">
         <v>936</v>
       </c>
       <c r="C501" t="s">
         <v>25</v>
       </c>
       <c r="D501" t="s">
         <v>65</v>
       </c>
       <c r="E501" t="s">
         <v>23</v>
       </c>
       <c r="F501">
         <v>2002</v>
       </c>
       <c r="G501"/>
       <c r="H501"/>
     </row>
     <row r="502" spans="1:8">
       <c r="A502" t="s">
         <v>937</v>
       </c>
       <c r="B502" t="s">
         <v>938</v>
       </c>
       <c r="C502" t="s">
         <v>25</v>
       </c>
       <c r="D502" t="s">
         <v>65</v>
       </c>
       <c r="E502" t="s">
         <v>23</v>
       </c>
       <c r="F502">
         <v>2002</v>
       </c>
       <c r="G502"/>
       <c r="H502" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
     </row>
     <row r="503" spans="1:8">
       <c r="A503" t="s">
         <v>939</v>
       </c>
       <c r="B503" t="s">
         <v>940</v>
       </c>
       <c r="C503" t="s">
         <v>25</v>
       </c>
       <c r="D503" t="s">
         <v>65</v>
       </c>
       <c r="E503" t="s">
         <v>23</v>
       </c>
       <c r="F503">
         <v>2002</v>
       </c>
       <c r="G503"/>
       <c r="H503"/>
     </row>
     <row r="504" spans="1:8">
@@ -16004,171 +16004,171 @@
       <c r="F504">
         <v>2002</v>
       </c>
       <c r="G504"/>
       <c r="H504"/>
     </row>
     <row r="505" spans="1:8">
       <c r="A505" t="s">
         <v>943</v>
       </c>
       <c r="B505" t="s">
         <v>944</v>
       </c>
       <c r="C505"/>
       <c r="D505" t="s">
         <v>17</v>
       </c>
       <c r="E505" t="s">
         <v>18</v>
       </c>
       <c r="F505">
         <v>2001</v>
       </c>
       <c r="G505"/>
       <c r="H505" t="s">
-        <v>48</v>
+        <v>51</v>
       </c>
     </row>
     <row r="506" spans="1:8">
       <c r="A506" t="s">
         <v>945</v>
       </c>
       <c r="B506" t="s">
         <v>944</v>
       </c>
       <c r="C506"/>
       <c r="D506" t="s">
         <v>17</v>
       </c>
       <c r="E506" t="s">
         <v>18</v>
       </c>
       <c r="F506">
         <v>2001</v>
       </c>
       <c r="G506"/>
       <c r="H506" t="s">
-        <v>48</v>
+        <v>51</v>
       </c>
     </row>
     <row r="507" spans="1:8">
       <c r="A507" t="s">
         <v>946</v>
       </c>
       <c r="B507" t="s">
         <v>947</v>
       </c>
       <c r="C507" t="s">
         <v>25</v>
       </c>
       <c r="D507" t="s">
         <v>65</v>
       </c>
       <c r="E507" t="s">
         <v>23</v>
       </c>
       <c r="F507">
         <v>2001</v>
       </c>
       <c r="G507"/>
       <c r="H507" t="s">
         <v>130</v>
       </c>
     </row>
     <row r="508" spans="1:8">
       <c r="A508" t="s">
         <v>948</v>
       </c>
       <c r="B508" t="s">
         <v>949</v>
       </c>
       <c r="C508" t="s">
         <v>25</v>
       </c>
       <c r="D508" t="s">
         <v>65</v>
       </c>
       <c r="E508" t="s">
         <v>23</v>
       </c>
       <c r="F508">
         <v>2001</v>
       </c>
       <c r="G508"/>
       <c r="H508" t="s">
-        <v>27</v>
+        <v>26</v>
       </c>
     </row>
     <row r="509" spans="1:8">
       <c r="A509" t="s">
         <v>950</v>
       </c>
       <c r="B509" t="s">
         <v>951</v>
       </c>
       <c r="C509" t="s">
         <v>44</v>
       </c>
       <c r="D509" t="s">
         <v>65</v>
       </c>
       <c r="E509" t="s">
         <v>23</v>
       </c>
       <c r="F509">
         <v>2001</v>
       </c>
       <c r="G509" t="s">
         <v>632</v>
       </c>
       <c r="H509" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
     </row>
     <row r="510" spans="1:8">
       <c r="A510" t="s">
         <v>952</v>
       </c>
       <c r="B510" t="s">
         <v>953</v>
       </c>
       <c r="C510" t="s">
         <v>25</v>
       </c>
       <c r="D510" t="s">
         <v>65</v>
       </c>
       <c r="E510" t="s">
         <v>23</v>
       </c>
       <c r="F510">
         <v>2001</v>
       </c>
       <c r="G510"/>
       <c r="H510" t="s">
-        <v>52</v>
+        <v>47</v>
       </c>
     </row>
     <row r="511" spans="1:8">
       <c r="A511" t="s">
         <v>954</v>
       </c>
       <c r="B511" t="s">
         <v>955</v>
       </c>
       <c r="C511" t="s">
         <v>44</v>
       </c>
       <c r="D511" t="s">
         <v>65</v>
       </c>
       <c r="E511" t="s">
         <v>23</v>
       </c>
       <c r="F511">
         <v>2001</v>
       </c>
       <c r="G511" t="s">
         <v>14</v>
       </c>
       <c r="H511"/>
@@ -16192,99 +16192,99 @@
       <c r="F512">
         <v>2001</v>
       </c>
       <c r="G512"/>
       <c r="H512" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="513" spans="1:8">
       <c r="A513" t="s">
         <v>957</v>
       </c>
       <c r="B513" t="s">
         <v>958</v>
       </c>
       <c r="C513"/>
       <c r="D513"/>
       <c r="E513" t="s">
         <v>23</v>
       </c>
       <c r="F513">
         <v>2001</v>
       </c>
       <c r="G513"/>
       <c r="H513" t="s">
-        <v>48</v>
+        <v>51</v>
       </c>
     </row>
     <row r="514" spans="1:8">
       <c r="A514" t="s">
         <v>959</v>
       </c>
       <c r="B514" t="s">
         <v>872</v>
       </c>
       <c r="C514" t="s">
         <v>35</v>
       </c>
       <c r="D514" t="s">
         <v>65</v>
       </c>
       <c r="E514" t="s">
         <v>23</v>
       </c>
       <c r="F514">
         <v>2001</v>
       </c>
       <c r="G514"/>
       <c r="H514" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="515" spans="1:8">
       <c r="A515" t="s">
         <v>960</v>
       </c>
       <c r="B515" t="s">
         <v>961</v>
       </c>
       <c r="C515" t="s">
         <v>25</v>
       </c>
       <c r="D515" t="s">
         <v>65</v>
       </c>
       <c r="E515" t="s">
         <v>23</v>
       </c>
       <c r="F515">
         <v>2001</v>
       </c>
       <c r="G515"/>
       <c r="H515" t="s">
-        <v>52</v>
+        <v>47</v>
       </c>
     </row>
     <row r="516" spans="1:8">
       <c r="A516" t="s">
         <v>962</v>
       </c>
       <c r="B516" t="s">
         <v>963</v>
       </c>
       <c r="C516" t="s">
         <v>44</v>
       </c>
       <c r="D516" t="s">
         <v>65</v>
       </c>
       <c r="E516" t="s">
         <v>23</v>
       </c>
       <c r="F516">
         <v>2001</v>
       </c>
       <c r="G516"/>
       <c r="H516" t="s">
         <v>104</v>
       </c>
@@ -16312,75 +16312,75 @@
       <c r="H517" t="s">
         <v>130</v>
       </c>
     </row>
     <row r="518" spans="1:8">
       <c r="A518" t="s">
         <v>965</v>
       </c>
       <c r="B518" t="s">
         <v>966</v>
       </c>
       <c r="C518" t="s">
         <v>25</v>
       </c>
       <c r="D518" t="s">
         <v>65</v>
       </c>
       <c r="E518" t="s">
         <v>23</v>
       </c>
       <c r="F518">
         <v>2001</v>
       </c>
       <c r="G518"/>
       <c r="H518" t="s">
-        <v>49</v>
+        <v>52</v>
       </c>
     </row>
     <row r="519" spans="1:8">
       <c r="A519" t="s">
         <v>967</v>
       </c>
       <c r="B519" t="s">
         <v>968</v>
       </c>
       <c r="C519" t="s">
         <v>25</v>
       </c>
       <c r="D519" t="s">
         <v>65</v>
       </c>
       <c r="E519" t="s">
         <v>23</v>
       </c>
       <c r="F519">
         <v>2001</v>
       </c>
       <c r="G519"/>
       <c r="H519" t="s">
-        <v>49</v>
+        <v>52</v>
       </c>
     </row>
     <row r="520" spans="1:8">
       <c r="A520" t="s">
         <v>969</v>
       </c>
       <c r="B520" t="s">
         <v>970</v>
       </c>
       <c r="C520" t="s">
         <v>25</v>
       </c>
       <c r="D520" t="s">
         <v>65</v>
       </c>
       <c r="E520" t="s">
         <v>23</v>
       </c>
       <c r="F520">
         <v>2001</v>
       </c>
       <c r="G520"/>
       <c r="H520"/>
     </row>
     <row r="521" spans="1:8">
@@ -16428,75 +16428,75 @@
       <c r="H522" t="s">
         <v>275</v>
       </c>
     </row>
     <row r="523" spans="1:8">
       <c r="A523" t="s">
         <v>974</v>
       </c>
       <c r="B523" t="s">
         <v>975</v>
       </c>
       <c r="C523" t="s">
         <v>25</v>
       </c>
       <c r="D523" t="s">
         <v>65</v>
       </c>
       <c r="E523" t="s">
         <v>23</v>
       </c>
       <c r="F523">
         <v>2001</v>
       </c>
       <c r="G523"/>
       <c r="H523" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
     </row>
     <row r="524" spans="1:8">
       <c r="A524" t="s">
         <v>976</v>
       </c>
       <c r="B524" t="s">
         <v>977</v>
       </c>
       <c r="C524" t="s">
         <v>25</v>
       </c>
       <c r="D524" t="s">
         <v>65</v>
       </c>
       <c r="E524" t="s">
         <v>23</v>
       </c>
       <c r="F524">
         <v>2001</v>
       </c>
       <c r="G524"/>
       <c r="H524" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
     </row>
     <row r="525" spans="1:8">
       <c r="A525" t="s">
         <v>978</v>
       </c>
       <c r="B525" t="s">
         <v>979</v>
       </c>
       <c r="C525" t="s">
         <v>25</v>
       </c>
       <c r="D525" t="s">
         <v>65</v>
       </c>
       <c r="E525" t="s">
         <v>23</v>
       </c>
       <c r="F525">
         <v>2001</v>
       </c>
       <c r="G525"/>
       <c r="H525" t="s">
         <v>55</v>
       </c>
@@ -16566,75 +16566,75 @@
       <c r="H528" t="s">
         <v>297</v>
       </c>
     </row>
     <row r="529" spans="1:8">
       <c r="A529" t="s">
         <v>986</v>
       </c>
       <c r="B529" t="s">
         <v>987</v>
       </c>
       <c r="C529" t="s">
         <v>25</v>
       </c>
       <c r="D529" t="s">
         <v>65</v>
       </c>
       <c r="E529" t="s">
         <v>23</v>
       </c>
       <c r="F529">
         <v>2000</v>
       </c>
       <c r="G529"/>
       <c r="H529" t="s">
-        <v>27</v>
+        <v>26</v>
       </c>
     </row>
     <row r="530" spans="1:8">
       <c r="A530" t="s">
         <v>988</v>
       </c>
       <c r="B530" t="s">
         <v>989</v>
       </c>
       <c r="C530" t="s">
         <v>25</v>
       </c>
       <c r="D530" t="s">
         <v>65</v>
       </c>
       <c r="E530" t="s">
         <v>23</v>
       </c>
       <c r="F530">
         <v>2000</v>
       </c>
       <c r="G530"/>
       <c r="H530" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
     </row>
     <row r="531" spans="1:8">
       <c r="A531" t="s">
         <v>990</v>
       </c>
       <c r="B531" t="s">
         <v>991</v>
       </c>
       <c r="C531" t="s">
         <v>79</v>
       </c>
       <c r="D531" t="s">
         <v>80</v>
       </c>
       <c r="E531" t="s">
         <v>23</v>
       </c>
       <c r="F531">
         <v>2000</v>
       </c>
       <c r="G531" t="s">
         <v>14</v>
       </c>
       <c r="H531"/>
@@ -16658,171 +16658,171 @@
       <c r="F532">
         <v>2000</v>
       </c>
       <c r="G532" t="s">
         <v>14</v>
       </c>
       <c r="H532"/>
     </row>
     <row r="533" spans="1:8">
       <c r="A533" t="s">
         <v>994</v>
       </c>
       <c r="B533" t="s">
         <v>995</v>
       </c>
       <c r="C533"/>
       <c r="D533"/>
       <c r="E533" t="s">
         <v>23</v>
       </c>
       <c r="F533">
         <v>2000</v>
       </c>
       <c r="G533"/>
       <c r="H533" t="s">
-        <v>47</v>
+        <v>49</v>
       </c>
     </row>
     <row r="534" spans="1:8">
       <c r="A534" t="s">
         <v>994</v>
       </c>
       <c r="B534" t="s">
         <v>995</v>
       </c>
       <c r="C534"/>
       <c r="D534"/>
       <c r="E534" t="s">
         <v>23</v>
       </c>
       <c r="F534">
         <v>2000</v>
       </c>
       <c r="G534"/>
       <c r="H534" t="s">
-        <v>48</v>
+        <v>51</v>
       </c>
     </row>
     <row r="535" spans="1:8">
       <c r="A535" t="s">
         <v>996</v>
       </c>
       <c r="B535" t="s">
         <v>997</v>
       </c>
       <c r="C535"/>
       <c r="D535"/>
       <c r="E535" t="s">
         <v>23</v>
       </c>
       <c r="F535">
         <v>2000</v>
       </c>
       <c r="G535"/>
       <c r="H535" t="s">
-        <v>47</v>
+        <v>49</v>
       </c>
     </row>
     <row r="536" spans="1:8">
       <c r="A536" t="s">
         <v>996</v>
       </c>
       <c r="B536" t="s">
         <v>997</v>
       </c>
       <c r="C536"/>
       <c r="D536"/>
       <c r="E536" t="s">
         <v>23</v>
       </c>
       <c r="F536">
         <v>2000</v>
       </c>
       <c r="G536"/>
       <c r="H536" t="s">
-        <v>48</v>
+        <v>51</v>
       </c>
     </row>
     <row r="537" spans="1:8">
       <c r="A537" t="s">
         <v>998</v>
       </c>
       <c r="B537" t="s">
         <v>999</v>
       </c>
       <c r="C537"/>
       <c r="D537"/>
       <c r="E537" t="s">
         <v>23</v>
       </c>
       <c r="F537">
         <v>2000</v>
       </c>
       <c r="G537"/>
       <c r="H537" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
     </row>
     <row r="538" spans="1:8">
       <c r="A538" t="s">
         <v>998</v>
       </c>
       <c r="B538" t="s">
         <v>999</v>
       </c>
       <c r="C538"/>
       <c r="D538"/>
       <c r="E538" t="s">
         <v>23</v>
       </c>
       <c r="F538">
         <v>2000</v>
       </c>
       <c r="G538"/>
       <c r="H538" t="s">
-        <v>47</v>
+        <v>49</v>
       </c>
     </row>
     <row r="539" spans="1:8">
       <c r="A539" t="s">
         <v>998</v>
       </c>
       <c r="B539" t="s">
         <v>999</v>
       </c>
       <c r="C539"/>
       <c r="D539"/>
       <c r="E539" t="s">
         <v>23</v>
       </c>
       <c r="F539">
         <v>2000</v>
       </c>
       <c r="G539"/>
       <c r="H539" t="s">
-        <v>48</v>
+        <v>51</v>
       </c>
     </row>
     <row r="540" spans="1:8">
       <c r="A540" t="s">
         <v>1000</v>
       </c>
       <c r="B540" t="s">
         <v>1001</v>
       </c>
       <c r="C540" t="s">
         <v>25</v>
       </c>
       <c r="D540" t="s">
         <v>65</v>
       </c>
       <c r="E540" t="s">
         <v>23</v>
       </c>
       <c r="F540">
         <v>2000</v>
       </c>
       <c r="G540"/>
       <c r="H540"/>
     </row>
     <row r="541" spans="1:8">
@@ -16978,147 +16978,147 @@
       <c r="H547" t="s">
         <v>130</v>
       </c>
     </row>
     <row r="548" spans="1:8">
       <c r="A548" t="s">
         <v>1015</v>
       </c>
       <c r="B548" t="s">
         <v>1016</v>
       </c>
       <c r="C548" t="s">
         <v>44</v>
       </c>
       <c r="D548" t="s">
         <v>65</v>
       </c>
       <c r="E548" t="s">
         <v>23</v>
       </c>
       <c r="F548">
         <v>1999</v>
       </c>
       <c r="G548"/>
       <c r="H548" t="s">
-        <v>47</v>
+        <v>49</v>
       </c>
     </row>
     <row r="549" spans="1:8">
       <c r="A549" t="s">
         <v>1017</v>
       </c>
       <c r="B549" t="s">
         <v>1018</v>
       </c>
       <c r="C549" t="s">
         <v>25</v>
       </c>
       <c r="D549" t="s">
         <v>65</v>
       </c>
       <c r="E549" t="s">
         <v>23</v>
       </c>
       <c r="F549">
         <v>1999</v>
       </c>
       <c r="G549"/>
       <c r="H549" t="s">
-        <v>27</v>
+        <v>26</v>
       </c>
     </row>
     <row r="550" spans="1:8">
       <c r="A550" t="s">
         <v>1019</v>
       </c>
       <c r="B550" t="s">
         <v>1020</v>
       </c>
       <c r="C550" t="s">
         <v>25</v>
       </c>
       <c r="D550" t="s">
         <v>65</v>
       </c>
       <c r="E550" t="s">
         <v>23</v>
       </c>
       <c r="F550">
         <v>1999</v>
       </c>
       <c r="G550"/>
       <c r="H550" t="s">
-        <v>27</v>
+        <v>26</v>
       </c>
     </row>
     <row r="551" spans="1:8">
       <c r="A551" t="s">
         <v>1021</v>
       </c>
       <c r="B551" t="s">
         <v>1022</v>
       </c>
       <c r="C551" t="s">
         <v>25</v>
       </c>
       <c r="D551" t="s">
         <v>65</v>
       </c>
       <c r="E551" t="s">
         <v>23</v>
       </c>
       <c r="F551">
         <v>1999</v>
       </c>
       <c r="G551"/>
       <c r="H551" t="s">
-        <v>40</v>
+        <v>39</v>
       </c>
     </row>
     <row r="552" spans="1:8">
       <c r="A552" t="s">
         <v>1023</v>
       </c>
       <c r="B552" t="s">
         <v>1024</v>
       </c>
       <c r="C552" t="s">
         <v>44</v>
       </c>
       <c r="D552" t="s">
         <v>65</v>
       </c>
       <c r="E552" t="s">
         <v>23</v>
       </c>
       <c r="F552">
         <v>1999</v>
       </c>
       <c r="G552"/>
       <c r="H552" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
     </row>
     <row r="553" spans="1:8">
       <c r="A553" t="s">
         <v>1025</v>
       </c>
       <c r="B553" t="s">
         <v>1026</v>
       </c>
       <c r="C553" t="s">
         <v>79</v>
       </c>
       <c r="D553" t="s">
         <v>80</v>
       </c>
       <c r="E553" t="s">
         <v>23</v>
       </c>
       <c r="F553">
         <v>1999</v>
       </c>
       <c r="G553" t="s">
         <v>14</v>
       </c>
       <c r="H553"/>
@@ -17142,51 +17142,51 @@
       <c r="F554">
         <v>1999</v>
       </c>
       <c r="G554"/>
       <c r="H554"/>
     </row>
     <row r="555" spans="1:8">
       <c r="A555" t="s">
         <v>1029</v>
       </c>
       <c r="B555"/>
       <c r="C555" t="s">
         <v>25</v>
       </c>
       <c r="D555" t="s">
         <v>65</v>
       </c>
       <c r="E555" t="s">
         <v>23</v>
       </c>
       <c r="F555">
         <v>1999</v>
       </c>
       <c r="G555"/>
       <c r="H555" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
     </row>
     <row r="556" spans="1:8">
       <c r="A556" t="s">
         <v>1030</v>
       </c>
       <c r="B556" t="s">
         <v>1031</v>
       </c>
       <c r="C556" t="s">
         <v>25</v>
       </c>
       <c r="D556" t="s">
         <v>65</v>
       </c>
       <c r="E556" t="s">
         <v>23</v>
       </c>
       <c r="F556">
         <v>1999</v>
       </c>
       <c r="G556"/>
       <c r="H556"/>
     </row>
     <row r="557" spans="1:8">
@@ -17230,95 +17230,95 @@
       <c r="F558">
         <v>1999</v>
       </c>
       <c r="G558"/>
       <c r="H558"/>
     </row>
     <row r="559" spans="1:8">
       <c r="A559" t="s">
         <v>1036</v>
       </c>
       <c r="B559" t="s">
         <v>1037</v>
       </c>
       <c r="C559"/>
       <c r="D559" t="s">
         <v>17</v>
       </c>
       <c r="E559" t="s">
         <v>18</v>
       </c>
       <c r="F559">
         <v>1998</v>
       </c>
       <c r="G559"/>
       <c r="H559" t="s">
-        <v>47</v>
+        <v>49</v>
       </c>
     </row>
     <row r="560" spans="1:8">
       <c r="A560" t="s">
         <v>1038</v>
       </c>
       <c r="B560" t="s">
         <v>1039</v>
       </c>
       <c r="C560"/>
       <c r="D560" t="s">
         <v>17</v>
       </c>
       <c r="E560" t="s">
         <v>18</v>
       </c>
       <c r="F560">
         <v>1998</v>
       </c>
       <c r="G560"/>
       <c r="H560" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
     </row>
     <row r="561" spans="1:8">
       <c r="A561" t="s">
         <v>1040</v>
       </c>
       <c r="B561" t="s">
         <v>1041</v>
       </c>
       <c r="C561"/>
       <c r="D561" t="s">
         <v>17</v>
       </c>
       <c r="E561" t="s">
         <v>18</v>
       </c>
       <c r="F561">
         <v>1998</v>
       </c>
       <c r="G561"/>
       <c r="H561" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
     </row>
     <row r="562" spans="1:8">
       <c r="A562" t="s">
         <v>1042</v>
       </c>
       <c r="B562" t="s">
         <v>1043</v>
       </c>
       <c r="C562"/>
       <c r="D562" t="s">
         <v>17</v>
       </c>
       <c r="E562" t="s">
         <v>18</v>
       </c>
       <c r="F562">
         <v>1998</v>
       </c>
       <c r="G562"/>
       <c r="H562" t="s">
         <v>297</v>
       </c>
     </row>
     <row r="563" spans="1:8">
@@ -17366,147 +17366,147 @@
       <c r="H564" t="s">
         <v>130</v>
       </c>
     </row>
     <row r="565" spans="1:8">
       <c r="A565" t="s">
         <v>1048</v>
       </c>
       <c r="B565" t="s">
         <v>1049</v>
       </c>
       <c r="C565" t="s">
         <v>44</v>
       </c>
       <c r="D565" t="s">
         <v>65</v>
       </c>
       <c r="E565" t="s">
         <v>23</v>
       </c>
       <c r="F565">
         <v>1998</v>
       </c>
       <c r="G565"/>
       <c r="H565" t="s">
-        <v>27</v>
+        <v>26</v>
       </c>
     </row>
     <row r="566" spans="1:8">
       <c r="A566" t="s">
         <v>1050</v>
       </c>
       <c r="B566" t="s">
         <v>1051</v>
       </c>
       <c r="C566" t="s">
         <v>25</v>
       </c>
       <c r="D566" t="s">
         <v>65</v>
       </c>
       <c r="E566" t="s">
         <v>23</v>
       </c>
       <c r="F566">
         <v>1998</v>
       </c>
       <c r="G566"/>
       <c r="H566" t="s">
-        <v>27</v>
+        <v>26</v>
       </c>
     </row>
     <row r="567" spans="1:8">
       <c r="A567" t="s">
         <v>1052</v>
       </c>
       <c r="B567" t="s">
         <v>1053</v>
       </c>
       <c r="C567" t="s">
         <v>25</v>
       </c>
       <c r="D567" t="s">
         <v>65</v>
       </c>
       <c r="E567" t="s">
         <v>23</v>
       </c>
       <c r="F567">
         <v>1998</v>
       </c>
       <c r="G567"/>
       <c r="H567" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
     </row>
     <row r="568" spans="1:8">
       <c r="A568" t="s">
         <v>1054</v>
       </c>
       <c r="B568" t="s">
         <v>1055</v>
       </c>
       <c r="C568" t="s">
         <v>25</v>
       </c>
       <c r="D568" t="s">
         <v>65</v>
       </c>
       <c r="E568" t="s">
         <v>23</v>
       </c>
       <c r="F568">
         <v>1998</v>
       </c>
       <c r="G568"/>
       <c r="H568" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
     </row>
     <row r="569" spans="1:8">
       <c r="A569" t="s">
         <v>1056</v>
       </c>
       <c r="B569" t="s">
         <v>1057</v>
       </c>
       <c r="C569" t="s">
         <v>25</v>
       </c>
       <c r="D569" t="s">
         <v>65</v>
       </c>
       <c r="E569" t="s">
         <v>23</v>
       </c>
       <c r="F569">
         <v>1998</v>
       </c>
       <c r="G569"/>
       <c r="H569" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
     </row>
     <row r="570" spans="1:8">
       <c r="A570" t="s">
         <v>1058</v>
       </c>
       <c r="B570" t="s">
         <v>1059</v>
       </c>
       <c r="C570" t="s">
         <v>25</v>
       </c>
       <c r="D570" t="s">
         <v>65</v>
       </c>
       <c r="E570" t="s">
         <v>23</v>
       </c>
       <c r="F570">
         <v>1998</v>
       </c>
       <c r="G570"/>
       <c r="H570" t="s">
         <v>297</v>
       </c>
@@ -17558,115 +17558,115 @@
         <v>14</v>
       </c>
       <c r="H572"/>
     </row>
     <row r="573" spans="1:8">
       <c r="A573" t="s">
         <v>1063</v>
       </c>
       <c r="B573" t="s">
         <v>1064</v>
       </c>
       <c r="C573" t="s">
         <v>35</v>
       </c>
       <c r="D573" t="s">
         <v>65</v>
       </c>
       <c r="E573" t="s">
         <v>23</v>
       </c>
       <c r="F573">
         <v>1998</v>
       </c>
       <c r="G573"/>
       <c r="H573" t="s">
-        <v>47</v>
+        <v>49</v>
       </c>
     </row>
     <row r="574" spans="1:8">
       <c r="A574" t="s">
         <v>1063</v>
       </c>
       <c r="B574" t="s">
         <v>1064</v>
       </c>
       <c r="C574" t="s">
         <v>35</v>
       </c>
       <c r="D574" t="s">
         <v>65</v>
       </c>
       <c r="E574" t="s">
         <v>23</v>
       </c>
       <c r="F574">
         <v>1998</v>
       </c>
       <c r="G574"/>
       <c r="H574" t="s">
-        <v>48</v>
+        <v>51</v>
       </c>
     </row>
     <row r="575" spans="1:8">
       <c r="A575" t="s">
         <v>1065</v>
       </c>
       <c r="B575" t="s">
         <v>1066</v>
       </c>
       <c r="C575"/>
       <c r="D575"/>
       <c r="E575" t="s">
         <v>23</v>
       </c>
       <c r="F575">
         <v>1998</v>
       </c>
       <c r="G575"/>
       <c r="H575" t="s">
-        <v>48</v>
+        <v>51</v>
       </c>
     </row>
     <row r="576" spans="1:8">
       <c r="A576" t="s">
         <v>1065</v>
       </c>
       <c r="B576" t="s">
         <v>1066</v>
       </c>
       <c r="C576"/>
       <c r="D576"/>
       <c r="E576" t="s">
         <v>23</v>
       </c>
       <c r="F576">
         <v>1998</v>
       </c>
       <c r="G576"/>
       <c r="H576" t="s">
-        <v>47</v>
+        <v>49</v>
       </c>
     </row>
     <row r="577" spans="1:8">
       <c r="A577" t="s">
         <v>1067</v>
       </c>
       <c r="B577" t="s">
         <v>1068</v>
       </c>
       <c r="C577" t="s">
         <v>25</v>
       </c>
       <c r="D577" t="s">
         <v>65</v>
       </c>
       <c r="E577" t="s">
         <v>23</v>
       </c>
       <c r="F577">
         <v>1998</v>
       </c>
       <c r="G577"/>
       <c r="H577" t="s">
         <v>297</v>
       </c>
@@ -17690,51 +17690,51 @@
         <v>72</v>
       </c>
       <c r="H578"/>
     </row>
     <row r="579" spans="1:8">
       <c r="A579" t="s">
         <v>1071</v>
       </c>
       <c r="B579" t="s">
         <v>1072</v>
       </c>
       <c r="C579" t="s">
         <v>25</v>
       </c>
       <c r="D579" t="s">
         <v>65</v>
       </c>
       <c r="E579" t="s">
         <v>23</v>
       </c>
       <c r="F579">
         <v>1997</v>
       </c>
       <c r="G579"/>
       <c r="H579" t="s">
-        <v>40</v>
+        <v>39</v>
       </c>
     </row>
     <row r="580" spans="1:8">
       <c r="A580" t="s">
         <v>1073</v>
       </c>
       <c r="B580" t="s">
         <v>1074</v>
       </c>
       <c r="C580" t="s">
         <v>25</v>
       </c>
       <c r="D580" t="s">
         <v>65</v>
       </c>
       <c r="E580" t="s">
         <v>23</v>
       </c>
       <c r="F580">
         <v>1997</v>
       </c>
       <c r="G580"/>
       <c r="H580" t="s">
         <v>150</v>
       </c>
@@ -17802,171 +17802,171 @@
       </c>
       <c r="G583"/>
       <c r="H583" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="584" spans="1:8">
       <c r="A584" t="s">
         <v>1080</v>
       </c>
       <c r="B584" t="s">
         <v>1081</v>
       </c>
       <c r="C584"/>
       <c r="D584" t="s">
         <v>17</v>
       </c>
       <c r="E584" t="s">
         <v>18</v>
       </c>
       <c r="F584">
         <v>1996</v>
       </c>
       <c r="G584"/>
       <c r="H584" t="s">
-        <v>27</v>
+        <v>26</v>
       </c>
     </row>
     <row r="585" spans="1:8">
       <c r="A585" t="s">
         <v>1082</v>
       </c>
       <c r="B585" t="s">
         <v>1083</v>
       </c>
       <c r="C585" t="s">
         <v>25</v>
       </c>
       <c r="D585" t="s">
         <v>65</v>
       </c>
       <c r="E585" t="s">
         <v>23</v>
       </c>
       <c r="F585">
         <v>1996</v>
       </c>
       <c r="G585"/>
       <c r="H585" t="s">
         <v>130</v>
       </c>
     </row>
     <row r="586" spans="1:8">
       <c r="A586" t="s">
         <v>1084</v>
       </c>
       <c r="B586" t="s">
         <v>1085</v>
       </c>
       <c r="C586" t="s">
         <v>25</v>
       </c>
       <c r="D586" t="s">
         <v>65</v>
       </c>
       <c r="E586" t="s">
         <v>23</v>
       </c>
       <c r="F586">
         <v>1996</v>
       </c>
       <c r="G586"/>
       <c r="H586" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
     </row>
     <row r="587" spans="1:8">
       <c r="A587" t="s">
         <v>1086</v>
       </c>
       <c r="B587" t="s">
         <v>1087</v>
       </c>
       <c r="C587" t="s">
         <v>25</v>
       </c>
       <c r="D587" t="s">
         <v>65</v>
       </c>
       <c r="E587" t="s">
         <v>23</v>
       </c>
       <c r="F587">
         <v>1996</v>
       </c>
       <c r="G587"/>
       <c r="H587" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
     </row>
     <row r="588" spans="1:8">
       <c r="A588" t="s">
         <v>1088</v>
       </c>
       <c r="B588" t="s">
         <v>1089</v>
       </c>
       <c r="C588" t="s">
         <v>25</v>
       </c>
       <c r="D588" t="s">
         <v>65</v>
       </c>
       <c r="E588" t="s">
         <v>23</v>
       </c>
       <c r="F588">
         <v>1996</v>
       </c>
       <c r="G588"/>
       <c r="H588" t="s">
         <v>55</v>
       </c>
     </row>
     <row r="589" spans="1:8">
       <c r="A589" t="s">
         <v>1090</v>
       </c>
       <c r="B589" t="s">
         <v>1091</v>
       </c>
       <c r="C589" t="s">
         <v>25</v>
       </c>
       <c r="D589" t="s">
         <v>65</v>
       </c>
       <c r="E589" t="s">
         <v>23</v>
       </c>
       <c r="F589">
         <v>1996</v>
       </c>
       <c r="G589"/>
       <c r="H589" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
     </row>
     <row r="590" spans="1:8">
       <c r="A590" t="s">
         <v>1092</v>
       </c>
       <c r="B590" t="s">
         <v>1093</v>
       </c>
       <c r="C590" t="s">
         <v>79</v>
       </c>
       <c r="D590" t="s">
         <v>80</v>
       </c>
       <c r="E590" t="s">
         <v>23</v>
       </c>
       <c r="F590">
         <v>1996</v>
       </c>
       <c r="G590" t="s">
         <v>14</v>
       </c>
       <c r="H590"/>
@@ -18016,51 +18016,51 @@
       </c>
       <c r="G592"/>
       <c r="H592"/>
     </row>
     <row r="593" spans="1:8">
       <c r="A593" t="s">
         <v>1098</v>
       </c>
       <c r="B593" t="s">
         <v>1099</v>
       </c>
       <c r="C593" t="s">
         <v>25</v>
       </c>
       <c r="D593" t="s">
         <v>65</v>
       </c>
       <c r="E593" t="s">
         <v>23</v>
       </c>
       <c r="F593">
         <v>1996</v>
       </c>
       <c r="G593"/>
       <c r="H593" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
     </row>
     <row r="594" spans="1:8">
       <c r="A594" t="s">
         <v>1100</v>
       </c>
       <c r="B594" t="s">
         <v>1101</v>
       </c>
       <c r="C594" t="s">
         <v>25</v>
       </c>
       <c r="D594" t="s">
         <v>65</v>
       </c>
       <c r="E594" t="s">
         <v>23</v>
       </c>
       <c r="F594">
         <v>1996</v>
       </c>
       <c r="G594"/>
       <c r="H594" t="s">
         <v>55</v>
       </c>
@@ -18106,191 +18106,191 @@
       </c>
       <c r="G596"/>
       <c r="H596" t="s">
         <v>297</v>
       </c>
     </row>
     <row r="597" spans="1:8">
       <c r="A597" t="s">
         <v>1106</v>
       </c>
       <c r="B597" t="s">
         <v>1107</v>
       </c>
       <c r="C597"/>
       <c r="D597" t="s">
         <v>17</v>
       </c>
       <c r="E597" t="s">
         <v>18</v>
       </c>
       <c r="F597">
         <v>1995</v>
       </c>
       <c r="G597"/>
       <c r="H597" t="s">
-        <v>48</v>
+        <v>51</v>
       </c>
     </row>
     <row r="598" spans="1:8">
       <c r="A598" t="s">
         <v>1108</v>
       </c>
       <c r="B598" t="s">
         <v>1109</v>
       </c>
       <c r="C598"/>
       <c r="D598" t="s">
         <v>17</v>
       </c>
       <c r="E598" t="s">
         <v>18</v>
       </c>
       <c r="F598">
         <v>1995</v>
       </c>
       <c r="G598"/>
       <c r="H598" t="s">
-        <v>48</v>
+        <v>51</v>
       </c>
     </row>
     <row r="599" spans="1:8">
       <c r="A599" t="s">
         <v>1110</v>
       </c>
       <c r="B599" t="s">
         <v>1109</v>
       </c>
       <c r="C599"/>
       <c r="D599" t="s">
         <v>17</v>
       </c>
       <c r="E599" t="s">
         <v>18</v>
       </c>
       <c r="F599">
         <v>1995</v>
       </c>
       <c r="G599"/>
       <c r="H599" t="s">
-        <v>48</v>
+        <v>51</v>
       </c>
     </row>
     <row r="600" spans="1:8">
       <c r="A600" t="s">
         <v>1111</v>
       </c>
       <c r="B600" t="s">
         <v>1112</v>
       </c>
       <c r="C600" t="s">
         <v>25</v>
       </c>
       <c r="D600" t="s">
         <v>65</v>
       </c>
       <c r="E600" t="s">
         <v>23</v>
       </c>
       <c r="F600">
         <v>1995</v>
       </c>
       <c r="G600"/>
       <c r="H600" t="s">
         <v>104</v>
       </c>
     </row>
     <row r="601" spans="1:8">
       <c r="A601" t="s">
         <v>1113</v>
       </c>
       <c r="B601" t="s">
         <v>1114</v>
       </c>
       <c r="C601" t="s">
         <v>25</v>
       </c>
       <c r="D601" t="s">
         <v>65</v>
       </c>
       <c r="E601" t="s">
         <v>23</v>
       </c>
       <c r="F601">
         <v>1995</v>
       </c>
       <c r="G601"/>
       <c r="H601" t="s">
-        <v>27</v>
+        <v>26</v>
       </c>
     </row>
     <row r="602" spans="1:8">
       <c r="A602" t="s">
         <v>1115</v>
       </c>
       <c r="B602" t="s">
         <v>1116</v>
       </c>
       <c r="C602" t="s">
         <v>25</v>
       </c>
       <c r="D602" t="s">
         <v>65</v>
       </c>
       <c r="E602" t="s">
         <v>23</v>
       </c>
       <c r="F602">
         <v>1995</v>
       </c>
       <c r="G602"/>
       <c r="H602" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
     </row>
     <row r="603" spans="1:8">
       <c r="A603" t="s">
         <v>1117</v>
       </c>
       <c r="B603" t="s">
         <v>1118</v>
       </c>
       <c r="C603" t="s">
         <v>25</v>
       </c>
       <c r="D603" t="s">
         <v>65</v>
       </c>
       <c r="E603" t="s">
         <v>23</v>
       </c>
       <c r="F603">
         <v>1995</v>
       </c>
       <c r="G603"/>
       <c r="H603" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
     </row>
     <row r="604" spans="1:8">
       <c r="A604" t="s">
         <v>1119</v>
       </c>
       <c r="B604" t="s">
         <v>1120</v>
       </c>
       <c r="C604" t="s">
         <v>25</v>
       </c>
       <c r="D604" t="s">
         <v>65</v>
       </c>
       <c r="E604" t="s">
         <v>23</v>
       </c>
       <c r="F604">
         <v>1995</v>
       </c>
       <c r="G604"/>
       <c r="H604" t="s">
         <v>275</v>
       </c>
@@ -18318,51 +18318,51 @@
       <c r="H605" t="s">
         <v>150</v>
       </c>
     </row>
     <row r="606" spans="1:8">
       <c r="A606" t="s">
         <v>1123</v>
       </c>
       <c r="B606" t="s">
         <v>1124</v>
       </c>
       <c r="C606" t="s">
         <v>25</v>
       </c>
       <c r="D606" t="s">
         <v>65</v>
       </c>
       <c r="E606" t="s">
         <v>23</v>
       </c>
       <c r="F606">
         <v>1995</v>
       </c>
       <c r="G606"/>
       <c r="H606" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
     </row>
     <row r="607" spans="1:8">
       <c r="A607" t="s">
         <v>1125</v>
       </c>
       <c r="B607" t="s">
         <v>1120</v>
       </c>
       <c r="C607" t="s">
         <v>25</v>
       </c>
       <c r="D607" t="s">
         <v>65</v>
       </c>
       <c r="E607" t="s">
         <v>23</v>
       </c>
       <c r="F607">
         <v>1995</v>
       </c>
       <c r="G607"/>
       <c r="H607" t="s">
         <v>275</v>
       </c>
@@ -18390,51 +18390,51 @@
       <c r="H608" t="s">
         <v>150</v>
       </c>
     </row>
     <row r="609" spans="1:8">
       <c r="A609" t="s">
         <v>1127</v>
       </c>
       <c r="B609" t="s">
         <v>1128</v>
       </c>
       <c r="C609" t="s">
         <v>35</v>
       </c>
       <c r="D609" t="s">
         <v>65</v>
       </c>
       <c r="E609" t="s">
         <v>23</v>
       </c>
       <c r="F609">
         <v>1995</v>
       </c>
       <c r="G609"/>
       <c r="H609" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
     </row>
     <row r="610" spans="1:8">
       <c r="A610" t="s">
         <v>1129</v>
       </c>
       <c r="B610" t="s">
         <v>1130</v>
       </c>
       <c r="C610" t="s">
         <v>145</v>
       </c>
       <c r="D610" t="s">
         <v>80</v>
       </c>
       <c r="E610" t="s">
         <v>23</v>
       </c>
       <c r="F610">
         <v>1995</v>
       </c>
       <c r="G610"/>
       <c r="H610"/>
     </row>
     <row r="611" spans="1:8">
@@ -18458,169 +18458,169 @@
       </c>
       <c r="G611"/>
       <c r="H611"/>
     </row>
     <row r="612" spans="1:8">
       <c r="A612" t="s">
         <v>1133</v>
       </c>
       <c r="B612" t="s">
         <v>1134</v>
       </c>
       <c r="C612" t="s">
         <v>25</v>
       </c>
       <c r="D612" t="s">
         <v>65</v>
       </c>
       <c r="E612" t="s">
         <v>23</v>
       </c>
       <c r="F612">
         <v>1995</v>
       </c>
       <c r="G612"/>
       <c r="H612" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
     </row>
     <row r="613" spans="1:8">
       <c r="A613" t="s">
         <v>1135</v>
       </c>
       <c r="B613" t="s">
         <v>1136</v>
       </c>
       <c r="C613" t="s">
         <v>25</v>
       </c>
       <c r="D613" t="s">
         <v>65</v>
       </c>
       <c r="E613" t="s">
         <v>23</v>
       </c>
       <c r="F613">
         <v>1995</v>
       </c>
       <c r="G613"/>
       <c r="H613" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
     </row>
     <row r="614" spans="1:8">
       <c r="A614" t="s">
         <v>1137</v>
       </c>
       <c r="B614" t="s">
         <v>1138</v>
       </c>
       <c r="C614" t="s">
         <v>25</v>
       </c>
       <c r="D614" t="s">
         <v>65</v>
       </c>
       <c r="E614" t="s">
         <v>23</v>
       </c>
       <c r="F614">
         <v>1995</v>
       </c>
       <c r="G614"/>
       <c r="H614" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="615" spans="1:8">
       <c r="A615" t="s">
         <v>1139</v>
       </c>
       <c r="B615" t="s">
         <v>1140</v>
       </c>
       <c r="C615" t="s">
         <v>25</v>
       </c>
       <c r="D615" t="s">
         <v>65</v>
       </c>
       <c r="E615" t="s">
         <v>23</v>
       </c>
       <c r="F615">
         <v>1995</v>
       </c>
       <c r="G615"/>
       <c r="H615" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
     </row>
     <row r="616" spans="1:8">
       <c r="A616" t="s">
         <v>1141</v>
       </c>
       <c r="B616" t="s">
         <v>1142</v>
       </c>
       <c r="C616" t="s">
         <v>25</v>
       </c>
       <c r="D616" t="s">
         <v>65</v>
       </c>
       <c r="E616" t="s">
         <v>23</v>
       </c>
       <c r="F616">
         <v>1995</v>
       </c>
       <c r="G616"/>
       <c r="H616" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
     </row>
     <row r="617" spans="1:8">
       <c r="A617" t="s">
         <v>1143</v>
       </c>
       <c r="B617" t="s">
         <v>1144</v>
       </c>
       <c r="C617"/>
       <c r="D617" t="s">
         <v>17</v>
       </c>
       <c r="E617" t="s">
         <v>18</v>
       </c>
       <c r="F617">
         <v>1994</v>
       </c>
       <c r="G617"/>
       <c r="H617" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
     </row>
     <row r="618" spans="1:8">
       <c r="A618" t="s">
         <v>1145</v>
       </c>
       <c r="B618" t="s">
         <v>1146</v>
       </c>
       <c r="C618" t="s">
         <v>35</v>
       </c>
       <c r="D618" t="s">
         <v>65</v>
       </c>
       <c r="E618" t="s">
         <v>23</v>
       </c>
       <c r="F618">
         <v>1994</v>
       </c>
       <c r="G618"/>
       <c r="H618" t="s">
         <v>130</v>
       </c>
@@ -18648,99 +18648,99 @@
       <c r="H619" t="s">
         <v>130</v>
       </c>
     </row>
     <row r="620" spans="1:8">
       <c r="A620" t="s">
         <v>1149</v>
       </c>
       <c r="B620" t="s">
         <v>1150</v>
       </c>
       <c r="C620" t="s">
         <v>25</v>
       </c>
       <c r="D620" t="s">
         <v>65</v>
       </c>
       <c r="E620" t="s">
         <v>23</v>
       </c>
       <c r="F620">
         <v>1994</v>
       </c>
       <c r="G620"/>
       <c r="H620" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
     </row>
     <row r="621" spans="1:8">
       <c r="A621" t="s">
         <v>1151</v>
       </c>
       <c r="B621" t="s">
         <v>1152</v>
       </c>
       <c r="C621" t="s">
         <v>25</v>
       </c>
       <c r="D621" t="s">
         <v>65</v>
       </c>
       <c r="E621" t="s">
         <v>23</v>
       </c>
       <c r="F621">
         <v>1994</v>
       </c>
       <c r="G621"/>
       <c r="H621" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
     </row>
     <row r="622" spans="1:8">
       <c r="A622" t="s">
         <v>1153</v>
       </c>
       <c r="B622" t="s">
         <v>1154</v>
       </c>
       <c r="C622" t="s">
         <v>25</v>
       </c>
       <c r="D622" t="s">
         <v>65</v>
       </c>
       <c r="E622" t="s">
         <v>23</v>
       </c>
       <c r="F622">
         <v>1994</v>
       </c>
       <c r="G622"/>
       <c r="H622" t="s">
-        <v>50</v>
+        <v>48</v>
       </c>
     </row>
     <row r="623" spans="1:8">
       <c r="A623" t="s">
         <v>1155</v>
       </c>
       <c r="B623" t="s">
         <v>1156</v>
       </c>
       <c r="C623"/>
       <c r="D623" t="s">
         <v>17</v>
       </c>
       <c r="E623" t="s">
         <v>18</v>
       </c>
       <c r="F623">
         <v>1993</v>
       </c>
       <c r="G623"/>
       <c r="H623" t="s">
         <v>130</v>
       </c>
     </row>
     <row r="624" spans="1:8">
@@ -18764,75 +18764,75 @@
       <c r="H624" t="s">
         <v>150</v>
       </c>
     </row>
     <row r="625" spans="1:8">
       <c r="A625" t="s">
         <v>1159</v>
       </c>
       <c r="B625" t="s">
         <v>1160</v>
       </c>
       <c r="C625" t="s">
         <v>25</v>
       </c>
       <c r="D625" t="s">
         <v>65</v>
       </c>
       <c r="E625" t="s">
         <v>23</v>
       </c>
       <c r="F625">
         <v>1993</v>
       </c>
       <c r="G625"/>
       <c r="H625" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
     </row>
     <row r="626" spans="1:8">
       <c r="A626" t="s">
         <v>1161</v>
       </c>
       <c r="B626" t="s">
         <v>1162</v>
       </c>
       <c r="C626" t="s">
         <v>25</v>
       </c>
       <c r="D626" t="s">
         <v>65</v>
       </c>
       <c r="E626" t="s">
         <v>23</v>
       </c>
       <c r="F626">
         <v>1993</v>
       </c>
       <c r="G626"/>
       <c r="H626" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
     </row>
     <row r="627" spans="1:8">
       <c r="A627" t="s">
         <v>1163</v>
       </c>
       <c r="B627" t="s">
         <v>1164</v>
       </c>
       <c r="C627" t="s">
         <v>25</v>
       </c>
       <c r="D627" t="s">
         <v>65</v>
       </c>
       <c r="E627" t="s">
         <v>23</v>
       </c>
       <c r="F627">
         <v>1993</v>
       </c>
       <c r="G627"/>
       <c r="H627"/>
     </row>
     <row r="628" spans="1:8">
@@ -18916,451 +18916,451 @@
       </c>
       <c r="G631"/>
       <c r="H631" t="s">
         <v>130</v>
       </c>
     </row>
     <row r="632" spans="1:8">
       <c r="A632" t="s">
         <v>1173</v>
       </c>
       <c r="B632" t="s">
         <v>1174</v>
       </c>
       <c r="C632"/>
       <c r="D632" t="s">
         <v>17</v>
       </c>
       <c r="E632" t="s">
         <v>18</v>
       </c>
       <c r="F632">
         <v>1992</v>
       </c>
       <c r="G632"/>
       <c r="H632" t="s">
-        <v>48</v>
+        <v>51</v>
       </c>
     </row>
     <row r="633" spans="1:8">
       <c r="A633" t="s">
         <v>1175</v>
       </c>
       <c r="B633" t="s">
         <v>1176</v>
       </c>
       <c r="C633" t="s">
         <v>44</v>
       </c>
       <c r="D633" t="s">
         <v>65</v>
       </c>
       <c r="E633" t="s">
         <v>23</v>
       </c>
       <c r="F633">
         <v>1992</v>
       </c>
       <c r="G633"/>
       <c r="H633" t="s">
         <v>130</v>
       </c>
     </row>
     <row r="634" spans="1:8">
       <c r="A634" t="s">
         <v>1177</v>
       </c>
       <c r="B634" t="s">
         <v>1178</v>
       </c>
       <c r="C634" t="s">
         <v>25</v>
       </c>
       <c r="D634" t="s">
         <v>65</v>
       </c>
       <c r="E634" t="s">
         <v>23</v>
       </c>
       <c r="F634">
         <v>1992</v>
       </c>
       <c r="G634"/>
       <c r="H634" t="s">
-        <v>27</v>
+        <v>26</v>
       </c>
     </row>
     <row r="635" spans="1:8">
       <c r="A635" t="s">
         <v>1179</v>
       </c>
       <c r="B635" t="s">
         <v>1180</v>
       </c>
       <c r="C635" t="s">
         <v>25</v>
       </c>
       <c r="D635" t="s">
         <v>65</v>
       </c>
       <c r="E635" t="s">
         <v>23</v>
       </c>
       <c r="F635">
         <v>1992</v>
       </c>
       <c r="G635"/>
       <c r="H635" t="s">
-        <v>27</v>
+        <v>26</v>
       </c>
     </row>
     <row r="636" spans="1:8">
       <c r="A636" t="s">
         <v>1181</v>
       </c>
       <c r="B636" t="s">
         <v>1182</v>
       </c>
       <c r="C636" t="s">
         <v>33</v>
       </c>
       <c r="D636" t="s">
         <v>65</v>
       </c>
       <c r="E636" t="s">
         <v>23</v>
       </c>
       <c r="F636">
         <v>1992</v>
       </c>
       <c r="G636"/>
       <c r="H636" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="637" spans="1:8">
       <c r="A637" t="s">
         <v>1183</v>
       </c>
       <c r="B637" t="s">
         <v>1184</v>
       </c>
       <c r="C637" t="s">
         <v>25</v>
       </c>
       <c r="D637" t="s">
         <v>65</v>
       </c>
       <c r="E637" t="s">
         <v>23</v>
       </c>
       <c r="F637">
         <v>1992</v>
       </c>
       <c r="G637"/>
       <c r="H637" t="s">
-        <v>40</v>
+        <v>39</v>
       </c>
     </row>
     <row r="638" spans="1:8">
       <c r="A638" t="s">
         <v>1185</v>
       </c>
       <c r="B638" t="s">
         <v>1186</v>
       </c>
       <c r="C638" t="s">
         <v>25</v>
       </c>
       <c r="D638" t="s">
         <v>65</v>
       </c>
       <c r="E638" t="s">
         <v>23</v>
       </c>
       <c r="F638">
         <v>1992</v>
       </c>
       <c r="G638"/>
       <c r="H638" t="s">
-        <v>40</v>
+        <v>39</v>
       </c>
     </row>
     <row r="639" spans="1:8">
       <c r="A639" t="s">
         <v>1187</v>
       </c>
       <c r="B639" t="s">
         <v>1188</v>
       </c>
       <c r="C639" t="s">
         <v>25</v>
       </c>
       <c r="D639" t="s">
         <v>65</v>
       </c>
       <c r="E639" t="s">
         <v>23</v>
       </c>
       <c r="F639">
         <v>1992</v>
       </c>
       <c r="G639"/>
       <c r="H639" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
     </row>
     <row r="640" spans="1:8">
       <c r="A640" t="s">
         <v>1189</v>
       </c>
       <c r="B640" t="s">
         <v>1190</v>
       </c>
       <c r="C640" t="s">
         <v>44</v>
       </c>
       <c r="D640" t="s">
         <v>65</v>
       </c>
       <c r="E640" t="s">
         <v>23</v>
       </c>
       <c r="F640">
         <v>1992</v>
       </c>
       <c r="G640"/>
       <c r="H640" t="s">
-        <v>40</v>
+        <v>39</v>
       </c>
     </row>
     <row r="641" spans="1:8">
       <c r="A641" t="s">
         <v>1191</v>
       </c>
       <c r="B641" t="s">
         <v>1192</v>
       </c>
       <c r="C641" t="s">
         <v>25</v>
       </c>
       <c r="D641" t="s">
         <v>65</v>
       </c>
       <c r="E641" t="s">
         <v>23</v>
       </c>
       <c r="F641">
         <v>1992</v>
       </c>
       <c r="G641"/>
       <c r="H641" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
     </row>
     <row r="642" spans="1:8">
       <c r="A642" t="s">
         <v>1193</v>
       </c>
       <c r="B642" t="s">
         <v>1194</v>
       </c>
       <c r="C642"/>
       <c r="D642" t="s">
         <v>17</v>
       </c>
       <c r="E642" t="s">
         <v>18</v>
       </c>
       <c r="F642">
         <v>1991</v>
       </c>
       <c r="G642"/>
       <c r="H642" t="s">
-        <v>40</v>
+        <v>39</v>
       </c>
     </row>
     <row r="643" spans="1:8">
       <c r="A643" t="s">
         <v>1195</v>
       </c>
       <c r="B643" t="s">
         <v>1196</v>
       </c>
       <c r="C643" t="s">
         <v>25</v>
       </c>
       <c r="D643" t="s">
         <v>65</v>
       </c>
       <c r="E643" t="s">
         <v>23</v>
       </c>
       <c r="F643">
         <v>1991</v>
       </c>
       <c r="G643"/>
       <c r="H643" t="s">
-        <v>27</v>
+        <v>26</v>
       </c>
     </row>
     <row r="644" spans="1:8">
       <c r="A644" t="s">
         <v>1197</v>
       </c>
       <c r="B644" t="s">
         <v>1198</v>
       </c>
       <c r="C644" t="s">
         <v>25</v>
       </c>
       <c r="D644" t="s">
         <v>65</v>
       </c>
       <c r="E644" t="s">
         <v>23</v>
       </c>
       <c r="F644">
         <v>1991</v>
       </c>
       <c r="G644"/>
       <c r="H644" t="s">
-        <v>40</v>
+        <v>39</v>
       </c>
     </row>
     <row r="645" spans="1:8">
       <c r="A645" t="s">
         <v>1199</v>
       </c>
       <c r="B645" t="s">
         <v>1200</v>
       </c>
       <c r="C645" t="s">
         <v>25</v>
       </c>
       <c r="D645" t="s">
         <v>65</v>
       </c>
       <c r="E645" t="s">
         <v>23</v>
       </c>
       <c r="F645">
         <v>1991</v>
       </c>
       <c r="G645"/>
       <c r="H645"/>
     </row>
     <row r="646" spans="1:8">
       <c r="A646" t="s">
         <v>1201</v>
       </c>
       <c r="B646"/>
       <c r="C646" t="s">
         <v>25</v>
       </c>
       <c r="D646" t="s">
         <v>65</v>
       </c>
       <c r="E646" t="s">
         <v>23</v>
       </c>
       <c r="F646">
         <v>1991</v>
       </c>
       <c r="G646"/>
       <c r="H646" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
     </row>
     <row r="647" spans="1:8">
       <c r="A647" t="s">
         <v>1202</v>
       </c>
       <c r="B647" t="s">
         <v>1203</v>
       </c>
       <c r="C647"/>
       <c r="D647" t="s">
         <v>17</v>
       </c>
       <c r="E647" t="s">
         <v>18</v>
       </c>
       <c r="F647">
         <v>1990</v>
       </c>
       <c r="G647"/>
       <c r="H647" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
     </row>
     <row r="648" spans="1:8">
       <c r="A648" t="s">
         <v>1204</v>
       </c>
       <c r="B648" t="s">
         <v>1205</v>
       </c>
       <c r="C648" t="s">
         <v>25</v>
       </c>
       <c r="D648" t="s">
         <v>65</v>
       </c>
       <c r="E648" t="s">
         <v>23</v>
       </c>
       <c r="F648">
         <v>1990</v>
       </c>
       <c r="G648"/>
       <c r="H648" t="s">
-        <v>27</v>
+        <v>26</v>
       </c>
     </row>
     <row r="649" spans="1:8">
       <c r="A649" t="s">
         <v>1206</v>
       </c>
       <c r="B649" t="s">
         <v>1207</v>
       </c>
       <c r="C649" t="s">
         <v>25</v>
       </c>
       <c r="D649" t="s">
         <v>65</v>
       </c>
       <c r="E649" t="s">
         <v>23</v>
       </c>
       <c r="F649">
         <v>1990</v>
       </c>
       <c r="G649"/>
       <c r="H649" t="s">
-        <v>48</v>
+        <v>51</v>
       </c>
     </row>
     <row r="650" spans="1:8">
       <c r="A650" t="s">
         <v>1208</v>
       </c>
       <c r="B650" t="s">
         <v>1209</v>
       </c>
       <c r="C650" t="s">
         <v>25</v>
       </c>
       <c r="D650" t="s">
         <v>65</v>
       </c>
       <c r="E650" t="s">
         <v>23</v>
       </c>
       <c r="F650">
         <v>1990</v>
       </c>
       <c r="G650"/>
       <c r="H650" t="s">
         <v>275</v>
       </c>
@@ -19434,99 +19434,99 @@
         <v>14</v>
       </c>
       <c r="H653"/>
     </row>
     <row r="654" spans="1:8">
       <c r="A654" t="s">
         <v>1216</v>
       </c>
       <c r="B654" t="s">
         <v>1217</v>
       </c>
       <c r="C654" t="s">
         <v>25</v>
       </c>
       <c r="D654" t="s">
         <v>65</v>
       </c>
       <c r="E654" t="s">
         <v>23</v>
       </c>
       <c r="F654">
         <v>1989</v>
       </c>
       <c r="G654"/>
       <c r="H654" t="s">
-        <v>27</v>
+        <v>26</v>
       </c>
     </row>
     <row r="655" spans="1:8">
       <c r="A655" t="s">
         <v>1218</v>
       </c>
       <c r="B655" t="s">
         <v>1219</v>
       </c>
       <c r="C655" t="s">
         <v>25</v>
       </c>
       <c r="D655" t="s">
         <v>65</v>
       </c>
       <c r="E655" t="s">
         <v>23</v>
       </c>
       <c r="F655">
         <v>1989</v>
       </c>
       <c r="G655"/>
       <c r="H655" t="s">
-        <v>48</v>
+        <v>51</v>
       </c>
     </row>
     <row r="656" spans="1:8">
       <c r="A656" t="s">
         <v>1220</v>
       </c>
       <c r="B656" t="s">
         <v>872</v>
       </c>
       <c r="C656" t="s">
         <v>35</v>
       </c>
       <c r="D656" t="s">
         <v>65</v>
       </c>
       <c r="E656" t="s">
         <v>23</v>
       </c>
       <c r="F656">
         <v>1989</v>
       </c>
       <c r="G656"/>
       <c r="H656" t="s">
-        <v>47</v>
+        <v>49</v>
       </c>
     </row>
     <row r="657" spans="1:8">
       <c r="A657" t="s">
         <v>1220</v>
       </c>
       <c r="B657" t="s">
         <v>872</v>
       </c>
       <c r="C657" t="s">
         <v>35</v>
       </c>
       <c r="D657" t="s">
         <v>65</v>
       </c>
       <c r="E657" t="s">
         <v>23</v>
       </c>
       <c r="F657">
         <v>1989</v>
       </c>
       <c r="G657"/>
       <c r="H657" t="s">
         <v>15</v>
       </c>
@@ -19618,73 +19618,73 @@
       <c r="H661" t="s">
         <v>297</v>
       </c>
     </row>
     <row r="662" spans="1:8">
       <c r="A662" t="s">
         <v>1229</v>
       </c>
       <c r="B662" t="s">
         <v>1230</v>
       </c>
       <c r="C662" t="s">
         <v>25</v>
       </c>
       <c r="D662" t="s">
         <v>65</v>
       </c>
       <c r="E662" t="s">
         <v>23</v>
       </c>
       <c r="F662">
         <v>1985</v>
       </c>
       <c r="G662"/>
       <c r="H662" t="s">
-        <v>40</v>
+        <v>39</v>
       </c>
     </row>
     <row r="663" spans="1:8">
       <c r="A663" t="s">
         <v>1231</v>
       </c>
       <c r="B663" t="s">
         <v>1232</v>
       </c>
       <c r="C663"/>
       <c r="D663" t="s">
         <v>17</v>
       </c>
       <c r="E663" t="s">
         <v>18</v>
       </c>
       <c r="F663">
         <v>1984</v>
       </c>
       <c r="G663"/>
       <c r="H663" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
     </row>
     <row r="664" spans="1:8">
       <c r="A664" t="s">
         <v>1233</v>
       </c>
       <c r="B664" t="s">
         <v>1234</v>
       </c>
       <c r="C664" t="s">
         <v>145</v>
       </c>
       <c r="D664" t="s">
         <v>80</v>
       </c>
       <c r="E664" t="s">
         <v>23</v>
       </c>
       <c r="F664">
         <v>1984</v>
       </c>
       <c r="G664" t="s">
         <v>14</v>
       </c>
       <c r="H664"/>
@@ -19712,51 +19712,51 @@
         <v>14</v>
       </c>
       <c r="H665"/>
     </row>
     <row r="666" spans="1:8">
       <c r="A666" t="s">
         <v>1237</v>
       </c>
       <c r="B666" t="s">
         <v>1238</v>
       </c>
       <c r="C666" t="s">
         <v>25</v>
       </c>
       <c r="D666" t="s">
         <v>65</v>
       </c>
       <c r="E666" t="s">
         <v>23</v>
       </c>
       <c r="F666">
         <v>1983</v>
       </c>
       <c r="G666"/>
       <c r="H666" t="s">
-        <v>40</v>
+        <v>39</v>
       </c>
     </row>
     <row r="667" spans="1:8">
       <c r="A667" t="s">
         <v>1239</v>
       </c>
       <c r="B667" t="s">
         <v>1240</v>
       </c>
       <c r="C667"/>
       <c r="D667"/>
       <c r="E667" t="s">
         <v>31</v>
       </c>
       <c r="F667">
         <v>1982</v>
       </c>
       <c r="G667" t="s">
         <v>72</v>
       </c>
       <c r="H667"/>
     </row>
     <row r="668" spans="1:8">
       <c r="A668" t="s">
         <v>1241</v>
@@ -19884,51 +19884,51 @@
       <c r="F674"/>
       <c r="G674"/>
       <c r="H674" t="s">
         <v>297</v>
       </c>
     </row>
     <row r="675" spans="1:8">
       <c r="A675" t="s">
         <v>1252</v>
       </c>
       <c r="B675" t="s">
         <v>569</v>
       </c>
       <c r="C675" t="s">
         <v>44</v>
       </c>
       <c r="D675" t="s">
         <v>65</v>
       </c>
       <c r="E675" t="s">
         <v>23</v>
       </c>
       <c r="F675"/>
       <c r="G675"/>
       <c r="H675" t="s">
-        <v>52</v>
+        <v>47</v>
       </c>
     </row>
     <row r="676" spans="1:8">
       <c r="A676" t="s">
         <v>1253</v>
       </c>
       <c r="B676" t="s">
         <v>1254</v>
       </c>
       <c r="C676" t="s">
         <v>25</v>
       </c>
       <c r="D676" t="s">
         <v>65</v>
       </c>
       <c r="E676" t="s">
         <v>23</v>
       </c>
       <c r="F676"/>
       <c r="G676"/>
       <c r="H676" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="677" spans="1:8">
@@ -19950,51 +19950,51 @@
       <c r="F677"/>
       <c r="G677"/>
       <c r="H677" t="s">
         <v>130</v>
       </c>
     </row>
     <row r="678" spans="1:8">
       <c r="A678" t="s">
         <v>1257</v>
       </c>
       <c r="B678" t="s">
         <v>1258</v>
       </c>
       <c r="C678" t="s">
         <v>44</v>
       </c>
       <c r="D678" t="s">
         <v>65</v>
       </c>
       <c r="E678" t="s">
         <v>23</v>
       </c>
       <c r="F678"/>
       <c r="G678"/>
       <c r="H678" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
     </row>
     <row r="679" spans="1:8">
       <c r="A679" t="s">
         <v>1259</v>
       </c>
       <c r="B679"/>
       <c r="C679" t="s">
         <v>79</v>
       </c>
       <c r="D679" t="s">
         <v>80</v>
       </c>
       <c r="E679" t="s">
         <v>23</v>
       </c>
       <c r="F679">
         <v>1933</v>
       </c>
       <c r="G679" t="s">
         <v>14</v>
       </c>
       <c r="H679"/>
     </row>
     <row r="680" spans="1:8">