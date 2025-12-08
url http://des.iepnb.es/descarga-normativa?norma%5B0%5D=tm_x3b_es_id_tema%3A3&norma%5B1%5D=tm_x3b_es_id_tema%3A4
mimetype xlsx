--- v0 (2025-10-24)
+++ v1 (2025-12-08)
@@ -123,126 +123,126 @@
   <si>
     <t>Reglamentos (Gobierno, Autonómico, Entidades locales)</t>
   </si>
   <si>
     <t>Ciudad Autónoma de Melilla</t>
   </si>
   <si>
     <t>Prueba Legislación Alta Norma</t>
   </si>
   <si>
     <t>https://www.google.com/testsg6</t>
   </si>
   <si>
     <t>Pruebass Legislación Cancelar.</t>
   </si>
   <si>
     <t>https://www.google.com/test</t>
   </si>
   <si>
     <t>Nueva Norma Añadir Legislación con CCAA.</t>
   </si>
   <si>
     <t>Decreto</t>
   </si>
   <si>
+    <t>Castilla y León</t>
+  </si>
+  <si>
     <t>País Vasco</t>
   </si>
   <si>
-    <t>Castilla y León</t>
-[...1 lines deleted...]
-  <si>
     <t>Cataluña</t>
   </si>
   <si>
     <t>Norma New Alta Legislación</t>
   </si>
   <si>
     <t>Anuncio (Consejo de Gobierno)</t>
   </si>
   <si>
     <t>Tratados Internacionales</t>
   </si>
   <si>
     <t>Pruebas Tomas</t>
   </si>
   <si>
     <t>Norma Prueba con Carolina</t>
   </si>
   <si>
+    <t>Comunidad de Madrid</t>
+  </si>
+  <si>
     <t>Cantabria</t>
   </si>
   <si>
-    <t>Comunidad de Madrid</t>
-[...1 lines deleted...]
-  <si>
     <t>sg2</t>
   </si>
   <si>
     <t>Resolución</t>
   </si>
   <si>
     <t>sg3</t>
   </si>
   <si>
     <t>sg5</t>
   </si>
   <si>
     <t>Orden</t>
   </si>
   <si>
     <t>Prueba de Legislación con Nivel de Administración Nacional.</t>
   </si>
   <si>
     <t>https://www.google.com/testing/branch</t>
   </si>
   <si>
+    <t>Extremadura</t>
+  </si>
+  <si>
+    <t>Ciudad Autónoma de Ceuta</t>
+  </si>
+  <si>
     <t>AGE</t>
   </si>
   <si>
-    <t>Ciudad Autónoma de Ceuta</t>
-[...4 lines deleted...]
-  <si>
     <t>Norma Prueba Alta</t>
   </si>
   <si>
     <t>Pruebas para saber si el campo Norma puede usar / , ; y : .</t>
   </si>
   <si>
     <t>https://www.google.com/test/branch</t>
   </si>
   <si>
     <t>Pruebas Normas con Unificación- Detalles 17/12/2024 - Hora: 09:17:00. Prueba de funcionamiento; Correcto/Funcionando con Modificación  17/12/2024 - Hora: 09:19:00..</t>
   </si>
   <si>
+    <t>Extra-Regio</t>
+  </si>
+  <si>
     <t>Illes Balears</t>
-  </si>
-[...1 lines deleted...]
-    <t>Extra-Regio</t>
   </si>
   <si>
     <t>Prueba de Modificación dentro de Legislación.</t>
   </si>
   <si>
     <t>Autonómico</t>
   </si>
   <si>
     <t>prueba 
 borrar
 enter</t>
   </si>
   <si>
     <t>https://1.es</t>
   </si>
   <si>
     <t>Internacional</t>
   </si>
   <si>
     <t>borrar 
 norma</t>
   </si>
   <si>
     <t>Circular o instrucción</t>
   </si>
@@ -3914,103 +3914,103 @@
       </c>
     </row>
     <row r="10" spans="1:8">
       <c r="A10" t="s">
         <v>34</v>
       </c>
       <c r="B10" t="s">
         <v>33</v>
       </c>
       <c r="C10" t="s">
         <v>35</v>
       </c>
       <c r="D10" t="s">
         <v>14</v>
       </c>
       <c r="E10" t="s">
         <v>10</v>
       </c>
       <c r="F10">
         <v>2024</v>
       </c>
       <c r="G10" t="s">
         <v>15</v>
       </c>
       <c r="H10" t="s">
-        <v>23</v>
+        <v>37</v>
       </c>
     </row>
     <row r="11" spans="1:8">
       <c r="A11" t="s">
         <v>34</v>
       </c>
       <c r="B11" t="s">
         <v>33</v>
       </c>
       <c r="C11" t="s">
         <v>35</v>
       </c>
       <c r="D11" t="s">
         <v>14</v>
       </c>
       <c r="E11" t="s">
         <v>10</v>
       </c>
       <c r="F11">
         <v>2024</v>
       </c>
       <c r="G11" t="s">
         <v>15</v>
       </c>
       <c r="H11" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
     </row>
     <row r="12" spans="1:8">
       <c r="A12" t="s">
         <v>34</v>
       </c>
       <c r="B12" t="s">
         <v>33</v>
       </c>
       <c r="C12" t="s">
         <v>35</v>
       </c>
       <c r="D12" t="s">
         <v>14</v>
       </c>
       <c r="E12" t="s">
         <v>10</v>
       </c>
       <c r="F12">
         <v>2024</v>
       </c>
       <c r="G12" t="s">
         <v>15</v>
       </c>
       <c r="H12" t="s">
-        <v>38</v>
+        <v>23</v>
       </c>
     </row>
     <row r="13" spans="1:8">
       <c r="A13" t="s">
         <v>39</v>
       </c>
       <c r="B13" t="s">
         <v>33</v>
       </c>
       <c r="C13" t="s">
         <v>40</v>
       </c>
       <c r="D13" t="s">
         <v>27</v>
       </c>
       <c r="E13" t="s">
         <v>41</v>
       </c>
       <c r="F13">
         <v>2024</v>
       </c>
       <c r="G13" t="s">
         <v>15</v>
       </c>
       <c r="H13"/>
@@ -4034,103 +4034,103 @@
       <c r="H14"/>
     </row>
     <row r="15" spans="1:8">
       <c r="A15" t="s">
         <v>43</v>
       </c>
       <c r="B15" t="s">
         <v>33</v>
       </c>
       <c r="C15" t="s">
         <v>40</v>
       </c>
       <c r="D15" t="s">
         <v>27</v>
       </c>
       <c r="E15" t="s">
         <v>19</v>
       </c>
       <c r="F15">
         <v>2024</v>
       </c>
       <c r="G15" t="s">
         <v>15</v>
       </c>
       <c r="H15" t="s">
-        <v>23</v>
+        <v>38</v>
       </c>
     </row>
     <row r="16" spans="1:8">
       <c r="A16" t="s">
         <v>43</v>
       </c>
       <c r="B16" t="s">
         <v>33</v>
       </c>
       <c r="C16" t="s">
         <v>40</v>
       </c>
       <c r="D16" t="s">
         <v>27</v>
       </c>
       <c r="E16" t="s">
         <v>19</v>
       </c>
       <c r="F16">
         <v>2024</v>
       </c>
       <c r="G16" t="s">
         <v>15</v>
       </c>
       <c r="H16" t="s">
-        <v>44</v>
+        <v>23</v>
       </c>
     </row>
     <row r="17" spans="1:8">
       <c r="A17" t="s">
         <v>43</v>
       </c>
       <c r="B17" t="s">
         <v>33</v>
       </c>
       <c r="C17" t="s">
         <v>40</v>
       </c>
       <c r="D17" t="s">
         <v>27</v>
       </c>
       <c r="E17" t="s">
         <v>19</v>
       </c>
       <c r="F17">
         <v>2024</v>
       </c>
       <c r="G17" t="s">
         <v>15</v>
       </c>
       <c r="H17" t="s">
-        <v>38</v>
+        <v>44</v>
       </c>
     </row>
     <row r="18" spans="1:8">
       <c r="A18" t="s">
         <v>43</v>
       </c>
       <c r="B18" t="s">
         <v>33</v>
       </c>
       <c r="C18" t="s">
         <v>40</v>
       </c>
       <c r="D18" t="s">
         <v>27</v>
       </c>
       <c r="E18" t="s">
         <v>19</v>
       </c>
       <c r="F18">
         <v>2024</v>
       </c>
       <c r="G18" t="s">
         <v>15</v>
       </c>
       <c r="H18" t="s">
@@ -4190,51 +4190,51 @@
       </c>
     </row>
     <row r="21" spans="1:8">
       <c r="A21" t="s">
         <v>48</v>
       </c>
       <c r="B21" t="s">
         <v>13</v>
       </c>
       <c r="C21" t="s">
         <v>40</v>
       </c>
       <c r="D21" t="s">
         <v>27</v>
       </c>
       <c r="E21" t="s">
         <v>19</v>
       </c>
       <c r="F21">
         <v>2024</v>
       </c>
       <c r="G21" t="s">
         <v>15</v>
       </c>
       <c r="H21" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
     </row>
     <row r="22" spans="1:8">
       <c r="A22" t="s">
         <v>48</v>
       </c>
       <c r="B22" t="s">
         <v>13</v>
       </c>
       <c r="C22" t="s">
         <v>40</v>
       </c>
       <c r="D22" t="s">
         <v>27</v>
       </c>
       <c r="E22" t="s">
         <v>19</v>
       </c>
       <c r="F22">
         <v>2024</v>
       </c>
       <c r="G22" t="s">
         <v>15</v>
       </c>
       <c r="H22" t="s">
@@ -4242,77 +4242,77 @@
       </c>
     </row>
     <row r="23" spans="1:8">
       <c r="A23" t="s">
         <v>48</v>
       </c>
       <c r="B23" t="s">
         <v>13</v>
       </c>
       <c r="C23" t="s">
         <v>40</v>
       </c>
       <c r="D23" t="s">
         <v>27</v>
       </c>
       <c r="E23" t="s">
         <v>19</v>
       </c>
       <c r="F23">
         <v>2024</v>
       </c>
       <c r="G23" t="s">
         <v>15</v>
       </c>
       <c r="H23" t="s">
-        <v>44</v>
+        <v>38</v>
       </c>
     </row>
     <row r="24" spans="1:8">
       <c r="A24" t="s">
         <v>48</v>
       </c>
       <c r="B24" t="s">
         <v>13</v>
       </c>
       <c r="C24" t="s">
         <v>40</v>
       </c>
       <c r="D24" t="s">
         <v>27</v>
       </c>
       <c r="E24" t="s">
         <v>19</v>
       </c>
       <c r="F24">
         <v>2024</v>
       </c>
       <c r="G24" t="s">
         <v>15</v>
       </c>
       <c r="H24" t="s">
-        <v>38</v>
+        <v>45</v>
       </c>
     </row>
     <row r="25" spans="1:8">
       <c r="A25" t="s">
         <v>48</v>
       </c>
       <c r="B25" t="s">
         <v>13</v>
       </c>
       <c r="C25" t="s">
         <v>40</v>
       </c>
       <c r="D25" t="s">
         <v>27</v>
       </c>
       <c r="E25" t="s">
         <v>19</v>
       </c>
       <c r="F25">
         <v>2024</v>
       </c>
       <c r="G25" t="s">
         <v>15</v>
       </c>
       <c r="H25" t="s">
@@ -4344,195 +4344,195 @@
       <c r="H26" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="27" spans="1:8">
       <c r="A27" t="s">
         <v>51</v>
       </c>
       <c r="B27" t="s">
         <v>52</v>
       </c>
       <c r="C27"/>
       <c r="D27" t="s">
         <v>22</v>
       </c>
       <c r="E27" t="s">
         <v>19</v>
       </c>
       <c r="F27">
         <v>2024</v>
       </c>
       <c r="G27" t="s">
         <v>15</v>
       </c>
       <c r="H27" t="s">
-        <v>11</v>
+        <v>53</v>
       </c>
     </row>
     <row r="28" spans="1:8">
       <c r="A28" t="s">
         <v>51</v>
       </c>
       <c r="B28" t="s">
         <v>52</v>
       </c>
       <c r="C28"/>
       <c r="D28" t="s">
         <v>22</v>
       </c>
       <c r="E28" t="s">
         <v>19</v>
       </c>
       <c r="F28">
         <v>2024</v>
       </c>
       <c r="G28" t="s">
         <v>15</v>
       </c>
       <c r="H28" t="s">
-        <v>20</v>
+        <v>54</v>
       </c>
     </row>
     <row r="29" spans="1:8">
       <c r="A29" t="s">
         <v>51</v>
       </c>
       <c r="B29" t="s">
         <v>52</v>
       </c>
       <c r="C29"/>
       <c r="D29" t="s">
         <v>22</v>
       </c>
       <c r="E29" t="s">
         <v>19</v>
       </c>
       <c r="F29">
         <v>2024</v>
       </c>
       <c r="G29" t="s">
         <v>15</v>
       </c>
       <c r="H29" t="s">
-        <v>53</v>
+        <v>11</v>
       </c>
     </row>
     <row r="30" spans="1:8">
       <c r="A30" t="s">
         <v>51</v>
       </c>
       <c r="B30" t="s">
         <v>52</v>
       </c>
       <c r="C30"/>
       <c r="D30" t="s">
         <v>22</v>
       </c>
       <c r="E30" t="s">
         <v>19</v>
       </c>
       <c r="F30">
         <v>2024</v>
       </c>
       <c r="G30" t="s">
         <v>15</v>
       </c>
       <c r="H30" t="s">
-        <v>23</v>
+        <v>29</v>
       </c>
     </row>
     <row r="31" spans="1:8">
       <c r="A31" t="s">
         <v>51</v>
       </c>
       <c r="B31" t="s">
         <v>52</v>
       </c>
       <c r="C31"/>
       <c r="D31" t="s">
         <v>22</v>
       </c>
       <c r="E31" t="s">
         <v>19</v>
       </c>
       <c r="F31">
         <v>2024</v>
       </c>
       <c r="G31" t="s">
         <v>15</v>
       </c>
       <c r="H31" t="s">
-        <v>54</v>
+        <v>44</v>
       </c>
     </row>
     <row r="32" spans="1:8">
       <c r="A32" t="s">
         <v>51</v>
       </c>
       <c r="B32" t="s">
         <v>52</v>
       </c>
       <c r="C32"/>
       <c r="D32" t="s">
         <v>22</v>
       </c>
       <c r="E32" t="s">
         <v>19</v>
       </c>
       <c r="F32">
         <v>2024</v>
       </c>
       <c r="G32" t="s">
         <v>15</v>
       </c>
       <c r="H32" t="s">
-        <v>29</v>
+        <v>20</v>
       </c>
     </row>
     <row r="33" spans="1:8">
       <c r="A33" t="s">
         <v>51</v>
       </c>
       <c r="B33" t="s">
         <v>52</v>
       </c>
       <c r="C33"/>
       <c r="D33" t="s">
         <v>22</v>
       </c>
       <c r="E33" t="s">
         <v>19</v>
       </c>
       <c r="F33">
         <v>2024</v>
       </c>
       <c r="G33" t="s">
         <v>15</v>
       </c>
       <c r="H33" t="s">
-        <v>45</v>
+        <v>23</v>
       </c>
     </row>
     <row r="34" spans="1:8">
       <c r="A34" t="s">
         <v>51</v>
       </c>
       <c r="B34" t="s">
         <v>52</v>
       </c>
       <c r="C34"/>
       <c r="D34" t="s">
         <v>22</v>
       </c>
       <c r="E34" t="s">
         <v>19</v>
       </c>
       <c r="F34">
         <v>2024</v>
       </c>
       <c r="G34" t="s">
         <v>15</v>
       </c>
       <c r="H34" t="s">
         <v>55</v>
       </c>
@@ -4592,151 +4592,151 @@
       <c r="F37">
         <v>2024</v>
       </c>
       <c r="G37"/>
       <c r="H37" t="s">
         <v>44</v>
       </c>
     </row>
     <row r="38" spans="1:8">
       <c r="A38" t="s">
         <v>59</v>
       </c>
       <c r="B38" t="s">
         <v>52</v>
       </c>
       <c r="C38"/>
       <c r="D38"/>
       <c r="E38" t="s">
         <v>19</v>
       </c>
       <c r="F38">
         <v>2024</v>
       </c>
       <c r="G38"/>
       <c r="H38" t="s">
-        <v>38</v>
+        <v>55</v>
       </c>
     </row>
     <row r="39" spans="1:8">
       <c r="A39" t="s">
         <v>59</v>
       </c>
       <c r="B39" t="s">
         <v>52</v>
       </c>
       <c r="C39"/>
       <c r="D39"/>
       <c r="E39" t="s">
         <v>19</v>
       </c>
       <c r="F39">
         <v>2024</v>
       </c>
       <c r="G39"/>
       <c r="H39" t="s">
-        <v>45</v>
+        <v>38</v>
       </c>
     </row>
     <row r="40" spans="1:8">
       <c r="A40" t="s">
         <v>59</v>
       </c>
       <c r="B40" t="s">
         <v>52</v>
       </c>
       <c r="C40"/>
       <c r="D40"/>
       <c r="E40" t="s">
         <v>19</v>
       </c>
       <c r="F40">
         <v>2024</v>
       </c>
       <c r="G40"/>
       <c r="H40" t="s">
         <v>60</v>
       </c>
     </row>
     <row r="41" spans="1:8">
       <c r="A41" t="s">
         <v>59</v>
       </c>
       <c r="B41" t="s">
         <v>52</v>
       </c>
       <c r="C41"/>
       <c r="D41"/>
       <c r="E41" t="s">
         <v>19</v>
       </c>
       <c r="F41">
         <v>2024</v>
       </c>
       <c r="G41"/>
       <c r="H41" t="s">
-        <v>61</v>
+        <v>23</v>
       </c>
     </row>
     <row r="42" spans="1:8">
       <c r="A42" t="s">
         <v>59</v>
       </c>
       <c r="B42" t="s">
         <v>52</v>
       </c>
       <c r="C42"/>
       <c r="D42"/>
       <c r="E42" t="s">
         <v>19</v>
       </c>
       <c r="F42">
         <v>2024</v>
       </c>
       <c r="G42"/>
       <c r="H42" t="s">
-        <v>53</v>
+        <v>45</v>
       </c>
     </row>
     <row r="43" spans="1:8">
       <c r="A43" t="s">
         <v>59</v>
       </c>
       <c r="B43" t="s">
         <v>52</v>
       </c>
       <c r="C43"/>
       <c r="D43"/>
       <c r="E43" t="s">
         <v>19</v>
       </c>
       <c r="F43">
         <v>2024</v>
       </c>
       <c r="G43"/>
       <c r="H43" t="s">
-        <v>23</v>
+        <v>61</v>
       </c>
     </row>
     <row r="44" spans="1:8">
       <c r="A44" t="s">
         <v>62</v>
       </c>
       <c r="B44" t="s">
         <v>33</v>
       </c>
       <c r="C44" t="s">
         <v>50</v>
       </c>
       <c r="D44" t="s">
         <v>63</v>
       </c>
       <c r="E44" t="s">
         <v>28</v>
       </c>
       <c r="F44">
         <v>2024</v>
       </c>
       <c r="G44" t="s">
         <v>15</v>
       </c>
       <c r="H44" t="s">
@@ -4744,77 +4744,77 @@
       </c>
     </row>
     <row r="45" spans="1:8">
       <c r="A45" t="s">
         <v>62</v>
       </c>
       <c r="B45" t="s">
         <v>33</v>
       </c>
       <c r="C45" t="s">
         <v>50</v>
       </c>
       <c r="D45" t="s">
         <v>63</v>
       </c>
       <c r="E45" t="s">
         <v>28</v>
       </c>
       <c r="F45">
         <v>2024</v>
       </c>
       <c r="G45" t="s">
         <v>15</v>
       </c>
       <c r="H45" t="s">
-        <v>23</v>
+        <v>53</v>
       </c>
     </row>
     <row r="46" spans="1:8">
       <c r="A46" t="s">
         <v>62</v>
       </c>
       <c r="B46" t="s">
         <v>33</v>
       </c>
       <c r="C46" t="s">
         <v>50</v>
       </c>
       <c r="D46" t="s">
         <v>63</v>
       </c>
       <c r="E46" t="s">
         <v>28</v>
       </c>
       <c r="F46">
         <v>2024</v>
       </c>
       <c r="G46" t="s">
         <v>15</v>
       </c>
       <c r="H46" t="s">
-        <v>55</v>
+        <v>23</v>
       </c>
     </row>
     <row r="47" spans="1:8">
       <c r="A47" t="s">
         <v>64</v>
       </c>
       <c r="B47" t="s">
         <v>65</v>
       </c>
       <c r="C47"/>
       <c r="D47"/>
       <c r="E47" t="s">
         <v>28</v>
       </c>
       <c r="F47">
         <v>2024</v>
       </c>
       <c r="G47" t="s">
         <v>66</v>
       </c>
       <c r="H47"/>
     </row>
     <row r="48" spans="1:8">
       <c r="A48" t="s">
         <v>67</v>
@@ -4842,149 +4842,149 @@
       </c>
     </row>
     <row r="49" spans="1:8">
       <c r="A49" t="s">
         <v>70</v>
       </c>
       <c r="B49" t="s">
         <v>33</v>
       </c>
       <c r="C49" t="s">
         <v>26</v>
       </c>
       <c r="D49" t="s">
         <v>27</v>
       </c>
       <c r="E49" t="s">
         <v>28</v>
       </c>
       <c r="F49">
         <v>2024</v>
       </c>
       <c r="G49" t="s">
         <v>71</v>
       </c>
       <c r="H49" t="s">
-        <v>29</v>
+        <v>54</v>
       </c>
     </row>
     <row r="50" spans="1:8">
       <c r="A50" t="s">
         <v>70</v>
       </c>
       <c r="B50" t="s">
         <v>33</v>
       </c>
       <c r="C50" t="s">
         <v>26</v>
       </c>
       <c r="D50" t="s">
         <v>27</v>
       </c>
       <c r="E50" t="s">
         <v>28</v>
       </c>
       <c r="F50">
         <v>2024</v>
       </c>
       <c r="G50" t="s">
         <v>71</v>
       </c>
       <c r="H50" t="s">
-        <v>54</v>
+        <v>29</v>
       </c>
     </row>
     <row r="51" spans="1:8">
       <c r="A51" t="s">
         <v>72</v>
       </c>
       <c r="B51" t="s">
         <v>33</v>
       </c>
       <c r="C51" t="s">
         <v>26</v>
       </c>
       <c r="D51" t="s">
         <v>27</v>
       </c>
       <c r="E51" t="s">
         <v>28</v>
       </c>
       <c r="F51">
         <v>2024</v>
       </c>
       <c r="G51"/>
       <c r="H51" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="52" spans="1:8">
       <c r="A52" t="s">
         <v>73</v>
       </c>
       <c r="B52" t="s">
         <v>33</v>
       </c>
       <c r="C52" t="s">
         <v>26</v>
       </c>
       <c r="D52" t="s">
         <v>27</v>
       </c>
       <c r="E52" t="s">
         <v>28</v>
       </c>
       <c r="F52">
         <v>2024</v>
       </c>
       <c r="G52"/>
       <c r="H52" t="s">
-        <v>53</v>
+        <v>23</v>
       </c>
     </row>
     <row r="53" spans="1:8">
       <c r="A53" t="s">
         <v>73</v>
       </c>
       <c r="B53" t="s">
         <v>33</v>
       </c>
       <c r="C53" t="s">
         <v>26</v>
       </c>
       <c r="D53" t="s">
         <v>27</v>
       </c>
       <c r="E53" t="s">
         <v>28</v>
       </c>
       <c r="F53">
         <v>2024</v>
       </c>
       <c r="G53"/>
       <c r="H53" t="s">
-        <v>23</v>
+        <v>55</v>
       </c>
     </row>
     <row r="54" spans="1:8">
       <c r="A54" t="s">
         <v>74</v>
       </c>
       <c r="B54" t="s">
         <v>75</v>
       </c>
       <c r="C54"/>
       <c r="D54"/>
       <c r="E54" t="s">
         <v>19</v>
       </c>
       <c r="F54">
         <v>2023</v>
       </c>
       <c r="G54"/>
       <c r="H54" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="55" spans="1:8">
       <c r="A55" t="s">
         <v>76</v>
@@ -5034,51 +5034,51 @@
       </c>
     </row>
     <row r="57" spans="1:8">
       <c r="A57" t="s">
         <v>81</v>
       </c>
       <c r="B57" t="s">
         <v>82</v>
       </c>
       <c r="C57" t="s">
         <v>26</v>
       </c>
       <c r="D57" t="s">
         <v>27</v>
       </c>
       <c r="E57" t="s">
         <v>28</v>
       </c>
       <c r="F57">
         <v>2022</v>
       </c>
       <c r="G57" t="s">
         <v>15</v>
       </c>
       <c r="H57" t="s">
-        <v>61</v>
+        <v>38</v>
       </c>
     </row>
     <row r="58" spans="1:8">
       <c r="A58" t="s">
         <v>81</v>
       </c>
       <c r="B58" t="s">
         <v>82</v>
       </c>
       <c r="C58" t="s">
         <v>26</v>
       </c>
       <c r="D58" t="s">
         <v>27</v>
       </c>
       <c r="E58" t="s">
         <v>28</v>
       </c>
       <c r="F58">
         <v>2022</v>
       </c>
       <c r="G58" t="s">
         <v>15</v>
       </c>
       <c r="H58" t="s">
@@ -5086,125 +5086,125 @@
       </c>
     </row>
     <row r="59" spans="1:8">
       <c r="A59" t="s">
         <v>81</v>
       </c>
       <c r="B59" t="s">
         <v>82</v>
       </c>
       <c r="C59" t="s">
         <v>26</v>
       </c>
       <c r="D59" t="s">
         <v>27</v>
       </c>
       <c r="E59" t="s">
         <v>28</v>
       </c>
       <c r="F59">
         <v>2022</v>
       </c>
       <c r="G59" t="s">
         <v>15</v>
       </c>
       <c r="H59" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
     </row>
     <row r="60" spans="1:8">
       <c r="A60" t="s">
         <v>81</v>
       </c>
       <c r="B60" t="s">
         <v>82</v>
       </c>
       <c r="C60" t="s">
         <v>26</v>
       </c>
       <c r="D60" t="s">
         <v>27</v>
       </c>
       <c r="E60" t="s">
         <v>28</v>
       </c>
       <c r="F60">
         <v>2022</v>
       </c>
       <c r="G60" t="s">
         <v>15</v>
       </c>
       <c r="H60" t="s">
-        <v>38</v>
+        <v>60</v>
       </c>
     </row>
     <row r="61" spans="1:8">
       <c r="A61" t="s">
         <v>83</v>
       </c>
       <c r="B61" t="s">
         <v>84</v>
       </c>
       <c r="C61" t="s">
         <v>35</v>
       </c>
       <c r="D61" t="s">
         <v>63</v>
       </c>
       <c r="E61" t="s">
         <v>28</v>
       </c>
       <c r="F61">
         <v>2021</v>
       </c>
       <c r="G61"/>
       <c r="H61" t="s">
         <v>85</v>
       </c>
     </row>
     <row r="62" spans="1:8">
       <c r="A62" t="s">
         <v>86</v>
       </c>
       <c r="B62" t="s">
         <v>87</v>
       </c>
       <c r="C62" t="s">
         <v>35</v>
       </c>
       <c r="D62" t="s">
         <v>63</v>
       </c>
       <c r="E62" t="s">
         <v>28</v>
       </c>
       <c r="F62">
         <v>2021</v>
       </c>
       <c r="G62"/>
       <c r="H62" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
     </row>
     <row r="63" spans="1:8">
       <c r="A63" t="s">
         <v>88</v>
       </c>
       <c r="B63" t="s">
         <v>89</v>
       </c>
       <c r="C63" t="s">
         <v>35</v>
       </c>
       <c r="D63" t="s">
         <v>63</v>
       </c>
       <c r="E63" t="s">
         <v>28</v>
       </c>
       <c r="F63">
         <v>2020</v>
       </c>
       <c r="G63"/>
       <c r="H63" t="s">
         <v>90</v>
       </c>
@@ -5254,147 +5254,147 @@
       <c r="H65" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="66" spans="1:8">
       <c r="A66" t="s">
         <v>95</v>
       </c>
       <c r="B66" t="s">
         <v>96</v>
       </c>
       <c r="C66" t="s">
         <v>35</v>
       </c>
       <c r="D66" t="s">
         <v>63</v>
       </c>
       <c r="E66" t="s">
         <v>28</v>
       </c>
       <c r="F66">
         <v>2019</v>
       </c>
       <c r="G66"/>
       <c r="H66" t="s">
-        <v>55</v>
+        <v>53</v>
       </c>
     </row>
     <row r="67" spans="1:8">
       <c r="A67" t="s">
         <v>97</v>
       </c>
       <c r="B67" t="s">
         <v>98</v>
       </c>
       <c r="C67" t="s">
         <v>35</v>
       </c>
       <c r="D67" t="s">
         <v>63</v>
       </c>
       <c r="E67" t="s">
         <v>28</v>
       </c>
       <c r="F67">
         <v>2019</v>
       </c>
       <c r="G67"/>
       <c r="H67" t="s">
-        <v>37</v>
+        <v>36</v>
       </c>
     </row>
     <row r="68" spans="1:8">
       <c r="A68" t="s">
         <v>99</v>
       </c>
       <c r="B68" t="s">
         <v>100</v>
       </c>
       <c r="C68" t="s">
         <v>35</v>
       </c>
       <c r="D68" t="s">
         <v>63</v>
       </c>
       <c r="E68" t="s">
         <v>28</v>
       </c>
       <c r="F68">
         <v>2018</v>
       </c>
       <c r="G68"/>
       <c r="H68" t="s">
-        <v>55</v>
+        <v>53</v>
       </c>
     </row>
     <row r="69" spans="1:8">
       <c r="A69" t="s">
         <v>101</v>
       </c>
       <c r="B69" t="s">
         <v>102</v>
       </c>
       <c r="C69" t="s">
         <v>35</v>
       </c>
       <c r="D69" t="s">
         <v>63</v>
       </c>
       <c r="E69" t="s">
         <v>28</v>
       </c>
       <c r="F69">
         <v>2018</v>
       </c>
       <c r="G69"/>
       <c r="H69" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="70" spans="1:8">
       <c r="A70" t="s">
         <v>103</v>
       </c>
       <c r="B70" t="s">
         <v>104</v>
       </c>
       <c r="C70" t="s">
         <v>35</v>
       </c>
       <c r="D70" t="s">
         <v>63</v>
       </c>
       <c r="E70" t="s">
         <v>28</v>
       </c>
       <c r="F70">
         <v>2018</v>
       </c>
       <c r="G70"/>
       <c r="H70" t="s">
-        <v>37</v>
+        <v>36</v>
       </c>
     </row>
     <row r="71" spans="1:8">
       <c r="A71" t="s">
         <v>105</v>
       </c>
       <c r="B71"/>
       <c r="C71"/>
       <c r="D71"/>
       <c r="E71"/>
       <c r="F71">
         <v>2017</v>
       </c>
       <c r="G71"/>
       <c r="H71" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="72" spans="1:8">
       <c r="A72" t="s">
         <v>106</v>
       </c>
       <c r="B72" t="s">
         <v>107</v>
       </c>
@@ -5828,51 +5828,51 @@
       </c>
       <c r="G90"/>
       <c r="H90" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="91" spans="1:8">
       <c r="A91" t="s">
         <v>141</v>
       </c>
       <c r="B91" t="s">
         <v>142</v>
       </c>
       <c r="C91"/>
       <c r="D91" t="s">
         <v>22</v>
       </c>
       <c r="E91" t="s">
         <v>19</v>
       </c>
       <c r="F91">
         <v>2016</v>
       </c>
       <c r="G91"/>
       <c r="H91" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
     </row>
     <row r="92" spans="1:8">
       <c r="A92" t="s">
         <v>143</v>
       </c>
       <c r="B92" t="s">
         <v>144</v>
       </c>
       <c r="C92" t="s">
         <v>35</v>
       </c>
       <c r="D92" t="s">
         <v>63</v>
       </c>
       <c r="E92" t="s">
         <v>28</v>
       </c>
       <c r="F92">
         <v>2016</v>
       </c>
       <c r="G92"/>
       <c r="H92" t="s">
         <v>145</v>
       </c>
@@ -6162,51 +6162,51 @@
         <v>15</v>
       </c>
       <c r="H104"/>
     </row>
     <row r="105" spans="1:8">
       <c r="A105" t="s">
         <v>170</v>
       </c>
       <c r="B105" t="s">
         <v>171</v>
       </c>
       <c r="C105" t="s">
         <v>35</v>
       </c>
       <c r="D105" t="s">
         <v>63</v>
       </c>
       <c r="E105" t="s">
         <v>28</v>
       </c>
       <c r="F105">
         <v>2015</v>
       </c>
       <c r="G105"/>
       <c r="H105" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
     </row>
     <row r="106" spans="1:8">
       <c r="A106" t="s">
         <v>172</v>
       </c>
       <c r="B106" t="s">
         <v>173</v>
       </c>
       <c r="C106" t="s">
         <v>35</v>
       </c>
       <c r="D106" t="s">
         <v>63</v>
       </c>
       <c r="E106" t="s">
         <v>28</v>
       </c>
       <c r="F106">
         <v>2015</v>
       </c>
       <c r="G106"/>
       <c r="H106" t="s">
         <v>23</v>
       </c>
@@ -7586,147 +7586,147 @@
       <c r="H167" t="s">
         <v>145</v>
       </c>
     </row>
     <row r="168" spans="1:8">
       <c r="A168" t="s">
         <v>283</v>
       </c>
       <c r="B168" t="s">
         <v>284</v>
       </c>
       <c r="C168" t="s">
         <v>35</v>
       </c>
       <c r="D168" t="s">
         <v>63</v>
       </c>
       <c r="E168" t="s">
         <v>28</v>
       </c>
       <c r="F168">
         <v>2014</v>
       </c>
       <c r="G168"/>
       <c r="H168" t="s">
-        <v>45</v>
+        <v>44</v>
       </c>
     </row>
     <row r="169" spans="1:8">
       <c r="A169" t="s">
         <v>285</v>
       </c>
       <c r="B169" t="s">
         <v>286</v>
       </c>
       <c r="C169" t="s">
         <v>35</v>
       </c>
       <c r="D169" t="s">
         <v>63</v>
       </c>
       <c r="E169" t="s">
         <v>28</v>
       </c>
       <c r="F169">
         <v>2014</v>
       </c>
       <c r="G169"/>
       <c r="H169" t="s">
-        <v>45</v>
+        <v>44</v>
       </c>
     </row>
     <row r="170" spans="1:8">
       <c r="A170" t="s">
         <v>287</v>
       </c>
       <c r="B170" t="s">
         <v>288</v>
       </c>
       <c r="C170" t="s">
         <v>35</v>
       </c>
       <c r="D170" t="s">
         <v>63</v>
       </c>
       <c r="E170" t="s">
         <v>28</v>
       </c>
       <c r="F170">
         <v>2014</v>
       </c>
       <c r="G170"/>
       <c r="H170" t="s">
-        <v>45</v>
+        <v>44</v>
       </c>
     </row>
     <row r="171" spans="1:8">
       <c r="A171" t="s">
         <v>289</v>
       </c>
       <c r="B171" t="s">
         <v>290</v>
       </c>
       <c r="C171" t="s">
         <v>35</v>
       </c>
       <c r="D171" t="s">
         <v>63</v>
       </c>
       <c r="E171" t="s">
         <v>28</v>
       </c>
       <c r="F171">
         <v>2014</v>
       </c>
       <c r="G171"/>
       <c r="H171" t="s">
-        <v>45</v>
+        <v>44</v>
       </c>
     </row>
     <row r="172" spans="1:8">
       <c r="A172" t="s">
         <v>291</v>
       </c>
       <c r="B172" t="s">
         <v>292</v>
       </c>
       <c r="C172" t="s">
         <v>35</v>
       </c>
       <c r="D172" t="s">
         <v>63</v>
       </c>
       <c r="E172" t="s">
         <v>28</v>
       </c>
       <c r="F172">
         <v>2014</v>
       </c>
       <c r="G172"/>
       <c r="H172" t="s">
-        <v>45</v>
+        <v>44</v>
       </c>
     </row>
     <row r="173" spans="1:8">
       <c r="A173" t="s">
         <v>293</v>
       </c>
       <c r="B173" t="s">
         <v>294</v>
       </c>
       <c r="C173" t="s">
         <v>35</v>
       </c>
       <c r="D173" t="s">
         <v>63</v>
       </c>
       <c r="E173" t="s">
         <v>28</v>
       </c>
       <c r="F173">
         <v>2014</v>
       </c>
       <c r="G173"/>
       <c r="H173" t="s">
         <v>78</v>
       </c>
@@ -7754,135 +7754,135 @@
       <c r="H174" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="175" spans="1:8">
       <c r="A175" t="s">
         <v>297</v>
       </c>
       <c r="B175" t="s">
         <v>298</v>
       </c>
       <c r="C175" t="s">
         <v>35</v>
       </c>
       <c r="D175" t="s">
         <v>63</v>
       </c>
       <c r="E175" t="s">
         <v>28</v>
       </c>
       <c r="F175">
         <v>2014</v>
       </c>
       <c r="G175"/>
       <c r="H175" t="s">
-        <v>37</v>
+        <v>36</v>
       </c>
     </row>
     <row r="176" spans="1:8">
       <c r="A176" t="s">
         <v>299</v>
       </c>
       <c r="B176" t="s">
         <v>300</v>
       </c>
       <c r="C176" t="s">
         <v>50</v>
       </c>
       <c r="D176" t="s">
         <v>63</v>
       </c>
       <c r="E176" t="s">
         <v>28</v>
       </c>
       <c r="F176">
         <v>2014</v>
       </c>
       <c r="G176"/>
       <c r="H176" t="s">
-        <v>37</v>
+        <v>36</v>
       </c>
     </row>
     <row r="177" spans="1:8">
       <c r="A177" t="s">
         <v>301</v>
       </c>
       <c r="B177"/>
       <c r="C177"/>
       <c r="D177"/>
       <c r="E177"/>
       <c r="F177">
         <v>2013</v>
       </c>
       <c r="G177"/>
       <c r="H177" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="178" spans="1:8">
       <c r="A178" t="s">
         <v>302</v>
       </c>
       <c r="B178" t="s">
         <v>303</v>
       </c>
       <c r="C178"/>
       <c r="D178" t="s">
         <v>22</v>
       </c>
       <c r="E178" t="s">
         <v>19</v>
       </c>
       <c r="F178">
         <v>2013</v>
       </c>
       <c r="G178"/>
       <c r="H178" t="s">
-        <v>37</v>
+        <v>36</v>
       </c>
     </row>
     <row r="179" spans="1:8">
       <c r="A179" t="s">
         <v>304</v>
       </c>
       <c r="B179" t="s">
         <v>305</v>
       </c>
       <c r="C179"/>
       <c r="D179" t="s">
         <v>22</v>
       </c>
       <c r="E179" t="s">
         <v>19</v>
       </c>
       <c r="F179">
         <v>2013</v>
       </c>
       <c r="G179"/>
       <c r="H179" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
     </row>
     <row r="180" spans="1:8">
       <c r="A180" t="s">
         <v>306</v>
       </c>
       <c r="B180" t="s">
         <v>307</v>
       </c>
       <c r="C180" t="s">
         <v>50</v>
       </c>
       <c r="D180" t="s">
         <v>63</v>
       </c>
       <c r="E180" t="s">
         <v>28</v>
       </c>
       <c r="F180">
         <v>2013</v>
       </c>
       <c r="G180"/>
       <c r="H180" t="s">
         <v>69</v>
       </c>
@@ -7910,75 +7910,75 @@
       <c r="H181" t="s">
         <v>69</v>
       </c>
     </row>
     <row r="182" spans="1:8">
       <c r="A182" t="s">
         <v>310</v>
       </c>
       <c r="B182" t="s">
         <v>311</v>
       </c>
       <c r="C182" t="s">
         <v>50</v>
       </c>
       <c r="D182" t="s">
         <v>63</v>
       </c>
       <c r="E182" t="s">
         <v>28</v>
       </c>
       <c r="F182">
         <v>2013</v>
       </c>
       <c r="G182"/>
       <c r="H182" t="s">
-        <v>45</v>
+        <v>44</v>
       </c>
     </row>
     <row r="183" spans="1:8">
       <c r="A183" t="s">
         <v>312</v>
       </c>
       <c r="B183" t="s">
         <v>313</v>
       </c>
       <c r="C183" t="s">
         <v>50</v>
       </c>
       <c r="D183" t="s">
         <v>63</v>
       </c>
       <c r="E183" t="s">
         <v>28</v>
       </c>
       <c r="F183">
         <v>2013</v>
       </c>
       <c r="G183"/>
       <c r="H183" t="s">
-        <v>55</v>
+        <v>53</v>
       </c>
     </row>
     <row r="184" spans="1:8">
       <c r="A184" t="s">
         <v>314</v>
       </c>
       <c r="B184" t="s">
         <v>315</v>
       </c>
       <c r="C184" t="s">
         <v>35</v>
       </c>
       <c r="D184" t="s">
         <v>63</v>
       </c>
       <c r="E184" t="s">
         <v>28</v>
       </c>
       <c r="F184">
         <v>2013</v>
       </c>
       <c r="G184"/>
       <c r="H184" t="s">
         <v>20</v>
       </c>
@@ -8006,99 +8006,99 @@
       <c r="H185" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="186" spans="1:8">
       <c r="A186" t="s">
         <v>318</v>
       </c>
       <c r="B186" t="s">
         <v>319</v>
       </c>
       <c r="C186" t="s">
         <v>35</v>
       </c>
       <c r="D186" t="s">
         <v>63</v>
       </c>
       <c r="E186" t="s">
         <v>28</v>
       </c>
       <c r="F186">
         <v>2013</v>
       </c>
       <c r="G186"/>
       <c r="H186" t="s">
-        <v>37</v>
+        <v>36</v>
       </c>
     </row>
     <row r="187" spans="1:8">
       <c r="A187" t="s">
         <v>320</v>
       </c>
       <c r="B187" t="s">
         <v>321</v>
       </c>
       <c r="C187" t="s">
         <v>50</v>
       </c>
       <c r="D187" t="s">
         <v>63</v>
       </c>
       <c r="E187" t="s">
         <v>28</v>
       </c>
       <c r="F187">
         <v>2013</v>
       </c>
       <c r="G187"/>
       <c r="H187" t="s">
-        <v>37</v>
+        <v>36</v>
       </c>
     </row>
     <row r="188" spans="1:8">
       <c r="A188" t="s">
         <v>322</v>
       </c>
       <c r="B188" t="s">
         <v>323</v>
       </c>
       <c r="C188" t="s">
         <v>50</v>
       </c>
       <c r="D188" t="s">
         <v>63</v>
       </c>
       <c r="E188" t="s">
         <v>28</v>
       </c>
       <c r="F188">
         <v>2013</v>
       </c>
       <c r="G188"/>
       <c r="H188" t="s">
-        <v>37</v>
+        <v>36</v>
       </c>
     </row>
     <row r="189" spans="1:8">
       <c r="A189" t="s">
         <v>324</v>
       </c>
       <c r="B189" t="s">
         <v>325</v>
       </c>
       <c r="C189" t="s">
         <v>35</v>
       </c>
       <c r="D189" t="s">
         <v>63</v>
       </c>
       <c r="E189" t="s">
         <v>28</v>
       </c>
       <c r="F189">
         <v>2013</v>
       </c>
       <c r="G189"/>
       <c r="H189" t="s">
         <v>23</v>
       </c>
@@ -8174,51 +8174,51 @@
       <c r="H192" t="s">
         <v>90</v>
       </c>
     </row>
     <row r="193" spans="1:8">
       <c r="A193" t="s">
         <v>332</v>
       </c>
       <c r="B193" t="s">
         <v>333</v>
       </c>
       <c r="C193" t="s">
         <v>35</v>
       </c>
       <c r="D193" t="s">
         <v>63</v>
       </c>
       <c r="E193" t="s">
         <v>28</v>
       </c>
       <c r="F193">
         <v>2013</v>
       </c>
       <c r="G193"/>
       <c r="H193" t="s">
-        <v>37</v>
+        <v>36</v>
       </c>
     </row>
     <row r="194" spans="1:8">
       <c r="A194" t="s">
         <v>334</v>
       </c>
       <c r="B194" t="s">
         <v>335</v>
       </c>
       <c r="C194" t="s">
         <v>68</v>
       </c>
       <c r="D194" t="s">
         <v>63</v>
       </c>
       <c r="E194" t="s">
         <v>28</v>
       </c>
       <c r="F194">
         <v>2013</v>
       </c>
       <c r="G194"/>
       <c r="H194" t="s">
         <v>23</v>
       </c>
@@ -8244,51 +8244,51 @@
       </c>
       <c r="G195"/>
       <c r="H195" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="196" spans="1:8">
       <c r="A196" t="s">
         <v>338</v>
       </c>
       <c r="B196" t="s">
         <v>339</v>
       </c>
       <c r="C196"/>
       <c r="D196" t="s">
         <v>169</v>
       </c>
       <c r="E196" t="s">
         <v>19</v>
       </c>
       <c r="F196">
         <v>2012</v>
       </c>
       <c r="G196"/>
       <c r="H196" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
     </row>
     <row r="197" spans="1:8">
       <c r="A197" t="s">
         <v>340</v>
       </c>
       <c r="B197" t="s">
         <v>341</v>
       </c>
       <c r="C197" t="s">
         <v>50</v>
       </c>
       <c r="D197" t="s">
         <v>63</v>
       </c>
       <c r="E197" t="s">
         <v>28</v>
       </c>
       <c r="F197">
         <v>2012</v>
       </c>
       <c r="G197"/>
       <c r="H197" t="s">
         <v>69</v>
       </c>
@@ -8388,215 +8388,215 @@
       <c r="H201" t="s">
         <v>90</v>
       </c>
     </row>
     <row r="202" spans="1:8">
       <c r="A202" t="s">
         <v>350</v>
       </c>
       <c r="B202" t="s">
         <v>351</v>
       </c>
       <c r="C202" t="s">
         <v>35</v>
       </c>
       <c r="D202" t="s">
         <v>63</v>
       </c>
       <c r="E202" t="s">
         <v>28</v>
       </c>
       <c r="F202">
         <v>2012</v>
       </c>
       <c r="G202"/>
       <c r="H202" t="s">
-        <v>37</v>
+        <v>36</v>
       </c>
     </row>
     <row r="203" spans="1:8">
       <c r="A203" t="s">
         <v>352</v>
       </c>
       <c r="B203" t="s">
         <v>353</v>
       </c>
       <c r="C203" t="s">
         <v>50</v>
       </c>
       <c r="D203" t="s">
         <v>63</v>
       </c>
       <c r="E203" t="s">
         <v>28</v>
       </c>
       <c r="F203">
         <v>2012</v>
       </c>
       <c r="G203"/>
       <c r="H203" t="s">
-        <v>45</v>
+        <v>44</v>
       </c>
     </row>
     <row r="204" spans="1:8">
       <c r="A204" t="s">
         <v>354</v>
       </c>
       <c r="B204" t="s">
         <v>355</v>
       </c>
       <c r="C204" t="s">
         <v>35</v>
       </c>
       <c r="D204" t="s">
         <v>63</v>
       </c>
       <c r="E204" t="s">
         <v>28</v>
       </c>
       <c r="F204">
         <v>2012</v>
       </c>
       <c r="G204"/>
       <c r="H204" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
     </row>
     <row r="205" spans="1:8">
       <c r="A205" t="s">
         <v>356</v>
       </c>
       <c r="B205" t="s">
         <v>357</v>
       </c>
       <c r="C205" t="s">
         <v>50</v>
       </c>
       <c r="D205" t="s">
         <v>63</v>
       </c>
       <c r="E205" t="s">
         <v>28</v>
       </c>
       <c r="F205">
         <v>2012</v>
       </c>
       <c r="G205"/>
       <c r="H205" t="s">
-        <v>55</v>
+        <v>53</v>
       </c>
     </row>
     <row r="206" spans="1:8">
       <c r="A206" t="s">
         <v>358</v>
       </c>
       <c r="B206" t="s">
         <v>359</v>
       </c>
       <c r="C206" t="s">
         <v>50</v>
       </c>
       <c r="D206" t="s">
         <v>63</v>
       </c>
       <c r="E206" t="s">
         <v>28</v>
       </c>
       <c r="F206">
         <v>2012</v>
       </c>
       <c r="G206"/>
       <c r="H206" t="s">
-        <v>55</v>
+        <v>53</v>
       </c>
     </row>
     <row r="207" spans="1:8">
       <c r="A207" t="s">
         <v>360</v>
       </c>
       <c r="B207" t="s">
         <v>361</v>
       </c>
       <c r="C207" t="s">
         <v>50</v>
       </c>
       <c r="D207" t="s">
         <v>63</v>
       </c>
       <c r="E207" t="s">
         <v>28</v>
       </c>
       <c r="F207">
         <v>2012</v>
       </c>
       <c r="G207"/>
       <c r="H207" t="s">
-        <v>37</v>
+        <v>36</v>
       </c>
     </row>
     <row r="208" spans="1:8">
       <c r="A208" t="s">
         <v>362</v>
       </c>
       <c r="B208" t="s">
         <v>363</v>
       </c>
       <c r="C208"/>
       <c r="D208" t="s">
         <v>22</v>
       </c>
       <c r="E208" t="s">
         <v>19</v>
       </c>
       <c r="F208">
         <v>2011</v>
       </c>
       <c r="G208"/>
       <c r="H208" t="s">
         <v>90</v>
       </c>
     </row>
     <row r="209" spans="1:8">
       <c r="A209" t="s">
         <v>364</v>
       </c>
       <c r="B209" t="s">
         <v>365</v>
       </c>
       <c r="C209"/>
       <c r="D209" t="s">
         <v>22</v>
       </c>
       <c r="E209" t="s">
         <v>19</v>
       </c>
       <c r="F209">
         <v>2011</v>
       </c>
       <c r="G209"/>
       <c r="H209" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
     </row>
     <row r="210" spans="1:8">
       <c r="A210" t="s">
         <v>366</v>
       </c>
       <c r="B210" t="s">
         <v>367</v>
       </c>
       <c r="C210" t="s">
         <v>368</v>
       </c>
       <c r="D210" t="s">
         <v>369</v>
       </c>
       <c r="E210" t="s">
         <v>28</v>
       </c>
       <c r="F210">
         <v>2011</v>
       </c>
       <c r="G210" t="s">
         <v>15</v>
       </c>
       <c r="H210"/>
@@ -8792,75 +8792,75 @@
       <c r="H218" t="s">
         <v>90</v>
       </c>
     </row>
     <row r="219" spans="1:8">
       <c r="A219" t="s">
         <v>386</v>
       </c>
       <c r="B219" t="s">
         <v>387</v>
       </c>
       <c r="C219" t="s">
         <v>35</v>
       </c>
       <c r="D219" t="s">
         <v>63</v>
       </c>
       <c r="E219" t="s">
         <v>28</v>
       </c>
       <c r="F219">
         <v>2011</v>
       </c>
       <c r="G219"/>
       <c r="H219" t="s">
-        <v>37</v>
+        <v>36</v>
       </c>
     </row>
     <row r="220" spans="1:8">
       <c r="A220" t="s">
         <v>388</v>
       </c>
       <c r="B220" t="s">
         <v>389</v>
       </c>
       <c r="C220" t="s">
         <v>50</v>
       </c>
       <c r="D220" t="s">
         <v>63</v>
       </c>
       <c r="E220" t="s">
         <v>28</v>
       </c>
       <c r="F220">
         <v>2011</v>
       </c>
       <c r="G220"/>
       <c r="H220" t="s">
-        <v>55</v>
+        <v>53</v>
       </c>
     </row>
     <row r="221" spans="1:8">
       <c r="A221" t="s">
         <v>390</v>
       </c>
       <c r="B221" t="s">
         <v>391</v>
       </c>
       <c r="C221" t="s">
         <v>35</v>
       </c>
       <c r="D221" t="s">
         <v>63</v>
       </c>
       <c r="E221" t="s">
         <v>28</v>
       </c>
       <c r="F221">
         <v>2011</v>
       </c>
       <c r="G221"/>
       <c r="H221" t="s">
         <v>20</v>
       </c>
@@ -8960,51 +8960,51 @@
       <c r="H225" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="226" spans="1:8">
       <c r="A226" t="s">
         <v>400</v>
       </c>
       <c r="B226" t="s">
         <v>401</v>
       </c>
       <c r="C226" t="s">
         <v>35</v>
       </c>
       <c r="D226" t="s">
         <v>63</v>
       </c>
       <c r="E226" t="s">
         <v>28</v>
       </c>
       <c r="F226">
         <v>2011</v>
       </c>
       <c r="G226"/>
       <c r="H226" t="s">
-        <v>45</v>
+        <v>44</v>
       </c>
     </row>
     <row r="227" spans="1:8">
       <c r="A227" t="s">
         <v>402</v>
       </c>
       <c r="B227" t="s">
         <v>403</v>
       </c>
       <c r="C227" t="s">
         <v>35</v>
       </c>
       <c r="D227" t="s">
         <v>63</v>
       </c>
       <c r="E227" t="s">
         <v>28</v>
       </c>
       <c r="F227">
         <v>2011</v>
       </c>
       <c r="G227"/>
       <c r="H227" t="s">
         <v>90</v>
       </c>
@@ -9266,171 +9266,171 @@
       <c r="H238" t="s">
         <v>69</v>
       </c>
     </row>
     <row r="239" spans="1:8">
       <c r="A239" t="s">
         <v>426</v>
       </c>
       <c r="B239" t="s">
         <v>427</v>
       </c>
       <c r="C239" t="s">
         <v>47</v>
       </c>
       <c r="D239" t="s">
         <v>63</v>
       </c>
       <c r="E239" t="s">
         <v>28</v>
       </c>
       <c r="F239">
         <v>2010</v>
       </c>
       <c r="G239"/>
       <c r="H239" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
     </row>
     <row r="240" spans="1:8">
       <c r="A240" t="s">
         <v>428</v>
       </c>
       <c r="B240" t="s">
         <v>429</v>
       </c>
       <c r="C240" t="s">
         <v>50</v>
       </c>
       <c r="D240" t="s">
         <v>63</v>
       </c>
       <c r="E240" t="s">
         <v>28</v>
       </c>
       <c r="F240">
         <v>2010</v>
       </c>
       <c r="G240"/>
       <c r="H240" t="s">
         <v>90</v>
       </c>
     </row>
     <row r="241" spans="1:8">
       <c r="A241" t="s">
         <v>430</v>
       </c>
       <c r="B241" t="s">
         <v>431</v>
       </c>
       <c r="C241" t="s">
         <v>35</v>
       </c>
       <c r="D241" t="s">
         <v>63</v>
       </c>
       <c r="E241" t="s">
         <v>28</v>
       </c>
       <c r="F241">
         <v>2010</v>
       </c>
       <c r="G241"/>
       <c r="H241" t="s">
-        <v>45</v>
+        <v>44</v>
       </c>
     </row>
     <row r="242" spans="1:8">
       <c r="A242" t="s">
         <v>432</v>
       </c>
       <c r="B242" t="s">
         <v>433</v>
       </c>
       <c r="C242" t="s">
         <v>50</v>
       </c>
       <c r="D242" t="s">
         <v>63</v>
       </c>
       <c r="E242" t="s">
         <v>28</v>
       </c>
       <c r="F242">
         <v>2010</v>
       </c>
       <c r="G242"/>
       <c r="H242" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
     </row>
     <row r="243" spans="1:8">
       <c r="A243" t="s">
         <v>434</v>
       </c>
       <c r="B243" t="s">
         <v>435</v>
       </c>
       <c r="C243" t="s">
         <v>50</v>
       </c>
       <c r="D243" t="s">
         <v>63</v>
       </c>
       <c r="E243" t="s">
         <v>28</v>
       </c>
       <c r="F243">
         <v>2010</v>
       </c>
       <c r="G243"/>
       <c r="H243" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="244" spans="1:8">
       <c r="A244" t="s">
         <v>436</v>
       </c>
       <c r="B244" t="s">
         <v>437</v>
       </c>
       <c r="C244" t="s">
         <v>47</v>
       </c>
       <c r="D244" t="s">
         <v>63</v>
       </c>
       <c r="E244" t="s">
         <v>28</v>
       </c>
       <c r="F244">
         <v>2010</v>
       </c>
       <c r="G244"/>
       <c r="H244" t="s">
-        <v>37</v>
+        <v>36</v>
       </c>
     </row>
     <row r="245" spans="1:8">
       <c r="A245" t="s">
         <v>438</v>
       </c>
       <c r="B245" t="s">
         <v>439</v>
       </c>
       <c r="C245" t="s">
         <v>35</v>
       </c>
       <c r="D245" t="s">
         <v>63</v>
       </c>
       <c r="E245" t="s">
         <v>28</v>
       </c>
       <c r="F245">
         <v>2010</v>
       </c>
       <c r="G245"/>
       <c r="H245" t="s">
         <v>90</v>
       </c>
@@ -9506,51 +9506,51 @@
       <c r="H248" t="s">
         <v>90</v>
       </c>
     </row>
     <row r="249" spans="1:8">
       <c r="A249" t="s">
         <v>446</v>
       </c>
       <c r="B249" t="s">
         <v>447</v>
       </c>
       <c r="C249" t="s">
         <v>35</v>
       </c>
       <c r="D249" t="s">
         <v>63</v>
       </c>
       <c r="E249" t="s">
         <v>28</v>
       </c>
       <c r="F249">
         <v>2010</v>
       </c>
       <c r="G249"/>
       <c r="H249" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
     </row>
     <row r="250" spans="1:8">
       <c r="A250" t="s">
         <v>448</v>
       </c>
       <c r="B250" t="s">
         <v>449</v>
       </c>
       <c r="C250" t="s">
         <v>50</v>
       </c>
       <c r="D250" t="s">
         <v>63</v>
       </c>
       <c r="E250" t="s">
         <v>28</v>
       </c>
       <c r="F250">
         <v>2010</v>
       </c>
       <c r="G250"/>
       <c r="H250" t="s">
         <v>23</v>
       </c>
@@ -9694,51 +9694,51 @@
       </c>
       <c r="G256"/>
       <c r="H256" t="s">
         <v>69</v>
       </c>
     </row>
     <row r="257" spans="1:8">
       <c r="A257" t="s">
         <v>462</v>
       </c>
       <c r="B257" t="s">
         <v>463</v>
       </c>
       <c r="C257"/>
       <c r="D257" t="s">
         <v>22</v>
       </c>
       <c r="E257" t="s">
         <v>19</v>
       </c>
       <c r="F257">
         <v>2009</v>
       </c>
       <c r="G257"/>
       <c r="H257" t="s">
-        <v>37</v>
+        <v>36</v>
       </c>
     </row>
     <row r="258" spans="1:8">
       <c r="A258" t="s">
         <v>464</v>
       </c>
       <c r="B258" t="s">
         <v>465</v>
       </c>
       <c r="C258" t="s">
         <v>50</v>
       </c>
       <c r="D258" t="s">
         <v>63</v>
       </c>
       <c r="E258" t="s">
         <v>28</v>
       </c>
       <c r="F258">
         <v>2009</v>
       </c>
       <c r="G258"/>
       <c r="H258" t="s">
         <v>69</v>
       </c>
@@ -9790,75 +9790,75 @@
       <c r="H260" t="s">
         <v>90</v>
       </c>
     </row>
     <row r="261" spans="1:8">
       <c r="A261" t="s">
         <v>470</v>
       </c>
       <c r="B261" t="s">
         <v>471</v>
       </c>
       <c r="C261" t="s">
         <v>50</v>
       </c>
       <c r="D261" t="s">
         <v>63</v>
       </c>
       <c r="E261" t="s">
         <v>28</v>
       </c>
       <c r="F261">
         <v>2009</v>
       </c>
       <c r="G261"/>
       <c r="H261" t="s">
-        <v>45</v>
+        <v>44</v>
       </c>
     </row>
     <row r="262" spans="1:8">
       <c r="A262" t="s">
         <v>472</v>
       </c>
       <c r="B262" t="s">
         <v>473</v>
       </c>
       <c r="C262" t="s">
         <v>50</v>
       </c>
       <c r="D262" t="s">
         <v>63</v>
       </c>
       <c r="E262" t="s">
         <v>28</v>
       </c>
       <c r="F262">
         <v>2009</v>
       </c>
       <c r="G262"/>
       <c r="H262" t="s">
-        <v>55</v>
+        <v>53</v>
       </c>
     </row>
     <row r="263" spans="1:8">
       <c r="A263" t="s">
         <v>474</v>
       </c>
       <c r="B263" t="s">
         <v>475</v>
       </c>
       <c r="C263" t="s">
         <v>35</v>
       </c>
       <c r="D263" t="s">
         <v>63</v>
       </c>
       <c r="E263" t="s">
         <v>28</v>
       </c>
       <c r="F263">
         <v>2009</v>
       </c>
       <c r="G263"/>
       <c r="H263" t="s">
         <v>16</v>
       </c>
@@ -9934,51 +9934,51 @@
       <c r="H266" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="267" spans="1:8">
       <c r="A267" t="s">
         <v>482</v>
       </c>
       <c r="B267" t="s">
         <v>483</v>
       </c>
       <c r="C267" t="s">
         <v>35</v>
       </c>
       <c r="D267" t="s">
         <v>63</v>
       </c>
       <c r="E267" t="s">
         <v>28</v>
       </c>
       <c r="F267">
         <v>2009</v>
       </c>
       <c r="G267"/>
       <c r="H267" t="s">
-        <v>45</v>
+        <v>44</v>
       </c>
     </row>
     <row r="268" spans="1:8">
       <c r="A268" t="s">
         <v>484</v>
       </c>
       <c r="B268" t="s">
         <v>485</v>
       </c>
       <c r="C268"/>
       <c r="D268" t="s">
         <v>486</v>
       </c>
       <c r="E268" t="s">
         <v>10</v>
       </c>
       <c r="F268">
         <v>2008</v>
       </c>
       <c r="G268" t="s">
         <v>66</v>
       </c>
       <c r="H268"/>
     </row>
     <row r="269" spans="1:8">
@@ -10338,51 +10338,51 @@
       <c r="H283" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="284" spans="1:8">
       <c r="A284" t="s">
         <v>517</v>
       </c>
       <c r="B284" t="s">
         <v>518</v>
       </c>
       <c r="C284" t="s">
         <v>35</v>
       </c>
       <c r="D284" t="s">
         <v>63</v>
       </c>
       <c r="E284" t="s">
         <v>28</v>
       </c>
       <c r="F284">
         <v>2008</v>
       </c>
       <c r="G284"/>
       <c r="H284" t="s">
-        <v>37</v>
+        <v>36</v>
       </c>
     </row>
     <row r="285" spans="1:8">
       <c r="A285" t="s">
         <v>519</v>
       </c>
       <c r="B285" t="s">
         <v>520</v>
       </c>
       <c r="C285" t="s">
         <v>50</v>
       </c>
       <c r="D285" t="s">
         <v>63</v>
       </c>
       <c r="E285" t="s">
         <v>28</v>
       </c>
       <c r="F285">
         <v>2008</v>
       </c>
       <c r="G285"/>
       <c r="H285"/>
     </row>
     <row r="286" spans="1:8">
@@ -10426,51 +10426,51 @@
       </c>
       <c r="G287" t="s">
         <v>15</v>
       </c>
       <c r="H287"/>
     </row>
     <row r="288" spans="1:8">
       <c r="A288" t="s">
         <v>525</v>
       </c>
       <c r="B288" t="s">
         <v>526</v>
       </c>
       <c r="C288"/>
       <c r="D288" t="s">
         <v>22</v>
       </c>
       <c r="E288" t="s">
         <v>19</v>
       </c>
       <c r="F288">
         <v>2007</v>
       </c>
       <c r="G288"/>
       <c r="H288" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
     </row>
     <row r="289" spans="1:8">
       <c r="A289" t="s">
         <v>527</v>
       </c>
       <c r="B289" t="s">
         <v>528</v>
       </c>
       <c r="C289"/>
       <c r="D289" t="s">
         <v>22</v>
       </c>
       <c r="E289" t="s">
         <v>19</v>
       </c>
       <c r="F289">
         <v>2007</v>
       </c>
       <c r="G289"/>
       <c r="H289" t="s">
         <v>90</v>
       </c>
     </row>
     <row r="290" spans="1:8">
@@ -10494,125 +10494,125 @@
       <c r="H290" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="291" spans="1:8">
       <c r="A291" t="s">
         <v>531</v>
       </c>
       <c r="B291" t="s">
         <v>532</v>
       </c>
       <c r="C291" t="s">
         <v>35</v>
       </c>
       <c r="D291" t="s">
         <v>63</v>
       </c>
       <c r="E291" t="s">
         <v>28</v>
       </c>
       <c r="F291">
         <v>2007</v>
       </c>
       <c r="G291"/>
       <c r="H291" t="s">
-        <v>37</v>
+        <v>36</v>
       </c>
     </row>
     <row r="292" spans="1:8">
       <c r="A292" t="s">
         <v>533</v>
       </c>
       <c r="B292" t="s">
         <v>534</v>
       </c>
       <c r="C292" t="s">
         <v>35</v>
       </c>
       <c r="D292" t="s">
         <v>63</v>
       </c>
       <c r="E292" t="s">
         <v>28</v>
       </c>
       <c r="F292">
         <v>2007</v>
       </c>
       <c r="G292" t="s">
         <v>71</v>
       </c>
       <c r="H292" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
     </row>
     <row r="293" spans="1:8">
       <c r="A293" t="s">
         <v>535</v>
       </c>
       <c r="B293" t="s">
         <v>536</v>
       </c>
       <c r="C293" t="s">
         <v>35</v>
       </c>
       <c r="D293" t="s">
         <v>63</v>
       </c>
       <c r="E293" t="s">
         <v>28</v>
       </c>
       <c r="F293">
         <v>2007</v>
       </c>
       <c r="G293"/>
       <c r="H293" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
     </row>
     <row r="294" spans="1:8">
       <c r="A294" t="s">
         <v>537</v>
       </c>
       <c r="B294" t="s">
         <v>538</v>
       </c>
       <c r="C294" t="s">
         <v>35</v>
       </c>
       <c r="D294" t="s">
         <v>63</v>
       </c>
       <c r="E294" t="s">
         <v>28</v>
       </c>
       <c r="F294">
         <v>2007</v>
       </c>
       <c r="G294"/>
       <c r="H294" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
     </row>
     <row r="295" spans="1:8">
       <c r="A295" t="s">
         <v>539</v>
       </c>
       <c r="B295" t="s">
         <v>540</v>
       </c>
       <c r="C295" t="s">
         <v>26</v>
       </c>
       <c r="D295" t="s">
         <v>27</v>
       </c>
       <c r="E295" t="s">
         <v>28</v>
       </c>
       <c r="F295">
         <v>2007</v>
       </c>
       <c r="G295"/>
       <c r="H295" t="s">
         <v>20</v>
       </c>
@@ -10688,171 +10688,171 @@
       <c r="H298" t="s">
         <v>85</v>
       </c>
     </row>
     <row r="299" spans="1:8">
       <c r="A299" t="s">
         <v>547</v>
       </c>
       <c r="B299" t="s">
         <v>548</v>
       </c>
       <c r="C299" t="s">
         <v>35</v>
       </c>
       <c r="D299" t="s">
         <v>63</v>
       </c>
       <c r="E299" t="s">
         <v>28</v>
       </c>
       <c r="F299">
         <v>2007</v>
       </c>
       <c r="G299"/>
       <c r="H299" t="s">
-        <v>37</v>
+        <v>36</v>
       </c>
     </row>
     <row r="300" spans="1:8">
       <c r="A300" t="s">
         <v>549</v>
       </c>
       <c r="B300" t="s">
         <v>550</v>
       </c>
       <c r="C300" t="s">
         <v>35</v>
       </c>
       <c r="D300" t="s">
         <v>63</v>
       </c>
       <c r="E300" t="s">
         <v>28</v>
       </c>
       <c r="F300">
         <v>2007</v>
       </c>
       <c r="G300"/>
       <c r="H300" t="s">
-        <v>37</v>
+        <v>36</v>
       </c>
     </row>
     <row r="301" spans="1:8">
       <c r="A301" t="s">
         <v>551</v>
       </c>
       <c r="B301" t="s">
         <v>552</v>
       </c>
       <c r="C301" t="s">
         <v>35</v>
       </c>
       <c r="D301" t="s">
         <v>63</v>
       </c>
       <c r="E301" t="s">
         <v>28</v>
       </c>
       <c r="F301">
         <v>2007</v>
       </c>
       <c r="G301"/>
       <c r="H301" t="s">
-        <v>37</v>
+        <v>36</v>
       </c>
     </row>
     <row r="302" spans="1:8">
       <c r="A302" t="s">
         <v>553</v>
       </c>
       <c r="B302" t="s">
         <v>554</v>
       </c>
       <c r="C302" t="s">
         <v>35</v>
       </c>
       <c r="D302" t="s">
         <v>63</v>
       </c>
       <c r="E302" t="s">
         <v>28</v>
       </c>
       <c r="F302">
         <v>2007</v>
       </c>
       <c r="G302"/>
       <c r="H302" t="s">
-        <v>37</v>
+        <v>36</v>
       </c>
     </row>
     <row r="303" spans="1:8">
       <c r="A303" t="s">
         <v>555</v>
       </c>
       <c r="B303" t="s">
         <v>556</v>
       </c>
       <c r="C303" t="s">
         <v>35</v>
       </c>
       <c r="D303" t="s">
         <v>63</v>
       </c>
       <c r="E303" t="s">
         <v>28</v>
       </c>
       <c r="F303">
         <v>2007</v>
       </c>
       <c r="G303"/>
       <c r="H303" t="s">
-        <v>37</v>
+        <v>36</v>
       </c>
     </row>
     <row r="304" spans="1:8">
       <c r="A304" t="s">
         <v>557</v>
       </c>
       <c r="B304" t="s">
         <v>558</v>
       </c>
       <c r="C304" t="s">
         <v>35</v>
       </c>
       <c r="D304" t="s">
         <v>63</v>
       </c>
       <c r="E304" t="s">
         <v>28</v>
       </c>
       <c r="F304">
         <v>2007</v>
       </c>
       <c r="G304"/>
       <c r="H304" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
     </row>
     <row r="305" spans="1:8">
       <c r="A305" t="s">
         <v>559</v>
       </c>
       <c r="B305" t="s">
         <v>560</v>
       </c>
       <c r="C305" t="s">
         <v>35</v>
       </c>
       <c r="D305" t="s">
         <v>63</v>
       </c>
       <c r="E305" t="s">
         <v>28</v>
       </c>
       <c r="F305">
         <v>2007</v>
       </c>
       <c r="G305"/>
       <c r="H305" t="s">
         <v>23</v>
       </c>
@@ -11018,209 +11018,209 @@
       </c>
       <c r="G312"/>
       <c r="H312" t="s">
         <v>69</v>
       </c>
     </row>
     <row r="313" spans="1:8">
       <c r="A313" t="s">
         <v>575</v>
       </c>
       <c r="B313" t="s">
         <v>576</v>
       </c>
       <c r="C313"/>
       <c r="D313" t="s">
         <v>22</v>
       </c>
       <c r="E313" t="s">
         <v>19</v>
       </c>
       <c r="F313">
         <v>2006</v>
       </c>
       <c r="G313"/>
       <c r="H313" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
     </row>
     <row r="314" spans="1:8">
       <c r="A314" t="s">
         <v>577</v>
       </c>
       <c r="B314" t="s">
         <v>578</v>
       </c>
       <c r="C314"/>
       <c r="D314" t="s">
         <v>22</v>
       </c>
       <c r="E314" t="s">
         <v>19</v>
       </c>
       <c r="F314">
         <v>2006</v>
       </c>
       <c r="G314"/>
       <c r="H314" t="s">
         <v>90</v>
       </c>
     </row>
     <row r="315" spans="1:8">
       <c r="A315" t="s">
         <v>579</v>
       </c>
       <c r="B315" t="s">
         <v>580</v>
       </c>
       <c r="C315"/>
       <c r="D315" t="s">
         <v>22</v>
       </c>
       <c r="E315" t="s">
         <v>19</v>
       </c>
       <c r="F315">
         <v>2006</v>
       </c>
       <c r="G315"/>
       <c r="H315" t="s">
-        <v>37</v>
+        <v>36</v>
       </c>
     </row>
     <row r="316" spans="1:8">
       <c r="A316" t="s">
         <v>581</v>
       </c>
       <c r="B316" t="s">
         <v>582</v>
       </c>
       <c r="C316"/>
       <c r="D316" t="s">
         <v>22</v>
       </c>
       <c r="E316" t="s">
         <v>19</v>
       </c>
       <c r="F316">
         <v>2006</v>
       </c>
       <c r="G316"/>
       <c r="H316" t="s">
         <v>78</v>
       </c>
     </row>
     <row r="317" spans="1:8">
       <c r="A317" t="s">
         <v>583</v>
       </c>
       <c r="B317" t="s">
         <v>584</v>
       </c>
       <c r="C317"/>
       <c r="D317" t="s">
         <v>22</v>
       </c>
       <c r="E317" t="s">
         <v>19</v>
       </c>
       <c r="F317">
         <v>2006</v>
       </c>
       <c r="G317"/>
       <c r="H317" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
     </row>
     <row r="318" spans="1:8">
       <c r="A318" t="s">
         <v>585</v>
       </c>
       <c r="B318" t="s">
         <v>142</v>
       </c>
       <c r="C318"/>
       <c r="D318" t="s">
         <v>22</v>
       </c>
       <c r="E318" t="s">
         <v>19</v>
       </c>
       <c r="F318">
         <v>2006</v>
       </c>
       <c r="G318"/>
       <c r="H318" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
     </row>
     <row r="319" spans="1:8">
       <c r="A319" t="s">
         <v>586</v>
       </c>
       <c r="B319" t="s">
         <v>587</v>
       </c>
       <c r="C319" t="s">
         <v>35</v>
       </c>
       <c r="D319" t="s">
         <v>63</v>
       </c>
       <c r="E319" t="s">
         <v>28</v>
       </c>
       <c r="F319">
         <v>2006</v>
       </c>
       <c r="G319"/>
       <c r="H319" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
     </row>
     <row r="320" spans="1:8">
       <c r="A320" t="s">
         <v>588</v>
       </c>
       <c r="B320" t="s">
         <v>589</v>
       </c>
       <c r="C320" t="s">
         <v>35</v>
       </c>
       <c r="D320" t="s">
         <v>63</v>
       </c>
       <c r="E320" t="s">
         <v>28</v>
       </c>
       <c r="F320">
         <v>2006</v>
       </c>
       <c r="G320"/>
       <c r="H320" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
     </row>
     <row r="321" spans="1:8">
       <c r="A321" t="s">
         <v>590</v>
       </c>
       <c r="B321" t="s">
         <v>591</v>
       </c>
       <c r="C321" t="s">
         <v>35</v>
       </c>
       <c r="D321" t="s">
         <v>63</v>
       </c>
       <c r="E321" t="s">
         <v>28</v>
       </c>
       <c r="F321">
         <v>2006</v>
       </c>
       <c r="G321"/>
       <c r="H321" t="s">
         <v>145</v>
       </c>
@@ -11344,75 +11344,75 @@
       <c r="H326" t="s">
         <v>90</v>
       </c>
     </row>
     <row r="327" spans="1:8">
       <c r="A327" t="s">
         <v>602</v>
       </c>
       <c r="B327" t="s">
         <v>603</v>
       </c>
       <c r="C327" t="s">
         <v>35</v>
       </c>
       <c r="D327" t="s">
         <v>63</v>
       </c>
       <c r="E327" t="s">
         <v>28</v>
       </c>
       <c r="F327">
         <v>2006</v>
       </c>
       <c r="G327"/>
       <c r="H327" t="s">
-        <v>37</v>
+        <v>36</v>
       </c>
     </row>
     <row r="328" spans="1:8">
       <c r="A328" t="s">
         <v>604</v>
       </c>
       <c r="B328" t="s">
         <v>605</v>
       </c>
       <c r="C328" t="s">
         <v>35</v>
       </c>
       <c r="D328" t="s">
         <v>63</v>
       </c>
       <c r="E328" t="s">
         <v>28</v>
       </c>
       <c r="F328">
         <v>2006</v>
       </c>
       <c r="G328"/>
       <c r="H328" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
     </row>
     <row r="329" spans="1:8">
       <c r="A329" t="s">
         <v>606</v>
       </c>
       <c r="B329" t="s">
         <v>607</v>
       </c>
       <c r="C329" t="s">
         <v>35</v>
       </c>
       <c r="D329" t="s">
         <v>63</v>
       </c>
       <c r="E329" t="s">
         <v>28</v>
       </c>
       <c r="F329">
         <v>2006</v>
       </c>
       <c r="G329"/>
       <c r="H329" t="s">
         <v>69</v>
       </c>
@@ -11654,99 +11654,99 @@
       </c>
       <c r="G339"/>
       <c r="H339" t="s">
         <v>69</v>
       </c>
     </row>
     <row r="340" spans="1:8">
       <c r="A340" t="s">
         <v>628</v>
       </c>
       <c r="B340" t="s">
         <v>629</v>
       </c>
       <c r="C340"/>
       <c r="D340" t="s">
         <v>22</v>
       </c>
       <c r="E340" t="s">
         <v>19</v>
       </c>
       <c r="F340">
         <v>2005</v>
       </c>
       <c r="G340"/>
       <c r="H340" t="s">
-        <v>45</v>
+        <v>44</v>
       </c>
     </row>
     <row r="341" spans="1:8">
       <c r="A341" t="s">
         <v>630</v>
       </c>
       <c r="B341" t="s">
         <v>631</v>
       </c>
       <c r="C341" t="s">
         <v>47</v>
       </c>
       <c r="D341" t="s">
         <v>63</v>
       </c>
       <c r="E341" t="s">
         <v>28</v>
       </c>
       <c r="F341">
         <v>2005</v>
       </c>
       <c r="G341"/>
       <c r="H341" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
     </row>
     <row r="342" spans="1:8">
       <c r="A342" t="s">
         <v>632</v>
       </c>
       <c r="B342" t="s">
         <v>633</v>
       </c>
       <c r="C342" t="s">
         <v>35</v>
       </c>
       <c r="D342" t="s">
         <v>63</v>
       </c>
       <c r="E342" t="s">
         <v>28</v>
       </c>
       <c r="F342">
         <v>2005</v>
       </c>
       <c r="G342"/>
       <c r="H342" t="s">
-        <v>37</v>
+        <v>36</v>
       </c>
     </row>
     <row r="343" spans="1:8">
       <c r="A343" t="s">
         <v>634</v>
       </c>
       <c r="B343" t="s">
         <v>635</v>
       </c>
       <c r="C343" t="s">
         <v>35</v>
       </c>
       <c r="D343" t="s">
         <v>63</v>
       </c>
       <c r="E343" t="s">
         <v>28</v>
       </c>
       <c r="F343">
         <v>2005</v>
       </c>
       <c r="G343"/>
       <c r="H343" t="s">
         <v>145</v>
       </c>
@@ -11822,99 +11822,99 @@
       <c r="H346" t="s">
         <v>69</v>
       </c>
     </row>
     <row r="347" spans="1:8">
       <c r="A347" t="s">
         <v>642</v>
       </c>
       <c r="B347" t="s">
         <v>643</v>
       </c>
       <c r="C347" t="s">
         <v>35</v>
       </c>
       <c r="D347" t="s">
         <v>63</v>
       </c>
       <c r="E347" t="s">
         <v>28</v>
       </c>
       <c r="F347">
         <v>2005</v>
       </c>
       <c r="G347"/>
       <c r="H347" t="s">
-        <v>55</v>
+        <v>53</v>
       </c>
     </row>
     <row r="348" spans="1:8">
       <c r="A348" t="s">
         <v>644</v>
       </c>
       <c r="B348" t="s">
         <v>645</v>
       </c>
       <c r="C348" t="s">
         <v>35</v>
       </c>
       <c r="D348" t="s">
         <v>63</v>
       </c>
       <c r="E348" t="s">
         <v>28</v>
       </c>
       <c r="F348">
         <v>2005</v>
       </c>
       <c r="G348"/>
       <c r="H348" t="s">
-        <v>55</v>
+        <v>53</v>
       </c>
     </row>
     <row r="349" spans="1:8">
       <c r="A349" t="s">
         <v>646</v>
       </c>
       <c r="B349" t="s">
         <v>647</v>
       </c>
       <c r="C349" t="s">
         <v>35</v>
       </c>
       <c r="D349" t="s">
         <v>63</v>
       </c>
       <c r="E349" t="s">
         <v>28</v>
       </c>
       <c r="F349">
         <v>2005</v>
       </c>
       <c r="G349"/>
       <c r="H349" t="s">
-        <v>55</v>
+        <v>53</v>
       </c>
     </row>
     <row r="350" spans="1:8">
       <c r="A350" t="s">
         <v>648</v>
       </c>
       <c r="B350" t="s">
         <v>649</v>
       </c>
       <c r="C350" t="s">
         <v>35</v>
       </c>
       <c r="D350" t="s">
         <v>63</v>
       </c>
       <c r="E350" t="s">
         <v>28</v>
       </c>
       <c r="F350">
         <v>2005</v>
       </c>
       <c r="G350"/>
       <c r="H350" t="s">
         <v>23</v>
       </c>
@@ -12014,75 +12014,75 @@
       <c r="H354" t="s">
         <v>85</v>
       </c>
     </row>
     <row r="355" spans="1:8">
       <c r="A355" t="s">
         <v>658</v>
       </c>
       <c r="B355" t="s">
         <v>659</v>
       </c>
       <c r="C355" t="s">
         <v>35</v>
       </c>
       <c r="D355" t="s">
         <v>63</v>
       </c>
       <c r="E355" t="s">
         <v>28</v>
       </c>
       <c r="F355">
         <v>2005</v>
       </c>
       <c r="G355"/>
       <c r="H355" t="s">
-        <v>37</v>
+        <v>36</v>
       </c>
     </row>
     <row r="356" spans="1:8">
       <c r="A356" t="s">
         <v>660</v>
       </c>
       <c r="B356" t="s">
         <v>661</v>
       </c>
       <c r="C356" t="s">
         <v>35</v>
       </c>
       <c r="D356" t="s">
         <v>63</v>
       </c>
       <c r="E356" t="s">
         <v>28</v>
       </c>
       <c r="F356">
         <v>2005</v>
       </c>
       <c r="G356"/>
       <c r="H356" t="s">
-        <v>37</v>
+        <v>36</v>
       </c>
     </row>
     <row r="357" spans="1:8">
       <c r="A357" t="s">
         <v>662</v>
       </c>
       <c r="B357" t="s">
         <v>663</v>
       </c>
       <c r="C357" t="s">
         <v>35</v>
       </c>
       <c r="D357" t="s">
         <v>63</v>
       </c>
       <c r="E357" t="s">
         <v>28</v>
       </c>
       <c r="F357">
         <v>2005</v>
       </c>
       <c r="G357"/>
       <c r="H357" t="s">
         <v>23</v>
       </c>
@@ -12350,99 +12350,99 @@
       <c r="H368" t="s">
         <v>69</v>
       </c>
     </row>
     <row r="369" spans="1:8">
       <c r="A369" t="s">
         <v>686</v>
       </c>
       <c r="B369" t="s">
         <v>687</v>
       </c>
       <c r="C369" t="s">
         <v>50</v>
       </c>
       <c r="D369" t="s">
         <v>63</v>
       </c>
       <c r="E369" t="s">
         <v>28</v>
       </c>
       <c r="F369">
         <v>2004</v>
       </c>
       <c r="G369"/>
       <c r="H369" t="s">
-        <v>45</v>
+        <v>44</v>
       </c>
     </row>
     <row r="370" spans="1:8">
       <c r="A370" t="s">
         <v>688</v>
       </c>
       <c r="B370" t="s">
         <v>689</v>
       </c>
       <c r="C370" t="s">
         <v>47</v>
       </c>
       <c r="D370" t="s">
         <v>63</v>
       </c>
       <c r="E370" t="s">
         <v>28</v>
       </c>
       <c r="F370">
         <v>2004</v>
       </c>
       <c r="G370"/>
       <c r="H370" t="s">
         <v>78</v>
       </c>
     </row>
     <row r="371" spans="1:8">
       <c r="A371" t="s">
         <v>690</v>
       </c>
       <c r="B371" t="s">
         <v>691</v>
       </c>
       <c r="C371" t="s">
         <v>35</v>
       </c>
       <c r="D371" t="s">
         <v>63</v>
       </c>
       <c r="E371" t="s">
         <v>28</v>
       </c>
       <c r="F371">
         <v>2004</v>
       </c>
       <c r="G371"/>
       <c r="H371" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
     </row>
     <row r="372" spans="1:8">
       <c r="A372" t="s">
         <v>692</v>
       </c>
       <c r="B372" t="s">
         <v>693</v>
       </c>
       <c r="C372" t="s">
         <v>35</v>
       </c>
       <c r="D372" t="s">
         <v>63</v>
       </c>
       <c r="E372" t="s">
         <v>28</v>
       </c>
       <c r="F372">
         <v>2004</v>
       </c>
       <c r="G372"/>
       <c r="H372" t="s">
         <v>90</v>
       </c>
@@ -12542,51 +12542,51 @@
       <c r="H376" t="s">
         <v>85</v>
       </c>
     </row>
     <row r="377" spans="1:8">
       <c r="A377" t="s">
         <v>702</v>
       </c>
       <c r="B377" t="s">
         <v>703</v>
       </c>
       <c r="C377" t="s">
         <v>35</v>
       </c>
       <c r="D377" t="s">
         <v>63</v>
       </c>
       <c r="E377" t="s">
         <v>28</v>
       </c>
       <c r="F377">
         <v>2004</v>
       </c>
       <c r="G377"/>
       <c r="H377" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
     </row>
     <row r="378" spans="1:8">
       <c r="A378" t="s">
         <v>704</v>
       </c>
       <c r="B378" t="s">
         <v>705</v>
       </c>
       <c r="C378" t="s">
         <v>35</v>
       </c>
       <c r="D378" t="s">
         <v>63</v>
       </c>
       <c r="E378" t="s">
         <v>28</v>
       </c>
       <c r="F378">
         <v>2004</v>
       </c>
       <c r="G378"/>
       <c r="H378" t="s">
         <v>85</v>
       </c>
@@ -13114,51 +13114,51 @@
       <c r="H400" t="s">
         <v>85</v>
       </c>
     </row>
     <row r="401" spans="1:8">
       <c r="A401" t="s">
         <v>750</v>
       </c>
       <c r="B401" t="s">
         <v>751</v>
       </c>
       <c r="C401" t="s">
         <v>35</v>
       </c>
       <c r="D401" t="s">
         <v>63</v>
       </c>
       <c r="E401" t="s">
         <v>28</v>
       </c>
       <c r="F401">
         <v>2003</v>
       </c>
       <c r="G401"/>
       <c r="H401" t="s">
-        <v>37</v>
+        <v>36</v>
       </c>
     </row>
     <row r="402" spans="1:8">
       <c r="A402" t="s">
         <v>752</v>
       </c>
       <c r="B402" t="s">
         <v>753</v>
       </c>
       <c r="C402" t="s">
         <v>47</v>
       </c>
       <c r="D402" t="s">
         <v>63</v>
       </c>
       <c r="E402" t="s">
         <v>28</v>
       </c>
       <c r="F402">
         <v>2003</v>
       </c>
       <c r="G402"/>
       <c r="H402" t="s">
         <v>23</v>
       </c>
@@ -13350,147 +13350,147 @@
       <c r="H410" t="s">
         <v>90</v>
       </c>
     </row>
     <row r="411" spans="1:8">
       <c r="A411" t="s">
         <v>770</v>
       </c>
       <c r="B411" t="s">
         <v>771</v>
       </c>
       <c r="C411" t="s">
         <v>47</v>
       </c>
       <c r="D411" t="s">
         <v>63</v>
       </c>
       <c r="E411" t="s">
         <v>28</v>
       </c>
       <c r="F411">
         <v>2002</v>
       </c>
       <c r="G411"/>
       <c r="H411" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
     </row>
     <row r="412" spans="1:8">
       <c r="A412" t="s">
         <v>772</v>
       </c>
       <c r="B412" t="s">
         <v>773</v>
       </c>
       <c r="C412" t="s">
         <v>47</v>
       </c>
       <c r="D412" t="s">
         <v>63</v>
       </c>
       <c r="E412" t="s">
         <v>28</v>
       </c>
       <c r="F412">
         <v>2002</v>
       </c>
       <c r="G412"/>
       <c r="H412" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
     </row>
     <row r="413" spans="1:8">
       <c r="A413" t="s">
         <v>774</v>
       </c>
       <c r="B413" t="s">
         <v>775</v>
       </c>
       <c r="C413" t="s">
         <v>35</v>
       </c>
       <c r="D413" t="s">
         <v>63</v>
       </c>
       <c r="E413" t="s">
         <v>28</v>
       </c>
       <c r="F413">
         <v>2002</v>
       </c>
       <c r="G413"/>
       <c r="H413" t="s">
-        <v>37</v>
+        <v>36</v>
       </c>
     </row>
     <row r="414" spans="1:8">
       <c r="A414" t="s">
         <v>776</v>
       </c>
       <c r="B414" t="s">
         <v>777</v>
       </c>
       <c r="C414" t="s">
         <v>35</v>
       </c>
       <c r="D414" t="s">
         <v>63</v>
       </c>
       <c r="E414" t="s">
         <v>28</v>
       </c>
       <c r="F414">
         <v>2002</v>
       </c>
       <c r="G414"/>
       <c r="H414" t="s">
-        <v>45</v>
+        <v>44</v>
       </c>
     </row>
     <row r="415" spans="1:8">
       <c r="A415" t="s">
         <v>778</v>
       </c>
       <c r="B415" t="s">
         <v>779</v>
       </c>
       <c r="C415" t="s">
         <v>35</v>
       </c>
       <c r="D415" t="s">
         <v>63</v>
       </c>
       <c r="E415" t="s">
         <v>28</v>
       </c>
       <c r="F415">
         <v>2002</v>
       </c>
       <c r="G415"/>
       <c r="H415" t="s">
-        <v>45</v>
+        <v>44</v>
       </c>
     </row>
     <row r="416" spans="1:8">
       <c r="A416" t="s">
         <v>780</v>
       </c>
       <c r="B416" t="s">
         <v>781</v>
       </c>
       <c r="C416" t="s">
         <v>35</v>
       </c>
       <c r="D416" t="s">
         <v>63</v>
       </c>
       <c r="E416" t="s">
         <v>28</v>
       </c>
       <c r="F416">
         <v>2002</v>
       </c>
       <c r="G416"/>
       <c r="H416" t="s">
         <v>90</v>
       </c>
@@ -13590,51 +13590,51 @@
       <c r="H420" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="421" spans="1:8">
       <c r="A421" t="s">
         <v>790</v>
       </c>
       <c r="B421" t="s">
         <v>791</v>
       </c>
       <c r="C421" t="s">
         <v>35</v>
       </c>
       <c r="D421" t="s">
         <v>63</v>
       </c>
       <c r="E421" t="s">
         <v>28</v>
       </c>
       <c r="F421">
         <v>2001</v>
       </c>
       <c r="G421"/>
       <c r="H421" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
     </row>
     <row r="422" spans="1:8">
       <c r="A422" t="s">
         <v>792</v>
       </c>
       <c r="B422" t="s">
         <v>793</v>
       </c>
       <c r="C422" t="s">
         <v>35</v>
       </c>
       <c r="D422" t="s">
         <v>63</v>
       </c>
       <c r="E422" t="s">
         <v>28</v>
       </c>
       <c r="F422">
         <v>2001</v>
       </c>
       <c r="G422"/>
       <c r="H422" t="s">
         <v>90</v>
       </c>
@@ -13662,123 +13662,123 @@
       <c r="H423" t="s">
         <v>90</v>
       </c>
     </row>
     <row r="424" spans="1:8">
       <c r="A424" t="s">
         <v>796</v>
       </c>
       <c r="B424" t="s">
         <v>797</v>
       </c>
       <c r="C424" t="s">
         <v>47</v>
       </c>
       <c r="D424" t="s">
         <v>63</v>
       </c>
       <c r="E424" t="s">
         <v>28</v>
       </c>
       <c r="F424">
         <v>2001</v>
       </c>
       <c r="G424"/>
       <c r="H424" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
     </row>
     <row r="425" spans="1:8">
       <c r="A425" t="s">
         <v>798</v>
       </c>
       <c r="B425" t="s">
         <v>799</v>
       </c>
       <c r="C425" t="s">
         <v>35</v>
       </c>
       <c r="D425" t="s">
         <v>63</v>
       </c>
       <c r="E425" t="s">
         <v>28</v>
       </c>
       <c r="F425">
         <v>2001</v>
       </c>
       <c r="G425"/>
       <c r="H425" t="s">
-        <v>37</v>
+        <v>36</v>
       </c>
     </row>
     <row r="426" spans="1:8">
       <c r="A426" t="s">
         <v>800</v>
       </c>
       <c r="B426" t="s">
         <v>801</v>
       </c>
       <c r="C426" t="s">
         <v>35</v>
       </c>
       <c r="D426" t="s">
         <v>63</v>
       </c>
       <c r="E426" t="s">
         <v>28</v>
       </c>
       <c r="F426">
         <v>2001</v>
       </c>
       <c r="G426"/>
       <c r="H426" t="s">
         <v>78</v>
       </c>
     </row>
     <row r="427" spans="1:8">
       <c r="A427" t="s">
         <v>802</v>
       </c>
       <c r="B427" t="s">
         <v>803</v>
       </c>
       <c r="C427" t="s">
         <v>35</v>
       </c>
       <c r="D427" t="s">
         <v>63</v>
       </c>
       <c r="E427" t="s">
         <v>28</v>
       </c>
       <c r="F427">
         <v>2001</v>
       </c>
       <c r="G427"/>
       <c r="H427" t="s">
-        <v>37</v>
+        <v>36</v>
       </c>
     </row>
     <row r="428" spans="1:8">
       <c r="A428" t="s">
         <v>804</v>
       </c>
       <c r="B428" t="s">
         <v>805</v>
       </c>
       <c r="C428" t="s">
         <v>35</v>
       </c>
       <c r="D428" t="s">
         <v>63</v>
       </c>
       <c r="E428" t="s">
         <v>28</v>
       </c>
       <c r="F428">
         <v>2001</v>
       </c>
       <c r="G428"/>
       <c r="H428" t="s">
         <v>69</v>
       </c>
@@ -13878,51 +13878,51 @@
       <c r="H432" t="s">
         <v>85</v>
       </c>
     </row>
     <row r="433" spans="1:8">
       <c r="A433" t="s">
         <v>814</v>
       </c>
       <c r="B433" t="s">
         <v>815</v>
       </c>
       <c r="C433" t="s">
         <v>50</v>
       </c>
       <c r="D433" t="s">
         <v>63</v>
       </c>
       <c r="E433" t="s">
         <v>28</v>
       </c>
       <c r="F433">
         <v>2001</v>
       </c>
       <c r="G433"/>
       <c r="H433" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
     </row>
     <row r="434" spans="1:8">
       <c r="A434" t="s">
         <v>816</v>
       </c>
       <c r="B434" t="s">
         <v>817</v>
       </c>
       <c r="C434"/>
       <c r="D434" t="s">
         <v>486</v>
       </c>
       <c r="E434" t="s">
         <v>10</v>
       </c>
       <c r="F434">
         <v>2000</v>
       </c>
       <c r="G434" t="s">
         <v>66</v>
       </c>
       <c r="H434"/>
     </row>
     <row r="435" spans="1:8">
@@ -14066,51 +14066,51 @@
       <c r="H440" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="441" spans="1:8">
       <c r="A441" t="s">
         <v>830</v>
       </c>
       <c r="B441" t="s">
         <v>831</v>
       </c>
       <c r="C441" t="s">
         <v>35</v>
       </c>
       <c r="D441" t="s">
         <v>63</v>
       </c>
       <c r="E441" t="s">
         <v>28</v>
       </c>
       <c r="F441">
         <v>2000</v>
       </c>
       <c r="G441"/>
       <c r="H441" t="s">
-        <v>37</v>
+        <v>36</v>
       </c>
     </row>
     <row r="442" spans="1:8">
       <c r="A442" t="s">
         <v>832</v>
       </c>
       <c r="B442" t="s">
         <v>833</v>
       </c>
       <c r="C442" t="s">
         <v>35</v>
       </c>
       <c r="D442" t="s">
         <v>63</v>
       </c>
       <c r="E442" t="s">
         <v>28</v>
       </c>
       <c r="F442">
         <v>2000</v>
       </c>
       <c r="G442"/>
       <c r="H442" t="s">
         <v>23</v>
       </c>
@@ -14276,123 +14276,123 @@
       <c r="H449" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="450" spans="1:8">
       <c r="A450" t="s">
         <v>848</v>
       </c>
       <c r="B450" t="s">
         <v>849</v>
       </c>
       <c r="C450" t="s">
         <v>35</v>
       </c>
       <c r="D450" t="s">
         <v>63</v>
       </c>
       <c r="E450" t="s">
         <v>28</v>
       </c>
       <c r="F450">
         <v>1999</v>
       </c>
       <c r="G450"/>
       <c r="H450" t="s">
-        <v>37</v>
+        <v>36</v>
       </c>
     </row>
     <row r="451" spans="1:8">
       <c r="A451" t="s">
         <v>850</v>
       </c>
       <c r="B451" t="s">
         <v>851</v>
       </c>
       <c r="C451" t="s">
         <v>35</v>
       </c>
       <c r="D451" t="s">
         <v>63</v>
       </c>
       <c r="E451" t="s">
         <v>28</v>
       </c>
       <c r="F451">
         <v>1999</v>
       </c>
       <c r="G451"/>
       <c r="H451" t="s">
-        <v>37</v>
+        <v>36</v>
       </c>
     </row>
     <row r="452" spans="1:8">
       <c r="A452" t="s">
         <v>852</v>
       </c>
       <c r="B452" t="s">
         <v>853</v>
       </c>
       <c r="C452" t="s">
         <v>35</v>
       </c>
       <c r="D452" t="s">
         <v>63</v>
       </c>
       <c r="E452" t="s">
         <v>28</v>
       </c>
       <c r="F452">
         <v>1999</v>
       </c>
       <c r="G452"/>
       <c r="H452" t="s">
-        <v>37</v>
+        <v>36</v>
       </c>
     </row>
     <row r="453" spans="1:8">
       <c r="A453" t="s">
         <v>854</v>
       </c>
       <c r="B453" t="s">
         <v>855</v>
       </c>
       <c r="C453" t="s">
         <v>35</v>
       </c>
       <c r="D453" t="s">
         <v>63</v>
       </c>
       <c r="E453" t="s">
         <v>28</v>
       </c>
       <c r="F453">
         <v>1999</v>
       </c>
       <c r="G453"/>
       <c r="H453" t="s">
-        <v>45</v>
+        <v>44</v>
       </c>
     </row>
     <row r="454" spans="1:8">
       <c r="A454" t="s">
         <v>856</v>
       </c>
       <c r="B454" t="s">
         <v>857</v>
       </c>
       <c r="C454" t="s">
         <v>35</v>
       </c>
       <c r="D454" t="s">
         <v>63</v>
       </c>
       <c r="E454" t="s">
         <v>28</v>
       </c>
       <c r="F454">
         <v>1999</v>
       </c>
       <c r="G454"/>
       <c r="H454" t="s">
         <v>90</v>
       </c>
@@ -14588,75 +14588,75 @@
       <c r="H462" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="463" spans="1:8">
       <c r="A463" t="s">
         <v>874</v>
       </c>
       <c r="B463" t="s">
         <v>875</v>
       </c>
       <c r="C463" t="s">
         <v>35</v>
       </c>
       <c r="D463" t="s">
         <v>63</v>
       </c>
       <c r="E463" t="s">
         <v>28</v>
       </c>
       <c r="F463">
         <v>1999</v>
       </c>
       <c r="G463"/>
       <c r="H463" t="s">
-        <v>45</v>
+        <v>44</v>
       </c>
     </row>
     <row r="464" spans="1:8">
       <c r="A464" t="s">
         <v>876</v>
       </c>
       <c r="B464" t="s">
         <v>877</v>
       </c>
       <c r="C464" t="s">
         <v>35</v>
       </c>
       <c r="D464" t="s">
         <v>63</v>
       </c>
       <c r="E464" t="s">
         <v>28</v>
       </c>
       <c r="F464">
         <v>1999</v>
       </c>
       <c r="G464"/>
       <c r="H464" t="s">
-        <v>45</v>
+        <v>44</v>
       </c>
     </row>
     <row r="465" spans="1:8">
       <c r="A465" t="s">
         <v>878</v>
       </c>
       <c r="B465" t="s">
         <v>879</v>
       </c>
       <c r="C465" t="s">
         <v>35</v>
       </c>
       <c r="D465" t="s">
         <v>63</v>
       </c>
       <c r="E465" t="s">
         <v>28</v>
       </c>
       <c r="F465">
         <v>1999</v>
       </c>
       <c r="G465"/>
       <c r="H465" t="s">
         <v>16</v>
       </c>
@@ -14706,263 +14706,263 @@
       </c>
       <c r="G467"/>
       <c r="H467" t="s">
         <v>114</v>
       </c>
     </row>
     <row r="468" spans="1:8">
       <c r="A468" t="s">
         <v>884</v>
       </c>
       <c r="B468" t="s">
         <v>885</v>
       </c>
       <c r="C468"/>
       <c r="D468" t="s">
         <v>22</v>
       </c>
       <c r="E468" t="s">
         <v>19</v>
       </c>
       <c r="F468">
         <v>1998</v>
       </c>
       <c r="G468"/>
       <c r="H468" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
     </row>
     <row r="469" spans="1:8">
       <c r="A469" t="s">
         <v>886</v>
       </c>
       <c r="B469" t="s">
         <v>887</v>
       </c>
       <c r="C469"/>
       <c r="D469" t="s">
         <v>22</v>
       </c>
       <c r="E469" t="s">
         <v>19</v>
       </c>
       <c r="F469">
         <v>1998</v>
       </c>
       <c r="G469"/>
       <c r="H469" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
     </row>
     <row r="470" spans="1:8">
       <c r="A470" t="s">
         <v>888</v>
       </c>
       <c r="B470" t="s">
         <v>889</v>
       </c>
       <c r="C470"/>
       <c r="D470" t="s">
         <v>22</v>
       </c>
       <c r="E470" t="s">
         <v>19</v>
       </c>
       <c r="F470">
         <v>1998</v>
       </c>
       <c r="G470"/>
       <c r="H470" t="s">
         <v>78</v>
       </c>
     </row>
     <row r="471" spans="1:8">
       <c r="A471" t="s">
         <v>890</v>
       </c>
       <c r="B471" t="s">
         <v>891</v>
       </c>
       <c r="C471" t="s">
         <v>35</v>
       </c>
       <c r="D471" t="s">
         <v>63</v>
       </c>
       <c r="E471" t="s">
         <v>28</v>
       </c>
       <c r="F471">
         <v>1998</v>
       </c>
       <c r="G471"/>
       <c r="H471" t="s">
-        <v>37</v>
+        <v>36</v>
       </c>
     </row>
     <row r="472" spans="1:8">
       <c r="A472" t="s">
         <v>892</v>
       </c>
       <c r="B472" t="s">
         <v>893</v>
       </c>
       <c r="C472" t="s">
         <v>50</v>
       </c>
       <c r="D472" t="s">
         <v>63</v>
       </c>
       <c r="E472" t="s">
         <v>28</v>
       </c>
       <c r="F472">
         <v>1998</v>
       </c>
       <c r="G472"/>
       <c r="H472" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="473" spans="1:8">
       <c r="A473" t="s">
         <v>894</v>
       </c>
       <c r="B473" t="s">
         <v>895</v>
       </c>
       <c r="C473" t="s">
         <v>35</v>
       </c>
       <c r="D473" t="s">
         <v>63</v>
       </c>
       <c r="E473" t="s">
         <v>28</v>
       </c>
       <c r="F473">
         <v>1998</v>
       </c>
       <c r="G473"/>
       <c r="H473" t="s">
-        <v>37</v>
+        <v>36</v>
       </c>
     </row>
     <row r="474" spans="1:8">
       <c r="A474" t="s">
         <v>896</v>
       </c>
       <c r="B474" t="s">
         <v>897</v>
       </c>
       <c r="C474" t="s">
         <v>35</v>
       </c>
       <c r="D474" t="s">
         <v>63</v>
       </c>
       <c r="E474" t="s">
         <v>28</v>
       </c>
       <c r="F474">
         <v>1998</v>
       </c>
       <c r="G474"/>
       <c r="H474" t="s">
-        <v>37</v>
+        <v>36</v>
       </c>
     </row>
     <row r="475" spans="1:8">
       <c r="A475" t="s">
         <v>898</v>
       </c>
       <c r="B475" t="s">
         <v>899</v>
       </c>
       <c r="C475" t="s">
         <v>35</v>
       </c>
       <c r="D475" t="s">
         <v>63</v>
       </c>
       <c r="E475" t="s">
         <v>28</v>
       </c>
       <c r="F475">
         <v>1998</v>
       </c>
       <c r="G475"/>
       <c r="H475" t="s">
-        <v>37</v>
+        <v>36</v>
       </c>
     </row>
     <row r="476" spans="1:8">
       <c r="A476" t="s">
         <v>900</v>
       </c>
       <c r="B476" t="s">
         <v>901</v>
       </c>
       <c r="C476" t="s">
         <v>35</v>
       </c>
       <c r="D476" t="s">
         <v>63</v>
       </c>
       <c r="E476" t="s">
         <v>28</v>
       </c>
       <c r="F476">
         <v>1998</v>
       </c>
       <c r="G476"/>
       <c r="H476" t="s">
-        <v>37</v>
+        <v>36</v>
       </c>
     </row>
     <row r="477" spans="1:8">
       <c r="A477" t="s">
         <v>902</v>
       </c>
       <c r="B477" t="s">
         <v>903</v>
       </c>
       <c r="C477" t="s">
         <v>35</v>
       </c>
       <c r="D477" t="s">
         <v>63</v>
       </c>
       <c r="E477" t="s">
         <v>28</v>
       </c>
       <c r="F477">
         <v>1998</v>
       </c>
       <c r="G477"/>
       <c r="H477" t="s">
-        <v>37</v>
+        <v>36</v>
       </c>
     </row>
     <row r="478" spans="1:8">
       <c r="A478" t="s">
         <v>904</v>
       </c>
       <c r="B478" t="s">
         <v>905</v>
       </c>
       <c r="C478" t="s">
         <v>35</v>
       </c>
       <c r="D478" t="s">
         <v>63</v>
       </c>
       <c r="E478" t="s">
         <v>28</v>
       </c>
       <c r="F478">
         <v>1998</v>
       </c>
       <c r="G478"/>
       <c r="H478" t="s">
         <v>114</v>
       </c>
@@ -15062,51 +15062,51 @@
       <c r="H482" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="483" spans="1:8">
       <c r="A483" t="s">
         <v>914</v>
       </c>
       <c r="B483" t="s">
         <v>915</v>
       </c>
       <c r="C483" t="s">
         <v>35</v>
       </c>
       <c r="D483" t="s">
         <v>63</v>
       </c>
       <c r="E483" t="s">
         <v>28</v>
       </c>
       <c r="F483">
         <v>1997</v>
       </c>
       <c r="G483"/>
       <c r="H483" t="s">
-        <v>45</v>
+        <v>44</v>
       </c>
     </row>
     <row r="484" spans="1:8">
       <c r="A484" t="s">
         <v>916</v>
       </c>
       <c r="B484" t="s">
         <v>917</v>
       </c>
       <c r="C484" t="s">
         <v>35</v>
       </c>
       <c r="D484" t="s">
         <v>63</v>
       </c>
       <c r="E484" t="s">
         <v>28</v>
       </c>
       <c r="F484">
         <v>1997</v>
       </c>
       <c r="G484"/>
       <c r="H484" t="s">
         <v>69</v>
       </c>
@@ -15158,145 +15158,145 @@
       <c r="H486" t="s">
         <v>85</v>
       </c>
     </row>
     <row r="487" spans="1:8">
       <c r="A487" t="s">
         <v>922</v>
       </c>
       <c r="B487" t="s">
         <v>923</v>
       </c>
       <c r="C487" t="s">
         <v>35</v>
       </c>
       <c r="D487" t="s">
         <v>63</v>
       </c>
       <c r="E487" t="s">
         <v>28</v>
       </c>
       <c r="F487">
         <v>1997</v>
       </c>
       <c r="G487"/>
       <c r="H487" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
     </row>
     <row r="488" spans="1:8">
       <c r="A488" t="s">
         <v>924</v>
       </c>
       <c r="B488" t="s">
         <v>925</v>
       </c>
       <c r="C488" t="s">
         <v>35</v>
       </c>
       <c r="D488" t="s">
         <v>63</v>
       </c>
       <c r="E488" t="s">
         <v>28</v>
       </c>
       <c r="F488">
         <v>1997</v>
       </c>
       <c r="G488"/>
       <c r="H488" t="s">
         <v>114</v>
       </c>
     </row>
     <row r="489" spans="1:8">
       <c r="A489" t="s">
         <v>926</v>
       </c>
       <c r="B489" t="s">
         <v>927</v>
       </c>
       <c r="C489"/>
       <c r="D489" t="s">
         <v>22</v>
       </c>
       <c r="E489" t="s">
         <v>19</v>
       </c>
       <c r="F489">
         <v>1996</v>
       </c>
       <c r="G489"/>
       <c r="H489" t="s">
-        <v>37</v>
+        <v>36</v>
       </c>
     </row>
     <row r="490" spans="1:8">
       <c r="A490" t="s">
         <v>928</v>
       </c>
       <c r="B490" t="s">
         <v>929</v>
       </c>
       <c r="C490" t="s">
         <v>35</v>
       </c>
       <c r="D490" t="s">
         <v>63</v>
       </c>
       <c r="E490" t="s">
         <v>28</v>
       </c>
       <c r="F490">
         <v>1996</v>
       </c>
       <c r="G490"/>
       <c r="H490" t="s">
         <v>90</v>
       </c>
     </row>
     <row r="491" spans="1:8">
       <c r="A491" t="s">
         <v>930</v>
       </c>
       <c r="B491" t="s">
         <v>931</v>
       </c>
       <c r="C491" t="s">
         <v>35</v>
       </c>
       <c r="D491" t="s">
         <v>63</v>
       </c>
       <c r="E491" t="s">
         <v>28</v>
       </c>
       <c r="F491">
         <v>1996</v>
       </c>
       <c r="G491"/>
       <c r="H491" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
     </row>
     <row r="492" spans="1:8">
       <c r="A492" t="s">
         <v>932</v>
       </c>
       <c r="B492" t="s">
         <v>933</v>
       </c>
       <c r="C492" t="s">
         <v>35</v>
       </c>
       <c r="D492" t="s">
         <v>63</v>
       </c>
       <c r="E492" t="s">
         <v>28</v>
       </c>
       <c r="F492">
         <v>1996</v>
       </c>
       <c r="G492"/>
       <c r="H492" t="s">
         <v>85</v>
       </c>
@@ -15324,99 +15324,99 @@
       <c r="H493" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="494" spans="1:8">
       <c r="A494" t="s">
         <v>936</v>
       </c>
       <c r="B494" t="s">
         <v>937</v>
       </c>
       <c r="C494" t="s">
         <v>35</v>
       </c>
       <c r="D494" t="s">
         <v>63</v>
       </c>
       <c r="E494" t="s">
         <v>28</v>
       </c>
       <c r="F494">
         <v>1996</v>
       </c>
       <c r="G494"/>
       <c r="H494" t="s">
-        <v>37</v>
+        <v>36</v>
       </c>
     </row>
     <row r="495" spans="1:8">
       <c r="A495" t="s">
         <v>938</v>
       </c>
       <c r="B495" t="s">
         <v>939</v>
       </c>
       <c r="C495" t="s">
         <v>35</v>
       </c>
       <c r="D495" t="s">
         <v>63</v>
       </c>
       <c r="E495" t="s">
         <v>28</v>
       </c>
       <c r="F495">
         <v>1996</v>
       </c>
       <c r="G495"/>
       <c r="H495" t="s">
-        <v>37</v>
+        <v>36</v>
       </c>
     </row>
     <row r="496" spans="1:8">
       <c r="A496" t="s">
         <v>940</v>
       </c>
       <c r="B496" t="s">
         <v>941</v>
       </c>
       <c r="C496" t="s">
         <v>35</v>
       </c>
       <c r="D496" t="s">
         <v>63</v>
       </c>
       <c r="E496" t="s">
         <v>28</v>
       </c>
       <c r="F496">
         <v>1996</v>
       </c>
       <c r="G496"/>
       <c r="H496" t="s">
-        <v>37</v>
+        <v>36</v>
       </c>
     </row>
     <row r="497" spans="1:8">
       <c r="A497" t="s">
         <v>942</v>
       </c>
       <c r="B497" t="s">
         <v>943</v>
       </c>
       <c r="C497" t="s">
         <v>35</v>
       </c>
       <c r="D497" t="s">
         <v>63</v>
       </c>
       <c r="E497" t="s">
         <v>28</v>
       </c>
       <c r="F497">
         <v>1996</v>
       </c>
       <c r="G497"/>
       <c r="H497" t="s">
         <v>145</v>
       </c>
@@ -15558,51 +15558,51 @@
       <c r="H503" t="s">
         <v>90</v>
       </c>
     </row>
     <row r="504" spans="1:8">
       <c r="A504" t="s">
         <v>956</v>
       </c>
       <c r="B504" t="s">
         <v>957</v>
       </c>
       <c r="C504" t="s">
         <v>35</v>
       </c>
       <c r="D504" t="s">
         <v>63</v>
       </c>
       <c r="E504" t="s">
         <v>28</v>
       </c>
       <c r="F504">
         <v>1995</v>
       </c>
       <c r="G504"/>
       <c r="H504" t="s">
-        <v>37</v>
+        <v>36</v>
       </c>
     </row>
     <row r="505" spans="1:8">
       <c r="A505" t="s">
         <v>958</v>
       </c>
       <c r="B505" t="s">
         <v>959</v>
       </c>
       <c r="C505" t="s">
         <v>35</v>
       </c>
       <c r="D505" t="s">
         <v>63</v>
       </c>
       <c r="E505" t="s">
         <v>28</v>
       </c>
       <c r="F505">
         <v>1995</v>
       </c>
       <c r="G505"/>
       <c r="H505" t="s">
         <v>85</v>
       </c>
@@ -15624,123 +15624,123 @@
       </c>
       <c r="G506" t="s">
         <v>66</v>
       </c>
       <c r="H506"/>
     </row>
     <row r="507" spans="1:8">
       <c r="A507" t="s">
         <v>962</v>
       </c>
       <c r="B507" t="s">
         <v>963</v>
       </c>
       <c r="C507"/>
       <c r="D507" t="s">
         <v>22</v>
       </c>
       <c r="E507" t="s">
         <v>19</v>
       </c>
       <c r="F507">
         <v>1994</v>
       </c>
       <c r="G507"/>
       <c r="H507" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
     </row>
     <row r="508" spans="1:8">
       <c r="A508" t="s">
         <v>964</v>
       </c>
       <c r="B508" t="s">
         <v>965</v>
       </c>
       <c r="C508" t="s">
         <v>35</v>
       </c>
       <c r="D508" t="s">
         <v>63</v>
       </c>
       <c r="E508" t="s">
         <v>28</v>
       </c>
       <c r="F508">
         <v>1994</v>
       </c>
       <c r="G508"/>
       <c r="H508" t="s">
         <v>90</v>
       </c>
     </row>
     <row r="509" spans="1:8">
       <c r="A509" t="s">
         <v>966</v>
       </c>
       <c r="B509" t="s">
         <v>967</v>
       </c>
       <c r="C509" t="s">
         <v>35</v>
       </c>
       <c r="D509" t="s">
         <v>63</v>
       </c>
       <c r="E509" t="s">
         <v>28</v>
       </c>
       <c r="F509">
         <v>1994</v>
       </c>
       <c r="G509"/>
       <c r="H509" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
     </row>
     <row r="510" spans="1:8">
       <c r="A510" t="s">
         <v>968</v>
       </c>
       <c r="B510" t="s">
         <v>969</v>
       </c>
       <c r="C510" t="s">
         <v>35</v>
       </c>
       <c r="D510" t="s">
         <v>63</v>
       </c>
       <c r="E510" t="s">
         <v>28</v>
       </c>
       <c r="F510">
         <v>1994</v>
       </c>
       <c r="G510"/>
       <c r="H510" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
     </row>
     <row r="511" spans="1:8">
       <c r="A511" t="s">
         <v>970</v>
       </c>
       <c r="B511" t="s">
         <v>971</v>
       </c>
       <c r="C511" t="s">
         <v>35</v>
       </c>
       <c r="D511" t="s">
         <v>63</v>
       </c>
       <c r="E511" t="s">
         <v>28</v>
       </c>
       <c r="F511">
         <v>1994</v>
       </c>
       <c r="G511"/>
       <c r="H511" t="s">
         <v>23</v>
       </c>
@@ -15936,51 +15936,51 @@
       <c r="H519" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="520" spans="1:8">
       <c r="A520" t="s">
         <v>988</v>
       </c>
       <c r="B520" t="s">
         <v>989</v>
       </c>
       <c r="C520" t="s">
         <v>35</v>
       </c>
       <c r="D520" t="s">
         <v>63</v>
       </c>
       <c r="E520" t="s">
         <v>28</v>
       </c>
       <c r="F520">
         <v>1994</v>
       </c>
       <c r="G520"/>
       <c r="H520" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
     </row>
     <row r="521" spans="1:8">
       <c r="A521" t="s">
         <v>990</v>
       </c>
       <c r="B521" t="s">
         <v>991</v>
       </c>
       <c r="C521" t="s">
         <v>35</v>
       </c>
       <c r="D521" t="s">
         <v>63</v>
       </c>
       <c r="E521" t="s">
         <v>28</v>
       </c>
       <c r="F521">
         <v>1994</v>
       </c>
       <c r="G521"/>
       <c r="H521" t="s">
         <v>114</v>
       </c>
@@ -16176,51 +16176,51 @@
       <c r="H529" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="530" spans="1:8">
       <c r="A530" t="s">
         <v>1008</v>
       </c>
       <c r="B530" t="s">
         <v>1009</v>
       </c>
       <c r="C530" t="s">
         <v>35</v>
       </c>
       <c r="D530" t="s">
         <v>63</v>
       </c>
       <c r="E530" t="s">
         <v>28</v>
       </c>
       <c r="F530">
         <v>1994</v>
       </c>
       <c r="G530"/>
       <c r="H530" t="s">
-        <v>37</v>
+        <v>36</v>
       </c>
     </row>
     <row r="531" spans="1:8">
       <c r="A531" t="s">
         <v>1010</v>
       </c>
       <c r="B531" t="s">
         <v>1011</v>
       </c>
       <c r="C531" t="s">
         <v>35</v>
       </c>
       <c r="D531" t="s">
         <v>63</v>
       </c>
       <c r="E531" t="s">
         <v>28</v>
       </c>
       <c r="F531">
         <v>1994</v>
       </c>
       <c r="G531"/>
       <c r="H531" t="s">
         <v>23</v>
       </c>
@@ -16386,219 +16386,219 @@
       <c r="H538" t="s">
         <v>90</v>
       </c>
     </row>
     <row r="539" spans="1:8">
       <c r="A539" t="s">
         <v>1026</v>
       </c>
       <c r="B539" t="s">
         <v>1027</v>
       </c>
       <c r="C539" t="s">
         <v>35</v>
       </c>
       <c r="D539" t="s">
         <v>63</v>
       </c>
       <c r="E539" t="s">
         <v>28</v>
       </c>
       <c r="F539">
         <v>1992</v>
       </c>
       <c r="G539"/>
       <c r="H539" t="s">
-        <v>37</v>
+        <v>36</v>
       </c>
     </row>
     <row r="540" spans="1:8">
       <c r="A540" t="s">
         <v>1028</v>
       </c>
       <c r="B540" t="s">
         <v>1029</v>
       </c>
       <c r="C540" t="s">
         <v>47</v>
       </c>
       <c r="D540" t="s">
         <v>63</v>
       </c>
       <c r="E540" t="s">
         <v>28</v>
       </c>
       <c r="F540">
         <v>1992</v>
       </c>
       <c r="G540"/>
       <c r="H540" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
     </row>
     <row r="541" spans="1:8">
       <c r="A541" t="s">
         <v>1030</v>
       </c>
       <c r="B541" t="s">
         <v>1031</v>
       </c>
       <c r="C541" t="s">
         <v>35</v>
       </c>
       <c r="D541" t="s">
         <v>63</v>
       </c>
       <c r="E541" t="s">
         <v>28</v>
       </c>
       <c r="F541">
         <v>1992</v>
       </c>
       <c r="G541"/>
       <c r="H541" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="542" spans="1:8">
       <c r="A542" t="s">
         <v>1032</v>
       </c>
       <c r="B542" t="s">
         <v>1033</v>
       </c>
       <c r="C542" t="s">
         <v>35</v>
       </c>
       <c r="D542" t="s">
         <v>63</v>
       </c>
       <c r="E542" t="s">
         <v>28</v>
       </c>
       <c r="F542">
         <v>1992</v>
       </c>
       <c r="G542"/>
       <c r="H542" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
     </row>
     <row r="543" spans="1:8">
       <c r="A543" t="s">
         <v>1034</v>
       </c>
       <c r="B543" t="s">
         <v>1035</v>
       </c>
       <c r="C543" t="s">
         <v>368</v>
       </c>
       <c r="D543" t="s">
         <v>369</v>
       </c>
       <c r="E543" t="s">
         <v>28</v>
       </c>
       <c r="F543">
         <v>1992</v>
       </c>
       <c r="G543" t="s">
         <v>15</v>
       </c>
       <c r="H543"/>
     </row>
     <row r="544" spans="1:8">
       <c r="A544" t="s">
         <v>1036</v>
       </c>
       <c r="B544" t="s">
         <v>1037</v>
       </c>
       <c r="C544" t="s">
         <v>35</v>
       </c>
       <c r="D544" t="s">
         <v>63</v>
       </c>
       <c r="E544" t="s">
         <v>28</v>
       </c>
       <c r="F544">
         <v>1991</v>
       </c>
       <c r="G544"/>
       <c r="H544" t="s">
-        <v>37</v>
+        <v>36</v>
       </c>
     </row>
     <row r="545" spans="1:8">
       <c r="A545" t="s">
         <v>1038</v>
       </c>
       <c r="B545" t="s">
         <v>1039</v>
       </c>
       <c r="C545" t="s">
         <v>35</v>
       </c>
       <c r="D545" t="s">
         <v>63</v>
       </c>
       <c r="E545" t="s">
         <v>28</v>
       </c>
       <c r="F545">
         <v>1990</v>
       </c>
       <c r="G545"/>
       <c r="H545" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="546" spans="1:8">
       <c r="A546" t="s">
         <v>1040</v>
       </c>
       <c r="B546" t="s">
         <v>1041</v>
       </c>
       <c r="C546" t="s">
         <v>35</v>
       </c>
       <c r="D546" t="s">
         <v>63</v>
       </c>
       <c r="E546" t="s">
         <v>28</v>
       </c>
       <c r="F546">
         <v>1989</v>
       </c>
       <c r="G546"/>
       <c r="H546" t="s">
-        <v>37</v>
+        <v>36</v>
       </c>
     </row>
     <row r="547" spans="1:8">
       <c r="A547" t="s">
         <v>1042</v>
       </c>
       <c r="B547" t="s">
         <v>1043</v>
       </c>
       <c r="C547" t="s">
         <v>35</v>
       </c>
       <c r="D547" t="s">
         <v>63</v>
       </c>
       <c r="E547" t="s">
         <v>28</v>
       </c>
       <c r="F547">
         <v>1989</v>
       </c>
       <c r="G547"/>
       <c r="H547" t="s">
         <v>20</v>
       </c>
@@ -16626,97 +16626,97 @@
       <c r="H548" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="549" spans="1:8">
       <c r="A549" t="s">
         <v>1046</v>
       </c>
       <c r="B549" t="s">
         <v>1047</v>
       </c>
       <c r="C549" t="s">
         <v>35</v>
       </c>
       <c r="D549" t="s">
         <v>63</v>
       </c>
       <c r="E549" t="s">
         <v>28</v>
       </c>
       <c r="F549">
         <v>1986</v>
       </c>
       <c r="G549"/>
       <c r="H549" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
     </row>
     <row r="550" spans="1:8">
       <c r="A550" t="s">
         <v>1048</v>
       </c>
       <c r="B550" t="s">
         <v>1049</v>
       </c>
       <c r="C550" t="s">
         <v>35</v>
       </c>
       <c r="D550" t="s">
         <v>63</v>
       </c>
       <c r="E550" t="s">
         <v>28</v>
       </c>
       <c r="F550">
         <v>1986</v>
       </c>
       <c r="G550"/>
       <c r="H550" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
     </row>
     <row r="551" spans="1:8">
       <c r="A551" t="s">
         <v>1050</v>
       </c>
       <c r="B551" t="s">
         <v>1051</v>
       </c>
       <c r="C551"/>
       <c r="D551" t="s">
         <v>22</v>
       </c>
       <c r="E551" t="s">
         <v>19</v>
       </c>
       <c r="F551">
         <v>1984</v>
       </c>
       <c r="G551"/>
       <c r="H551" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
     </row>
     <row r="552" spans="1:8">
       <c r="A552" t="s">
         <v>1052</v>
       </c>
       <c r="B552" t="s">
         <v>1053</v>
       </c>
       <c r="C552" t="s">
         <v>35</v>
       </c>
       <c r="D552" t="s">
         <v>63</v>
       </c>
       <c r="E552" t="s">
         <v>28</v>
       </c>
       <c r="F552">
         <v>1974</v>
       </c>
       <c r="G552"/>
       <c r="H552" t="s">
         <v>90</v>
       </c>
@@ -16724,65 +16724,65 @@
     <row r="553" spans="1:8">
       <c r="A553" t="s">
         <v>1054</v>
       </c>
       <c r="B553"/>
       <c r="C553"/>
       <c r="D553"/>
       <c r="E553"/>
       <c r="F553"/>
       <c r="G553"/>
       <c r="H553" t="s">
         <v>78</v>
       </c>
     </row>
     <row r="554" spans="1:8">
       <c r="A554" t="s">
         <v>1055</v>
       </c>
       <c r="B554"/>
       <c r="C554"/>
       <c r="D554"/>
       <c r="E554"/>
       <c r="F554"/>
       <c r="G554"/>
       <c r="H554" t="s">
-        <v>11</v>
+        <v>78</v>
       </c>
     </row>
     <row r="555" spans="1:8">
       <c r="A555" t="s">
         <v>1055</v>
       </c>
       <c r="B555"/>
       <c r="C555"/>
       <c r="D555"/>
       <c r="E555"/>
       <c r="F555"/>
       <c r="G555"/>
       <c r="H555" t="s">
-        <v>78</v>
+        <v>11</v>
       </c>
     </row>
     <row r="556" spans="1:8">
       <c r="A556" t="s">
         <v>1056</v>
       </c>
       <c r="B556"/>
       <c r="C556"/>
       <c r="D556"/>
       <c r="E556"/>
       <c r="F556"/>
       <c r="G556"/>
       <c r="H556" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="557" spans="1:8">
       <c r="A557" t="s">
         <v>1057</v>
       </c>
       <c r="B557"/>
       <c r="C557"/>
       <c r="D557"/>
       <c r="E557"/>
       <c r="F557"/>
@@ -16906,51 +16906,51 @@
       <c r="B565" t="s">
         <v>1071</v>
       </c>
       <c r="C565"/>
       <c r="D565"/>
       <c r="E565"/>
       <c r="F565"/>
       <c r="G565"/>
       <c r="H565" t="s">
         <v>114</v>
       </c>
     </row>
     <row r="566" spans="1:8">
       <c r="A566" t="s">
         <v>1072</v>
       </c>
       <c r="B566" t="s">
         <v>1073</v>
       </c>
       <c r="C566"/>
       <c r="D566"/>
       <c r="E566"/>
       <c r="F566"/>
       <c r="G566"/>
       <c r="H566" t="s">
-        <v>45</v>
+        <v>44</v>
       </c>
     </row>
     <row r="567" spans="1:8">
       <c r="A567" t="s">
         <v>1074</v>
       </c>
       <c r="B567" t="s">
         <v>1075</v>
       </c>
       <c r="C567"/>
       <c r="D567"/>
       <c r="E567"/>
       <c r="F567"/>
       <c r="G567"/>
       <c r="H567" t="s">
         <v>78</v>
       </c>
     </row>
     <row r="568" spans="1:8">
       <c r="A568" t="s">
         <v>1076</v>
       </c>
       <c r="B568" t="s">
         <v>1075</v>
       </c>
@@ -16986,83 +16986,83 @@
       <c r="B570" t="s">
         <v>1075</v>
       </c>
       <c r="C570"/>
       <c r="D570"/>
       <c r="E570"/>
       <c r="F570"/>
       <c r="G570"/>
       <c r="H570" t="s">
         <v>78</v>
       </c>
     </row>
     <row r="571" spans="1:8">
       <c r="A571" t="s">
         <v>1079</v>
       </c>
       <c r="B571" t="s">
         <v>1080</v>
       </c>
       <c r="C571"/>
       <c r="D571"/>
       <c r="E571"/>
       <c r="F571"/>
       <c r="G571"/>
       <c r="H571" t="s">
-        <v>55</v>
+        <v>53</v>
       </c>
     </row>
     <row r="572" spans="1:8">
       <c r="A572" t="s">
         <v>1081</v>
       </c>
       <c r="B572" t="s">
         <v>1082</v>
       </c>
       <c r="C572"/>
       <c r="D572"/>
       <c r="E572"/>
       <c r="F572"/>
       <c r="G572"/>
       <c r="H572" t="s">
-        <v>55</v>
+        <v>53</v>
       </c>
     </row>
     <row r="573" spans="1:8">
       <c r="A573" t="s">
         <v>1083</v>
       </c>
       <c r="B573" t="s">
         <v>1084</v>
       </c>
       <c r="C573"/>
       <c r="D573"/>
       <c r="E573"/>
       <c r="F573"/>
       <c r="G573"/>
       <c r="H573" t="s">
-        <v>55</v>
+        <v>53</v>
       </c>
     </row>
     <row r="574" spans="1:8">
       <c r="A574" t="s">
         <v>1085</v>
       </c>
       <c r="B574" t="s">
         <v>1086</v>
       </c>
       <c r="C574"/>
       <c r="D574"/>
       <c r="E574"/>
       <c r="F574"/>
       <c r="G574"/>
       <c r="H574" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="575" spans="1:8">
       <c r="A575" t="s">
         <v>1087</v>
       </c>
       <c r="B575" t="s">
         <v>1088</v>
       </c>
@@ -17182,73 +17182,73 @@
       <c r="F581"/>
       <c r="G581"/>
       <c r="H581" t="s">
         <v>69</v>
       </c>
     </row>
     <row r="582" spans="1:8">
       <c r="A582" t="s">
         <v>1098</v>
       </c>
       <c r="B582" t="s">
         <v>1099</v>
       </c>
       <c r="C582" t="s">
         <v>35</v>
       </c>
       <c r="D582" t="s">
         <v>63</v>
       </c>
       <c r="E582" t="s">
         <v>28</v>
       </c>
       <c r="F582"/>
       <c r="G582"/>
       <c r="H582" t="s">
-        <v>45</v>
+        <v>44</v>
       </c>
     </row>
     <row r="583" spans="1:8">
       <c r="A583" t="s">
         <v>1098</v>
       </c>
       <c r="B583" t="s">
         <v>1099</v>
       </c>
       <c r="C583" t="s">
         <v>35</v>
       </c>
       <c r="D583" t="s">
         <v>63</v>
       </c>
       <c r="E583" t="s">
         <v>28</v>
       </c>
       <c r="F583"/>
       <c r="G583"/>
       <c r="H583" t="s">
-        <v>45</v>
+        <v>44</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">