--- v0 (2025-10-24)
+++ v1 (2025-12-08)
@@ -104,150 +104,150 @@
   <si>
     <t>Prueba Legislación Alta Norma</t>
   </si>
   <si>
     <t>https://www.google.com/testsg6</t>
   </si>
   <si>
     <t>Ordenanza,  Reglamento,  Bando	Anuncio/ edicto</t>
   </si>
   <si>
     <t>Entidades locales</t>
   </si>
   <si>
     <t>Reglamentos (Gobierno, Autonómico, Entidades locales)</t>
   </si>
   <si>
     <t>Nueva Norma Añadir Legislación con CCAA.</t>
   </si>
   <si>
     <t>https://www.google.com/test</t>
   </si>
   <si>
     <t>Decreto</t>
   </si>
   <si>
+    <t>Castilla y León</t>
+  </si>
+  <si>
     <t>País Vasco</t>
   </si>
   <si>
-    <t>Castilla y León</t>
-[...1 lines deleted...]
-  <si>
     <t>Cataluña</t>
   </si>
   <si>
     <t>Norma New Alta Legislación</t>
   </si>
   <si>
     <t>Anuncio (Consejo de Gobierno)</t>
   </si>
   <si>
     <t>Tratados Internacionales</t>
   </si>
   <si>
     <t>Nueva Norma 2 Tomás</t>
   </si>
   <si>
     <t>Resolución</t>
   </si>
   <si>
     <t>Reglamentos</t>
   </si>
   <si>
     <t>Pruebas Tomas</t>
   </si>
   <si>
     <t>Norma Prueba con Carolina</t>
   </si>
   <si>
+    <t>Comunidad de Madrid</t>
+  </si>
+  <si>
     <t>Cantabria</t>
   </si>
   <si>
-    <t>Comunidad de Madrid</t>
-[...1 lines deleted...]
-  <si>
     <t>sg2</t>
   </si>
   <si>
     <t>sg3</t>
   </si>
   <si>
     <t>sg5</t>
   </si>
   <si>
     <t>Orden</t>
   </si>
   <si>
     <t>Prueba de Legislación con Nivel de Administración Nacional.</t>
   </si>
   <si>
     <t>https://www.google.com/testing/branch</t>
   </si>
   <si>
+    <t>Extremadura</t>
+  </si>
+  <si>
+    <t>Ciudad Autónoma de Ceuta</t>
+  </si>
+  <si>
+    <t>Ciudad Autónoma de Melilla</t>
+  </si>
+  <si>
     <t>Región de Murcia</t>
   </si>
   <si>
     <t>AGE</t>
   </si>
   <si>
-    <t>Ciudad Autónoma de Ceuta</t>
-[...7 lines deleted...]
-  <si>
     <t>Prueba Nacional con publicadores con AppUsuPerOrg.</t>
   </si>
   <si>
     <t>https://www.google.com/testsg7</t>
   </si>
   <si>
     <t>Comunidad Valenciana</t>
   </si>
   <si>
     <t>Norma Prueba Alta</t>
   </si>
   <si>
     <t>Pruebassssssssssssss años</t>
   </si>
   <si>
     <t>Pruebas para saber si el campo Norma puede usar / , ; y : .</t>
   </si>
   <si>
     <t>https://www.google.com/test/branch</t>
   </si>
   <si>
     <t>Pruebas Normas con Unificación- Detalles 17/12/2024 - Hora: 09:17:00. Prueba de funcionamiento; Correcto/Funcionando con Modificación  17/12/2024 - Hora: 09:19:00..</t>
   </si>
   <si>
+    <t>Extra-Regio</t>
+  </si>
+  <si>
     <t>Illes Balears</t>
-  </si>
-[...1 lines deleted...]
-    <t>Extra-Regio</t>
   </si>
   <si>
     <t>Norma de Prueba con Identificador Oficial realizada el 10/12/2024 con hora a las 10:32:10.</t>
   </si>
   <si>
     <t>Pruebas de Cancelar</t>
   </si>
   <si>
     <t>sg4</t>
   </si>
   <si>
     <t>https://www.google.com/testsg4</t>
   </si>
   <si>
     <t>Nueva Norma Nacional Alexis</t>
   </si>
   <si>
     <t>www.google.es</t>
   </si>
   <si>
     <t>Autonómico</t>
   </si>
   <si>
     <t>Reglamento de Ejecución (UE) 2022/1203 de la Comisión de 12 de julio de 2022 por el que se modifica el Reglamento de Ejecución (UE) 2016/1141 con el fin de actualizar la lista de especies exóticas invasoras preocupantes para la Unión. DOUE 186, de 13 de julio de 2022</t>
   </si>
@@ -1602,103 +1602,103 @@
       </c>
     </row>
     <row r="8" spans="1:8">
       <c r="A8" t="s">
         <v>27</v>
       </c>
       <c r="B8" t="s">
         <v>28</v>
       </c>
       <c r="C8" t="s">
         <v>29</v>
       </c>
       <c r="D8" t="s">
         <v>14</v>
       </c>
       <c r="E8" t="s">
         <v>10</v>
       </c>
       <c r="F8">
         <v>2024</v>
       </c>
       <c r="G8" t="s">
         <v>17</v>
       </c>
       <c r="H8" t="s">
-        <v>15</v>
+        <v>31</v>
       </c>
     </row>
     <row r="9" spans="1:8">
       <c r="A9" t="s">
         <v>27</v>
       </c>
       <c r="B9" t="s">
         <v>28</v>
       </c>
       <c r="C9" t="s">
         <v>29</v>
       </c>
       <c r="D9" t="s">
         <v>14</v>
       </c>
       <c r="E9" t="s">
         <v>10</v>
       </c>
       <c r="F9">
         <v>2024</v>
       </c>
       <c r="G9" t="s">
         <v>17</v>
       </c>
       <c r="H9" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
     </row>
     <row r="10" spans="1:8">
       <c r="A10" t="s">
         <v>27</v>
       </c>
       <c r="B10" t="s">
         <v>28</v>
       </c>
       <c r="C10" t="s">
         <v>29</v>
       </c>
       <c r="D10" t="s">
         <v>14</v>
       </c>
       <c r="E10" t="s">
         <v>10</v>
       </c>
       <c r="F10">
         <v>2024</v>
       </c>
       <c r="G10" t="s">
         <v>17</v>
       </c>
       <c r="H10" t="s">
-        <v>32</v>
+        <v>15</v>
       </c>
     </row>
     <row r="11" spans="1:8">
       <c r="A11" t="s">
         <v>33</v>
       </c>
       <c r="B11" t="s">
         <v>28</v>
       </c>
       <c r="C11" t="s">
         <v>34</v>
       </c>
       <c r="D11" t="s">
         <v>25</v>
       </c>
       <c r="E11" t="s">
         <v>35</v>
       </c>
       <c r="F11">
         <v>2024</v>
       </c>
       <c r="G11" t="s">
         <v>17</v>
       </c>
       <c r="H11"/>
@@ -1746,103 +1746,103 @@
       <c r="H13"/>
     </row>
     <row r="14" spans="1:8">
       <c r="A14" t="s">
         <v>40</v>
       </c>
       <c r="B14" t="s">
         <v>28</v>
       </c>
       <c r="C14" t="s">
         <v>34</v>
       </c>
       <c r="D14" t="s">
         <v>25</v>
       </c>
       <c r="E14" t="s">
         <v>21</v>
       </c>
       <c r="F14">
         <v>2024</v>
       </c>
       <c r="G14" t="s">
         <v>17</v>
       </c>
       <c r="H14" t="s">
-        <v>15</v>
+        <v>32</v>
       </c>
     </row>
     <row r="15" spans="1:8">
       <c r="A15" t="s">
         <v>40</v>
       </c>
       <c r="B15" t="s">
         <v>28</v>
       </c>
       <c r="C15" t="s">
         <v>34</v>
       </c>
       <c r="D15" t="s">
         <v>25</v>
       </c>
       <c r="E15" t="s">
         <v>21</v>
       </c>
       <c r="F15">
         <v>2024</v>
       </c>
       <c r="G15" t="s">
         <v>17</v>
       </c>
       <c r="H15" t="s">
-        <v>41</v>
+        <v>15</v>
       </c>
     </row>
     <row r="16" spans="1:8">
       <c r="A16" t="s">
         <v>40</v>
       </c>
       <c r="B16" t="s">
         <v>28</v>
       </c>
       <c r="C16" t="s">
         <v>34</v>
       </c>
       <c r="D16" t="s">
         <v>25</v>
       </c>
       <c r="E16" t="s">
         <v>21</v>
       </c>
       <c r="F16">
         <v>2024</v>
       </c>
       <c r="G16" t="s">
         <v>17</v>
       </c>
       <c r="H16" t="s">
-        <v>32</v>
+        <v>41</v>
       </c>
     </row>
     <row r="17" spans="1:8">
       <c r="A17" t="s">
         <v>40</v>
       </c>
       <c r="B17" t="s">
         <v>28</v>
       </c>
       <c r="C17" t="s">
         <v>34</v>
       </c>
       <c r="D17" t="s">
         <v>25</v>
       </c>
       <c r="E17" t="s">
         <v>21</v>
       </c>
       <c r="F17">
         <v>2024</v>
       </c>
       <c r="G17" t="s">
         <v>17</v>
       </c>
       <c r="H17" t="s">
@@ -1902,51 +1902,51 @@
       </c>
     </row>
     <row r="20" spans="1:8">
       <c r="A20" t="s">
         <v>44</v>
       </c>
       <c r="B20" t="s">
         <v>13</v>
       </c>
       <c r="C20" t="s">
         <v>34</v>
       </c>
       <c r="D20" t="s">
         <v>25</v>
       </c>
       <c r="E20" t="s">
         <v>21</v>
       </c>
       <c r="F20">
         <v>2024</v>
       </c>
       <c r="G20" t="s">
         <v>17</v>
       </c>
       <c r="H20" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
     </row>
     <row r="21" spans="1:8">
       <c r="A21" t="s">
         <v>44</v>
       </c>
       <c r="B21" t="s">
         <v>13</v>
       </c>
       <c r="C21" t="s">
         <v>34</v>
       </c>
       <c r="D21" t="s">
         <v>25</v>
       </c>
       <c r="E21" t="s">
         <v>21</v>
       </c>
       <c r="F21">
         <v>2024</v>
       </c>
       <c r="G21" t="s">
         <v>17</v>
       </c>
       <c r="H21" t="s">
@@ -1954,77 +1954,77 @@
       </c>
     </row>
     <row r="22" spans="1:8">
       <c r="A22" t="s">
         <v>44</v>
       </c>
       <c r="B22" t="s">
         <v>13</v>
       </c>
       <c r="C22" t="s">
         <v>34</v>
       </c>
       <c r="D22" t="s">
         <v>25</v>
       </c>
       <c r="E22" t="s">
         <v>21</v>
       </c>
       <c r="F22">
         <v>2024</v>
       </c>
       <c r="G22" t="s">
         <v>17</v>
       </c>
       <c r="H22" t="s">
-        <v>41</v>
+        <v>32</v>
       </c>
     </row>
     <row r="23" spans="1:8">
       <c r="A23" t="s">
         <v>44</v>
       </c>
       <c r="B23" t="s">
         <v>13</v>
       </c>
       <c r="C23" t="s">
         <v>34</v>
       </c>
       <c r="D23" t="s">
         <v>25</v>
       </c>
       <c r="E23" t="s">
         <v>21</v>
       </c>
       <c r="F23">
         <v>2024</v>
       </c>
       <c r="G23" t="s">
         <v>17</v>
       </c>
       <c r="H23" t="s">
-        <v>32</v>
+        <v>42</v>
       </c>
     </row>
     <row r="24" spans="1:8">
       <c r="A24" t="s">
         <v>44</v>
       </c>
       <c r="B24" t="s">
         <v>13</v>
       </c>
       <c r="C24" t="s">
         <v>34</v>
       </c>
       <c r="D24" t="s">
         <v>25</v>
       </c>
       <c r="E24" t="s">
         <v>21</v>
       </c>
       <c r="F24">
         <v>2024</v>
       </c>
       <c r="G24" t="s">
         <v>17</v>
       </c>
       <c r="H24" t="s">
@@ -2056,291 +2056,291 @@
       <c r="H25" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="26" spans="1:8">
       <c r="A26" t="s">
         <v>47</v>
       </c>
       <c r="B26" t="s">
         <v>48</v>
       </c>
       <c r="C26"/>
       <c r="D26" t="s">
         <v>20</v>
       </c>
       <c r="E26" t="s">
         <v>21</v>
       </c>
       <c r="F26">
         <v>2024</v>
       </c>
       <c r="G26" t="s">
         <v>17</v>
       </c>
       <c r="H26" t="s">
-        <v>11</v>
+        <v>49</v>
       </c>
     </row>
     <row r="27" spans="1:8">
       <c r="A27" t="s">
         <v>47</v>
       </c>
       <c r="B27" t="s">
         <v>48</v>
       </c>
       <c r="C27"/>
       <c r="D27" t="s">
         <v>20</v>
       </c>
       <c r="E27" t="s">
         <v>21</v>
       </c>
       <c r="F27">
         <v>2024</v>
       </c>
       <c r="G27" t="s">
         <v>17</v>
       </c>
       <c r="H27" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
     </row>
     <row r="28" spans="1:8">
       <c r="A28" t="s">
         <v>47</v>
       </c>
       <c r="B28" t="s">
         <v>48</v>
       </c>
       <c r="C28"/>
       <c r="D28" t="s">
         <v>20</v>
       </c>
       <c r="E28" t="s">
         <v>21</v>
       </c>
       <c r="F28">
         <v>2024</v>
       </c>
       <c r="G28" t="s">
         <v>17</v>
       </c>
       <c r="H28" t="s">
-        <v>50</v>
+        <v>11</v>
       </c>
     </row>
     <row r="29" spans="1:8">
       <c r="A29" t="s">
         <v>47</v>
       </c>
       <c r="B29" t="s">
         <v>48</v>
       </c>
       <c r="C29"/>
       <c r="D29" t="s">
         <v>20</v>
       </c>
       <c r="E29" t="s">
         <v>21</v>
       </c>
       <c r="F29">
         <v>2024</v>
       </c>
       <c r="G29" t="s">
         <v>17</v>
       </c>
       <c r="H29" t="s">
-        <v>15</v>
+        <v>51</v>
       </c>
     </row>
     <row r="30" spans="1:8">
       <c r="A30" t="s">
         <v>47</v>
       </c>
       <c r="B30" t="s">
         <v>48</v>
       </c>
       <c r="C30"/>
       <c r="D30" t="s">
         <v>20</v>
       </c>
       <c r="E30" t="s">
         <v>21</v>
       </c>
       <c r="F30">
         <v>2024</v>
       </c>
       <c r="G30" t="s">
         <v>17</v>
       </c>
       <c r="H30" t="s">
-        <v>51</v>
+        <v>41</v>
       </c>
     </row>
     <row r="31" spans="1:8">
       <c r="A31" t="s">
         <v>47</v>
       </c>
       <c r="B31" t="s">
         <v>48</v>
       </c>
       <c r="C31"/>
       <c r="D31" t="s">
         <v>20</v>
       </c>
       <c r="E31" t="s">
         <v>21</v>
       </c>
       <c r="F31">
         <v>2024</v>
       </c>
       <c r="G31" t="s">
         <v>17</v>
       </c>
       <c r="H31" t="s">
         <v>52</v>
       </c>
     </row>
     <row r="32" spans="1:8">
       <c r="A32" t="s">
         <v>47</v>
       </c>
       <c r="B32" t="s">
         <v>48</v>
       </c>
       <c r="C32"/>
       <c r="D32" t="s">
         <v>20</v>
       </c>
       <c r="E32" t="s">
         <v>21</v>
       </c>
       <c r="F32">
         <v>2024</v>
       </c>
       <c r="G32" t="s">
         <v>17</v>
       </c>
       <c r="H32" t="s">
-        <v>42</v>
+        <v>15</v>
       </c>
     </row>
     <row r="33" spans="1:8">
       <c r="A33" t="s">
         <v>47</v>
       </c>
       <c r="B33" t="s">
         <v>48</v>
       </c>
       <c r="C33"/>
       <c r="D33" t="s">
         <v>20</v>
       </c>
       <c r="E33" t="s">
         <v>21</v>
       </c>
       <c r="F33">
         <v>2024</v>
       </c>
       <c r="G33" t="s">
         <v>17</v>
       </c>
       <c r="H33" t="s">
         <v>53</v>
       </c>
     </row>
     <row r="34" spans="1:8">
       <c r="A34" t="s">
         <v>54</v>
       </c>
       <c r="B34" t="s">
         <v>55</v>
       </c>
       <c r="C34"/>
       <c r="D34" t="s">
         <v>20</v>
       </c>
       <c r="E34" t="s">
         <v>21</v>
       </c>
       <c r="F34">
         <v>2024</v>
       </c>
       <c r="G34" t="s">
         <v>17</v>
       </c>
       <c r="H34" t="s">
-        <v>49</v>
+        <v>15</v>
       </c>
     </row>
     <row r="35" spans="1:8">
       <c r="A35" t="s">
         <v>54</v>
       </c>
       <c r="B35" t="s">
         <v>55</v>
       </c>
       <c r="C35"/>
       <c r="D35" t="s">
         <v>20</v>
       </c>
       <c r="E35" t="s">
         <v>21</v>
       </c>
       <c r="F35">
         <v>2024</v>
       </c>
       <c r="G35" t="s">
         <v>17</v>
       </c>
       <c r="H35" t="s">
-        <v>56</v>
+        <v>52</v>
       </c>
     </row>
     <row r="36" spans="1:8">
       <c r="A36" t="s">
         <v>54</v>
       </c>
       <c r="B36" t="s">
         <v>55</v>
       </c>
       <c r="C36"/>
       <c r="D36" t="s">
         <v>20</v>
       </c>
       <c r="E36" t="s">
         <v>21</v>
       </c>
       <c r="F36">
         <v>2024</v>
       </c>
       <c r="G36" t="s">
         <v>17</v>
       </c>
       <c r="H36" t="s">
-        <v>15</v>
+        <v>56</v>
       </c>
     </row>
     <row r="37" spans="1:8">
       <c r="A37" t="s">
         <v>57</v>
       </c>
       <c r="B37" t="s">
         <v>13</v>
       </c>
       <c r="C37"/>
       <c r="D37"/>
       <c r="E37" t="s">
         <v>21</v>
       </c>
       <c r="F37">
         <v>2024</v>
       </c>
       <c r="G37"/>
       <c r="H37"/>
     </row>
     <row r="38" spans="1:8">
       <c r="A38" t="s">
         <v>58</v>
       </c>
       <c r="B38" t="s">
@@ -2396,295 +2396,295 @@
       <c r="F40">
         <v>2024</v>
       </c>
       <c r="G40"/>
       <c r="H40" t="s">
         <v>41</v>
       </c>
     </row>
     <row r="41" spans="1:8">
       <c r="A41" t="s">
         <v>61</v>
       </c>
       <c r="B41" t="s">
         <v>48</v>
       </c>
       <c r="C41"/>
       <c r="D41"/>
       <c r="E41" t="s">
         <v>21</v>
       </c>
       <c r="F41">
         <v>2024</v>
       </c>
       <c r="G41"/>
       <c r="H41" t="s">
-        <v>32</v>
+        <v>53</v>
       </c>
     </row>
     <row r="42" spans="1:8">
       <c r="A42" t="s">
         <v>61</v>
       </c>
       <c r="B42" t="s">
         <v>48</v>
       </c>
       <c r="C42"/>
       <c r="D42"/>
       <c r="E42" t="s">
         <v>21</v>
       </c>
       <c r="F42">
         <v>2024</v>
       </c>
       <c r="G42"/>
       <c r="H42" t="s">
-        <v>42</v>
+        <v>32</v>
       </c>
     </row>
     <row r="43" spans="1:8">
       <c r="A43" t="s">
         <v>61</v>
       </c>
       <c r="B43" t="s">
         <v>48</v>
       </c>
       <c r="C43"/>
       <c r="D43"/>
       <c r="E43" t="s">
         <v>21</v>
       </c>
       <c r="F43">
         <v>2024</v>
       </c>
       <c r="G43"/>
       <c r="H43" t="s">
         <v>62</v>
       </c>
     </row>
     <row r="44" spans="1:8">
       <c r="A44" t="s">
         <v>61</v>
       </c>
       <c r="B44" t="s">
         <v>48</v>
       </c>
       <c r="C44"/>
       <c r="D44"/>
       <c r="E44" t="s">
         <v>21</v>
       </c>
       <c r="F44">
         <v>2024</v>
       </c>
       <c r="G44"/>
       <c r="H44" t="s">
-        <v>63</v>
+        <v>15</v>
       </c>
     </row>
     <row r="45" spans="1:8">
       <c r="A45" t="s">
         <v>61</v>
       </c>
       <c r="B45" t="s">
         <v>48</v>
       </c>
       <c r="C45"/>
       <c r="D45"/>
       <c r="E45" t="s">
         <v>21</v>
       </c>
       <c r="F45">
         <v>2024</v>
       </c>
       <c r="G45"/>
       <c r="H45" t="s">
-        <v>50</v>
+        <v>42</v>
       </c>
     </row>
     <row r="46" spans="1:8">
       <c r="A46" t="s">
         <v>61</v>
       </c>
       <c r="B46" t="s">
         <v>48</v>
       </c>
       <c r="C46"/>
       <c r="D46"/>
       <c r="E46" t="s">
         <v>21</v>
       </c>
       <c r="F46">
         <v>2024</v>
       </c>
       <c r="G46"/>
       <c r="H46" t="s">
-        <v>15</v>
+        <v>63</v>
       </c>
     </row>
     <row r="47" spans="1:8">
       <c r="A47" t="s">
         <v>64</v>
       </c>
       <c r="B47" t="s">
         <v>28</v>
       </c>
       <c r="C47" t="s">
         <v>24</v>
       </c>
       <c r="D47" t="s">
         <v>25</v>
       </c>
       <c r="E47" t="s">
         <v>26</v>
       </c>
       <c r="F47">
         <v>2024</v>
       </c>
       <c r="G47"/>
       <c r="H47" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="48" spans="1:8">
       <c r="A48" t="s">
         <v>65</v>
       </c>
       <c r="B48" t="s">
         <v>28</v>
       </c>
       <c r="C48" t="s">
         <v>24</v>
       </c>
       <c r="D48" t="s">
         <v>25</v>
       </c>
       <c r="E48" t="s">
         <v>26</v>
       </c>
       <c r="F48">
         <v>2024</v>
       </c>
       <c r="G48"/>
       <c r="H48" t="s">
-        <v>50</v>
+        <v>15</v>
       </c>
     </row>
     <row r="49" spans="1:8">
       <c r="A49" t="s">
         <v>65</v>
       </c>
       <c r="B49" t="s">
         <v>28</v>
       </c>
       <c r="C49" t="s">
         <v>24</v>
       </c>
       <c r="D49" t="s">
         <v>25</v>
       </c>
       <c r="E49" t="s">
         <v>26</v>
       </c>
       <c r="F49">
         <v>2024</v>
       </c>
       <c r="G49"/>
       <c r="H49" t="s">
-        <v>15</v>
+        <v>53</v>
       </c>
     </row>
     <row r="50" spans="1:8">
       <c r="A50" t="s">
         <v>66</v>
       </c>
       <c r="B50" t="s">
         <v>67</v>
       </c>
       <c r="C50"/>
       <c r="D50"/>
       <c r="E50" t="s">
         <v>21</v>
       </c>
       <c r="F50">
         <v>2023</v>
       </c>
       <c r="G50"/>
       <c r="H50" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="51" spans="1:8">
       <c r="A51" t="s">
         <v>68</v>
       </c>
       <c r="B51" t="s">
         <v>69</v>
       </c>
       <c r="C51" t="s">
         <v>29</v>
       </c>
       <c r="D51" t="s">
         <v>70</v>
       </c>
       <c r="E51" t="s">
         <v>26</v>
       </c>
       <c r="F51">
         <v>2023</v>
       </c>
       <c r="G51" t="s">
         <v>17</v>
       </c>
       <c r="H51" t="s">
-        <v>15</v>
+        <v>56</v>
       </c>
     </row>
     <row r="52" spans="1:8">
       <c r="A52" t="s">
         <v>68</v>
       </c>
       <c r="B52" t="s">
         <v>69</v>
       </c>
       <c r="C52" t="s">
         <v>29</v>
       </c>
       <c r="D52" t="s">
         <v>70</v>
       </c>
       <c r="E52" t="s">
         <v>26</v>
       </c>
       <c r="F52">
         <v>2023</v>
       </c>
       <c r="G52" t="s">
         <v>17</v>
       </c>
       <c r="H52" t="s">
-        <v>56</v>
+        <v>15</v>
       </c>
     </row>
     <row r="53" spans="1:8">
       <c r="A53" t="s">
         <v>71</v>
       </c>
       <c r="B53" t="s">
         <v>72</v>
       </c>
       <c r="C53"/>
       <c r="D53" t="s">
         <v>38</v>
       </c>
       <c r="E53" t="s">
         <v>10</v>
       </c>
       <c r="F53">
         <v>2022</v>
       </c>
       <c r="G53" t="s">
         <v>73</v>
       </c>
       <c r="H53"/>
     </row>
     <row r="54" spans="1:8">
@@ -2712,51 +2712,51 @@
       </c>
     </row>
     <row r="55" spans="1:8">
       <c r="A55" t="s">
         <v>76</v>
       </c>
       <c r="B55" t="s">
         <v>55</v>
       </c>
       <c r="C55" t="s">
         <v>24</v>
       </c>
       <c r="D55" t="s">
         <v>25</v>
       </c>
       <c r="E55" t="s">
         <v>26</v>
       </c>
       <c r="F55">
         <v>2022</v>
       </c>
       <c r="G55" t="s">
         <v>17</v>
       </c>
       <c r="H55" t="s">
-        <v>63</v>
+        <v>32</v>
       </c>
     </row>
     <row r="56" spans="1:8">
       <c r="A56" t="s">
         <v>76</v>
       </c>
       <c r="B56" t="s">
         <v>55</v>
       </c>
       <c r="C56" t="s">
         <v>24</v>
       </c>
       <c r="D56" t="s">
         <v>25</v>
       </c>
       <c r="E56" t="s">
         <v>26</v>
       </c>
       <c r="F56">
         <v>2022</v>
       </c>
       <c r="G56" t="s">
         <v>17</v>
       </c>
       <c r="H56" t="s">
@@ -2764,77 +2764,77 @@
       </c>
     </row>
     <row r="57" spans="1:8">
       <c r="A57" t="s">
         <v>76</v>
       </c>
       <c r="B57" t="s">
         <v>55</v>
       </c>
       <c r="C57" t="s">
         <v>24</v>
       </c>
       <c r="D57" t="s">
         <v>25</v>
       </c>
       <c r="E57" t="s">
         <v>26</v>
       </c>
       <c r="F57">
         <v>2022</v>
       </c>
       <c r="G57" t="s">
         <v>17</v>
       </c>
       <c r="H57" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
     </row>
     <row r="58" spans="1:8">
       <c r="A58" t="s">
         <v>76</v>
       </c>
       <c r="B58" t="s">
         <v>55</v>
       </c>
       <c r="C58" t="s">
         <v>24</v>
       </c>
       <c r="D58" t="s">
         <v>25</v>
       </c>
       <c r="E58" t="s">
         <v>26</v>
       </c>
       <c r="F58">
         <v>2022</v>
       </c>
       <c r="G58" t="s">
         <v>17</v>
       </c>
       <c r="H58" t="s">
-        <v>32</v>
+        <v>62</v>
       </c>
     </row>
     <row r="59" spans="1:8">
       <c r="A59" t="s">
         <v>77</v>
       </c>
       <c r="B59" t="s">
         <v>78</v>
       </c>
       <c r="C59"/>
       <c r="D59" t="s">
         <v>20</v>
       </c>
       <c r="E59" t="s">
         <v>21</v>
       </c>
       <c r="F59">
         <v>2021</v>
       </c>
       <c r="G59"/>
       <c r="H59" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="60" spans="1:8">
@@ -2944,99 +2944,99 @@
       </c>
       <c r="G64" t="s">
         <v>73</v>
       </c>
       <c r="H64"/>
     </row>
     <row r="65" spans="1:8">
       <c r="A65" t="s">
         <v>91</v>
       </c>
       <c r="B65" t="s">
         <v>92</v>
       </c>
       <c r="C65"/>
       <c r="D65" t="s">
         <v>20</v>
       </c>
       <c r="E65" t="s">
         <v>21</v>
       </c>
       <c r="F65">
         <v>2016</v>
       </c>
       <c r="G65"/>
       <c r="H65" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
     </row>
     <row r="66" spans="1:8">
       <c r="A66" t="s">
         <v>93</v>
       </c>
       <c r="B66" t="s">
         <v>94</v>
       </c>
       <c r="C66" t="s">
         <v>29</v>
       </c>
       <c r="D66" t="s">
         <v>70</v>
       </c>
       <c r="E66" t="s">
         <v>26</v>
       </c>
       <c r="F66">
         <v>2016</v>
       </c>
       <c r="G66"/>
       <c r="H66" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
     </row>
     <row r="67" spans="1:8">
       <c r="A67" t="s">
         <v>95</v>
       </c>
       <c r="B67" t="s">
         <v>96</v>
       </c>
       <c r="C67" t="s">
         <v>29</v>
       </c>
       <c r="D67" t="s">
         <v>70</v>
       </c>
       <c r="E67" t="s">
         <v>26</v>
       </c>
       <c r="F67">
         <v>2015</v>
       </c>
       <c r="G67"/>
       <c r="H67" t="s">
-        <v>53</v>
+        <v>49</v>
       </c>
     </row>
     <row r="68" spans="1:8">
       <c r="A68" t="s">
         <v>95</v>
       </c>
       <c r="B68" t="s">
         <v>96</v>
       </c>
       <c r="C68" t="s">
         <v>29</v>
       </c>
       <c r="D68" t="s">
         <v>70</v>
       </c>
       <c r="E68" t="s">
         <v>26</v>
       </c>
       <c r="F68">
         <v>2015</v>
       </c>
       <c r="G68"/>
       <c r="H68" t="s">
         <v>11</v>
       </c>
@@ -3086,263 +3086,263 @@
       </c>
       <c r="G70"/>
       <c r="H70" t="s">
         <v>81</v>
       </c>
     </row>
     <row r="71" spans="1:8">
       <c r="A71" t="s">
         <v>102</v>
       </c>
       <c r="B71" t="s">
         <v>103</v>
       </c>
       <c r="C71"/>
       <c r="D71" t="s">
         <v>20</v>
       </c>
       <c r="E71" t="s">
         <v>21</v>
       </c>
       <c r="F71">
         <v>2013</v>
       </c>
       <c r="G71"/>
       <c r="H71" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
     </row>
     <row r="72" spans="1:8">
       <c r="A72" t="s">
         <v>104</v>
       </c>
       <c r="B72" t="s">
         <v>105</v>
       </c>
       <c r="C72" t="s">
         <v>46</v>
       </c>
       <c r="D72" t="s">
         <v>70</v>
       </c>
       <c r="E72" t="s">
         <v>26</v>
       </c>
       <c r="F72">
         <v>2013</v>
       </c>
       <c r="G72"/>
       <c r="H72" t="s">
         <v>106</v>
       </c>
     </row>
     <row r="73" spans="1:8">
       <c r="A73" t="s">
         <v>107</v>
       </c>
       <c r="B73" t="s">
         <v>108</v>
       </c>
       <c r="C73" t="s">
         <v>29</v>
       </c>
       <c r="D73" t="s">
         <v>70</v>
       </c>
       <c r="E73" t="s">
         <v>26</v>
       </c>
       <c r="F73">
         <v>2013</v>
       </c>
       <c r="G73"/>
       <c r="H73" t="s">
-        <v>49</v>
+        <v>52</v>
       </c>
     </row>
     <row r="74" spans="1:8">
       <c r="A74" t="s">
         <v>109</v>
       </c>
       <c r="B74" t="s">
         <v>110</v>
       </c>
       <c r="C74" t="s">
         <v>29</v>
       </c>
       <c r="D74" t="s">
         <v>70</v>
       </c>
       <c r="E74" t="s">
         <v>26</v>
       </c>
       <c r="F74">
         <v>2013</v>
       </c>
       <c r="G74"/>
       <c r="H74" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
     </row>
     <row r="75" spans="1:8">
       <c r="A75" t="s">
         <v>111</v>
       </c>
       <c r="B75" t="s">
         <v>112</v>
       </c>
       <c r="C75"/>
       <c r="D75" t="s">
         <v>20</v>
       </c>
       <c r="E75" t="s">
         <v>21</v>
       </c>
       <c r="F75">
         <v>2012</v>
       </c>
       <c r="G75"/>
       <c r="H75" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
     </row>
     <row r="76" spans="1:8">
       <c r="A76" t="s">
         <v>113</v>
       </c>
       <c r="B76" t="s">
         <v>114</v>
       </c>
       <c r="C76"/>
       <c r="D76" t="s">
         <v>115</v>
       </c>
       <c r="E76" t="s">
         <v>21</v>
       </c>
       <c r="F76">
         <v>2012</v>
       </c>
       <c r="G76"/>
       <c r="H76" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
     </row>
     <row r="77" spans="1:8">
       <c r="A77" t="s">
         <v>116</v>
       </c>
       <c r="B77" t="s">
         <v>117</v>
       </c>
       <c r="C77" t="s">
         <v>37</v>
       </c>
       <c r="D77" t="s">
         <v>70</v>
       </c>
       <c r="E77" t="s">
         <v>26</v>
       </c>
       <c r="F77">
         <v>2012</v>
       </c>
       <c r="G77"/>
       <c r="H77" t="s">
         <v>118</v>
       </c>
     </row>
     <row r="78" spans="1:8">
       <c r="A78" t="s">
         <v>119</v>
       </c>
       <c r="B78" t="s">
         <v>120</v>
       </c>
       <c r="C78" t="s">
         <v>46</v>
       </c>
       <c r="D78" t="s">
         <v>70</v>
       </c>
       <c r="E78" t="s">
         <v>26</v>
       </c>
       <c r="F78">
         <v>2012</v>
       </c>
       <c r="G78"/>
       <c r="H78" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
     </row>
     <row r="79" spans="1:8">
       <c r="A79" t="s">
         <v>121</v>
       </c>
       <c r="B79" t="s">
         <v>122</v>
       </c>
       <c r="C79" t="s">
         <v>46</v>
       </c>
       <c r="D79" t="s">
         <v>70</v>
       </c>
       <c r="E79" t="s">
         <v>26</v>
       </c>
       <c r="F79">
         <v>2012</v>
       </c>
       <c r="G79"/>
       <c r="H79" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
     </row>
     <row r="80" spans="1:8">
       <c r="A80" t="s">
         <v>123</v>
       </c>
       <c r="B80" t="s">
         <v>124</v>
       </c>
       <c r="C80" t="s">
         <v>29</v>
       </c>
       <c r="D80" t="s">
         <v>70</v>
       </c>
       <c r="E80" t="s">
         <v>26</v>
       </c>
       <c r="F80">
         <v>2012</v>
       </c>
       <c r="G80"/>
       <c r="H80" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
     </row>
     <row r="81" spans="1:8">
       <c r="A81" t="s">
         <v>125</v>
       </c>
       <c r="B81" t="s">
         <v>126</v>
       </c>
       <c r="C81" t="s">
         <v>29</v>
       </c>
       <c r="D81" t="s">
         <v>70</v>
       </c>
       <c r="E81" t="s">
         <v>26</v>
       </c>
       <c r="F81">
         <v>2012</v>
       </c>
       <c r="G81"/>
       <c r="H81" t="s">
         <v>15</v>
       </c>
@@ -3388,51 +3388,51 @@
       </c>
       <c r="G83"/>
       <c r="H83" t="s">
         <v>81</v>
       </c>
     </row>
     <row r="84" spans="1:8">
       <c r="A84" t="s">
         <v>131</v>
       </c>
       <c r="B84" t="s">
         <v>132</v>
       </c>
       <c r="C84"/>
       <c r="D84" t="s">
         <v>20</v>
       </c>
       <c r="E84" t="s">
         <v>21</v>
       </c>
       <c r="F84">
         <v>2011</v>
       </c>
       <c r="G84"/>
       <c r="H84" t="s">
-        <v>53</v>
+        <v>49</v>
       </c>
     </row>
     <row r="85" spans="1:8">
       <c r="A85" t="s">
         <v>133</v>
       </c>
       <c r="B85" t="s">
         <v>134</v>
       </c>
       <c r="C85"/>
       <c r="D85"/>
       <c r="E85" t="s">
         <v>26</v>
       </c>
       <c r="F85">
         <v>2011</v>
       </c>
       <c r="G85" t="s">
         <v>17</v>
       </c>
       <c r="H85"/>
     </row>
     <row r="86" spans="1:8">
       <c r="A86" t="s">
         <v>135</v>
@@ -3552,75 +3552,75 @@
       <c r="H90" t="s">
         <v>118</v>
       </c>
     </row>
     <row r="91" spans="1:8">
       <c r="A91" t="s">
         <v>147</v>
       </c>
       <c r="B91" t="s">
         <v>148</v>
       </c>
       <c r="C91" t="s">
         <v>29</v>
       </c>
       <c r="D91" t="s">
         <v>70</v>
       </c>
       <c r="E91" t="s">
         <v>26</v>
       </c>
       <c r="F91">
         <v>2011</v>
       </c>
       <c r="G91"/>
       <c r="H91" t="s">
-        <v>53</v>
+        <v>49</v>
       </c>
     </row>
     <row r="92" spans="1:8">
       <c r="A92" t="s">
         <v>149</v>
       </c>
       <c r="B92" t="s">
         <v>150</v>
       </c>
       <c r="C92" t="s">
         <v>29</v>
       </c>
       <c r="D92" t="s">
         <v>70</v>
       </c>
       <c r="E92" t="s">
         <v>26</v>
       </c>
       <c r="F92">
         <v>2011</v>
       </c>
       <c r="G92"/>
       <c r="H92" t="s">
-        <v>49</v>
+        <v>52</v>
       </c>
     </row>
     <row r="93" spans="1:8">
       <c r="A93" t="s">
         <v>151</v>
       </c>
       <c r="B93" t="s">
         <v>152</v>
       </c>
       <c r="C93"/>
       <c r="D93" t="s">
         <v>115</v>
       </c>
       <c r="E93" t="s">
         <v>21</v>
       </c>
       <c r="F93">
         <v>2010</v>
       </c>
       <c r="G93" t="s">
         <v>17</v>
       </c>
       <c r="H93"/>
     </row>
     <row r="94" spans="1:8">
@@ -3664,75 +3664,75 @@
       </c>
       <c r="G95"/>
       <c r="H95" t="s">
         <v>118</v>
       </c>
     </row>
     <row r="96" spans="1:8">
       <c r="A96" t="s">
         <v>157</v>
       </c>
       <c r="B96" t="s">
         <v>158</v>
       </c>
       <c r="C96"/>
       <c r="D96" t="s">
         <v>20</v>
       </c>
       <c r="E96" t="s">
         <v>21</v>
       </c>
       <c r="F96">
         <v>2010</v>
       </c>
       <c r="G96"/>
       <c r="H96" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
     </row>
     <row r="97" spans="1:8">
       <c r="A97" t="s">
         <v>159</v>
       </c>
       <c r="B97" t="s">
         <v>160</v>
       </c>
       <c r="C97" t="s">
         <v>37</v>
       </c>
       <c r="D97" t="s">
         <v>70</v>
       </c>
       <c r="E97" t="s">
         <v>26</v>
       </c>
       <c r="F97">
         <v>2010</v>
       </c>
       <c r="G97"/>
       <c r="H97" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
     </row>
     <row r="98" spans="1:8">
       <c r="A98" t="s">
         <v>161</v>
       </c>
       <c r="B98" t="s">
         <v>162</v>
       </c>
       <c r="C98" t="s">
         <v>37</v>
       </c>
       <c r="D98" t="s">
         <v>70</v>
       </c>
       <c r="E98" t="s">
         <v>26</v>
       </c>
       <c r="F98">
         <v>2010</v>
       </c>
       <c r="G98"/>
       <c r="H98" t="s">
         <v>11</v>
       </c>
@@ -3830,99 +3830,99 @@
       <c r="H102" t="s">
         <v>118</v>
       </c>
     </row>
     <row r="103" spans="1:8">
       <c r="A103" t="s">
         <v>172</v>
       </c>
       <c r="B103" t="s">
         <v>173</v>
       </c>
       <c r="C103" t="s">
         <v>37</v>
       </c>
       <c r="D103" t="s">
         <v>70</v>
       </c>
       <c r="E103" t="s">
         <v>26</v>
       </c>
       <c r="F103">
         <v>2009</v>
       </c>
       <c r="G103"/>
       <c r="H103" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
     </row>
     <row r="104" spans="1:8">
       <c r="A104" t="s">
         <v>174</v>
       </c>
       <c r="B104" t="s">
         <v>175</v>
       </c>
       <c r="C104" t="s">
         <v>29</v>
       </c>
       <c r="D104" t="s">
         <v>70</v>
       </c>
       <c r="E104" t="s">
         <v>26</v>
       </c>
       <c r="F104">
         <v>2009</v>
       </c>
       <c r="G104"/>
       <c r="H104" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
     </row>
     <row r="105" spans="1:8">
       <c r="A105" t="s">
         <v>176</v>
       </c>
       <c r="B105" t="s">
         <v>177</v>
       </c>
       <c r="C105" t="s">
         <v>46</v>
       </c>
       <c r="D105" t="s">
         <v>70</v>
       </c>
       <c r="E105" t="s">
         <v>26</v>
       </c>
       <c r="F105">
         <v>2009</v>
       </c>
       <c r="G105"/>
       <c r="H105" t="s">
-        <v>42</v>
+        <v>41</v>
       </c>
     </row>
     <row r="106" spans="1:8">
       <c r="A106" t="s">
         <v>178</v>
       </c>
       <c r="B106" t="s">
         <v>179</v>
       </c>
       <c r="C106"/>
       <c r="D106" t="s">
         <v>169</v>
       </c>
       <c r="E106" t="s">
         <v>10</v>
       </c>
       <c r="F106">
         <v>2008</v>
       </c>
       <c r="G106" t="s">
         <v>73</v>
       </c>
       <c r="H106"/>
     </row>
     <row r="107" spans="1:8">
@@ -4082,123 +4082,123 @@
       </c>
       <c r="G113"/>
       <c r="H113" t="s">
         <v>81</v>
       </c>
     </row>
     <row r="114" spans="1:8">
       <c r="A114" t="s">
         <v>194</v>
       </c>
       <c r="B114" t="s">
         <v>195</v>
       </c>
       <c r="C114"/>
       <c r="D114" t="s">
         <v>20</v>
       </c>
       <c r="E114" t="s">
         <v>21</v>
       </c>
       <c r="F114">
         <v>2007</v>
       </c>
       <c r="G114"/>
       <c r="H114" t="s">
-        <v>49</v>
+        <v>52</v>
       </c>
     </row>
     <row r="115" spans="1:8">
       <c r="A115" t="s">
         <v>196</v>
       </c>
       <c r="B115" t="s">
         <v>197</v>
       </c>
       <c r="C115" t="s">
         <v>29</v>
       </c>
       <c r="D115" t="s">
         <v>70</v>
       </c>
       <c r="E115" t="s">
         <v>26</v>
       </c>
       <c r="F115">
         <v>2007</v>
       </c>
       <c r="G115"/>
       <c r="H115" t="s">
         <v>81</v>
       </c>
     </row>
     <row r="116" spans="1:8">
       <c r="A116" t="s">
         <v>198</v>
       </c>
       <c r="B116" t="s">
         <v>199</v>
       </c>
       <c r="C116" t="s">
         <v>29</v>
       </c>
       <c r="D116" t="s">
         <v>70</v>
       </c>
       <c r="E116" t="s">
         <v>26</v>
       </c>
       <c r="F116">
         <v>2007</v>
       </c>
       <c r="G116"/>
       <c r="H116" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
     </row>
     <row r="117" spans="1:8">
       <c r="A117" t="s">
         <v>200</v>
       </c>
       <c r="B117" t="s">
         <v>201</v>
       </c>
       <c r="C117" t="s">
         <v>29</v>
       </c>
       <c r="D117" t="s">
         <v>70</v>
       </c>
       <c r="E117" t="s">
         <v>26</v>
       </c>
       <c r="F117">
         <v>2007</v>
       </c>
       <c r="G117"/>
       <c r="H117" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
     </row>
     <row r="118" spans="1:8">
       <c r="A118" t="s">
         <v>202</v>
       </c>
       <c r="B118" t="s">
         <v>203</v>
       </c>
       <c r="C118" t="s">
         <v>37</v>
       </c>
       <c r="D118" t="s">
         <v>70</v>
       </c>
       <c r="E118" t="s">
         <v>26</v>
       </c>
       <c r="F118">
         <v>2007</v>
       </c>
       <c r="G118"/>
       <c r="H118" t="s">
         <v>56</v>
       </c>
@@ -4246,283 +4246,283 @@
       <c r="H120" t="s">
         <v>118</v>
       </c>
     </row>
     <row r="121" spans="1:8">
       <c r="A121" t="s">
         <v>208</v>
       </c>
       <c r="B121" t="s">
         <v>209</v>
       </c>
       <c r="C121" t="s">
         <v>29</v>
       </c>
       <c r="D121" t="s">
         <v>70</v>
       </c>
       <c r="E121" t="s">
         <v>26</v>
       </c>
       <c r="F121">
         <v>2006</v>
       </c>
       <c r="G121"/>
       <c r="H121" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
     </row>
     <row r="122" spans="1:8">
       <c r="A122" t="s">
         <v>210</v>
       </c>
       <c r="B122" t="s">
         <v>211</v>
       </c>
       <c r="C122" t="s">
         <v>29</v>
       </c>
       <c r="D122" t="s">
         <v>70</v>
       </c>
       <c r="E122" t="s">
         <v>26</v>
       </c>
       <c r="F122">
         <v>2006</v>
       </c>
       <c r="G122"/>
       <c r="H122" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
     </row>
     <row r="123" spans="1:8">
       <c r="A123" t="s">
         <v>212</v>
       </c>
       <c r="B123" t="s">
         <v>213</v>
       </c>
       <c r="C123" t="s">
         <v>29</v>
       </c>
       <c r="D123" t="s">
         <v>70</v>
       </c>
       <c r="E123" t="s">
         <v>26</v>
       </c>
       <c r="F123">
         <v>2006</v>
       </c>
       <c r="G123"/>
       <c r="H123" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
     </row>
     <row r="124" spans="1:8">
       <c r="A124" t="s">
         <v>214</v>
       </c>
       <c r="B124" t="s">
         <v>215</v>
       </c>
       <c r="C124"/>
       <c r="D124" t="s">
         <v>20</v>
       </c>
       <c r="E124" t="s">
         <v>21</v>
       </c>
       <c r="F124">
         <v>2005</v>
       </c>
       <c r="G124"/>
       <c r="H124" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="125" spans="1:8">
       <c r="A125" t="s">
         <v>216</v>
       </c>
       <c r="B125" t="s">
         <v>217</v>
       </c>
       <c r="C125"/>
       <c r="D125" t="s">
         <v>115</v>
       </c>
       <c r="E125" t="s">
         <v>21</v>
       </c>
       <c r="F125">
         <v>2005</v>
       </c>
       <c r="G125"/>
       <c r="H125" t="s">
-        <v>49</v>
+        <v>52</v>
       </c>
     </row>
     <row r="126" spans="1:8">
       <c r="A126" t="s">
         <v>218</v>
       </c>
       <c r="B126" t="s">
         <v>219</v>
       </c>
       <c r="C126" t="s">
         <v>37</v>
       </c>
       <c r="D126" t="s">
         <v>70</v>
       </c>
       <c r="E126" t="s">
         <v>26</v>
       </c>
       <c r="F126">
         <v>2005</v>
       </c>
       <c r="G126"/>
       <c r="H126" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
     </row>
     <row r="127" spans="1:8">
       <c r="A127" t="s">
         <v>220</v>
       </c>
       <c r="B127" t="s">
         <v>221</v>
       </c>
       <c r="C127" t="s">
         <v>29</v>
       </c>
       <c r="D127" t="s">
         <v>70</v>
       </c>
       <c r="E127" t="s">
         <v>26</v>
       </c>
       <c r="F127">
         <v>2005</v>
       </c>
       <c r="G127"/>
       <c r="H127" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
     </row>
     <row r="128" spans="1:8">
       <c r="A128" t="s">
         <v>222</v>
       </c>
       <c r="B128" t="s">
         <v>223</v>
       </c>
       <c r="C128"/>
       <c r="D128" t="s">
         <v>20</v>
       </c>
       <c r="E128" t="s">
         <v>21</v>
       </c>
       <c r="F128">
         <v>2004</v>
       </c>
       <c r="G128"/>
       <c r="H128" t="s">
         <v>118</v>
       </c>
     </row>
     <row r="129" spans="1:8">
       <c r="A129" t="s">
         <v>224</v>
       </c>
       <c r="B129" t="s">
         <v>225</v>
       </c>
       <c r="C129"/>
       <c r="D129" t="s">
         <v>20</v>
       </c>
       <c r="E129" t="s">
         <v>21</v>
       </c>
       <c r="F129">
         <v>2004</v>
       </c>
       <c r="G129"/>
       <c r="H129" t="s">
-        <v>49</v>
+        <v>52</v>
       </c>
     </row>
     <row r="130" spans="1:8">
       <c r="A130" t="s">
         <v>226</v>
       </c>
       <c r="B130" t="s">
         <v>227</v>
       </c>
       <c r="C130" t="s">
         <v>46</v>
       </c>
       <c r="D130" t="s">
         <v>70</v>
       </c>
       <c r="E130" t="s">
         <v>26</v>
       </c>
       <c r="F130">
         <v>2004</v>
       </c>
       <c r="G130"/>
       <c r="H130" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="131" spans="1:8">
       <c r="A131" t="s">
         <v>228</v>
       </c>
       <c r="B131" t="s">
         <v>229</v>
       </c>
       <c r="C131" t="s">
         <v>29</v>
       </c>
       <c r="D131" t="s">
         <v>70</v>
       </c>
       <c r="E131" t="s">
         <v>26</v>
       </c>
       <c r="F131">
         <v>2004</v>
       </c>
       <c r="G131"/>
       <c r="H131" t="s">
-        <v>49</v>
+        <v>52</v>
       </c>
     </row>
     <row r="132" spans="1:8">
       <c r="A132" t="s">
         <v>230</v>
       </c>
       <c r="B132"/>
       <c r="C132" t="s">
         <v>37</v>
       </c>
       <c r="D132" t="s">
         <v>70</v>
       </c>
       <c r="E132" t="s">
         <v>26</v>
       </c>
       <c r="F132">
         <v>2004</v>
       </c>
       <c r="G132"/>
       <c r="H132" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="133" spans="1:8">
@@ -4636,51 +4636,51 @@
       <c r="H137" t="s">
         <v>81</v>
       </c>
     </row>
     <row r="138" spans="1:8">
       <c r="A138" t="s">
         <v>239</v>
       </c>
       <c r="B138" t="s">
         <v>240</v>
       </c>
       <c r="C138" t="s">
         <v>29</v>
       </c>
       <c r="D138" t="s">
         <v>70</v>
       </c>
       <c r="E138" t="s">
         <v>26</v>
       </c>
       <c r="F138">
         <v>2003</v>
       </c>
       <c r="G138"/>
       <c r="H138" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
     </row>
     <row r="139" spans="1:8">
       <c r="A139" t="s">
         <v>241</v>
       </c>
       <c r="B139" t="s">
         <v>242</v>
       </c>
       <c r="C139" t="s">
         <v>37</v>
       </c>
       <c r="D139" t="s">
         <v>70</v>
       </c>
       <c r="E139" t="s">
         <v>26</v>
       </c>
       <c r="F139">
         <v>2003</v>
       </c>
       <c r="G139"/>
       <c r="H139" t="s">
         <v>18</v>
       </c>
@@ -4730,211 +4730,211 @@
       <c r="H141" t="s">
         <v>106</v>
       </c>
     </row>
     <row r="142" spans="1:8">
       <c r="A142" t="s">
         <v>245</v>
       </c>
       <c r="B142" t="s">
         <v>246</v>
       </c>
       <c r="C142" t="s">
         <v>46</v>
       </c>
       <c r="D142" t="s">
         <v>70</v>
       </c>
       <c r="E142" t="s">
         <v>26</v>
       </c>
       <c r="F142">
         <v>2002</v>
       </c>
       <c r="G142"/>
       <c r="H142" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
     </row>
     <row r="143" spans="1:8">
       <c r="A143" t="s">
         <v>247</v>
       </c>
       <c r="B143" t="s">
         <v>248</v>
       </c>
       <c r="C143" t="s">
         <v>29</v>
       </c>
       <c r="D143" t="s">
         <v>70</v>
       </c>
       <c r="E143" t="s">
         <v>26</v>
       </c>
       <c r="F143">
         <v>2002</v>
       </c>
       <c r="G143"/>
       <c r="H143" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
     </row>
     <row r="144" spans="1:8">
       <c r="A144" t="s">
         <v>249</v>
       </c>
       <c r="B144" t="s">
         <v>250</v>
       </c>
       <c r="C144" t="s">
         <v>137</v>
       </c>
       <c r="D144" t="s">
         <v>138</v>
       </c>
       <c r="E144" t="s">
         <v>26</v>
       </c>
       <c r="F144">
         <v>2002</v>
       </c>
       <c r="G144" t="s">
         <v>17</v>
       </c>
       <c r="H144"/>
     </row>
     <row r="145" spans="1:8">
       <c r="A145" t="s">
         <v>251</v>
       </c>
       <c r="B145" t="s">
         <v>252</v>
       </c>
       <c r="C145"/>
       <c r="D145" t="s">
         <v>20</v>
       </c>
       <c r="E145" t="s">
         <v>21</v>
       </c>
       <c r="F145">
         <v>2001</v>
       </c>
       <c r="G145"/>
       <c r="H145" t="s">
-        <v>49</v>
+        <v>52</v>
       </c>
     </row>
     <row r="146" spans="1:8">
       <c r="A146" t="s">
         <v>253</v>
       </c>
       <c r="B146" t="s">
         <v>252</v>
       </c>
       <c r="C146"/>
       <c r="D146" t="s">
         <v>20</v>
       </c>
       <c r="E146" t="s">
         <v>21</v>
       </c>
       <c r="F146">
         <v>2001</v>
       </c>
       <c r="G146"/>
       <c r="H146" t="s">
-        <v>49</v>
+        <v>52</v>
       </c>
     </row>
     <row r="147" spans="1:8">
       <c r="A147" t="s">
         <v>254</v>
       </c>
       <c r="B147" t="s">
         <v>255</v>
       </c>
       <c r="C147" t="s">
         <v>29</v>
       </c>
       <c r="D147" t="s">
         <v>70</v>
       </c>
       <c r="E147" t="s">
         <v>26</v>
       </c>
       <c r="F147">
         <v>2001</v>
       </c>
       <c r="G147"/>
       <c r="H147" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
     </row>
     <row r="148" spans="1:8">
       <c r="A148" t="s">
         <v>256</v>
       </c>
       <c r="B148" t="s">
         <v>242</v>
       </c>
       <c r="C148" t="s">
         <v>37</v>
       </c>
       <c r="D148" t="s">
         <v>70</v>
       </c>
       <c r="E148" t="s">
         <v>26</v>
       </c>
       <c r="F148">
         <v>2001</v>
       </c>
       <c r="G148"/>
       <c r="H148" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="149" spans="1:8">
       <c r="A149" t="s">
         <v>257</v>
       </c>
       <c r="B149" t="s">
         <v>258</v>
       </c>
       <c r="C149"/>
       <c r="D149"/>
       <c r="E149" t="s">
         <v>26</v>
       </c>
       <c r="F149">
         <v>2001</v>
       </c>
       <c r="G149"/>
       <c r="H149" t="s">
-        <v>49</v>
+        <v>52</v>
       </c>
     </row>
     <row r="150" spans="1:8">
       <c r="A150" t="s">
         <v>259</v>
       </c>
       <c r="B150" t="s">
         <v>242</v>
       </c>
       <c r="C150" t="s">
         <v>37</v>
       </c>
       <c r="D150" t="s">
         <v>70</v>
       </c>
       <c r="E150" t="s">
         <v>26</v>
       </c>
       <c r="F150">
         <v>2001</v>
       </c>
       <c r="G150"/>
       <c r="H150" t="s">
         <v>32</v>
       </c>
@@ -4982,191 +4982,191 @@
       <c r="H152" t="s">
         <v>106</v>
       </c>
     </row>
     <row r="153" spans="1:8">
       <c r="A153" t="s">
         <v>264</v>
       </c>
       <c r="B153" t="s">
         <v>265</v>
       </c>
       <c r="C153" t="s">
         <v>29</v>
       </c>
       <c r="D153" t="s">
         <v>70</v>
       </c>
       <c r="E153" t="s">
         <v>26</v>
       </c>
       <c r="F153">
         <v>2000</v>
       </c>
       <c r="G153"/>
       <c r="H153" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
     </row>
     <row r="154" spans="1:8">
       <c r="A154" t="s">
         <v>266</v>
       </c>
       <c r="B154" t="s">
         <v>267</v>
       </c>
       <c r="C154"/>
       <c r="D154"/>
       <c r="E154" t="s">
         <v>26</v>
       </c>
       <c r="F154">
         <v>2000</v>
       </c>
       <c r="G154"/>
       <c r="H154" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="155" spans="1:8">
       <c r="A155" t="s">
         <v>266</v>
       </c>
       <c r="B155" t="s">
         <v>267</v>
       </c>
       <c r="C155"/>
       <c r="D155"/>
       <c r="E155" t="s">
         <v>26</v>
       </c>
       <c r="F155">
         <v>2000</v>
       </c>
       <c r="G155"/>
       <c r="H155" t="s">
-        <v>49</v>
+        <v>52</v>
       </c>
     </row>
     <row r="156" spans="1:8">
       <c r="A156" t="s">
         <v>268</v>
       </c>
       <c r="B156" t="s">
         <v>269</v>
       </c>
       <c r="C156"/>
       <c r="D156"/>
       <c r="E156" t="s">
         <v>26</v>
       </c>
       <c r="F156">
         <v>2000</v>
       </c>
       <c r="G156"/>
       <c r="H156" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="157" spans="1:8">
       <c r="A157" t="s">
         <v>268</v>
       </c>
       <c r="B157" t="s">
         <v>269</v>
       </c>
       <c r="C157"/>
       <c r="D157"/>
       <c r="E157" t="s">
         <v>26</v>
       </c>
       <c r="F157">
         <v>2000</v>
       </c>
       <c r="G157"/>
       <c r="H157" t="s">
-        <v>49</v>
+        <v>52</v>
       </c>
     </row>
     <row r="158" spans="1:8">
       <c r="A158" t="s">
         <v>270</v>
       </c>
       <c r="B158" t="s">
         <v>271</v>
       </c>
       <c r="C158"/>
       <c r="D158"/>
       <c r="E158" t="s">
         <v>26</v>
       </c>
       <c r="F158">
         <v>2000</v>
       </c>
       <c r="G158"/>
       <c r="H158" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
     </row>
     <row r="159" spans="1:8">
       <c r="A159" t="s">
         <v>270</v>
       </c>
       <c r="B159" t="s">
         <v>271</v>
       </c>
       <c r="C159"/>
       <c r="D159"/>
       <c r="E159" t="s">
         <v>26</v>
       </c>
       <c r="F159">
         <v>2000</v>
       </c>
       <c r="G159"/>
       <c r="H159" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="160" spans="1:8">
       <c r="A160" t="s">
         <v>270</v>
       </c>
       <c r="B160" t="s">
         <v>271</v>
       </c>
       <c r="C160"/>
       <c r="D160"/>
       <c r="E160" t="s">
         <v>26</v>
       </c>
       <c r="F160">
         <v>2000</v>
       </c>
       <c r="G160"/>
       <c r="H160" t="s">
-        <v>49</v>
+        <v>52</v>
       </c>
     </row>
     <row r="161" spans="1:8">
       <c r="A161" t="s">
         <v>272</v>
       </c>
       <c r="B161" t="s">
         <v>273</v>
       </c>
       <c r="C161"/>
       <c r="D161" t="s">
         <v>20</v>
       </c>
       <c r="E161" t="s">
         <v>21</v>
       </c>
       <c r="F161">
         <v>1999</v>
       </c>
       <c r="G161"/>
       <c r="H161" t="s">
         <v>118</v>
       </c>
     </row>
     <row r="162" spans="1:8">
@@ -5214,235 +5214,235 @@
       <c r="H163" t="s">
         <v>81</v>
       </c>
     </row>
     <row r="164" spans="1:8">
       <c r="A164" t="s">
         <v>277</v>
       </c>
       <c r="B164" t="s">
         <v>278</v>
       </c>
       <c r="C164" t="s">
         <v>29</v>
       </c>
       <c r="D164" t="s">
         <v>70</v>
       </c>
       <c r="E164" t="s">
         <v>26</v>
       </c>
       <c r="F164">
         <v>1999</v>
       </c>
       <c r="G164"/>
       <c r="H164" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
     </row>
     <row r="165" spans="1:8">
       <c r="A165" t="s">
         <v>279</v>
       </c>
       <c r="B165" t="s">
         <v>280</v>
       </c>
       <c r="C165" t="s">
         <v>29</v>
       </c>
       <c r="D165" t="s">
         <v>70</v>
       </c>
       <c r="E165" t="s">
         <v>26</v>
       </c>
       <c r="F165">
         <v>1999</v>
       </c>
       <c r="G165"/>
       <c r="H165" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
     </row>
     <row r="166" spans="1:8">
       <c r="A166" t="s">
         <v>281</v>
       </c>
       <c r="B166" t="s">
         <v>282</v>
       </c>
       <c r="C166"/>
       <c r="D166" t="s">
         <v>20</v>
       </c>
       <c r="E166" t="s">
         <v>21</v>
       </c>
       <c r="F166">
         <v>1998</v>
       </c>
       <c r="G166"/>
       <c r="H166" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
     </row>
     <row r="167" spans="1:8">
       <c r="A167" t="s">
         <v>283</v>
       </c>
       <c r="B167" t="s">
         <v>284</v>
       </c>
       <c r="C167"/>
       <c r="D167" t="s">
         <v>20</v>
       </c>
       <c r="E167" t="s">
         <v>21</v>
       </c>
       <c r="F167">
         <v>1998</v>
       </c>
       <c r="G167"/>
       <c r="H167" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="168" spans="1:8">
       <c r="A168" t="s">
         <v>285</v>
       </c>
       <c r="B168" t="s">
         <v>286</v>
       </c>
       <c r="C168" t="s">
         <v>46</v>
       </c>
       <c r="D168" t="s">
         <v>70</v>
       </c>
       <c r="E168" t="s">
         <v>26</v>
       </c>
       <c r="F168">
         <v>1998</v>
       </c>
       <c r="G168"/>
       <c r="H168" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
     </row>
     <row r="169" spans="1:8">
       <c r="A169" t="s">
         <v>287</v>
       </c>
       <c r="B169" t="s">
         <v>288</v>
       </c>
       <c r="C169" t="s">
         <v>29</v>
       </c>
       <c r="D169" t="s">
         <v>70</v>
       </c>
       <c r="E169" t="s">
         <v>26</v>
       </c>
       <c r="F169">
         <v>1998</v>
       </c>
       <c r="G169"/>
       <c r="H169" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
     </row>
     <row r="170" spans="1:8">
       <c r="A170" t="s">
         <v>289</v>
       </c>
       <c r="B170" t="s">
         <v>290</v>
       </c>
       <c r="C170" t="s">
         <v>37</v>
       </c>
       <c r="D170" t="s">
         <v>70</v>
       </c>
       <c r="E170" t="s">
         <v>26</v>
       </c>
       <c r="F170">
         <v>1998</v>
       </c>
       <c r="G170"/>
       <c r="H170" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="171" spans="1:8">
       <c r="A171" t="s">
         <v>289</v>
       </c>
       <c r="B171" t="s">
         <v>290</v>
       </c>
       <c r="C171" t="s">
         <v>37</v>
       </c>
       <c r="D171" t="s">
         <v>70</v>
       </c>
       <c r="E171" t="s">
         <v>26</v>
       </c>
       <c r="F171">
         <v>1998</v>
       </c>
       <c r="G171"/>
       <c r="H171" t="s">
-        <v>49</v>
+        <v>52</v>
       </c>
     </row>
     <row r="172" spans="1:8">
       <c r="A172" t="s">
         <v>291</v>
       </c>
       <c r="B172" t="s">
         <v>292</v>
       </c>
       <c r="C172"/>
       <c r="D172"/>
       <c r="E172" t="s">
         <v>26</v>
       </c>
       <c r="F172">
         <v>1998</v>
       </c>
       <c r="G172"/>
       <c r="H172" t="s">
-        <v>49</v>
+        <v>52</v>
       </c>
     </row>
     <row r="173" spans="1:8">
       <c r="A173" t="s">
         <v>291</v>
       </c>
       <c r="B173" t="s">
         <v>292</v>
       </c>
       <c r="C173"/>
       <c r="D173"/>
       <c r="E173" t="s">
         <v>26</v>
       </c>
       <c r="F173">
         <v>1998</v>
       </c>
       <c r="G173"/>
       <c r="H173" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="174" spans="1:8">
       <c r="A174" t="s">
         <v>293</v>
@@ -5462,167 +5462,167 @@
         <v>73</v>
       </c>
       <c r="H174"/>
     </row>
     <row r="175" spans="1:8">
       <c r="A175" t="s">
         <v>295</v>
       </c>
       <c r="B175" t="s">
         <v>296</v>
       </c>
       <c r="C175" t="s">
         <v>29</v>
       </c>
       <c r="D175" t="s">
         <v>70</v>
       </c>
       <c r="E175" t="s">
         <v>26</v>
       </c>
       <c r="F175">
         <v>1997</v>
       </c>
       <c r="G175"/>
       <c r="H175" t="s">
-        <v>42</v>
+        <v>41</v>
       </c>
     </row>
     <row r="176" spans="1:8">
       <c r="A176" t="s">
         <v>297</v>
       </c>
       <c r="B176" t="s">
         <v>298</v>
       </c>
       <c r="C176" t="s">
         <v>29</v>
       </c>
       <c r="D176" t="s">
         <v>70</v>
       </c>
       <c r="E176" t="s">
         <v>26</v>
       </c>
       <c r="F176">
         <v>1996</v>
       </c>
       <c r="G176"/>
       <c r="H176" t="s">
         <v>56</v>
       </c>
     </row>
     <row r="177" spans="1:8">
       <c r="A177" t="s">
         <v>299</v>
       </c>
       <c r="B177" t="s">
         <v>300</v>
       </c>
       <c r="C177" t="s">
         <v>37</v>
       </c>
       <c r="D177" t="s">
         <v>70</v>
       </c>
       <c r="E177" t="s">
         <v>26</v>
       </c>
       <c r="F177">
         <v>1995</v>
       </c>
       <c r="G177"/>
       <c r="H177" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
     </row>
     <row r="178" spans="1:8">
       <c r="A178" t="s">
         <v>301</v>
       </c>
       <c r="B178" t="s">
         <v>302</v>
       </c>
       <c r="C178" t="s">
         <v>137</v>
       </c>
       <c r="D178" t="s">
         <v>138</v>
       </c>
       <c r="E178" t="s">
         <v>26</v>
       </c>
       <c r="F178">
         <v>1995</v>
       </c>
       <c r="G178"/>
       <c r="H178"/>
     </row>
     <row r="179" spans="1:8">
       <c r="A179" t="s">
         <v>303</v>
       </c>
       <c r="B179" t="s">
         <v>304</v>
       </c>
       <c r="C179"/>
       <c r="D179" t="s">
         <v>20</v>
       </c>
       <c r="E179" t="s">
         <v>21</v>
       </c>
       <c r="F179">
         <v>1994</v>
       </c>
       <c r="G179"/>
       <c r="H179" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
     </row>
     <row r="180" spans="1:8">
       <c r="A180" t="s">
         <v>305</v>
       </c>
       <c r="B180" t="s">
         <v>306</v>
       </c>
       <c r="C180" t="s">
         <v>29</v>
       </c>
       <c r="D180" t="s">
         <v>70</v>
       </c>
       <c r="E180" t="s">
         <v>26</v>
       </c>
       <c r="F180">
         <v>1994</v>
       </c>
       <c r="G180"/>
       <c r="H180" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
     </row>
     <row r="181" spans="1:8">
       <c r="A181" t="s">
         <v>307</v>
       </c>
       <c r="B181" t="s">
         <v>308</v>
       </c>
       <c r="C181"/>
       <c r="D181"/>
       <c r="E181" t="s">
         <v>35</v>
       </c>
       <c r="F181">
         <v>1992</v>
       </c>
       <c r="G181" t="s">
         <v>73</v>
       </c>
       <c r="H181"/>
     </row>
     <row r="182" spans="1:8">
       <c r="A182" t="s">
         <v>309</v>
@@ -5640,191 +5640,191 @@
       </c>
       <c r="G182" t="s">
         <v>73</v>
       </c>
       <c r="H182"/>
     </row>
     <row r="183" spans="1:8">
       <c r="A183" t="s">
         <v>311</v>
       </c>
       <c r="B183" t="s">
         <v>312</v>
       </c>
       <c r="C183"/>
       <c r="D183" t="s">
         <v>20</v>
       </c>
       <c r="E183" t="s">
         <v>21</v>
       </c>
       <c r="F183">
         <v>1992</v>
       </c>
       <c r="G183"/>
       <c r="H183" t="s">
-        <v>49</v>
+        <v>52</v>
       </c>
     </row>
     <row r="184" spans="1:8">
       <c r="A184" t="s">
         <v>313</v>
       </c>
       <c r="B184" t="s">
         <v>314</v>
       </c>
       <c r="C184" t="s">
         <v>46</v>
       </c>
       <c r="D184" t="s">
         <v>70</v>
       </c>
       <c r="E184" t="s">
         <v>26</v>
       </c>
       <c r="F184">
         <v>1992</v>
       </c>
       <c r="G184"/>
       <c r="H184" t="s">
         <v>81</v>
       </c>
     </row>
     <row r="185" spans="1:8">
       <c r="A185" t="s">
         <v>315</v>
       </c>
       <c r="B185" t="s">
         <v>316</v>
       </c>
       <c r="C185" t="s">
         <v>29</v>
       </c>
       <c r="D185" t="s">
         <v>70</v>
       </c>
       <c r="E185" t="s">
         <v>26</v>
       </c>
       <c r="F185">
         <v>1992</v>
       </c>
       <c r="G185"/>
       <c r="H185" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
     </row>
     <row r="186" spans="1:8">
       <c r="A186" t="s">
         <v>317</v>
       </c>
       <c r="B186" t="s">
         <v>318</v>
       </c>
       <c r="C186"/>
       <c r="D186" t="s">
         <v>20</v>
       </c>
       <c r="E186" t="s">
         <v>21</v>
       </c>
       <c r="F186">
         <v>1990</v>
       </c>
       <c r="G186"/>
       <c r="H186" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
     </row>
     <row r="187" spans="1:8">
       <c r="A187" t="s">
         <v>319</v>
       </c>
       <c r="B187" t="s">
         <v>320</v>
       </c>
       <c r="C187" t="s">
         <v>29</v>
       </c>
       <c r="D187" t="s">
         <v>70</v>
       </c>
       <c r="E187" t="s">
         <v>26</v>
       </c>
       <c r="F187">
         <v>1990</v>
       </c>
       <c r="G187"/>
       <c r="H187" t="s">
-        <v>49</v>
+        <v>52</v>
       </c>
     </row>
     <row r="188" spans="1:8">
       <c r="A188" t="s">
         <v>321</v>
       </c>
       <c r="B188" t="s">
         <v>322</v>
       </c>
       <c r="C188"/>
       <c r="D188" t="s">
         <v>115</v>
       </c>
       <c r="E188" t="s">
         <v>21</v>
       </c>
       <c r="F188">
         <v>1989</v>
       </c>
       <c r="G188" t="s">
         <v>17</v>
       </c>
       <c r="H188"/>
     </row>
     <row r="189" spans="1:8">
       <c r="A189" t="s">
         <v>323</v>
       </c>
       <c r="B189" t="s">
         <v>324</v>
       </c>
       <c r="C189" t="s">
         <v>29</v>
       </c>
       <c r="D189" t="s">
         <v>70</v>
       </c>
       <c r="E189" t="s">
         <v>26</v>
       </c>
       <c r="F189">
         <v>1989</v>
       </c>
       <c r="G189"/>
       <c r="H189" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
     </row>
     <row r="190" spans="1:8">
       <c r="A190" t="s">
         <v>325</v>
       </c>
       <c r="B190" t="s">
         <v>242</v>
       </c>
       <c r="C190" t="s">
         <v>37</v>
       </c>
       <c r="D190" t="s">
         <v>70</v>
       </c>
       <c r="E190" t="s">
         <v>26</v>
       </c>
       <c r="F190">
         <v>1989</v>
       </c>
       <c r="G190"/>
       <c r="H190" t="s">
         <v>11</v>
       </c>
@@ -6004,51 +6004,51 @@
       <c r="F198">
         <v>1977</v>
       </c>
       <c r="G198"/>
       <c r="H198"/>
     </row>
     <row r="199" spans="1:8">
       <c r="A199" t="s">
         <v>340</v>
       </c>
       <c r="B199" t="s">
         <v>341</v>
       </c>
       <c r="C199" t="s">
         <v>29</v>
       </c>
       <c r="D199" t="s">
         <v>70</v>
       </c>
       <c r="E199" t="s">
         <v>26</v>
       </c>
       <c r="F199"/>
       <c r="G199"/>
       <c r="H199" t="s">
-        <v>42</v>
+        <v>41</v>
       </c>
     </row>
     <row r="200" spans="1:8">
       <c r="A200" t="s">
         <v>342</v>
       </c>
       <c r="B200"/>
       <c r="C200" t="s">
         <v>343</v>
       </c>
       <c r="D200" t="s">
         <v>138</v>
       </c>
       <c r="E200" t="s">
         <v>26</v>
       </c>
       <c r="F200">
         <v>1933</v>
       </c>
       <c r="G200" t="s">
         <v>17</v>
       </c>
       <c r="H200"/>
     </row>
     <row r="201" spans="1:8">