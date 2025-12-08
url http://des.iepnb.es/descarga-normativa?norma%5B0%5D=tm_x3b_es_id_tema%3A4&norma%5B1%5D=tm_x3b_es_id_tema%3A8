--- v0 (2025-10-24)
+++ v1 (2025-12-08)
@@ -111,147 +111,147 @@
   <si>
     <t>Ordenanza,  Reglamento,  Bando	Anuncio/ edicto</t>
   </si>
   <si>
     <t>Entidades locales</t>
   </si>
   <si>
     <t>Reglamentos (Gobierno, Autonómico, Entidades locales)</t>
   </si>
   <si>
     <t>Ciudad Autónoma de Melilla</t>
   </si>
   <si>
     <t>Pruebass Legislación Cancelar.</t>
   </si>
   <si>
     <t>https://www.google.com/test</t>
   </si>
   <si>
     <t>Nueva Norma Añadir Legislación con CCAA.</t>
   </si>
   <si>
     <t>Decreto</t>
   </si>
   <si>
+    <t>Castilla y León</t>
+  </si>
+  <si>
     <t>País Vasco</t>
   </si>
   <si>
-    <t>Castilla y León</t>
-[...1 lines deleted...]
-  <si>
     <t>Cataluña</t>
   </si>
   <si>
     <t>Norma New Alta Legislación</t>
   </si>
   <si>
     <t>Anuncio (Consejo de Gobierno)</t>
   </si>
   <si>
     <t>Tratados Internacionales</t>
   </si>
   <si>
     <t>Nueva Norma 2 Tomás</t>
   </si>
   <si>
     <t>Resolución</t>
   </si>
   <si>
     <t>Reglamentos</t>
   </si>
   <si>
     <t>Pruebas Tomas</t>
   </si>
   <si>
     <t>Norma Prueba con Carolina</t>
   </si>
   <si>
+    <t>Comunidad de Madrid</t>
+  </si>
+  <si>
     <t>Cantabria</t>
   </si>
   <si>
-    <t>Comunidad de Madrid</t>
-[...1 lines deleted...]
-  <si>
     <t>sg2</t>
   </si>
   <si>
     <t>sg3</t>
   </si>
   <si>
     <t>sg5</t>
   </si>
   <si>
     <t>Orden</t>
   </si>
   <si>
     <t>Prueba de Legislación con Nivel de Administración Nacional.</t>
   </si>
   <si>
     <t>https://www.google.com/testing/branch</t>
   </si>
   <si>
+    <t>Extremadura</t>
+  </si>
+  <si>
+    <t>Ciudad Autónoma de Ceuta</t>
+  </si>
+  <si>
     <t>Canarias</t>
   </si>
   <si>
     <t>AGE</t>
   </si>
   <si>
-    <t>Ciudad Autónoma de Ceuta</t>
-[...4 lines deleted...]
-  <si>
     <t>Prueba Nacional con publicadores con AppUsuPerOrg.</t>
   </si>
   <si>
     <t>https://www.google.com/testsg7</t>
   </si>
   <si>
     <t>Comunidad Valenciana</t>
   </si>
   <si>
     <t>Norma Prueba Alta</t>
   </si>
   <si>
     <t>Pruebassssssssssssss años</t>
   </si>
   <si>
     <t>Pruebas para saber si el campo Norma puede usar / , ; y : .</t>
   </si>
   <si>
     <t>https://www.google.com/test/branch</t>
   </si>
   <si>
     <t>Pruebas Normas con Unificación- Detalles 17/12/2024 - Hora: 09:17:00. Prueba de funcionamiento; Correcto/Funcionando con Modificación  17/12/2024 - Hora: 09:19:00..</t>
   </si>
   <si>
+    <t>Extra-Regio</t>
+  </si>
+  <si>
     <t>Illes Balears</t>
-  </si>
-[...1 lines deleted...]
-    <t>Extra-Regio</t>
   </si>
   <si>
     <t>Prueba de Modificación dentro de Legislación.</t>
   </si>
   <si>
     <t>Autonómico</t>
   </si>
   <si>
     <t>prueba 
 borrar
 enter</t>
   </si>
   <si>
     <t>https://1.es</t>
   </si>
   <si>
     <t>Internacional</t>
   </si>
   <si>
     <t>borrar 
 norma</t>
   </si>
   <si>
     <t>Circular o instrucción</t>
   </si>
@@ -4402,103 +4402,103 @@
       </c>
     </row>
     <row r="9" spans="1:8">
       <c r="A9" t="s">
         <v>30</v>
       </c>
       <c r="B9" t="s">
         <v>29</v>
       </c>
       <c r="C9" t="s">
         <v>31</v>
       </c>
       <c r="D9" t="s">
         <v>10</v>
       </c>
       <c r="E9" t="s">
         <v>11</v>
       </c>
       <c r="F9">
         <v>2024</v>
       </c>
       <c r="G9" t="s">
         <v>14</v>
       </c>
       <c r="H9" t="s">
-        <v>12</v>
+        <v>33</v>
       </c>
     </row>
     <row r="10" spans="1:8">
       <c r="A10" t="s">
         <v>30</v>
       </c>
       <c r="B10" t="s">
         <v>29</v>
       </c>
       <c r="C10" t="s">
         <v>31</v>
       </c>
       <c r="D10" t="s">
         <v>10</v>
       </c>
       <c r="E10" t="s">
         <v>11</v>
       </c>
       <c r="F10">
         <v>2024</v>
       </c>
       <c r="G10" t="s">
         <v>14</v>
       </c>
       <c r="H10" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
     </row>
     <row r="11" spans="1:8">
       <c r="A11" t="s">
         <v>30</v>
       </c>
       <c r="B11" t="s">
         <v>29</v>
       </c>
       <c r="C11" t="s">
         <v>31</v>
       </c>
       <c r="D11" t="s">
         <v>10</v>
       </c>
       <c r="E11" t="s">
         <v>11</v>
       </c>
       <c r="F11">
         <v>2024</v>
       </c>
       <c r="G11" t="s">
         <v>14</v>
       </c>
       <c r="H11" t="s">
-        <v>34</v>
+        <v>12</v>
       </c>
     </row>
     <row r="12" spans="1:8">
       <c r="A12" t="s">
         <v>35</v>
       </c>
       <c r="B12" t="s">
         <v>29</v>
       </c>
       <c r="C12" t="s">
         <v>36</v>
       </c>
       <c r="D12" t="s">
         <v>25</v>
       </c>
       <c r="E12" t="s">
         <v>37</v>
       </c>
       <c r="F12">
         <v>2024</v>
       </c>
       <c r="G12" t="s">
         <v>14</v>
       </c>
       <c r="H12"/>
@@ -4546,103 +4546,103 @@
       <c r="H14"/>
     </row>
     <row r="15" spans="1:8">
       <c r="A15" t="s">
         <v>42</v>
       </c>
       <c r="B15" t="s">
         <v>29</v>
       </c>
       <c r="C15" t="s">
         <v>36</v>
       </c>
       <c r="D15" t="s">
         <v>25</v>
       </c>
       <c r="E15" t="s">
         <v>18</v>
       </c>
       <c r="F15">
         <v>2024</v>
       </c>
       <c r="G15" t="s">
         <v>14</v>
       </c>
       <c r="H15" t="s">
-        <v>12</v>
+        <v>34</v>
       </c>
     </row>
     <row r="16" spans="1:8">
       <c r="A16" t="s">
         <v>42</v>
       </c>
       <c r="B16" t="s">
         <v>29</v>
       </c>
       <c r="C16" t="s">
         <v>36</v>
       </c>
       <c r="D16" t="s">
         <v>25</v>
       </c>
       <c r="E16" t="s">
         <v>18</v>
       </c>
       <c r="F16">
         <v>2024</v>
       </c>
       <c r="G16" t="s">
         <v>14</v>
       </c>
       <c r="H16" t="s">
-        <v>43</v>
+        <v>12</v>
       </c>
     </row>
     <row r="17" spans="1:8">
       <c r="A17" t="s">
         <v>42</v>
       </c>
       <c r="B17" t="s">
         <v>29</v>
       </c>
       <c r="C17" t="s">
         <v>36</v>
       </c>
       <c r="D17" t="s">
         <v>25</v>
       </c>
       <c r="E17" t="s">
         <v>18</v>
       </c>
       <c r="F17">
         <v>2024</v>
       </c>
       <c r="G17" t="s">
         <v>14</v>
       </c>
       <c r="H17" t="s">
-        <v>34</v>
+        <v>43</v>
       </c>
     </row>
     <row r="18" spans="1:8">
       <c r="A18" t="s">
         <v>42</v>
       </c>
       <c r="B18" t="s">
         <v>29</v>
       </c>
       <c r="C18" t="s">
         <v>36</v>
       </c>
       <c r="D18" t="s">
         <v>25</v>
       </c>
       <c r="E18" t="s">
         <v>18</v>
       </c>
       <c r="F18">
         <v>2024</v>
       </c>
       <c r="G18" t="s">
         <v>14</v>
       </c>
       <c r="H18" t="s">
@@ -4702,51 +4702,51 @@
       </c>
     </row>
     <row r="21" spans="1:8">
       <c r="A21" t="s">
         <v>46</v>
       </c>
       <c r="B21" t="s">
         <v>9</v>
       </c>
       <c r="C21" t="s">
         <v>36</v>
       </c>
       <c r="D21" t="s">
         <v>25</v>
       </c>
       <c r="E21" t="s">
         <v>18</v>
       </c>
       <c r="F21">
         <v>2024</v>
       </c>
       <c r="G21" t="s">
         <v>14</v>
       </c>
       <c r="H21" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
     </row>
     <row r="22" spans="1:8">
       <c r="A22" t="s">
         <v>46</v>
       </c>
       <c r="B22" t="s">
         <v>9</v>
       </c>
       <c r="C22" t="s">
         <v>36</v>
       </c>
       <c r="D22" t="s">
         <v>25</v>
       </c>
       <c r="E22" t="s">
         <v>18</v>
       </c>
       <c r="F22">
         <v>2024</v>
       </c>
       <c r="G22" t="s">
         <v>14</v>
       </c>
       <c r="H22" t="s">
@@ -4754,77 +4754,77 @@
       </c>
     </row>
     <row r="23" spans="1:8">
       <c r="A23" t="s">
         <v>46</v>
       </c>
       <c r="B23" t="s">
         <v>9</v>
       </c>
       <c r="C23" t="s">
         <v>36</v>
       </c>
       <c r="D23" t="s">
         <v>25</v>
       </c>
       <c r="E23" t="s">
         <v>18</v>
       </c>
       <c r="F23">
         <v>2024</v>
       </c>
       <c r="G23" t="s">
         <v>14</v>
       </c>
       <c r="H23" t="s">
-        <v>43</v>
+        <v>34</v>
       </c>
     </row>
     <row r="24" spans="1:8">
       <c r="A24" t="s">
         <v>46</v>
       </c>
       <c r="B24" t="s">
         <v>9</v>
       </c>
       <c r="C24" t="s">
         <v>36</v>
       </c>
       <c r="D24" t="s">
         <v>25</v>
       </c>
       <c r="E24" t="s">
         <v>18</v>
       </c>
       <c r="F24">
         <v>2024</v>
       </c>
       <c r="G24" t="s">
         <v>14</v>
       </c>
       <c r="H24" t="s">
-        <v>34</v>
+        <v>44</v>
       </c>
     </row>
     <row r="25" spans="1:8">
       <c r="A25" t="s">
         <v>46</v>
       </c>
       <c r="B25" t="s">
         <v>9</v>
       </c>
       <c r="C25" t="s">
         <v>36</v>
       </c>
       <c r="D25" t="s">
         <v>25</v>
       </c>
       <c r="E25" t="s">
         <v>18</v>
       </c>
       <c r="F25">
         <v>2024</v>
       </c>
       <c r="G25" t="s">
         <v>14</v>
       </c>
       <c r="H25" t="s">
@@ -4880,267 +4880,267 @@
       <c r="H27" t="s">
         <v>51</v>
       </c>
     </row>
     <row r="28" spans="1:8">
       <c r="A28" t="s">
         <v>49</v>
       </c>
       <c r="B28" t="s">
         <v>50</v>
       </c>
       <c r="C28"/>
       <c r="D28" t="s">
         <v>21</v>
       </c>
       <c r="E28" t="s">
         <v>18</v>
       </c>
       <c r="F28">
         <v>2024</v>
       </c>
       <c r="G28" t="s">
         <v>14</v>
       </c>
       <c r="H28" t="s">
-        <v>19</v>
+        <v>52</v>
       </c>
     </row>
     <row r="29" spans="1:8">
       <c r="A29" t="s">
         <v>49</v>
       </c>
       <c r="B29" t="s">
         <v>50</v>
       </c>
       <c r="C29"/>
       <c r="D29" t="s">
         <v>21</v>
       </c>
       <c r="E29" t="s">
         <v>18</v>
       </c>
       <c r="F29">
         <v>2024</v>
       </c>
       <c r="G29" t="s">
         <v>14</v>
       </c>
       <c r="H29" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
     </row>
     <row r="30" spans="1:8">
       <c r="A30" t="s">
         <v>49</v>
       </c>
       <c r="B30" t="s">
         <v>50</v>
       </c>
       <c r="C30"/>
       <c r="D30" t="s">
         <v>21</v>
       </c>
       <c r="E30" t="s">
         <v>18</v>
       </c>
       <c r="F30">
         <v>2024</v>
       </c>
       <c r="G30" t="s">
         <v>14</v>
       </c>
       <c r="H30" t="s">
-        <v>12</v>
+        <v>27</v>
       </c>
     </row>
     <row r="31" spans="1:8">
       <c r="A31" t="s">
         <v>49</v>
       </c>
       <c r="B31" t="s">
         <v>50</v>
       </c>
       <c r="C31"/>
       <c r="D31" t="s">
         <v>21</v>
       </c>
       <c r="E31" t="s">
         <v>18</v>
       </c>
       <c r="F31">
         <v>2024</v>
       </c>
       <c r="G31" t="s">
         <v>14</v>
       </c>
       <c r="H31" t="s">
-        <v>53</v>
+        <v>43</v>
       </c>
     </row>
     <row r="32" spans="1:8">
       <c r="A32" t="s">
         <v>49</v>
       </c>
       <c r="B32" t="s">
         <v>50</v>
       </c>
       <c r="C32"/>
       <c r="D32" t="s">
         <v>21</v>
       </c>
       <c r="E32" t="s">
         <v>18</v>
       </c>
       <c r="F32">
         <v>2024</v>
       </c>
       <c r="G32" t="s">
         <v>14</v>
       </c>
       <c r="H32" t="s">
-        <v>27</v>
+        <v>19</v>
       </c>
     </row>
     <row r="33" spans="1:8">
       <c r="A33" t="s">
         <v>49</v>
       </c>
       <c r="B33" t="s">
         <v>50</v>
       </c>
       <c r="C33"/>
       <c r="D33" t="s">
         <v>21</v>
       </c>
       <c r="E33" t="s">
         <v>18</v>
       </c>
       <c r="F33">
         <v>2024</v>
       </c>
       <c r="G33" t="s">
         <v>14</v>
       </c>
       <c r="H33" t="s">
-        <v>44</v>
+        <v>12</v>
       </c>
     </row>
     <row r="34" spans="1:8">
       <c r="A34" t="s">
         <v>49</v>
       </c>
       <c r="B34" t="s">
         <v>50</v>
       </c>
       <c r="C34"/>
       <c r="D34" t="s">
         <v>21</v>
       </c>
       <c r="E34" t="s">
         <v>18</v>
       </c>
       <c r="F34">
         <v>2024</v>
       </c>
       <c r="G34" t="s">
         <v>14</v>
       </c>
       <c r="H34" t="s">
         <v>54</v>
       </c>
     </row>
     <row r="35" spans="1:8">
       <c r="A35" t="s">
         <v>55</v>
       </c>
       <c r="B35" t="s">
         <v>56</v>
       </c>
       <c r="C35"/>
       <c r="D35" t="s">
         <v>21</v>
       </c>
       <c r="E35" t="s">
         <v>18</v>
       </c>
       <c r="F35">
         <v>2024</v>
       </c>
       <c r="G35" t="s">
         <v>14</v>
       </c>
       <c r="H35" t="s">
-        <v>19</v>
+        <v>12</v>
       </c>
     </row>
     <row r="36" spans="1:8">
       <c r="A36" t="s">
         <v>55</v>
       </c>
       <c r="B36" t="s">
         <v>56</v>
       </c>
       <c r="C36"/>
       <c r="D36" t="s">
         <v>21</v>
       </c>
       <c r="E36" t="s">
         <v>18</v>
       </c>
       <c r="F36">
         <v>2024</v>
       </c>
       <c r="G36" t="s">
         <v>14</v>
       </c>
       <c r="H36" t="s">
-        <v>57</v>
+        <v>19</v>
       </c>
     </row>
     <row r="37" spans="1:8">
       <c r="A37" t="s">
         <v>55</v>
       </c>
       <c r="B37" t="s">
         <v>56</v>
       </c>
       <c r="C37"/>
       <c r="D37" t="s">
         <v>21</v>
       </c>
       <c r="E37" t="s">
         <v>18</v>
       </c>
       <c r="F37">
         <v>2024</v>
       </c>
       <c r="G37" t="s">
         <v>14</v>
       </c>
       <c r="H37" t="s">
-        <v>12</v>
+        <v>57</v>
       </c>
     </row>
     <row r="38" spans="1:8">
       <c r="A38" t="s">
         <v>58</v>
       </c>
       <c r="B38" t="s">
         <v>9</v>
       </c>
       <c r="C38"/>
       <c r="D38"/>
       <c r="E38" t="s">
         <v>18</v>
       </c>
       <c r="F38">
         <v>2024</v>
       </c>
       <c r="G38"/>
       <c r="H38"/>
     </row>
     <row r="39" spans="1:8">
       <c r="A39" t="s">
         <v>59</v>
       </c>
       <c r="B39" t="s">
@@ -5196,151 +5196,151 @@
       <c r="F41">
         <v>2024</v>
       </c>
       <c r="G41"/>
       <c r="H41" t="s">
         <v>43</v>
       </c>
     </row>
     <row r="42" spans="1:8">
       <c r="A42" t="s">
         <v>62</v>
       </c>
       <c r="B42" t="s">
         <v>50</v>
       </c>
       <c r="C42"/>
       <c r="D42"/>
       <c r="E42" t="s">
         <v>18</v>
       </c>
       <c r="F42">
         <v>2024</v>
       </c>
       <c r="G42"/>
       <c r="H42" t="s">
-        <v>34</v>
+        <v>54</v>
       </c>
     </row>
     <row r="43" spans="1:8">
       <c r="A43" t="s">
         <v>62</v>
       </c>
       <c r="B43" t="s">
         <v>50</v>
       </c>
       <c r="C43"/>
       <c r="D43"/>
       <c r="E43" t="s">
         <v>18</v>
       </c>
       <c r="F43">
         <v>2024</v>
       </c>
       <c r="G43"/>
       <c r="H43" t="s">
-        <v>44</v>
+        <v>34</v>
       </c>
     </row>
     <row r="44" spans="1:8">
       <c r="A44" t="s">
         <v>62</v>
       </c>
       <c r="B44" t="s">
         <v>50</v>
       </c>
       <c r="C44"/>
       <c r="D44"/>
       <c r="E44" t="s">
         <v>18</v>
       </c>
       <c r="F44">
         <v>2024</v>
       </c>
       <c r="G44"/>
       <c r="H44" t="s">
         <v>63</v>
       </c>
     </row>
     <row r="45" spans="1:8">
       <c r="A45" t="s">
         <v>62</v>
       </c>
       <c r="B45" t="s">
         <v>50</v>
       </c>
       <c r="C45"/>
       <c r="D45"/>
       <c r="E45" t="s">
         <v>18</v>
       </c>
       <c r="F45">
         <v>2024</v>
       </c>
       <c r="G45"/>
       <c r="H45" t="s">
-        <v>64</v>
+        <v>12</v>
       </c>
     </row>
     <row r="46" spans="1:8">
       <c r="A46" t="s">
         <v>62</v>
       </c>
       <c r="B46" t="s">
         <v>50</v>
       </c>
       <c r="C46"/>
       <c r="D46"/>
       <c r="E46" t="s">
         <v>18</v>
       </c>
       <c r="F46">
         <v>2024</v>
       </c>
       <c r="G46"/>
       <c r="H46" t="s">
-        <v>52</v>
+        <v>44</v>
       </c>
     </row>
     <row r="47" spans="1:8">
       <c r="A47" t="s">
         <v>62</v>
       </c>
       <c r="B47" t="s">
         <v>50</v>
       </c>
       <c r="C47"/>
       <c r="D47"/>
       <c r="E47" t="s">
         <v>18</v>
       </c>
       <c r="F47">
         <v>2024</v>
       </c>
       <c r="G47"/>
       <c r="H47" t="s">
-        <v>12</v>
+        <v>64</v>
       </c>
     </row>
     <row r="48" spans="1:8">
       <c r="A48" t="s">
         <v>65</v>
       </c>
       <c r="B48" t="s">
         <v>29</v>
       </c>
       <c r="C48" t="s">
         <v>48</v>
       </c>
       <c r="D48" t="s">
         <v>66</v>
       </c>
       <c r="E48" t="s">
         <v>26</v>
       </c>
       <c r="F48">
         <v>2024</v>
       </c>
       <c r="G48" t="s">
         <v>14</v>
       </c>
       <c r="H48" t="s">
@@ -5348,77 +5348,77 @@
       </c>
     </row>
     <row r="49" spans="1:8">
       <c r="A49" t="s">
         <v>65</v>
       </c>
       <c r="B49" t="s">
         <v>29</v>
       </c>
       <c r="C49" t="s">
         <v>48</v>
       </c>
       <c r="D49" t="s">
         <v>66</v>
       </c>
       <c r="E49" t="s">
         <v>26</v>
       </c>
       <c r="F49">
         <v>2024</v>
       </c>
       <c r="G49" t="s">
         <v>14</v>
       </c>
       <c r="H49" t="s">
-        <v>12</v>
+        <v>51</v>
       </c>
     </row>
     <row r="50" spans="1:8">
       <c r="A50" t="s">
         <v>65</v>
       </c>
       <c r="B50" t="s">
         <v>29</v>
       </c>
       <c r="C50" t="s">
         <v>48</v>
       </c>
       <c r="D50" t="s">
         <v>66</v>
       </c>
       <c r="E50" t="s">
         <v>26</v>
       </c>
       <c r="F50">
         <v>2024</v>
       </c>
       <c r="G50" t="s">
         <v>14</v>
       </c>
       <c r="H50" t="s">
-        <v>54</v>
+        <v>12</v>
       </c>
     </row>
     <row r="51" spans="1:8">
       <c r="A51" t="s">
         <v>67</v>
       </c>
       <c r="B51" t="s">
         <v>68</v>
       </c>
       <c r="C51"/>
       <c r="D51"/>
       <c r="E51" t="s">
         <v>26</v>
       </c>
       <c r="F51">
         <v>2024</v>
       </c>
       <c r="G51" t="s">
         <v>69</v>
       </c>
       <c r="H51"/>
     </row>
     <row r="52" spans="1:8">
       <c r="A52" t="s">
         <v>70</v>
@@ -5446,221 +5446,221 @@
       </c>
     </row>
     <row r="53" spans="1:8">
       <c r="A53" t="s">
         <v>73</v>
       </c>
       <c r="B53" t="s">
         <v>29</v>
       </c>
       <c r="C53" t="s">
         <v>24</v>
       </c>
       <c r="D53" t="s">
         <v>25</v>
       </c>
       <c r="E53" t="s">
         <v>26</v>
       </c>
       <c r="F53">
         <v>2024</v>
       </c>
       <c r="G53" t="s">
         <v>74</v>
       </c>
       <c r="H53" t="s">
-        <v>27</v>
+        <v>52</v>
       </c>
     </row>
     <row r="54" spans="1:8">
       <c r="A54" t="s">
         <v>73</v>
       </c>
       <c r="B54" t="s">
         <v>29</v>
       </c>
       <c r="C54" t="s">
         <v>24</v>
       </c>
       <c r="D54" t="s">
         <v>25</v>
       </c>
       <c r="E54" t="s">
         <v>26</v>
       </c>
       <c r="F54">
         <v>2024</v>
       </c>
       <c r="G54" t="s">
         <v>74</v>
       </c>
       <c r="H54" t="s">
-        <v>53</v>
+        <v>27</v>
       </c>
     </row>
     <row r="55" spans="1:8">
       <c r="A55" t="s">
         <v>75</v>
       </c>
       <c r="B55" t="s">
         <v>29</v>
       </c>
       <c r="C55" t="s">
         <v>24</v>
       </c>
       <c r="D55" t="s">
         <v>25</v>
       </c>
       <c r="E55" t="s">
         <v>26</v>
       </c>
       <c r="F55">
         <v>2024</v>
       </c>
       <c r="G55"/>
       <c r="H55" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="56" spans="1:8">
       <c r="A56" t="s">
         <v>76</v>
       </c>
       <c r="B56" t="s">
         <v>29</v>
       </c>
       <c r="C56" t="s">
         <v>24</v>
       </c>
       <c r="D56" t="s">
         <v>25</v>
       </c>
       <c r="E56" t="s">
         <v>26</v>
       </c>
       <c r="F56">
         <v>2024</v>
       </c>
       <c r="G56"/>
       <c r="H56" t="s">
-        <v>52</v>
+        <v>12</v>
       </c>
     </row>
     <row r="57" spans="1:8">
       <c r="A57" t="s">
         <v>76</v>
       </c>
       <c r="B57" t="s">
         <v>29</v>
       </c>
       <c r="C57" t="s">
         <v>24</v>
       </c>
       <c r="D57" t="s">
         <v>25</v>
       </c>
       <c r="E57" t="s">
         <v>26</v>
       </c>
       <c r="F57">
         <v>2024</v>
       </c>
       <c r="G57"/>
       <c r="H57" t="s">
-        <v>12</v>
+        <v>54</v>
       </c>
     </row>
     <row r="58" spans="1:8">
       <c r="A58" t="s">
         <v>77</v>
       </c>
       <c r="B58" t="s">
         <v>78</v>
       </c>
       <c r="C58"/>
       <c r="D58"/>
       <c r="E58" t="s">
         <v>18</v>
       </c>
       <c r="F58">
         <v>2023</v>
       </c>
       <c r="G58"/>
       <c r="H58" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="59" spans="1:8">
       <c r="A59" t="s">
         <v>79</v>
       </c>
       <c r="B59" t="s">
         <v>17</v>
       </c>
       <c r="C59" t="s">
         <v>31</v>
       </c>
       <c r="D59" t="s">
         <v>66</v>
       </c>
       <c r="E59" t="s">
         <v>26</v>
       </c>
       <c r="F59">
         <v>2023</v>
       </c>
       <c r="G59" t="s">
         <v>14</v>
       </c>
       <c r="H59" t="s">
-        <v>12</v>
+        <v>57</v>
       </c>
     </row>
     <row r="60" spans="1:8">
       <c r="A60" t="s">
         <v>79</v>
       </c>
       <c r="B60" t="s">
         <v>17</v>
       </c>
       <c r="C60" t="s">
         <v>31</v>
       </c>
       <c r="D60" t="s">
         <v>66</v>
       </c>
       <c r="E60" t="s">
         <v>26</v>
       </c>
       <c r="F60">
         <v>2023</v>
       </c>
       <c r="G60" t="s">
         <v>14</v>
       </c>
       <c r="H60" t="s">
-        <v>57</v>
+        <v>12</v>
       </c>
     </row>
     <row r="61" spans="1:8">
       <c r="A61" t="s">
         <v>80</v>
       </c>
       <c r="B61" t="s">
         <v>81</v>
       </c>
       <c r="C61"/>
       <c r="D61" t="s">
         <v>40</v>
       </c>
       <c r="E61" t="s">
         <v>11</v>
       </c>
       <c r="F61">
         <v>2022</v>
       </c>
       <c r="G61" t="s">
         <v>69</v>
       </c>
       <c r="H61"/>
     </row>
     <row r="62" spans="1:8">
@@ -5736,51 +5736,51 @@
       </c>
     </row>
     <row r="65" spans="1:8">
       <c r="A65" t="s">
         <v>89</v>
       </c>
       <c r="B65" t="s">
         <v>56</v>
       </c>
       <c r="C65" t="s">
         <v>24</v>
       </c>
       <c r="D65" t="s">
         <v>25</v>
       </c>
       <c r="E65" t="s">
         <v>26</v>
       </c>
       <c r="F65">
         <v>2022</v>
       </c>
       <c r="G65" t="s">
         <v>14</v>
       </c>
       <c r="H65" t="s">
-        <v>64</v>
+        <v>34</v>
       </c>
     </row>
     <row r="66" spans="1:8">
       <c r="A66" t="s">
         <v>89</v>
       </c>
       <c r="B66" t="s">
         <v>56</v>
       </c>
       <c r="C66" t="s">
         <v>24</v>
       </c>
       <c r="D66" t="s">
         <v>25</v>
       </c>
       <c r="E66" t="s">
         <v>26</v>
       </c>
       <c r="F66">
         <v>2022</v>
       </c>
       <c r="G66" t="s">
         <v>14</v>
       </c>
       <c r="H66" t="s">
@@ -5788,77 +5788,77 @@
       </c>
     </row>
     <row r="67" spans="1:8">
       <c r="A67" t="s">
         <v>89</v>
       </c>
       <c r="B67" t="s">
         <v>56</v>
       </c>
       <c r="C67" t="s">
         <v>24</v>
       </c>
       <c r="D67" t="s">
         <v>25</v>
       </c>
       <c r="E67" t="s">
         <v>26</v>
       </c>
       <c r="F67">
         <v>2022</v>
       </c>
       <c r="G67" t="s">
         <v>14</v>
       </c>
       <c r="H67" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
     </row>
     <row r="68" spans="1:8">
       <c r="A68" t="s">
         <v>89</v>
       </c>
       <c r="B68" t="s">
         <v>56</v>
       </c>
       <c r="C68" t="s">
         <v>24</v>
       </c>
       <c r="D68" t="s">
         <v>25</v>
       </c>
       <c r="E68" t="s">
         <v>26</v>
       </c>
       <c r="F68">
         <v>2022</v>
       </c>
       <c r="G68" t="s">
         <v>14</v>
       </c>
       <c r="H68" t="s">
-        <v>34</v>
+        <v>63</v>
       </c>
     </row>
     <row r="69" spans="1:8">
       <c r="A69" t="s">
         <v>90</v>
       </c>
       <c r="B69" t="s">
         <v>91</v>
       </c>
       <c r="C69"/>
       <c r="D69" t="s">
         <v>21</v>
       </c>
       <c r="E69" t="s">
         <v>18</v>
       </c>
       <c r="F69">
         <v>2021</v>
       </c>
       <c r="G69"/>
       <c r="H69" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="70" spans="1:8">
@@ -5884,51 +5884,51 @@
       <c r="H70" t="s">
         <v>57</v>
       </c>
     </row>
     <row r="71" spans="1:8">
       <c r="A71" t="s">
         <v>94</v>
       </c>
       <c r="B71" t="s">
         <v>95</v>
       </c>
       <c r="C71" t="s">
         <v>31</v>
       </c>
       <c r="D71" t="s">
         <v>66</v>
       </c>
       <c r="E71" t="s">
         <v>26</v>
       </c>
       <c r="F71">
         <v>2021</v>
       </c>
       <c r="G71"/>
       <c r="H71" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
     </row>
     <row r="72" spans="1:8">
       <c r="A72" t="s">
         <v>96</v>
       </c>
       <c r="B72" t="s">
         <v>97</v>
       </c>
       <c r="C72"/>
       <c r="D72" t="s">
         <v>21</v>
       </c>
       <c r="E72" t="s">
         <v>18</v>
       </c>
       <c r="F72">
         <v>2020</v>
       </c>
       <c r="G72"/>
       <c r="H72" t="s">
         <v>98</v>
       </c>
     </row>
     <row r="73" spans="1:8">
@@ -6022,191 +6022,191 @@
       <c r="H76" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="77" spans="1:8">
       <c r="A77" t="s">
         <v>107</v>
       </c>
       <c r="B77" t="s">
         <v>108</v>
       </c>
       <c r="C77" t="s">
         <v>31</v>
       </c>
       <c r="D77" t="s">
         <v>66</v>
       </c>
       <c r="E77" t="s">
         <v>26</v>
       </c>
       <c r="F77">
         <v>2019</v>
       </c>
       <c r="G77"/>
       <c r="H77" t="s">
-        <v>54</v>
+        <v>51</v>
       </c>
     </row>
     <row r="78" spans="1:8">
       <c r="A78" t="s">
         <v>109</v>
       </c>
       <c r="B78" t="s">
         <v>110</v>
       </c>
       <c r="C78" t="s">
         <v>39</v>
       </c>
       <c r="D78" t="s">
         <v>66</v>
       </c>
       <c r="E78" t="s">
         <v>26</v>
       </c>
       <c r="F78">
         <v>2019</v>
       </c>
       <c r="G78" t="s">
         <v>14</v>
       </c>
       <c r="H78"/>
     </row>
     <row r="79" spans="1:8">
       <c r="A79" t="s">
         <v>111</v>
       </c>
       <c r="B79" t="s">
         <v>112</v>
       </c>
       <c r="C79" t="s">
         <v>31</v>
       </c>
       <c r="D79" t="s">
         <v>66</v>
       </c>
       <c r="E79" t="s">
         <v>26</v>
       </c>
       <c r="F79">
         <v>2019</v>
       </c>
       <c r="G79"/>
       <c r="H79" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
     </row>
     <row r="80" spans="1:8">
       <c r="A80" t="s">
         <v>113</v>
       </c>
       <c r="B80" t="s">
         <v>114</v>
       </c>
       <c r="C80"/>
       <c r="D80"/>
       <c r="E80" t="s">
         <v>26</v>
       </c>
       <c r="F80">
         <v>2018</v>
       </c>
       <c r="G80" t="s">
         <v>69</v>
       </c>
       <c r="H80"/>
     </row>
     <row r="81" spans="1:8">
       <c r="A81" t="s">
         <v>115</v>
       </c>
       <c r="B81" t="s">
         <v>116</v>
       </c>
       <c r="C81" t="s">
         <v>31</v>
       </c>
       <c r="D81" t="s">
         <v>66</v>
       </c>
       <c r="E81" t="s">
         <v>26</v>
       </c>
       <c r="F81">
         <v>2018</v>
       </c>
       <c r="G81"/>
       <c r="H81" t="s">
-        <v>54</v>
+        <v>51</v>
       </c>
     </row>
     <row r="82" spans="1:8">
       <c r="A82" t="s">
         <v>117</v>
       </c>
       <c r="B82" t="s">
         <v>118</v>
       </c>
       <c r="C82" t="s">
         <v>31</v>
       </c>
       <c r="D82" t="s">
         <v>66</v>
       </c>
       <c r="E82" t="s">
         <v>26</v>
       </c>
       <c r="F82">
         <v>2018</v>
       </c>
       <c r="G82"/>
       <c r="H82" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="83" spans="1:8">
       <c r="A83" t="s">
         <v>119</v>
       </c>
       <c r="B83" t="s">
         <v>120</v>
       </c>
       <c r="C83" t="s">
         <v>31</v>
       </c>
       <c r="D83" t="s">
         <v>66</v>
       </c>
       <c r="E83" t="s">
         <v>26</v>
       </c>
       <c r="F83">
         <v>2018</v>
       </c>
       <c r="G83"/>
       <c r="H83" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
     </row>
     <row r="84" spans="1:8">
       <c r="A84" t="s">
         <v>121</v>
       </c>
       <c r="B84"/>
       <c r="C84"/>
       <c r="D84"/>
       <c r="E84"/>
       <c r="F84">
         <v>2017</v>
       </c>
       <c r="G84"/>
       <c r="H84" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="85" spans="1:8">
       <c r="A85" t="s">
         <v>122</v>
       </c>
       <c r="B85" t="s">
         <v>123</v>
       </c>
@@ -6538,51 +6538,51 @@
       <c r="H98" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="99" spans="1:8">
       <c r="A99" t="s">
         <v>149</v>
       </c>
       <c r="B99" t="s">
         <v>150</v>
       </c>
       <c r="C99" t="s">
         <v>31</v>
       </c>
       <c r="D99" t="s">
         <v>66</v>
       </c>
       <c r="E99" t="s">
         <v>26</v>
       </c>
       <c r="F99">
         <v>2017</v>
       </c>
       <c r="G99"/>
       <c r="H99" t="s">
-        <v>51</v>
+        <v>53</v>
       </c>
     </row>
     <row r="100" spans="1:8">
       <c r="A100" t="s">
         <v>151</v>
       </c>
       <c r="B100" t="s">
         <v>152</v>
       </c>
       <c r="C100" t="s">
         <v>71</v>
       </c>
       <c r="D100" t="s">
         <v>66</v>
       </c>
       <c r="E100" t="s">
         <v>26</v>
       </c>
       <c r="F100">
         <v>2017</v>
       </c>
       <c r="G100"/>
       <c r="H100" t="s">
         <v>12</v>
       </c>
@@ -6662,75 +6662,75 @@
       </c>
       <c r="G104" t="s">
         <v>69</v>
       </c>
       <c r="H104"/>
     </row>
     <row r="105" spans="1:8">
       <c r="A105" t="s">
         <v>160</v>
       </c>
       <c r="B105" t="s">
         <v>161</v>
       </c>
       <c r="C105"/>
       <c r="D105" t="s">
         <v>21</v>
       </c>
       <c r="E105" t="s">
         <v>18</v>
       </c>
       <c r="F105">
         <v>2016</v>
       </c>
       <c r="G105"/>
       <c r="H105" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
     </row>
     <row r="106" spans="1:8">
       <c r="A106" t="s">
         <v>162</v>
       </c>
       <c r="B106" t="s">
         <v>163</v>
       </c>
       <c r="C106" t="s">
         <v>31</v>
       </c>
       <c r="D106" t="s">
         <v>66</v>
       </c>
       <c r="E106" t="s">
         <v>26</v>
       </c>
       <c r="F106">
         <v>2016</v>
       </c>
       <c r="G106"/>
       <c r="H106" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
     </row>
     <row r="107" spans="1:8">
       <c r="A107" t="s">
         <v>164</v>
       </c>
       <c r="B107" t="s">
         <v>165</v>
       </c>
       <c r="C107" t="s">
         <v>31</v>
       </c>
       <c r="D107" t="s">
         <v>66</v>
       </c>
       <c r="E107" t="s">
         <v>26</v>
       </c>
       <c r="F107">
         <v>2016</v>
       </c>
       <c r="G107"/>
       <c r="H107" t="s">
         <v>166</v>
       </c>
@@ -7020,99 +7020,99 @@
         <v>14</v>
       </c>
       <c r="H119"/>
     </row>
     <row r="120" spans="1:8">
       <c r="A120" t="s">
         <v>191</v>
       </c>
       <c r="B120" t="s">
         <v>192</v>
       </c>
       <c r="C120" t="s">
         <v>31</v>
       </c>
       <c r="D120" t="s">
         <v>66</v>
       </c>
       <c r="E120" t="s">
         <v>26</v>
       </c>
       <c r="F120">
         <v>2015</v>
       </c>
       <c r="G120"/>
       <c r="H120" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
     </row>
     <row r="121" spans="1:8">
       <c r="A121" t="s">
         <v>193</v>
       </c>
       <c r="B121" t="s">
         <v>194</v>
       </c>
       <c r="C121" t="s">
         <v>31</v>
       </c>
       <c r="D121" t="s">
         <v>66</v>
       </c>
       <c r="E121" t="s">
         <v>26</v>
       </c>
       <c r="F121">
         <v>2015</v>
       </c>
       <c r="G121"/>
       <c r="H121" t="s">
-        <v>54</v>
+        <v>51</v>
       </c>
     </row>
     <row r="122" spans="1:8">
       <c r="A122" t="s">
         <v>193</v>
       </c>
       <c r="B122" t="s">
         <v>194</v>
       </c>
       <c r="C122" t="s">
         <v>31</v>
       </c>
       <c r="D122" t="s">
         <v>66</v>
       </c>
       <c r="E122" t="s">
         <v>26</v>
       </c>
       <c r="F122">
         <v>2015</v>
       </c>
       <c r="G122"/>
       <c r="H122" t="s">
-        <v>51</v>
+        <v>53</v>
       </c>
     </row>
     <row r="123" spans="1:8">
       <c r="A123" t="s">
         <v>195</v>
       </c>
       <c r="B123" t="s">
         <v>196</v>
       </c>
       <c r="C123" t="s">
         <v>31</v>
       </c>
       <c r="D123" t="s">
         <v>66</v>
       </c>
       <c r="E123" t="s">
         <v>26</v>
       </c>
       <c r="F123">
         <v>2015</v>
       </c>
       <c r="G123"/>
       <c r="H123" t="s">
         <v>12</v>
       </c>
@@ -8540,147 +8540,147 @@
       <c r="H186" t="s">
         <v>166</v>
       </c>
     </row>
     <row r="187" spans="1:8">
       <c r="A187" t="s">
         <v>310</v>
       </c>
       <c r="B187" t="s">
         <v>311</v>
       </c>
       <c r="C187" t="s">
         <v>31</v>
       </c>
       <c r="D187" t="s">
         <v>66</v>
       </c>
       <c r="E187" t="s">
         <v>26</v>
       </c>
       <c r="F187">
         <v>2014</v>
       </c>
       <c r="G187"/>
       <c r="H187" t="s">
-        <v>44</v>
+        <v>43</v>
       </c>
     </row>
     <row r="188" spans="1:8">
       <c r="A188" t="s">
         <v>312</v>
       </c>
       <c r="B188" t="s">
         <v>313</v>
       </c>
       <c r="C188" t="s">
         <v>31</v>
       </c>
       <c r="D188" t="s">
         <v>66</v>
       </c>
       <c r="E188" t="s">
         <v>26</v>
       </c>
       <c r="F188">
         <v>2014</v>
       </c>
       <c r="G188"/>
       <c r="H188" t="s">
-        <v>44</v>
+        <v>43</v>
       </c>
     </row>
     <row r="189" spans="1:8">
       <c r="A189" t="s">
         <v>314</v>
       </c>
       <c r="B189" t="s">
         <v>315</v>
       </c>
       <c r="C189" t="s">
         <v>31</v>
       </c>
       <c r="D189" t="s">
         <v>66</v>
       </c>
       <c r="E189" t="s">
         <v>26</v>
       </c>
       <c r="F189">
         <v>2014</v>
       </c>
       <c r="G189"/>
       <c r="H189" t="s">
-        <v>44</v>
+        <v>43</v>
       </c>
     </row>
     <row r="190" spans="1:8">
       <c r="A190" t="s">
         <v>316</v>
       </c>
       <c r="B190" t="s">
         <v>317</v>
       </c>
       <c r="C190" t="s">
         <v>31</v>
       </c>
       <c r="D190" t="s">
         <v>66</v>
       </c>
       <c r="E190" t="s">
         <v>26</v>
       </c>
       <c r="F190">
         <v>2014</v>
       </c>
       <c r="G190"/>
       <c r="H190" t="s">
-        <v>44</v>
+        <v>43</v>
       </c>
     </row>
     <row r="191" spans="1:8">
       <c r="A191" t="s">
         <v>318</v>
       </c>
       <c r="B191" t="s">
         <v>319</v>
       </c>
       <c r="C191" t="s">
         <v>31</v>
       </c>
       <c r="D191" t="s">
         <v>66</v>
       </c>
       <c r="E191" t="s">
         <v>26</v>
       </c>
       <c r="F191">
         <v>2014</v>
       </c>
       <c r="G191"/>
       <c r="H191" t="s">
-        <v>44</v>
+        <v>43</v>
       </c>
     </row>
     <row r="192" spans="1:8">
       <c r="A192" t="s">
         <v>320</v>
       </c>
       <c r="B192" t="s">
         <v>321</v>
       </c>
       <c r="C192" t="s">
         <v>31</v>
       </c>
       <c r="D192" t="s">
         <v>66</v>
       </c>
       <c r="E192" t="s">
         <v>26</v>
       </c>
       <c r="F192">
         <v>2014</v>
       </c>
       <c r="G192"/>
       <c r="H192" t="s">
         <v>84</v>
       </c>
@@ -8708,135 +8708,135 @@
       <c r="H193" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="194" spans="1:8">
       <c r="A194" t="s">
         <v>324</v>
       </c>
       <c r="B194" t="s">
         <v>325</v>
       </c>
       <c r="C194" t="s">
         <v>31</v>
       </c>
       <c r="D194" t="s">
         <v>66</v>
       </c>
       <c r="E194" t="s">
         <v>26</v>
       </c>
       <c r="F194">
         <v>2014</v>
       </c>
       <c r="G194"/>
       <c r="H194" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
     </row>
     <row r="195" spans="1:8">
       <c r="A195" t="s">
         <v>326</v>
       </c>
       <c r="B195" t="s">
         <v>327</v>
       </c>
       <c r="C195" t="s">
         <v>48</v>
       </c>
       <c r="D195" t="s">
         <v>66</v>
       </c>
       <c r="E195" t="s">
         <v>26</v>
       </c>
       <c r="F195">
         <v>2014</v>
       </c>
       <c r="G195"/>
       <c r="H195" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
     </row>
     <row r="196" spans="1:8">
       <c r="A196" t="s">
         <v>328</v>
       </c>
       <c r="B196"/>
       <c r="C196"/>
       <c r="D196"/>
       <c r="E196"/>
       <c r="F196">
         <v>2013</v>
       </c>
       <c r="G196"/>
       <c r="H196" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="197" spans="1:8">
       <c r="A197" t="s">
         <v>329</v>
       </c>
       <c r="B197" t="s">
         <v>330</v>
       </c>
       <c r="C197"/>
       <c r="D197" t="s">
         <v>21</v>
       </c>
       <c r="E197" t="s">
         <v>18</v>
       </c>
       <c r="F197">
         <v>2013</v>
       </c>
       <c r="G197"/>
       <c r="H197" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
     </row>
     <row r="198" spans="1:8">
       <c r="A198" t="s">
         <v>331</v>
       </c>
       <c r="B198" t="s">
         <v>332</v>
       </c>
       <c r="C198"/>
       <c r="D198" t="s">
         <v>21</v>
       </c>
       <c r="E198" t="s">
         <v>18</v>
       </c>
       <c r="F198">
         <v>2013</v>
       </c>
       <c r="G198"/>
       <c r="H198" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
     </row>
     <row r="199" spans="1:8">
       <c r="A199" t="s">
         <v>333</v>
       </c>
       <c r="B199" t="s">
         <v>334</v>
       </c>
       <c r="C199" t="s">
         <v>48</v>
       </c>
       <c r="D199" t="s">
         <v>66</v>
       </c>
       <c r="E199" t="s">
         <v>26</v>
       </c>
       <c r="F199">
         <v>2013</v>
       </c>
       <c r="G199"/>
       <c r="H199" t="s">
         <v>72</v>
       </c>
@@ -8864,75 +8864,75 @@
       <c r="H200" t="s">
         <v>72</v>
       </c>
     </row>
     <row r="201" spans="1:8">
       <c r="A201" t="s">
         <v>337</v>
       </c>
       <c r="B201" t="s">
         <v>338</v>
       </c>
       <c r="C201" t="s">
         <v>48</v>
       </c>
       <c r="D201" t="s">
         <v>66</v>
       </c>
       <c r="E201" t="s">
         <v>26</v>
       </c>
       <c r="F201">
         <v>2013</v>
       </c>
       <c r="G201"/>
       <c r="H201" t="s">
-        <v>44</v>
+        <v>43</v>
       </c>
     </row>
     <row r="202" spans="1:8">
       <c r="A202" t="s">
         <v>339</v>
       </c>
       <c r="B202" t="s">
         <v>340</v>
       </c>
       <c r="C202" t="s">
         <v>48</v>
       </c>
       <c r="D202" t="s">
         <v>66</v>
       </c>
       <c r="E202" t="s">
         <v>26</v>
       </c>
       <c r="F202">
         <v>2013</v>
       </c>
       <c r="G202"/>
       <c r="H202" t="s">
-        <v>54</v>
+        <v>51</v>
       </c>
     </row>
     <row r="203" spans="1:8">
       <c r="A203" t="s">
         <v>341</v>
       </c>
       <c r="B203" t="s">
         <v>342</v>
       </c>
       <c r="C203" t="s">
         <v>48</v>
       </c>
       <c r="D203" t="s">
         <v>66</v>
       </c>
       <c r="E203" t="s">
         <v>26</v>
       </c>
       <c r="F203">
         <v>2013</v>
       </c>
       <c r="G203"/>
       <c r="H203" t="s">
         <v>84</v>
       </c>
@@ -8960,99 +8960,99 @@
       <c r="H204" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="205" spans="1:8">
       <c r="A205" t="s">
         <v>345</v>
       </c>
       <c r="B205" t="s">
         <v>346</v>
       </c>
       <c r="C205" t="s">
         <v>31</v>
       </c>
       <c r="D205" t="s">
         <v>66</v>
       </c>
       <c r="E205" t="s">
         <v>26</v>
       </c>
       <c r="F205">
         <v>2013</v>
       </c>
       <c r="G205"/>
       <c r="H205" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
     </row>
     <row r="206" spans="1:8">
       <c r="A206" t="s">
         <v>347</v>
       </c>
       <c r="B206" t="s">
         <v>348</v>
       </c>
       <c r="C206" t="s">
         <v>48</v>
       </c>
       <c r="D206" t="s">
         <v>66</v>
       </c>
       <c r="E206" t="s">
         <v>26</v>
       </c>
       <c r="F206">
         <v>2013</v>
       </c>
       <c r="G206"/>
       <c r="H206" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
     </row>
     <row r="207" spans="1:8">
       <c r="A207" t="s">
         <v>349</v>
       </c>
       <c r="B207" t="s">
         <v>350</v>
       </c>
       <c r="C207" t="s">
         <v>48</v>
       </c>
       <c r="D207" t="s">
         <v>66</v>
       </c>
       <c r="E207" t="s">
         <v>26</v>
       </c>
       <c r="F207">
         <v>2013</v>
       </c>
       <c r="G207"/>
       <c r="H207" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
     </row>
     <row r="208" spans="1:8">
       <c r="A208" t="s">
         <v>351</v>
       </c>
       <c r="B208" t="s">
         <v>352</v>
       </c>
       <c r="C208" t="s">
         <v>31</v>
       </c>
       <c r="D208" t="s">
         <v>66</v>
       </c>
       <c r="E208" t="s">
         <v>26</v>
       </c>
       <c r="F208">
         <v>2013</v>
       </c>
       <c r="G208"/>
       <c r="H208" t="s">
         <v>12</v>
       </c>
@@ -9128,51 +9128,51 @@
       <c r="H211" t="s">
         <v>98</v>
       </c>
     </row>
     <row r="212" spans="1:8">
       <c r="A212" t="s">
         <v>359</v>
       </c>
       <c r="B212" t="s">
         <v>360</v>
       </c>
       <c r="C212" t="s">
         <v>31</v>
       </c>
       <c r="D212" t="s">
         <v>66</v>
       </c>
       <c r="E212" t="s">
         <v>26</v>
       </c>
       <c r="F212">
         <v>2013</v>
       </c>
       <c r="G212"/>
       <c r="H212" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
     </row>
     <row r="213" spans="1:8">
       <c r="A213" t="s">
         <v>361</v>
       </c>
       <c r="B213" t="s">
         <v>362</v>
       </c>
       <c r="C213" t="s">
         <v>71</v>
       </c>
       <c r="D213" t="s">
         <v>66</v>
       </c>
       <c r="E213" t="s">
         <v>26</v>
       </c>
       <c r="F213">
         <v>2013</v>
       </c>
       <c r="G213"/>
       <c r="H213" t="s">
         <v>12</v>
       </c>
@@ -9198,73 +9198,73 @@
       </c>
       <c r="G214"/>
       <c r="H214" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="215" spans="1:8">
       <c r="A215" t="s">
         <v>365</v>
       </c>
       <c r="B215" t="s">
         <v>366</v>
       </c>
       <c r="C215"/>
       <c r="D215" t="s">
         <v>21</v>
       </c>
       <c r="E215" t="s">
         <v>18</v>
       </c>
       <c r="F215">
         <v>2012</v>
       </c>
       <c r="G215"/>
       <c r="H215" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
     </row>
     <row r="216" spans="1:8">
       <c r="A216" t="s">
         <v>367</v>
       </c>
       <c r="B216" t="s">
         <v>368</v>
       </c>
       <c r="C216"/>
       <c r="D216" t="s">
         <v>190</v>
       </c>
       <c r="E216" t="s">
         <v>18</v>
       </c>
       <c r="F216">
         <v>2012</v>
       </c>
       <c r="G216"/>
       <c r="H216" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
     </row>
     <row r="217" spans="1:8">
       <c r="A217" t="s">
         <v>369</v>
       </c>
       <c r="B217" t="s">
         <v>370</v>
       </c>
       <c r="C217" t="s">
         <v>48</v>
       </c>
       <c r="D217" t="s">
         <v>66</v>
       </c>
       <c r="E217" t="s">
         <v>26</v>
       </c>
       <c r="F217">
         <v>2012</v>
       </c>
       <c r="G217"/>
       <c r="H217" t="s">
         <v>72</v>
       </c>
@@ -9364,219 +9364,219 @@
       <c r="H221" t="s">
         <v>98</v>
       </c>
     </row>
     <row r="222" spans="1:8">
       <c r="A222" t="s">
         <v>379</v>
       </c>
       <c r="B222" t="s">
         <v>380</v>
       </c>
       <c r="C222" t="s">
         <v>48</v>
       </c>
       <c r="D222" t="s">
         <v>66</v>
       </c>
       <c r="E222" t="s">
         <v>26</v>
       </c>
       <c r="F222">
         <v>2012</v>
       </c>
       <c r="G222"/>
       <c r="H222" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
     </row>
     <row r="223" spans="1:8">
       <c r="A223" t="s">
         <v>381</v>
       </c>
       <c r="B223" t="s">
         <v>382</v>
       </c>
       <c r="C223" t="s">
         <v>48</v>
       </c>
       <c r="D223" t="s">
         <v>66</v>
       </c>
       <c r="E223" t="s">
         <v>26</v>
       </c>
       <c r="F223">
         <v>2012</v>
       </c>
       <c r="G223"/>
       <c r="H223" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
     </row>
     <row r="224" spans="1:8">
       <c r="A224" t="s">
         <v>383</v>
       </c>
       <c r="B224" t="s">
         <v>384</v>
       </c>
       <c r="C224" t="s">
         <v>31</v>
       </c>
       <c r="D224" t="s">
         <v>66</v>
       </c>
       <c r="E224" t="s">
         <v>26</v>
       </c>
       <c r="F224">
         <v>2012</v>
       </c>
       <c r="G224"/>
       <c r="H224" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
     </row>
     <row r="225" spans="1:8">
       <c r="A225" t="s">
         <v>385</v>
       </c>
       <c r="B225" t="s">
         <v>386</v>
       </c>
       <c r="C225" t="s">
         <v>48</v>
       </c>
       <c r="D225" t="s">
         <v>66</v>
       </c>
       <c r="E225" t="s">
         <v>26</v>
       </c>
       <c r="F225">
         <v>2012</v>
       </c>
       <c r="G225"/>
       <c r="H225" t="s">
-        <v>44</v>
+        <v>43</v>
       </c>
     </row>
     <row r="226" spans="1:8">
       <c r="A226" t="s">
         <v>387</v>
       </c>
       <c r="B226" t="s">
         <v>388</v>
       </c>
       <c r="C226" t="s">
         <v>31</v>
       </c>
       <c r="D226" t="s">
         <v>66</v>
       </c>
       <c r="E226" t="s">
         <v>26</v>
       </c>
       <c r="F226">
         <v>2012</v>
       </c>
       <c r="G226"/>
       <c r="H226" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
     </row>
     <row r="227" spans="1:8">
       <c r="A227" t="s">
         <v>389</v>
       </c>
       <c r="B227" t="s">
         <v>390</v>
       </c>
       <c r="C227" t="s">
         <v>48</v>
       </c>
       <c r="D227" t="s">
         <v>66</v>
       </c>
       <c r="E227" t="s">
         <v>26</v>
       </c>
       <c r="F227">
         <v>2012</v>
       </c>
       <c r="G227"/>
       <c r="H227" t="s">
-        <v>54</v>
+        <v>51</v>
       </c>
     </row>
     <row r="228" spans="1:8">
       <c r="A228" t="s">
         <v>391</v>
       </c>
       <c r="B228" t="s">
         <v>392</v>
       </c>
       <c r="C228" t="s">
         <v>48</v>
       </c>
       <c r="D228" t="s">
         <v>66</v>
       </c>
       <c r="E228" t="s">
         <v>26</v>
       </c>
       <c r="F228">
         <v>2012</v>
       </c>
       <c r="G228"/>
       <c r="H228" t="s">
-        <v>54</v>
+        <v>51</v>
       </c>
     </row>
     <row r="229" spans="1:8">
       <c r="A229" t="s">
         <v>393</v>
       </c>
       <c r="B229" t="s">
         <v>394</v>
       </c>
       <c r="C229" t="s">
         <v>48</v>
       </c>
       <c r="D229" t="s">
         <v>66</v>
       </c>
       <c r="E229" t="s">
         <v>26</v>
       </c>
       <c r="F229">
         <v>2012</v>
       </c>
       <c r="G229"/>
       <c r="H229" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
     </row>
     <row r="230" spans="1:8">
       <c r="A230" t="s">
         <v>395</v>
       </c>
       <c r="B230" t="s">
         <v>396</v>
       </c>
       <c r="C230" t="s">
         <v>31</v>
       </c>
       <c r="D230" t="s">
         <v>66</v>
       </c>
       <c r="E230" t="s">
         <v>26</v>
       </c>
       <c r="F230">
         <v>2012</v>
       </c>
       <c r="G230"/>
       <c r="H230" t="s">
         <v>12</v>
       </c>
@@ -9622,73 +9622,73 @@
       </c>
       <c r="G232"/>
       <c r="H232" t="s">
         <v>98</v>
       </c>
     </row>
     <row r="233" spans="1:8">
       <c r="A233" t="s">
         <v>401</v>
       </c>
       <c r="B233" t="s">
         <v>402</v>
       </c>
       <c r="C233"/>
       <c r="D233" t="s">
         <v>21</v>
       </c>
       <c r="E233" t="s">
         <v>18</v>
       </c>
       <c r="F233">
         <v>2011</v>
       </c>
       <c r="G233"/>
       <c r="H233" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
     </row>
     <row r="234" spans="1:8">
       <c r="A234" t="s">
         <v>403</v>
       </c>
       <c r="B234" t="s">
         <v>404</v>
       </c>
       <c r="C234"/>
       <c r="D234" t="s">
         <v>21</v>
       </c>
       <c r="E234" t="s">
         <v>18</v>
       </c>
       <c r="F234">
         <v>2011</v>
       </c>
       <c r="G234"/>
       <c r="H234" t="s">
-        <v>54</v>
+        <v>51</v>
       </c>
     </row>
     <row r="235" spans="1:8">
       <c r="A235" t="s">
         <v>405</v>
       </c>
       <c r="B235" t="s">
         <v>406</v>
       </c>
       <c r="C235"/>
       <c r="D235"/>
       <c r="E235" t="s">
         <v>26</v>
       </c>
       <c r="F235">
         <v>2011</v>
       </c>
       <c r="G235" t="s">
         <v>14</v>
       </c>
       <c r="H235"/>
     </row>
     <row r="236" spans="1:8">
       <c r="A236" t="s">
         <v>407</v>
@@ -9904,99 +9904,99 @@
       <c r="H244" t="s">
         <v>98</v>
       </c>
     </row>
     <row r="245" spans="1:8">
       <c r="A245" t="s">
         <v>427</v>
       </c>
       <c r="B245" t="s">
         <v>428</v>
       </c>
       <c r="C245" t="s">
         <v>31</v>
       </c>
       <c r="D245" t="s">
         <v>66</v>
       </c>
       <c r="E245" t="s">
         <v>26</v>
       </c>
       <c r="F245">
         <v>2011</v>
       </c>
       <c r="G245"/>
       <c r="H245" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
     </row>
     <row r="246" spans="1:8">
       <c r="A246" t="s">
         <v>429</v>
       </c>
       <c r="B246" t="s">
         <v>430</v>
       </c>
       <c r="C246" t="s">
         <v>31</v>
       </c>
       <c r="D246" t="s">
         <v>66</v>
       </c>
       <c r="E246" t="s">
         <v>26</v>
       </c>
       <c r="F246">
         <v>2011</v>
       </c>
       <c r="G246"/>
       <c r="H246" t="s">
-        <v>54</v>
+        <v>51</v>
       </c>
     </row>
     <row r="247" spans="1:8">
       <c r="A247" t="s">
         <v>431</v>
       </c>
       <c r="B247" t="s">
         <v>432</v>
       </c>
       <c r="C247" t="s">
         <v>48</v>
       </c>
       <c r="D247" t="s">
         <v>66</v>
       </c>
       <c r="E247" t="s">
         <v>26</v>
       </c>
       <c r="F247">
         <v>2011</v>
       </c>
       <c r="G247"/>
       <c r="H247" t="s">
-        <v>54</v>
+        <v>51</v>
       </c>
     </row>
     <row r="248" spans="1:8">
       <c r="A248" t="s">
         <v>433</v>
       </c>
       <c r="B248" t="s">
         <v>434</v>
       </c>
       <c r="C248" t="s">
         <v>48</v>
       </c>
       <c r="D248" t="s">
         <v>66</v>
       </c>
       <c r="E248" t="s">
         <v>26</v>
       </c>
       <c r="F248">
         <v>2011</v>
       </c>
       <c r="G248"/>
       <c r="H248" t="s">
         <v>19</v>
       </c>
@@ -10072,51 +10072,51 @@
       <c r="H251" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="252" spans="1:8">
       <c r="A252" t="s">
         <v>441</v>
       </c>
       <c r="B252" t="s">
         <v>442</v>
       </c>
       <c r="C252" t="s">
         <v>31</v>
       </c>
       <c r="D252" t="s">
         <v>66</v>
       </c>
       <c r="E252" t="s">
         <v>26</v>
       </c>
       <c r="F252">
         <v>2011</v>
       </c>
       <c r="G252"/>
       <c r="H252" t="s">
-        <v>44</v>
+        <v>43</v>
       </c>
     </row>
     <row r="253" spans="1:8">
       <c r="A253" t="s">
         <v>443</v>
       </c>
       <c r="B253" t="s">
         <v>444</v>
       </c>
       <c r="C253" t="s">
         <v>31</v>
       </c>
       <c r="D253" t="s">
         <v>66</v>
       </c>
       <c r="E253" t="s">
         <v>26</v>
       </c>
       <c r="F253">
         <v>2011</v>
       </c>
       <c r="G253"/>
       <c r="H253" t="s">
         <v>98</v>
       </c>
@@ -10168,51 +10168,51 @@
       <c r="H255" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="256" spans="1:8">
       <c r="A256" t="s">
         <v>449</v>
       </c>
       <c r="B256" t="s">
         <v>450</v>
       </c>
       <c r="C256" t="s">
         <v>31</v>
       </c>
       <c r="D256" t="s">
         <v>66</v>
       </c>
       <c r="E256" t="s">
         <v>26</v>
       </c>
       <c r="F256">
         <v>2011</v>
       </c>
       <c r="G256"/>
       <c r="H256" t="s">
-        <v>51</v>
+        <v>53</v>
       </c>
     </row>
     <row r="257" spans="1:8">
       <c r="A257" t="s">
         <v>451</v>
       </c>
       <c r="B257" t="s">
         <v>452</v>
       </c>
       <c r="C257" t="s">
         <v>48</v>
       </c>
       <c r="D257" t="s">
         <v>66</v>
       </c>
       <c r="E257" t="s">
         <v>26</v>
       </c>
       <c r="F257">
         <v>2011</v>
       </c>
       <c r="G257"/>
       <c r="H257" t="s">
         <v>12</v>
       </c>
@@ -10348,51 +10348,51 @@
       </c>
       <c r="G263"/>
       <c r="H263" t="s">
         <v>72</v>
       </c>
     </row>
     <row r="264" spans="1:8">
       <c r="A264" t="s">
         <v>465</v>
       </c>
       <c r="B264" t="s">
         <v>466</v>
       </c>
       <c r="C264"/>
       <c r="D264" t="s">
         <v>21</v>
       </c>
       <c r="E264" t="s">
         <v>18</v>
       </c>
       <c r="F264">
         <v>2010</v>
       </c>
       <c r="G264"/>
       <c r="H264" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
     </row>
     <row r="265" spans="1:8">
       <c r="A265" t="s">
         <v>467</v>
       </c>
       <c r="B265" t="s">
         <v>468</v>
       </c>
       <c r="C265" t="s">
         <v>39</v>
       </c>
       <c r="D265" t="s">
         <v>66</v>
       </c>
       <c r="E265" t="s">
         <v>26</v>
       </c>
       <c r="F265">
         <v>2010</v>
       </c>
       <c r="G265"/>
       <c r="H265" t="s">
         <v>12</v>
       </c>
@@ -10444,267 +10444,267 @@
       <c r="H267" t="s">
         <v>72</v>
       </c>
     </row>
     <row r="268" spans="1:8">
       <c r="A268" t="s">
         <v>473</v>
       </c>
       <c r="B268" t="s">
         <v>474</v>
       </c>
       <c r="C268" t="s">
         <v>39</v>
       </c>
       <c r="D268" t="s">
         <v>66</v>
       </c>
       <c r="E268" t="s">
         <v>26</v>
       </c>
       <c r="F268">
         <v>2010</v>
       </c>
       <c r="G268"/>
       <c r="H268" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
     </row>
     <row r="269" spans="1:8">
       <c r="A269" t="s">
         <v>475</v>
       </c>
       <c r="B269" t="s">
         <v>476</v>
       </c>
       <c r="C269" t="s">
         <v>48</v>
       </c>
       <c r="D269" t="s">
         <v>66</v>
       </c>
       <c r="E269" t="s">
         <v>26</v>
       </c>
       <c r="F269">
         <v>2010</v>
       </c>
       <c r="G269"/>
       <c r="H269" t="s">
         <v>98</v>
       </c>
     </row>
     <row r="270" spans="1:8">
       <c r="A270" t="s">
         <v>477</v>
       </c>
       <c r="B270" t="s">
         <v>478</v>
       </c>
       <c r="C270" t="s">
         <v>31</v>
       </c>
       <c r="D270" t="s">
         <v>66</v>
       </c>
       <c r="E270" t="s">
         <v>26</v>
       </c>
       <c r="F270">
         <v>2010</v>
       </c>
       <c r="G270"/>
       <c r="H270" t="s">
-        <v>44</v>
+        <v>43</v>
       </c>
     </row>
     <row r="271" spans="1:8">
       <c r="A271" t="s">
         <v>479</v>
       </c>
       <c r="B271" t="s">
         <v>480</v>
       </c>
       <c r="C271" t="s">
         <v>48</v>
       </c>
       <c r="D271" t="s">
         <v>66</v>
       </c>
       <c r="E271" t="s">
         <v>26</v>
       </c>
       <c r="F271">
         <v>2010</v>
       </c>
       <c r="G271"/>
       <c r="H271" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
     </row>
     <row r="272" spans="1:8">
       <c r="A272" t="s">
         <v>481</v>
       </c>
       <c r="B272" t="s">
         <v>482</v>
       </c>
       <c r="C272" t="s">
         <v>48</v>
       </c>
       <c r="D272" t="s">
         <v>66</v>
       </c>
       <c r="E272" t="s">
         <v>26</v>
       </c>
       <c r="F272">
         <v>2010</v>
       </c>
       <c r="G272"/>
       <c r="H272" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="273" spans="1:8">
       <c r="A273" t="s">
         <v>483</v>
       </c>
       <c r="B273" t="s">
         <v>484</v>
       </c>
       <c r="C273" t="s">
         <v>39</v>
       </c>
       <c r="D273" t="s">
         <v>66</v>
       </c>
       <c r="E273" t="s">
         <v>26</v>
       </c>
       <c r="F273">
         <v>2010</v>
       </c>
       <c r="G273"/>
       <c r="H273" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
     </row>
     <row r="274" spans="1:8">
       <c r="A274" t="s">
         <v>485</v>
       </c>
       <c r="B274" t="s">
         <v>486</v>
       </c>
       <c r="C274" t="s">
         <v>31</v>
       </c>
       <c r="D274" t="s">
         <v>66</v>
       </c>
       <c r="E274" t="s">
         <v>26</v>
       </c>
       <c r="F274">
         <v>2010</v>
       </c>
       <c r="G274"/>
       <c r="H274" t="s">
         <v>98</v>
       </c>
     </row>
     <row r="275" spans="1:8">
       <c r="A275" t="s">
         <v>487</v>
       </c>
       <c r="B275" t="s">
         <v>488</v>
       </c>
       <c r="C275" t="s">
         <v>39</v>
       </c>
       <c r="D275" t="s">
         <v>66</v>
       </c>
       <c r="E275" t="s">
         <v>26</v>
       </c>
       <c r="F275">
         <v>2010</v>
       </c>
       <c r="G275"/>
       <c r="H275" t="s">
-        <v>51</v>
+        <v>53</v>
       </c>
     </row>
     <row r="276" spans="1:8">
       <c r="A276" t="s">
         <v>489</v>
       </c>
       <c r="B276" t="s">
         <v>490</v>
       </c>
       <c r="C276" t="s">
         <v>39</v>
       </c>
       <c r="D276" t="s">
         <v>66</v>
       </c>
       <c r="E276" t="s">
         <v>26</v>
       </c>
       <c r="F276">
         <v>2010</v>
       </c>
       <c r="G276"/>
       <c r="H276" t="s">
-        <v>51</v>
+        <v>53</v>
       </c>
     </row>
     <row r="277" spans="1:8">
       <c r="A277" t="s">
         <v>491</v>
       </c>
       <c r="B277" t="s">
         <v>492</v>
       </c>
       <c r="C277" t="s">
         <v>39</v>
       </c>
       <c r="D277" t="s">
         <v>66</v>
       </c>
       <c r="E277" t="s">
         <v>26</v>
       </c>
       <c r="F277">
         <v>2010</v>
       </c>
       <c r="G277"/>
       <c r="H277" t="s">
-        <v>51</v>
+        <v>53</v>
       </c>
     </row>
     <row r="278" spans="1:8">
       <c r="A278" t="s">
         <v>493</v>
       </c>
       <c r="B278" t="s">
         <v>494</v>
       </c>
       <c r="C278" t="s">
         <v>39</v>
       </c>
       <c r="D278" t="s">
         <v>66</v>
       </c>
       <c r="E278" t="s">
         <v>26</v>
       </c>
       <c r="F278">
         <v>2010</v>
       </c>
       <c r="G278"/>
       <c r="H278" t="s">
         <v>34</v>
       </c>
@@ -10756,51 +10756,51 @@
       <c r="H280" t="s">
         <v>98</v>
       </c>
     </row>
     <row r="281" spans="1:8">
       <c r="A281" t="s">
         <v>499</v>
       </c>
       <c r="B281" t="s">
         <v>500</v>
       </c>
       <c r="C281" t="s">
         <v>31</v>
       </c>
       <c r="D281" t="s">
         <v>66</v>
       </c>
       <c r="E281" t="s">
         <v>26</v>
       </c>
       <c r="F281">
         <v>2010</v>
       </c>
       <c r="G281"/>
       <c r="H281" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
     </row>
     <row r="282" spans="1:8">
       <c r="A282" t="s">
         <v>501</v>
       </c>
       <c r="B282" t="s">
         <v>502</v>
       </c>
       <c r="C282" t="s">
         <v>48</v>
       </c>
       <c r="D282" t="s">
         <v>66</v>
       </c>
       <c r="E282" t="s">
         <v>26</v>
       </c>
       <c r="F282">
         <v>2010</v>
       </c>
       <c r="G282"/>
       <c r="H282" t="s">
         <v>12</v>
       </c>
@@ -10966,51 +10966,51 @@
       </c>
       <c r="G289"/>
       <c r="H289" t="s">
         <v>72</v>
       </c>
     </row>
     <row r="290" spans="1:8">
       <c r="A290" t="s">
         <v>518</v>
       </c>
       <c r="B290" t="s">
         <v>519</v>
       </c>
       <c r="C290"/>
       <c r="D290" t="s">
         <v>21</v>
       </c>
       <c r="E290" t="s">
         <v>18</v>
       </c>
       <c r="F290">
         <v>2009</v>
       </c>
       <c r="G290"/>
       <c r="H290" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
     </row>
     <row r="291" spans="1:8">
       <c r="A291" t="s">
         <v>520</v>
       </c>
       <c r="B291" t="s">
         <v>521</v>
       </c>
       <c r="C291" t="s">
         <v>48</v>
       </c>
       <c r="D291" t="s">
         <v>66</v>
       </c>
       <c r="E291" t="s">
         <v>26</v>
       </c>
       <c r="F291">
         <v>2009</v>
       </c>
       <c r="G291"/>
       <c r="H291" t="s">
         <v>72</v>
       </c>
@@ -11038,123 +11038,123 @@
       <c r="H292" t="s">
         <v>98</v>
       </c>
     </row>
     <row r="293" spans="1:8">
       <c r="A293" t="s">
         <v>524</v>
       </c>
       <c r="B293" t="s">
         <v>525</v>
       </c>
       <c r="C293" t="s">
         <v>39</v>
       </c>
       <c r="D293" t="s">
         <v>66</v>
       </c>
       <c r="E293" t="s">
         <v>26</v>
       </c>
       <c r="F293">
         <v>2009</v>
       </c>
       <c r="G293"/>
       <c r="H293" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
     </row>
     <row r="294" spans="1:8">
       <c r="A294" t="s">
         <v>526</v>
       </c>
       <c r="B294" t="s">
         <v>527</v>
       </c>
       <c r="C294" t="s">
         <v>31</v>
       </c>
       <c r="D294" t="s">
         <v>66</v>
       </c>
       <c r="E294" t="s">
         <v>26</v>
       </c>
       <c r="F294">
         <v>2009</v>
       </c>
       <c r="G294"/>
       <c r="H294" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
     </row>
     <row r="295" spans="1:8">
       <c r="A295" t="s">
         <v>528</v>
       </c>
       <c r="B295" t="s">
         <v>529</v>
       </c>
       <c r="C295" t="s">
         <v>48</v>
       </c>
       <c r="D295" t="s">
         <v>66</v>
       </c>
       <c r="E295" t="s">
         <v>26</v>
       </c>
       <c r="F295">
         <v>2009</v>
       </c>
       <c r="G295"/>
       <c r="H295" t="s">
-        <v>44</v>
+        <v>43</v>
       </c>
     </row>
     <row r="296" spans="1:8">
       <c r="A296" t="s">
         <v>530</v>
       </c>
       <c r="B296" t="s">
         <v>531</v>
       </c>
       <c r="C296" t="s">
         <v>48</v>
       </c>
       <c r="D296" t="s">
         <v>66</v>
       </c>
       <c r="E296" t="s">
         <v>26</v>
       </c>
       <c r="F296">
         <v>2009</v>
       </c>
       <c r="G296"/>
       <c r="H296" t="s">
-        <v>54</v>
+        <v>51</v>
       </c>
     </row>
     <row r="297" spans="1:8">
       <c r="A297" t="s">
         <v>532</v>
       </c>
       <c r="B297" t="s">
         <v>533</v>
       </c>
       <c r="C297" t="s">
         <v>31</v>
       </c>
       <c r="D297" t="s">
         <v>66</v>
       </c>
       <c r="E297" t="s">
         <v>26</v>
       </c>
       <c r="F297">
         <v>2009</v>
       </c>
       <c r="G297"/>
       <c r="H297" t="s">
         <v>15</v>
       </c>
@@ -11230,51 +11230,51 @@
       <c r="H300" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="301" spans="1:8">
       <c r="A301" t="s">
         <v>540</v>
       </c>
       <c r="B301" t="s">
         <v>541</v>
       </c>
       <c r="C301" t="s">
         <v>31</v>
       </c>
       <c r="D301" t="s">
         <v>66</v>
       </c>
       <c r="E301" t="s">
         <v>26</v>
       </c>
       <c r="F301">
         <v>2009</v>
       </c>
       <c r="G301"/>
       <c r="H301" t="s">
-        <v>44</v>
+        <v>43</v>
       </c>
     </row>
     <row r="302" spans="1:8">
       <c r="A302" t="s">
         <v>542</v>
       </c>
       <c r="B302" t="s">
         <v>543</v>
       </c>
       <c r="C302"/>
       <c r="D302" t="s">
         <v>515</v>
       </c>
       <c r="E302" t="s">
         <v>11</v>
       </c>
       <c r="F302">
         <v>2008</v>
       </c>
       <c r="G302" t="s">
         <v>69</v>
       </c>
       <c r="H302"/>
     </row>
     <row r="303" spans="1:8">
@@ -11394,51 +11394,51 @@
       <c r="H307" t="s">
         <v>72</v>
       </c>
     </row>
     <row r="308" spans="1:8">
       <c r="A308" t="s">
         <v>554</v>
       </c>
       <c r="B308" t="s">
         <v>555</v>
       </c>
       <c r="C308" t="s">
         <v>48</v>
       </c>
       <c r="D308" t="s">
         <v>66</v>
       </c>
       <c r="E308" t="s">
         <v>26</v>
       </c>
       <c r="F308">
         <v>2008</v>
       </c>
       <c r="G308"/>
       <c r="H308" t="s">
-        <v>51</v>
+        <v>53</v>
       </c>
     </row>
     <row r="309" spans="1:8">
       <c r="A309" t="s">
         <v>556</v>
       </c>
       <c r="B309" t="s">
         <v>557</v>
       </c>
       <c r="C309" t="s">
         <v>24</v>
       </c>
       <c r="D309" t="s">
         <v>25</v>
       </c>
       <c r="E309" t="s">
         <v>26</v>
       </c>
       <c r="F309">
         <v>2008</v>
       </c>
       <c r="G309"/>
       <c r="H309" t="s">
         <v>19</v>
       </c>
@@ -11706,51 +11706,51 @@
       <c r="H320" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="321" spans="1:8">
       <c r="A321" t="s">
         <v>580</v>
       </c>
       <c r="B321" t="s">
         <v>581</v>
       </c>
       <c r="C321" t="s">
         <v>31</v>
       </c>
       <c r="D321" t="s">
         <v>66</v>
       </c>
       <c r="E321" t="s">
         <v>26</v>
       </c>
       <c r="F321">
         <v>2008</v>
       </c>
       <c r="G321"/>
       <c r="H321" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
     </row>
     <row r="322" spans="1:8">
       <c r="A322" t="s">
         <v>582</v>
       </c>
       <c r="B322" t="s">
         <v>583</v>
       </c>
       <c r="C322" t="s">
         <v>48</v>
       </c>
       <c r="D322" t="s">
         <v>66</v>
       </c>
       <c r="E322" t="s">
         <v>26</v>
       </c>
       <c r="F322">
         <v>2008</v>
       </c>
       <c r="G322"/>
       <c r="H322"/>
     </row>
     <row r="323" spans="1:8">
@@ -11838,51 +11838,51 @@
       </c>
       <c r="G326" t="s">
         <v>14</v>
       </c>
       <c r="H326"/>
     </row>
     <row r="327" spans="1:8">
       <c r="A327" t="s">
         <v>592</v>
       </c>
       <c r="B327" t="s">
         <v>593</v>
       </c>
       <c r="C327"/>
       <c r="D327" t="s">
         <v>21</v>
       </c>
       <c r="E327" t="s">
         <v>18</v>
       </c>
       <c r="F327">
         <v>2007</v>
       </c>
       <c r="G327"/>
       <c r="H327" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
     </row>
     <row r="328" spans="1:8">
       <c r="A328" t="s">
         <v>594</v>
       </c>
       <c r="B328" t="s">
         <v>595</v>
       </c>
       <c r="C328"/>
       <c r="D328" t="s">
         <v>21</v>
       </c>
       <c r="E328" t="s">
         <v>18</v>
       </c>
       <c r="F328">
         <v>2007</v>
       </c>
       <c r="G328"/>
       <c r="H328" t="s">
         <v>98</v>
       </c>
     </row>
     <row r="329" spans="1:8">
@@ -11952,149 +11952,149 @@
       <c r="H331" t="s">
         <v>98</v>
       </c>
     </row>
     <row r="332" spans="1:8">
       <c r="A332" t="s">
         <v>602</v>
       </c>
       <c r="B332" t="s">
         <v>603</v>
       </c>
       <c r="C332" t="s">
         <v>31</v>
       </c>
       <c r="D332" t="s">
         <v>66</v>
       </c>
       <c r="E332" t="s">
         <v>26</v>
       </c>
       <c r="F332">
         <v>2007</v>
       </c>
       <c r="G332"/>
       <c r="H332" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
     </row>
     <row r="333" spans="1:8">
       <c r="A333" t="s">
         <v>604</v>
       </c>
       <c r="B333" t="s">
         <v>605</v>
       </c>
       <c r="C333" t="s">
         <v>31</v>
       </c>
       <c r="D333" t="s">
         <v>66</v>
       </c>
       <c r="E333" t="s">
         <v>26</v>
       </c>
       <c r="F333">
         <v>2007</v>
       </c>
       <c r="G333"/>
       <c r="H333" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
     </row>
     <row r="334" spans="1:8">
       <c r="A334" t="s">
         <v>606</v>
       </c>
       <c r="B334" t="s">
         <v>607</v>
       </c>
       <c r="C334" t="s">
         <v>31</v>
       </c>
       <c r="D334" t="s">
         <v>66</v>
       </c>
       <c r="E334" t="s">
         <v>26</v>
       </c>
       <c r="F334">
         <v>2007</v>
       </c>
       <c r="G334" t="s">
         <v>74</v>
       </c>
       <c r="H334" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
     </row>
     <row r="335" spans="1:8">
       <c r="A335" t="s">
         <v>608</v>
       </c>
       <c r="B335" t="s">
         <v>609</v>
       </c>
       <c r="C335" t="s">
         <v>31</v>
       </c>
       <c r="D335" t="s">
         <v>66</v>
       </c>
       <c r="E335" t="s">
         <v>26</v>
       </c>
       <c r="F335">
         <v>2007</v>
       </c>
       <c r="G335"/>
       <c r="H335" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
     </row>
     <row r="336" spans="1:8">
       <c r="A336" t="s">
         <v>610</v>
       </c>
       <c r="B336" t="s">
         <v>611</v>
       </c>
       <c r="C336" t="s">
         <v>31</v>
       </c>
       <c r="D336" t="s">
         <v>66</v>
       </c>
       <c r="E336" t="s">
         <v>26</v>
       </c>
       <c r="F336">
         <v>2007</v>
       </c>
       <c r="G336"/>
       <c r="H336" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
     </row>
     <row r="337" spans="1:8">
       <c r="A337" t="s">
         <v>612</v>
       </c>
       <c r="B337" t="s">
         <v>613</v>
       </c>
       <c r="C337" t="s">
         <v>24</v>
       </c>
       <c r="D337" t="s">
         <v>25</v>
       </c>
       <c r="E337" t="s">
         <v>26</v>
       </c>
       <c r="F337">
         <v>2007</v>
       </c>
       <c r="G337"/>
       <c r="H337" t="s">
         <v>19</v>
       </c>
@@ -12194,171 +12194,171 @@
       <c r="H341" t="s">
         <v>57</v>
       </c>
     </row>
     <row r="342" spans="1:8">
       <c r="A342" t="s">
         <v>622</v>
       </c>
       <c r="B342" t="s">
         <v>623</v>
       </c>
       <c r="C342" t="s">
         <v>31</v>
       </c>
       <c r="D342" t="s">
         <v>66</v>
       </c>
       <c r="E342" t="s">
         <v>26</v>
       </c>
       <c r="F342">
         <v>2007</v>
       </c>
       <c r="G342"/>
       <c r="H342" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
     </row>
     <row r="343" spans="1:8">
       <c r="A343" t="s">
         <v>624</v>
       </c>
       <c r="B343" t="s">
         <v>625</v>
       </c>
       <c r="C343" t="s">
         <v>31</v>
       </c>
       <c r="D343" t="s">
         <v>66</v>
       </c>
       <c r="E343" t="s">
         <v>26</v>
       </c>
       <c r="F343">
         <v>2007</v>
       </c>
       <c r="G343"/>
       <c r="H343" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
     </row>
     <row r="344" spans="1:8">
       <c r="A344" t="s">
         <v>626</v>
       </c>
       <c r="B344" t="s">
         <v>627</v>
       </c>
       <c r="C344" t="s">
         <v>31</v>
       </c>
       <c r="D344" t="s">
         <v>66</v>
       </c>
       <c r="E344" t="s">
         <v>26</v>
       </c>
       <c r="F344">
         <v>2007</v>
       </c>
       <c r="G344"/>
       <c r="H344" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
     </row>
     <row r="345" spans="1:8">
       <c r="A345" t="s">
         <v>628</v>
       </c>
       <c r="B345" t="s">
         <v>629</v>
       </c>
       <c r="C345" t="s">
         <v>31</v>
       </c>
       <c r="D345" t="s">
         <v>66</v>
       </c>
       <c r="E345" t="s">
         <v>26</v>
       </c>
       <c r="F345">
         <v>2007</v>
       </c>
       <c r="G345"/>
       <c r="H345" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
     </row>
     <row r="346" spans="1:8">
       <c r="A346" t="s">
         <v>630</v>
       </c>
       <c r="B346" t="s">
         <v>631</v>
       </c>
       <c r="C346" t="s">
         <v>31</v>
       </c>
       <c r="D346" t="s">
         <v>66</v>
       </c>
       <c r="E346" t="s">
         <v>26</v>
       </c>
       <c r="F346">
         <v>2007</v>
       </c>
       <c r="G346"/>
       <c r="H346" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
     </row>
     <row r="347" spans="1:8">
       <c r="A347" t="s">
         <v>632</v>
       </c>
       <c r="B347" t="s">
         <v>633</v>
       </c>
       <c r="C347" t="s">
         <v>31</v>
       </c>
       <c r="D347" t="s">
         <v>66</v>
       </c>
       <c r="E347" t="s">
         <v>26</v>
       </c>
       <c r="F347">
         <v>2007</v>
       </c>
       <c r="G347"/>
       <c r="H347" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
     </row>
     <row r="348" spans="1:8">
       <c r="A348" t="s">
         <v>634</v>
       </c>
       <c r="B348" t="s">
         <v>635</v>
       </c>
       <c r="C348" t="s">
         <v>31</v>
       </c>
       <c r="D348" t="s">
         <v>66</v>
       </c>
       <c r="E348" t="s">
         <v>26</v>
       </c>
       <c r="F348">
         <v>2007</v>
       </c>
       <c r="G348"/>
       <c r="H348" t="s">
         <v>12</v>
       </c>
@@ -12546,209 +12546,209 @@
       </c>
       <c r="G356"/>
       <c r="H356" t="s">
         <v>72</v>
       </c>
     </row>
     <row r="357" spans="1:8">
       <c r="A357" t="s">
         <v>652</v>
       </c>
       <c r="B357" t="s">
         <v>653</v>
       </c>
       <c r="C357"/>
       <c r="D357" t="s">
         <v>21</v>
       </c>
       <c r="E357" t="s">
         <v>18</v>
       </c>
       <c r="F357">
         <v>2006</v>
       </c>
       <c r="G357"/>
       <c r="H357" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
     </row>
     <row r="358" spans="1:8">
       <c r="A358" t="s">
         <v>654</v>
       </c>
       <c r="B358" t="s">
         <v>655</v>
       </c>
       <c r="C358"/>
       <c r="D358" t="s">
         <v>21</v>
       </c>
       <c r="E358" t="s">
         <v>18</v>
       </c>
       <c r="F358">
         <v>2006</v>
       </c>
       <c r="G358"/>
       <c r="H358" t="s">
         <v>98</v>
       </c>
     </row>
     <row r="359" spans="1:8">
       <c r="A359" t="s">
         <v>656</v>
       </c>
       <c r="B359" t="s">
         <v>657</v>
       </c>
       <c r="C359"/>
       <c r="D359" t="s">
         <v>21</v>
       </c>
       <c r="E359" t="s">
         <v>18</v>
       </c>
       <c r="F359">
         <v>2006</v>
       </c>
       <c r="G359"/>
       <c r="H359" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
     </row>
     <row r="360" spans="1:8">
       <c r="A360" t="s">
         <v>658</v>
       </c>
       <c r="B360" t="s">
         <v>659</v>
       </c>
       <c r="C360"/>
       <c r="D360" t="s">
         <v>21</v>
       </c>
       <c r="E360" t="s">
         <v>18</v>
       </c>
       <c r="F360">
         <v>2006</v>
       </c>
       <c r="G360"/>
       <c r="H360" t="s">
         <v>84</v>
       </c>
     </row>
     <row r="361" spans="1:8">
       <c r="A361" t="s">
         <v>660</v>
       </c>
       <c r="B361" t="s">
         <v>661</v>
       </c>
       <c r="C361"/>
       <c r="D361" t="s">
         <v>21</v>
       </c>
       <c r="E361" t="s">
         <v>18</v>
       </c>
       <c r="F361">
         <v>2006</v>
       </c>
       <c r="G361"/>
       <c r="H361" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
     </row>
     <row r="362" spans="1:8">
       <c r="A362" t="s">
         <v>662</v>
       </c>
       <c r="B362" t="s">
         <v>161</v>
       </c>
       <c r="C362"/>
       <c r="D362" t="s">
         <v>21</v>
       </c>
       <c r="E362" t="s">
         <v>18</v>
       </c>
       <c r="F362">
         <v>2006</v>
       </c>
       <c r="G362"/>
       <c r="H362" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
     </row>
     <row r="363" spans="1:8">
       <c r="A363" t="s">
         <v>663</v>
       </c>
       <c r="B363" t="s">
         <v>664</v>
       </c>
       <c r="C363" t="s">
         <v>31</v>
       </c>
       <c r="D363" t="s">
         <v>66</v>
       </c>
       <c r="E363" t="s">
         <v>26</v>
       </c>
       <c r="F363">
         <v>2006</v>
       </c>
       <c r="G363"/>
       <c r="H363" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
     </row>
     <row r="364" spans="1:8">
       <c r="A364" t="s">
         <v>665</v>
       </c>
       <c r="B364" t="s">
         <v>666</v>
       </c>
       <c r="C364" t="s">
         <v>31</v>
       </c>
       <c r="D364" t="s">
         <v>66</v>
       </c>
       <c r="E364" t="s">
         <v>26</v>
       </c>
       <c r="F364">
         <v>2006</v>
       </c>
       <c r="G364"/>
       <c r="H364" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
     </row>
     <row r="365" spans="1:8">
       <c r="A365" t="s">
         <v>667</v>
       </c>
       <c r="B365" t="s">
         <v>668</v>
       </c>
       <c r="C365" t="s">
         <v>31</v>
       </c>
       <c r="D365" t="s">
         <v>66</v>
       </c>
       <c r="E365" t="s">
         <v>26</v>
       </c>
       <c r="F365">
         <v>2006</v>
       </c>
       <c r="G365"/>
       <c r="H365" t="s">
         <v>166</v>
       </c>
@@ -12872,75 +12872,75 @@
       <c r="H370" t="s">
         <v>98</v>
       </c>
     </row>
     <row r="371" spans="1:8">
       <c r="A371" t="s">
         <v>679</v>
       </c>
       <c r="B371" t="s">
         <v>680</v>
       </c>
       <c r="C371" t="s">
         <v>31</v>
       </c>
       <c r="D371" t="s">
         <v>66</v>
       </c>
       <c r="E371" t="s">
         <v>26</v>
       </c>
       <c r="F371">
         <v>2006</v>
       </c>
       <c r="G371"/>
       <c r="H371" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
     </row>
     <row r="372" spans="1:8">
       <c r="A372" t="s">
         <v>681</v>
       </c>
       <c r="B372" t="s">
         <v>682</v>
       </c>
       <c r="C372" t="s">
         <v>31</v>
       </c>
       <c r="D372" t="s">
         <v>66</v>
       </c>
       <c r="E372" t="s">
         <v>26</v>
       </c>
       <c r="F372">
         <v>2006</v>
       </c>
       <c r="G372"/>
       <c r="H372" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
     </row>
     <row r="373" spans="1:8">
       <c r="A373" t="s">
         <v>683</v>
       </c>
       <c r="B373" t="s">
         <v>684</v>
       </c>
       <c r="C373" t="s">
         <v>31</v>
       </c>
       <c r="D373" t="s">
         <v>66</v>
       </c>
       <c r="E373" t="s">
         <v>26</v>
       </c>
       <c r="F373">
         <v>2006</v>
       </c>
       <c r="G373"/>
       <c r="H373" t="s">
         <v>72</v>
       </c>
@@ -13204,145 +13204,145 @@
       </c>
       <c r="G384"/>
       <c r="H384" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="385" spans="1:8">
       <c r="A385" t="s">
         <v>707</v>
       </c>
       <c r="B385" t="s">
         <v>708</v>
       </c>
       <c r="C385"/>
       <c r="D385" t="s">
         <v>21</v>
       </c>
       <c r="E385" t="s">
         <v>18</v>
       </c>
       <c r="F385">
         <v>2005</v>
       </c>
       <c r="G385"/>
       <c r="H385" t="s">
-        <v>44</v>
+        <v>43</v>
       </c>
     </row>
     <row r="386" spans="1:8">
       <c r="A386" t="s">
         <v>709</v>
       </c>
       <c r="B386" t="s">
         <v>710</v>
       </c>
       <c r="C386"/>
       <c r="D386" t="s">
         <v>190</v>
       </c>
       <c r="E386" t="s">
         <v>18</v>
       </c>
       <c r="F386">
         <v>2005</v>
       </c>
       <c r="G386"/>
       <c r="H386" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="387" spans="1:8">
       <c r="A387" t="s">
         <v>711</v>
       </c>
       <c r="B387" t="s">
         <v>712</v>
       </c>
       <c r="C387" t="s">
         <v>39</v>
       </c>
       <c r="D387" t="s">
         <v>66</v>
       </c>
       <c r="E387" t="s">
         <v>26</v>
       </c>
       <c r="F387">
         <v>2005</v>
       </c>
       <c r="G387"/>
       <c r="H387" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
     </row>
     <row r="388" spans="1:8">
       <c r="A388" t="s">
         <v>713</v>
       </c>
       <c r="B388" t="s">
         <v>714</v>
       </c>
       <c r="C388" t="s">
         <v>31</v>
       </c>
       <c r="D388" t="s">
         <v>66</v>
       </c>
       <c r="E388" t="s">
         <v>26</v>
       </c>
       <c r="F388">
         <v>2005</v>
       </c>
       <c r="G388"/>
       <c r="H388" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
     </row>
     <row r="389" spans="1:8">
       <c r="A389" t="s">
         <v>715</v>
       </c>
       <c r="B389" t="s">
         <v>716</v>
       </c>
       <c r="C389" t="s">
         <v>31</v>
       </c>
       <c r="D389" t="s">
         <v>66</v>
       </c>
       <c r="E389" t="s">
         <v>26</v>
       </c>
       <c r="F389">
         <v>2005</v>
       </c>
       <c r="G389"/>
       <c r="H389" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
     </row>
     <row r="390" spans="1:8">
       <c r="A390" t="s">
         <v>717</v>
       </c>
       <c r="B390" t="s">
         <v>718</v>
       </c>
       <c r="C390" t="s">
         <v>31</v>
       </c>
       <c r="D390" t="s">
         <v>66</v>
       </c>
       <c r="E390" t="s">
         <v>26</v>
       </c>
       <c r="F390">
         <v>2005</v>
       </c>
       <c r="G390"/>
       <c r="H390" t="s">
         <v>166</v>
       </c>
@@ -13418,99 +13418,99 @@
       <c r="H393" t="s">
         <v>72</v>
       </c>
     </row>
     <row r="394" spans="1:8">
       <c r="A394" t="s">
         <v>725</v>
       </c>
       <c r="B394" t="s">
         <v>726</v>
       </c>
       <c r="C394" t="s">
         <v>31</v>
       </c>
       <c r="D394" t="s">
         <v>66</v>
       </c>
       <c r="E394" t="s">
         <v>26</v>
       </c>
       <c r="F394">
         <v>2005</v>
       </c>
       <c r="G394"/>
       <c r="H394" t="s">
-        <v>54</v>
+        <v>51</v>
       </c>
     </row>
     <row r="395" spans="1:8">
       <c r="A395" t="s">
         <v>727</v>
       </c>
       <c r="B395" t="s">
         <v>728</v>
       </c>
       <c r="C395" t="s">
         <v>31</v>
       </c>
       <c r="D395" t="s">
         <v>66</v>
       </c>
       <c r="E395" t="s">
         <v>26</v>
       </c>
       <c r="F395">
         <v>2005</v>
       </c>
       <c r="G395"/>
       <c r="H395" t="s">
-        <v>54</v>
+        <v>51</v>
       </c>
     </row>
     <row r="396" spans="1:8">
       <c r="A396" t="s">
         <v>729</v>
       </c>
       <c r="B396" t="s">
         <v>730</v>
       </c>
       <c r="C396" t="s">
         <v>31</v>
       </c>
       <c r="D396" t="s">
         <v>66</v>
       </c>
       <c r="E396" t="s">
         <v>26</v>
       </c>
       <c r="F396">
         <v>2005</v>
       </c>
       <c r="G396"/>
       <c r="H396" t="s">
-        <v>54</v>
+        <v>51</v>
       </c>
     </row>
     <row r="397" spans="1:8">
       <c r="A397" t="s">
         <v>731</v>
       </c>
       <c r="B397" t="s">
         <v>732</v>
       </c>
       <c r="C397" t="s">
         <v>31</v>
       </c>
       <c r="D397" t="s">
         <v>66</v>
       </c>
       <c r="E397" t="s">
         <v>26</v>
       </c>
       <c r="F397">
         <v>2005</v>
       </c>
       <c r="G397"/>
       <c r="H397" t="s">
         <v>12</v>
       </c>
@@ -13610,75 +13610,75 @@
       <c r="H401" t="s">
         <v>57</v>
       </c>
     </row>
     <row r="402" spans="1:8">
       <c r="A402" t="s">
         <v>741</v>
       </c>
       <c r="B402" t="s">
         <v>742</v>
       </c>
       <c r="C402" t="s">
         <v>31</v>
       </c>
       <c r="D402" t="s">
         <v>66</v>
       </c>
       <c r="E402" t="s">
         <v>26</v>
       </c>
       <c r="F402">
         <v>2005</v>
       </c>
       <c r="G402"/>
       <c r="H402" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
     </row>
     <row r="403" spans="1:8">
       <c r="A403" t="s">
         <v>743</v>
       </c>
       <c r="B403" t="s">
         <v>744</v>
       </c>
       <c r="C403" t="s">
         <v>31</v>
       </c>
       <c r="D403" t="s">
         <v>66</v>
       </c>
       <c r="E403" t="s">
         <v>26</v>
       </c>
       <c r="F403">
         <v>2005</v>
       </c>
       <c r="G403"/>
       <c r="H403" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
     </row>
     <row r="404" spans="1:8">
       <c r="A404" t="s">
         <v>745</v>
       </c>
       <c r="B404" t="s">
         <v>746</v>
       </c>
       <c r="C404" t="s">
         <v>31</v>
       </c>
       <c r="D404" t="s">
         <v>66</v>
       </c>
       <c r="E404" t="s">
         <v>26</v>
       </c>
       <c r="F404">
         <v>2005</v>
       </c>
       <c r="G404"/>
       <c r="H404" t="s">
         <v>12</v>
       </c>
@@ -14014,99 +14014,99 @@
       <c r="H418" t="s">
         <v>72</v>
       </c>
     </row>
     <row r="419" spans="1:8">
       <c r="A419" t="s">
         <v>775</v>
       </c>
       <c r="B419" t="s">
         <v>776</v>
       </c>
       <c r="C419" t="s">
         <v>48</v>
       </c>
       <c r="D419" t="s">
         <v>66</v>
       </c>
       <c r="E419" t="s">
         <v>26</v>
       </c>
       <c r="F419">
         <v>2004</v>
       </c>
       <c r="G419"/>
       <c r="H419" t="s">
-        <v>44</v>
+        <v>43</v>
       </c>
     </row>
     <row r="420" spans="1:8">
       <c r="A420" t="s">
         <v>777</v>
       </c>
       <c r="B420" t="s">
         <v>778</v>
       </c>
       <c r="C420" t="s">
         <v>39</v>
       </c>
       <c r="D420" t="s">
         <v>66</v>
       </c>
       <c r="E420" t="s">
         <v>26</v>
       </c>
       <c r="F420">
         <v>2004</v>
       </c>
       <c r="G420"/>
       <c r="H420" t="s">
         <v>84</v>
       </c>
     </row>
     <row r="421" spans="1:8">
       <c r="A421" t="s">
         <v>779</v>
       </c>
       <c r="B421" t="s">
         <v>780</v>
       </c>
       <c r="C421" t="s">
         <v>31</v>
       </c>
       <c r="D421" t="s">
         <v>66</v>
       </c>
       <c r="E421" t="s">
         <v>26</v>
       </c>
       <c r="F421">
         <v>2004</v>
       </c>
       <c r="G421"/>
       <c r="H421" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
     </row>
     <row r="422" spans="1:8">
       <c r="A422" t="s">
         <v>781</v>
       </c>
       <c r="B422" t="s">
         <v>782</v>
       </c>
       <c r="C422" t="s">
         <v>31</v>
       </c>
       <c r="D422" t="s">
         <v>66</v>
       </c>
       <c r="E422" t="s">
         <v>26</v>
       </c>
       <c r="F422">
         <v>2004</v>
       </c>
       <c r="G422"/>
       <c r="H422" t="s">
         <v>19</v>
       </c>
@@ -14230,51 +14230,51 @@
       <c r="H427" t="s">
         <v>57</v>
       </c>
     </row>
     <row r="428" spans="1:8">
       <c r="A428" t="s">
         <v>793</v>
       </c>
       <c r="B428" t="s">
         <v>794</v>
       </c>
       <c r="C428" t="s">
         <v>31</v>
       </c>
       <c r="D428" t="s">
         <v>66</v>
       </c>
       <c r="E428" t="s">
         <v>26</v>
       </c>
       <c r="F428">
         <v>2004</v>
       </c>
       <c r="G428"/>
       <c r="H428" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
     </row>
     <row r="429" spans="1:8">
       <c r="A429" t="s">
         <v>795</v>
       </c>
       <c r="B429" t="s">
         <v>796</v>
       </c>
       <c r="C429" t="s">
         <v>31</v>
       </c>
       <c r="D429" t="s">
         <v>66</v>
       </c>
       <c r="E429" t="s">
         <v>26</v>
       </c>
       <c r="F429">
         <v>2004</v>
       </c>
       <c r="G429"/>
       <c r="H429" t="s">
         <v>57</v>
       </c>
@@ -14580,51 +14580,51 @@
       </c>
       <c r="G442"/>
       <c r="H442" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="443" spans="1:8">
       <c r="A443" t="s">
         <v>822</v>
       </c>
       <c r="B443" t="s">
         <v>823</v>
       </c>
       <c r="C443"/>
       <c r="D443" t="s">
         <v>21</v>
       </c>
       <c r="E443" t="s">
         <v>18</v>
       </c>
       <c r="F443">
         <v>2003</v>
       </c>
       <c r="G443"/>
       <c r="H443" t="s">
-        <v>51</v>
+        <v>53</v>
       </c>
     </row>
     <row r="444" spans="1:8">
       <c r="A444" t="s">
         <v>822</v>
       </c>
       <c r="B444" t="s">
         <v>823</v>
       </c>
       <c r="C444"/>
       <c r="D444" t="s">
         <v>21</v>
       </c>
       <c r="E444" t="s">
         <v>18</v>
       </c>
       <c r="F444">
         <v>2003</v>
       </c>
       <c r="G444"/>
       <c r="H444" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="445" spans="1:8">
@@ -14674,51 +14674,51 @@
       <c r="H446" t="s">
         <v>98</v>
       </c>
     </row>
     <row r="447" spans="1:8">
       <c r="A447" t="s">
         <v>828</v>
       </c>
       <c r="B447" t="s">
         <v>829</v>
       </c>
       <c r="C447" t="s">
         <v>31</v>
       </c>
       <c r="D447" t="s">
         <v>66</v>
       </c>
       <c r="E447" t="s">
         <v>26</v>
       </c>
       <c r="F447">
         <v>2003</v>
       </c>
       <c r="G447"/>
       <c r="H447" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
     </row>
     <row r="448" spans="1:8">
       <c r="A448" t="s">
         <v>830</v>
       </c>
       <c r="B448" t="s">
         <v>831</v>
       </c>
       <c r="C448" t="s">
         <v>31</v>
       </c>
       <c r="D448" t="s">
         <v>66</v>
       </c>
       <c r="E448" t="s">
         <v>26</v>
       </c>
       <c r="F448">
         <v>2003</v>
       </c>
       <c r="G448"/>
       <c r="H448" t="s">
         <v>84</v>
       </c>
@@ -14770,51 +14770,51 @@
       <c r="H450" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="451" spans="1:8">
       <c r="A451" t="s">
         <v>834</v>
       </c>
       <c r="B451" t="s">
         <v>835</v>
       </c>
       <c r="C451" t="s">
         <v>39</v>
       </c>
       <c r="D451" t="s">
         <v>66</v>
       </c>
       <c r="E451" t="s">
         <v>26</v>
       </c>
       <c r="F451">
         <v>2003</v>
       </c>
       <c r="G451"/>
       <c r="H451" t="s">
-        <v>51</v>
+        <v>53</v>
       </c>
     </row>
     <row r="452" spans="1:8">
       <c r="A452" t="s">
         <v>836</v>
       </c>
       <c r="B452" t="s">
         <v>837</v>
       </c>
       <c r="C452" t="s">
         <v>39</v>
       </c>
       <c r="D452" t="s">
         <v>66</v>
       </c>
       <c r="E452" t="s">
         <v>26</v>
       </c>
       <c r="F452">
         <v>2003</v>
       </c>
       <c r="G452"/>
       <c r="H452" t="s">
         <v>130</v>
       </c>
@@ -14986,51 +14986,51 @@
       <c r="H459" t="s">
         <v>57</v>
       </c>
     </row>
     <row r="460" spans="1:8">
       <c r="A460" t="s">
         <v>852</v>
       </c>
       <c r="B460" t="s">
         <v>853</v>
       </c>
       <c r="C460" t="s">
         <v>31</v>
       </c>
       <c r="D460" t="s">
         <v>66</v>
       </c>
       <c r="E460" t="s">
         <v>26</v>
       </c>
       <c r="F460">
         <v>2003</v>
       </c>
       <c r="G460"/>
       <c r="H460" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
     </row>
     <row r="461" spans="1:8">
       <c r="A461" t="s">
         <v>854</v>
       </c>
       <c r="B461" t="s">
         <v>855</v>
       </c>
       <c r="C461" t="s">
         <v>39</v>
       </c>
       <c r="D461" t="s">
         <v>66</v>
       </c>
       <c r="E461" t="s">
         <v>26</v>
       </c>
       <c r="F461">
         <v>2003</v>
       </c>
       <c r="G461"/>
       <c r="H461" t="s">
         <v>12</v>
       </c>
@@ -15100,75 +15100,75 @@
       <c r="H464" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="465" spans="1:8">
       <c r="A465" t="s">
         <v>862</v>
       </c>
       <c r="B465" t="s">
         <v>863</v>
       </c>
       <c r="C465" t="s">
         <v>48</v>
       </c>
       <c r="D465" t="s">
         <v>66</v>
       </c>
       <c r="E465" t="s">
         <v>26</v>
       </c>
       <c r="F465">
         <v>2002</v>
       </c>
       <c r="G465"/>
       <c r="H465" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
     </row>
     <row r="466" spans="1:8">
       <c r="A466" t="s">
         <v>864</v>
       </c>
       <c r="B466" t="s">
         <v>865</v>
       </c>
       <c r="C466" t="s">
         <v>31</v>
       </c>
       <c r="D466" t="s">
         <v>66</v>
       </c>
       <c r="E466" t="s">
         <v>26</v>
       </c>
       <c r="F466">
         <v>2002</v>
       </c>
       <c r="G466"/>
       <c r="H466" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
     </row>
     <row r="467" spans="1:8">
       <c r="A467" t="s">
         <v>866</v>
       </c>
       <c r="B467" t="s">
         <v>867</v>
       </c>
       <c r="C467" t="s">
         <v>31</v>
       </c>
       <c r="D467" t="s">
         <v>66</v>
       </c>
       <c r="E467" t="s">
         <v>26</v>
       </c>
       <c r="F467">
         <v>2002</v>
       </c>
       <c r="G467"/>
       <c r="H467" t="s">
         <v>84</v>
       </c>
@@ -15292,147 +15292,147 @@
       <c r="H472" t="s">
         <v>98</v>
       </c>
     </row>
     <row r="473" spans="1:8">
       <c r="A473" t="s">
         <v>878</v>
       </c>
       <c r="B473" t="s">
         <v>879</v>
       </c>
       <c r="C473" t="s">
         <v>39</v>
       </c>
       <c r="D473" t="s">
         <v>66</v>
       </c>
       <c r="E473" t="s">
         <v>26</v>
       </c>
       <c r="F473">
         <v>2002</v>
       </c>
       <c r="G473"/>
       <c r="H473" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
     </row>
     <row r="474" spans="1:8">
       <c r="A474" t="s">
         <v>880</v>
       </c>
       <c r="B474" t="s">
         <v>881</v>
       </c>
       <c r="C474" t="s">
         <v>39</v>
       </c>
       <c r="D474" t="s">
         <v>66</v>
       </c>
       <c r="E474" t="s">
         <v>26</v>
       </c>
       <c r="F474">
         <v>2002</v>
       </c>
       <c r="G474"/>
       <c r="H474" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
     </row>
     <row r="475" spans="1:8">
       <c r="A475" t="s">
         <v>882</v>
       </c>
       <c r="B475" t="s">
         <v>883</v>
       </c>
       <c r="C475" t="s">
         <v>31</v>
       </c>
       <c r="D475" t="s">
         <v>66</v>
       </c>
       <c r="E475" t="s">
         <v>26</v>
       </c>
       <c r="F475">
         <v>2002</v>
       </c>
       <c r="G475"/>
       <c r="H475" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
     </row>
     <row r="476" spans="1:8">
       <c r="A476" t="s">
         <v>884</v>
       </c>
       <c r="B476" t="s">
         <v>885</v>
       </c>
       <c r="C476" t="s">
         <v>31</v>
       </c>
       <c r="D476" t="s">
         <v>66</v>
       </c>
       <c r="E476" t="s">
         <v>26</v>
       </c>
       <c r="F476">
         <v>2002</v>
       </c>
       <c r="G476"/>
       <c r="H476" t="s">
-        <v>44</v>
+        <v>43</v>
       </c>
     </row>
     <row r="477" spans="1:8">
       <c r="A477" t="s">
         <v>886</v>
       </c>
       <c r="B477" t="s">
         <v>887</v>
       </c>
       <c r="C477" t="s">
         <v>31</v>
       </c>
       <c r="D477" t="s">
         <v>66</v>
       </c>
       <c r="E477" t="s">
         <v>26</v>
       </c>
       <c r="F477">
         <v>2002</v>
       </c>
       <c r="G477"/>
       <c r="H477" t="s">
-        <v>44</v>
+        <v>43</v>
       </c>
     </row>
     <row r="478" spans="1:8">
       <c r="A478" t="s">
         <v>888</v>
       </c>
       <c r="B478" t="s">
         <v>889</v>
       </c>
       <c r="C478" t="s">
         <v>31</v>
       </c>
       <c r="D478" t="s">
         <v>66</v>
       </c>
       <c r="E478" t="s">
         <v>26</v>
       </c>
       <c r="F478">
         <v>2002</v>
       </c>
       <c r="G478"/>
       <c r="H478" t="s">
         <v>98</v>
       </c>
@@ -15600,75 +15600,75 @@
       <c r="H485" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="486" spans="1:8">
       <c r="A486" t="s">
         <v>903</v>
       </c>
       <c r="B486" t="s">
         <v>904</v>
       </c>
       <c r="C486" t="s">
         <v>31</v>
       </c>
       <c r="D486" t="s">
         <v>66</v>
       </c>
       <c r="E486" t="s">
         <v>26</v>
       </c>
       <c r="F486">
         <v>2001</v>
       </c>
       <c r="G486"/>
       <c r="H486" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
     </row>
     <row r="487" spans="1:8">
       <c r="A487" t="s">
         <v>905</v>
       </c>
       <c r="B487" t="s">
         <v>906</v>
       </c>
       <c r="C487" t="s">
         <v>31</v>
       </c>
       <c r="D487" t="s">
         <v>66</v>
       </c>
       <c r="E487" t="s">
         <v>26</v>
       </c>
       <c r="F487">
         <v>2001</v>
       </c>
       <c r="G487"/>
       <c r="H487" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
     </row>
     <row r="488" spans="1:8">
       <c r="A488" t="s">
         <v>907</v>
       </c>
       <c r="B488" t="s">
         <v>835</v>
       </c>
       <c r="C488" t="s">
         <v>39</v>
       </c>
       <c r="D488" t="s">
         <v>66</v>
       </c>
       <c r="E488" t="s">
         <v>26</v>
       </c>
       <c r="F488">
         <v>2001</v>
       </c>
       <c r="G488"/>
       <c r="H488" t="s">
         <v>15</v>
       </c>
@@ -15764,123 +15764,123 @@
       <c r="H492" t="s">
         <v>98</v>
       </c>
     </row>
     <row r="493" spans="1:8">
       <c r="A493" t="s">
         <v>915</v>
       </c>
       <c r="B493" t="s">
         <v>916</v>
       </c>
       <c r="C493" t="s">
         <v>39</v>
       </c>
       <c r="D493" t="s">
         <v>66</v>
       </c>
       <c r="E493" t="s">
         <v>26</v>
       </c>
       <c r="F493">
         <v>2001</v>
       </c>
       <c r="G493"/>
       <c r="H493" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
     </row>
     <row r="494" spans="1:8">
       <c r="A494" t="s">
         <v>917</v>
       </c>
       <c r="B494" t="s">
         <v>918</v>
       </c>
       <c r="C494" t="s">
         <v>31</v>
       </c>
       <c r="D494" t="s">
         <v>66</v>
       </c>
       <c r="E494" t="s">
         <v>26</v>
       </c>
       <c r="F494">
         <v>2001</v>
       </c>
       <c r="G494"/>
       <c r="H494" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
     </row>
     <row r="495" spans="1:8">
       <c r="A495" t="s">
         <v>919</v>
       </c>
       <c r="B495" t="s">
         <v>920</v>
       </c>
       <c r="C495" t="s">
         <v>31</v>
       </c>
       <c r="D495" t="s">
         <v>66</v>
       </c>
       <c r="E495" t="s">
         <v>26</v>
       </c>
       <c r="F495">
         <v>2001</v>
       </c>
       <c r="G495"/>
       <c r="H495" t="s">
         <v>84</v>
       </c>
     </row>
     <row r="496" spans="1:8">
       <c r="A496" t="s">
         <v>921</v>
       </c>
       <c r="B496" t="s">
         <v>922</v>
       </c>
       <c r="C496" t="s">
         <v>31</v>
       </c>
       <c r="D496" t="s">
         <v>66</v>
       </c>
       <c r="E496" t="s">
         <v>26</v>
       </c>
       <c r="F496">
         <v>2001</v>
       </c>
       <c r="G496"/>
       <c r="H496" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
     </row>
     <row r="497" spans="1:8">
       <c r="A497" t="s">
         <v>923</v>
       </c>
       <c r="B497" t="s">
         <v>924</v>
       </c>
       <c r="C497" t="s">
         <v>31</v>
       </c>
       <c r="D497" t="s">
         <v>66</v>
       </c>
       <c r="E497" t="s">
         <v>26</v>
       </c>
       <c r="F497">
         <v>2001</v>
       </c>
       <c r="G497"/>
       <c r="H497" t="s">
         <v>72</v>
       </c>
@@ -15908,51 +15908,51 @@
       <c r="H498" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="499" spans="1:8">
       <c r="A499" t="s">
         <v>927</v>
       </c>
       <c r="B499" t="s">
         <v>928</v>
       </c>
       <c r="C499" t="s">
         <v>31</v>
       </c>
       <c r="D499" t="s">
         <v>66</v>
       </c>
       <c r="E499" t="s">
         <v>26</v>
       </c>
       <c r="F499">
         <v>2001</v>
       </c>
       <c r="G499"/>
       <c r="H499" t="s">
-        <v>51</v>
+        <v>53</v>
       </c>
     </row>
     <row r="500" spans="1:8">
       <c r="A500" t="s">
         <v>929</v>
       </c>
       <c r="B500" t="s">
         <v>930</v>
       </c>
       <c r="C500" t="s">
         <v>31</v>
       </c>
       <c r="D500" t="s">
         <v>66</v>
       </c>
       <c r="E500" t="s">
         <v>26</v>
       </c>
       <c r="F500">
         <v>2001</v>
       </c>
       <c r="G500"/>
       <c r="H500" t="s">
         <v>57</v>
       </c>
@@ -15980,51 +15980,51 @@
       <c r="H501" t="s">
         <v>57</v>
       </c>
     </row>
     <row r="502" spans="1:8">
       <c r="A502" t="s">
         <v>933</v>
       </c>
       <c r="B502" t="s">
         <v>934</v>
       </c>
       <c r="C502" t="s">
         <v>48</v>
       </c>
       <c r="D502" t="s">
         <v>66</v>
       </c>
       <c r="E502" t="s">
         <v>26</v>
       </c>
       <c r="F502">
         <v>2001</v>
       </c>
       <c r="G502"/>
       <c r="H502" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
     </row>
     <row r="503" spans="1:8">
       <c r="A503" t="s">
         <v>935</v>
       </c>
       <c r="B503" t="s">
         <v>936</v>
       </c>
       <c r="C503"/>
       <c r="D503" t="s">
         <v>515</v>
       </c>
       <c r="E503" t="s">
         <v>11</v>
       </c>
       <c r="F503">
         <v>2000</v>
       </c>
       <c r="G503" t="s">
         <v>69</v>
       </c>
       <c r="H503"/>
     </row>
     <row r="504" spans="1:8">
@@ -16070,171 +16070,171 @@
       <c r="H505" t="s">
         <v>84</v>
       </c>
     </row>
     <row r="506" spans="1:8">
       <c r="A506" t="s">
         <v>941</v>
       </c>
       <c r="B506" t="s">
         <v>942</v>
       </c>
       <c r="C506" t="s">
         <v>31</v>
       </c>
       <c r="D506" t="s">
         <v>66</v>
       </c>
       <c r="E506" t="s">
         <v>26</v>
       </c>
       <c r="F506">
         <v>2000</v>
       </c>
       <c r="G506"/>
       <c r="H506" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
     </row>
     <row r="507" spans="1:8">
       <c r="A507" t="s">
         <v>943</v>
       </c>
       <c r="B507" t="s">
         <v>944</v>
       </c>
       <c r="C507"/>
       <c r="D507"/>
       <c r="E507" t="s">
         <v>26</v>
       </c>
       <c r="F507">
         <v>2000</v>
       </c>
       <c r="G507"/>
       <c r="H507" t="s">
-        <v>51</v>
+        <v>53</v>
       </c>
     </row>
     <row r="508" spans="1:8">
       <c r="A508" t="s">
         <v>943</v>
       </c>
       <c r="B508" t="s">
         <v>944</v>
       </c>
       <c r="C508"/>
       <c r="D508"/>
       <c r="E508" t="s">
         <v>26</v>
       </c>
       <c r="F508">
         <v>2000</v>
       </c>
       <c r="G508"/>
       <c r="H508" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="509" spans="1:8">
       <c r="A509" t="s">
         <v>945</v>
       </c>
       <c r="B509" t="s">
         <v>946</v>
       </c>
       <c r="C509"/>
       <c r="D509"/>
       <c r="E509" t="s">
         <v>26</v>
       </c>
       <c r="F509">
         <v>2000</v>
       </c>
       <c r="G509"/>
       <c r="H509" t="s">
-        <v>51</v>
+        <v>53</v>
       </c>
     </row>
     <row r="510" spans="1:8">
       <c r="A510" t="s">
         <v>945</v>
       </c>
       <c r="B510" t="s">
         <v>946</v>
       </c>
       <c r="C510"/>
       <c r="D510"/>
       <c r="E510" t="s">
         <v>26</v>
       </c>
       <c r="F510">
         <v>2000</v>
       </c>
       <c r="G510"/>
       <c r="H510" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="511" spans="1:8">
       <c r="A511" t="s">
         <v>947</v>
       </c>
       <c r="B511" t="s">
         <v>948</v>
       </c>
       <c r="C511"/>
       <c r="D511"/>
       <c r="E511" t="s">
         <v>26</v>
       </c>
       <c r="F511">
         <v>2000</v>
       </c>
       <c r="G511"/>
       <c r="H511" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
     </row>
     <row r="512" spans="1:8">
       <c r="A512" t="s">
         <v>947</v>
       </c>
       <c r="B512" t="s">
         <v>948</v>
       </c>
       <c r="C512"/>
       <c r="D512"/>
       <c r="E512" t="s">
         <v>26</v>
       </c>
       <c r="F512">
         <v>2000</v>
       </c>
       <c r="G512"/>
       <c r="H512" t="s">
-        <v>51</v>
+        <v>53</v>
       </c>
     </row>
     <row r="513" spans="1:8">
       <c r="A513" t="s">
         <v>947</v>
       </c>
       <c r="B513" t="s">
         <v>948</v>
       </c>
       <c r="C513"/>
       <c r="D513"/>
       <c r="E513" t="s">
         <v>26</v>
       </c>
       <c r="F513">
         <v>2000</v>
       </c>
       <c r="G513"/>
       <c r="H513" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="514" spans="1:8">
       <c r="A514" t="s">
         <v>949</v>
@@ -16354,51 +16354,51 @@
       <c r="H518" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="519" spans="1:8">
       <c r="A519" t="s">
         <v>959</v>
       </c>
       <c r="B519" t="s">
         <v>960</v>
       </c>
       <c r="C519" t="s">
         <v>31</v>
       </c>
       <c r="D519" t="s">
         <v>66</v>
       </c>
       <c r="E519" t="s">
         <v>26</v>
       </c>
       <c r="F519">
         <v>2000</v>
       </c>
       <c r="G519"/>
       <c r="H519" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
     </row>
     <row r="520" spans="1:8">
       <c r="A520" t="s">
         <v>961</v>
       </c>
       <c r="B520" t="s">
         <v>962</v>
       </c>
       <c r="C520" t="s">
         <v>31</v>
       </c>
       <c r="D520" t="s">
         <v>66</v>
       </c>
       <c r="E520" t="s">
         <v>26</v>
       </c>
       <c r="F520">
         <v>2000</v>
       </c>
       <c r="G520"/>
       <c r="H520" t="s">
         <v>12</v>
       </c>
@@ -16450,51 +16450,51 @@
       <c r="H522" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="523" spans="1:8">
       <c r="A523" t="s">
         <v>967</v>
       </c>
       <c r="B523" t="s">
         <v>968</v>
       </c>
       <c r="C523" t="s">
         <v>48</v>
       </c>
       <c r="D523" t="s">
         <v>66</v>
       </c>
       <c r="E523" t="s">
         <v>26</v>
       </c>
       <c r="F523">
         <v>2000</v>
       </c>
       <c r="G523"/>
       <c r="H523" t="s">
-        <v>51</v>
+        <v>53</v>
       </c>
     </row>
     <row r="524" spans="1:8">
       <c r="A524" t="s">
         <v>969</v>
       </c>
       <c r="B524" t="s">
         <v>970</v>
       </c>
       <c r="C524"/>
       <c r="D524" t="s">
         <v>21</v>
       </c>
       <c r="E524" t="s">
         <v>18</v>
       </c>
       <c r="F524">
         <v>1999</v>
       </c>
       <c r="G524"/>
       <c r="H524" t="s">
         <v>72</v>
       </c>
     </row>
     <row r="525" spans="1:8">
@@ -16564,147 +16564,147 @@
       <c r="H527" t="s">
         <v>98</v>
       </c>
     </row>
     <row r="528" spans="1:8">
       <c r="A528" t="s">
         <v>976</v>
       </c>
       <c r="B528" t="s">
         <v>977</v>
       </c>
       <c r="C528" t="s">
         <v>48</v>
       </c>
       <c r="D528" t="s">
         <v>66</v>
       </c>
       <c r="E528" t="s">
         <v>26</v>
       </c>
       <c r="F528">
         <v>1999</v>
       </c>
       <c r="G528"/>
       <c r="H528" t="s">
-        <v>51</v>
+        <v>53</v>
       </c>
     </row>
     <row r="529" spans="1:8">
       <c r="A529" t="s">
         <v>978</v>
       </c>
       <c r="B529" t="s">
         <v>979</v>
       </c>
       <c r="C529" t="s">
         <v>31</v>
       </c>
       <c r="D529" t="s">
         <v>66</v>
       </c>
       <c r="E529" t="s">
         <v>26</v>
       </c>
       <c r="F529">
         <v>1999</v>
       </c>
       <c r="G529"/>
       <c r="H529" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
     </row>
     <row r="530" spans="1:8">
       <c r="A530" t="s">
         <v>980</v>
       </c>
       <c r="B530" t="s">
         <v>981</v>
       </c>
       <c r="C530" t="s">
         <v>31</v>
       </c>
       <c r="D530" t="s">
         <v>66</v>
       </c>
       <c r="E530" t="s">
         <v>26</v>
       </c>
       <c r="F530">
         <v>1999</v>
       </c>
       <c r="G530"/>
       <c r="H530" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
     </row>
     <row r="531" spans="1:8">
       <c r="A531" t="s">
         <v>982</v>
       </c>
       <c r="B531" t="s">
         <v>983</v>
       </c>
       <c r="C531" t="s">
         <v>31</v>
       </c>
       <c r="D531" t="s">
         <v>66</v>
       </c>
       <c r="E531" t="s">
         <v>26</v>
       </c>
       <c r="F531">
         <v>1999</v>
       </c>
       <c r="G531"/>
       <c r="H531" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
     </row>
     <row r="532" spans="1:8">
       <c r="A532" t="s">
         <v>984</v>
       </c>
       <c r="B532" t="s">
         <v>985</v>
       </c>
       <c r="C532" t="s">
         <v>31</v>
       </c>
       <c r="D532" t="s">
         <v>66</v>
       </c>
       <c r="E532" t="s">
         <v>26</v>
       </c>
       <c r="F532">
         <v>1999</v>
       </c>
       <c r="G532"/>
       <c r="H532" t="s">
-        <v>44</v>
+        <v>43</v>
       </c>
     </row>
     <row r="533" spans="1:8">
       <c r="A533" t="s">
         <v>986</v>
       </c>
       <c r="B533" t="s">
         <v>987</v>
       </c>
       <c r="C533" t="s">
         <v>31</v>
       </c>
       <c r="D533" t="s">
         <v>66</v>
       </c>
       <c r="E533" t="s">
         <v>26</v>
       </c>
       <c r="F533">
         <v>1999</v>
       </c>
       <c r="G533"/>
       <c r="H533" t="s">
         <v>98</v>
       </c>
@@ -16900,75 +16900,75 @@
       <c r="H541" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="542" spans="1:8">
       <c r="A542" t="s">
         <v>1004</v>
       </c>
       <c r="B542" t="s">
         <v>1005</v>
       </c>
       <c r="C542" t="s">
         <v>31</v>
       </c>
       <c r="D542" t="s">
         <v>66</v>
       </c>
       <c r="E542" t="s">
         <v>26</v>
       </c>
       <c r="F542">
         <v>1999</v>
       </c>
       <c r="G542"/>
       <c r="H542" t="s">
-        <v>44</v>
+        <v>43</v>
       </c>
     </row>
     <row r="543" spans="1:8">
       <c r="A543" t="s">
         <v>1006</v>
       </c>
       <c r="B543" t="s">
         <v>1007</v>
       </c>
       <c r="C543" t="s">
         <v>31</v>
       </c>
       <c r="D543" t="s">
         <v>66</v>
       </c>
       <c r="E543" t="s">
         <v>26</v>
       </c>
       <c r="F543">
         <v>1999</v>
       </c>
       <c r="G543"/>
       <c r="H543" t="s">
-        <v>44</v>
+        <v>43</v>
       </c>
     </row>
     <row r="544" spans="1:8">
       <c r="A544" t="s">
         <v>1008</v>
       </c>
       <c r="B544" t="s">
         <v>1009</v>
       </c>
       <c r="C544" t="s">
         <v>31</v>
       </c>
       <c r="D544" t="s">
         <v>66</v>
       </c>
       <c r="E544" t="s">
         <v>26</v>
       </c>
       <c r="F544">
         <v>1999</v>
       </c>
       <c r="G544"/>
       <c r="H544" t="s">
         <v>15</v>
       </c>
@@ -17018,73 +17018,73 @@
       </c>
       <c r="G546"/>
       <c r="H546" t="s">
         <v>130</v>
       </c>
     </row>
     <row r="547" spans="1:8">
       <c r="A547" t="s">
         <v>1014</v>
       </c>
       <c r="B547" t="s">
         <v>1015</v>
       </c>
       <c r="C547"/>
       <c r="D547" t="s">
         <v>21</v>
       </c>
       <c r="E547" t="s">
         <v>18</v>
       </c>
       <c r="F547">
         <v>1998</v>
       </c>
       <c r="G547"/>
       <c r="H547" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
     </row>
     <row r="548" spans="1:8">
       <c r="A548" t="s">
         <v>1016</v>
       </c>
       <c r="B548" t="s">
         <v>1017</v>
       </c>
       <c r="C548"/>
       <c r="D548" t="s">
         <v>21</v>
       </c>
       <c r="E548" t="s">
         <v>18</v>
       </c>
       <c r="F548">
         <v>1998</v>
       </c>
       <c r="G548"/>
       <c r="H548" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
     </row>
     <row r="549" spans="1:8">
       <c r="A549" t="s">
         <v>1018</v>
       </c>
       <c r="B549" t="s">
         <v>1019</v>
       </c>
       <c r="C549"/>
       <c r="D549" t="s">
         <v>21</v>
       </c>
       <c r="E549" t="s">
         <v>18</v>
       </c>
       <c r="F549">
         <v>1998</v>
       </c>
       <c r="G549"/>
       <c r="H549" t="s">
         <v>84</v>
       </c>
     </row>
     <row r="550" spans="1:8">
@@ -17108,99 +17108,99 @@
       <c r="H550" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="551" spans="1:8">
       <c r="A551" t="s">
         <v>1022</v>
       </c>
       <c r="B551" t="s">
         <v>1023</v>
       </c>
       <c r="C551" t="s">
         <v>48</v>
       </c>
       <c r="D551" t="s">
         <v>66</v>
       </c>
       <c r="E551" t="s">
         <v>26</v>
       </c>
       <c r="F551">
         <v>1998</v>
       </c>
       <c r="G551"/>
       <c r="H551" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
     </row>
     <row r="552" spans="1:8">
       <c r="A552" t="s">
         <v>1024</v>
       </c>
       <c r="B552" t="s">
         <v>1025</v>
       </c>
       <c r="C552" t="s">
         <v>31</v>
       </c>
       <c r="D552" t="s">
         <v>66</v>
       </c>
       <c r="E552" t="s">
         <v>26</v>
       </c>
       <c r="F552">
         <v>1998</v>
       </c>
       <c r="G552"/>
       <c r="H552" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
     </row>
     <row r="553" spans="1:8">
       <c r="A553" t="s">
         <v>1026</v>
       </c>
       <c r="B553" t="s">
         <v>1027</v>
       </c>
       <c r="C553" t="s">
         <v>39</v>
       </c>
       <c r="D553" t="s">
         <v>66</v>
       </c>
       <c r="E553" t="s">
         <v>26</v>
       </c>
       <c r="F553">
         <v>1998</v>
       </c>
       <c r="G553"/>
       <c r="H553" t="s">
-        <v>51</v>
+        <v>53</v>
       </c>
     </row>
     <row r="554" spans="1:8">
       <c r="A554" t="s">
         <v>1026</v>
       </c>
       <c r="B554" t="s">
         <v>1027</v>
       </c>
       <c r="C554" t="s">
         <v>39</v>
       </c>
       <c r="D554" t="s">
         <v>66</v>
       </c>
       <c r="E554" t="s">
         <v>26</v>
       </c>
       <c r="F554">
         <v>1998</v>
       </c>
       <c r="G554"/>
       <c r="H554" t="s">
         <v>19</v>
       </c>
@@ -17220,195 +17220,195 @@
       <c r="F555">
         <v>1998</v>
       </c>
       <c r="G555"/>
       <c r="H555" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="556" spans="1:8">
       <c r="A556" t="s">
         <v>1028</v>
       </c>
       <c r="B556" t="s">
         <v>1029</v>
       </c>
       <c r="C556"/>
       <c r="D556"/>
       <c r="E556" t="s">
         <v>26</v>
       </c>
       <c r="F556">
         <v>1998</v>
       </c>
       <c r="G556"/>
       <c r="H556" t="s">
-        <v>51</v>
+        <v>53</v>
       </c>
     </row>
     <row r="557" spans="1:8">
       <c r="A557" t="s">
         <v>1030</v>
       </c>
       <c r="B557" t="s">
         <v>1031</v>
       </c>
       <c r="C557" t="s">
         <v>48</v>
       </c>
       <c r="D557" t="s">
         <v>66</v>
       </c>
       <c r="E557" t="s">
         <v>26</v>
       </c>
       <c r="F557">
         <v>1998</v>
       </c>
       <c r="G557"/>
       <c r="H557" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="558" spans="1:8">
       <c r="A558" t="s">
         <v>1032</v>
       </c>
       <c r="B558" t="s">
         <v>1033</v>
       </c>
       <c r="C558" t="s">
         <v>31</v>
       </c>
       <c r="D558" t="s">
         <v>66</v>
       </c>
       <c r="E558" t="s">
         <v>26</v>
       </c>
       <c r="F558">
         <v>1998</v>
       </c>
       <c r="G558"/>
       <c r="H558" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
     </row>
     <row r="559" spans="1:8">
       <c r="A559" t="s">
         <v>1034</v>
       </c>
       <c r="B559" t="s">
         <v>1035</v>
       </c>
       <c r="C559" t="s">
         <v>31</v>
       </c>
       <c r="D559" t="s">
         <v>66</v>
       </c>
       <c r="E559" t="s">
         <v>26</v>
       </c>
       <c r="F559">
         <v>1998</v>
       </c>
       <c r="G559"/>
       <c r="H559" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
     </row>
     <row r="560" spans="1:8">
       <c r="A560" t="s">
         <v>1036</v>
       </c>
       <c r="B560" t="s">
         <v>1037</v>
       </c>
       <c r="C560" t="s">
         <v>31</v>
       </c>
       <c r="D560" t="s">
         <v>66</v>
       </c>
       <c r="E560" t="s">
         <v>26</v>
       </c>
       <c r="F560">
         <v>1998</v>
       </c>
       <c r="G560"/>
       <c r="H560" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
     </row>
     <row r="561" spans="1:8">
       <c r="A561" t="s">
         <v>1038</v>
       </c>
       <c r="B561" t="s">
         <v>1039</v>
       </c>
       <c r="C561" t="s">
         <v>31</v>
       </c>
       <c r="D561" t="s">
         <v>66</v>
       </c>
       <c r="E561" t="s">
         <v>26</v>
       </c>
       <c r="F561">
         <v>1998</v>
       </c>
       <c r="G561"/>
       <c r="H561" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
     </row>
     <row r="562" spans="1:8">
       <c r="A562" t="s">
         <v>1040</v>
       </c>
       <c r="B562" t="s">
         <v>1041</v>
       </c>
       <c r="C562" t="s">
         <v>31</v>
       </c>
       <c r="D562" t="s">
         <v>66</v>
       </c>
       <c r="E562" t="s">
         <v>26</v>
       </c>
       <c r="F562">
         <v>1998</v>
       </c>
       <c r="G562"/>
       <c r="H562" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
     </row>
     <row r="563" spans="1:8">
       <c r="A563" t="s">
         <v>1042</v>
       </c>
       <c r="B563" t="s">
         <v>1043</v>
       </c>
       <c r="C563" t="s">
         <v>31</v>
       </c>
       <c r="D563" t="s">
         <v>66</v>
       </c>
       <c r="E563" t="s">
         <v>26</v>
       </c>
       <c r="F563">
         <v>1998</v>
       </c>
       <c r="G563"/>
       <c r="H563" t="s">
         <v>130</v>
       </c>
@@ -17528,51 +17528,51 @@
       <c r="H568" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="569" spans="1:8">
       <c r="A569" t="s">
         <v>1054</v>
       </c>
       <c r="B569" t="s">
         <v>1055</v>
       </c>
       <c r="C569" t="s">
         <v>31</v>
       </c>
       <c r="D569" t="s">
         <v>66</v>
       </c>
       <c r="E569" t="s">
         <v>26</v>
       </c>
       <c r="F569">
         <v>1997</v>
       </c>
       <c r="G569"/>
       <c r="H569" t="s">
-        <v>44</v>
+        <v>43</v>
       </c>
     </row>
     <row r="570" spans="1:8">
       <c r="A570" t="s">
         <v>1056</v>
       </c>
       <c r="B570" t="s">
         <v>1057</v>
       </c>
       <c r="C570" t="s">
         <v>31</v>
       </c>
       <c r="D570" t="s">
         <v>66</v>
       </c>
       <c r="E570" t="s">
         <v>26</v>
       </c>
       <c r="F570">
         <v>1997</v>
       </c>
       <c r="G570"/>
       <c r="H570" t="s">
         <v>72</v>
       </c>
@@ -17624,241 +17624,241 @@
       <c r="H572" t="s">
         <v>57</v>
       </c>
     </row>
     <row r="573" spans="1:8">
       <c r="A573" t="s">
         <v>1062</v>
       </c>
       <c r="B573" t="s">
         <v>1063</v>
       </c>
       <c r="C573" t="s">
         <v>31</v>
       </c>
       <c r="D573" t="s">
         <v>66</v>
       </c>
       <c r="E573" t="s">
         <v>26</v>
       </c>
       <c r="F573">
         <v>1997</v>
       </c>
       <c r="G573"/>
       <c r="H573" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
     </row>
     <row r="574" spans="1:8">
       <c r="A574" t="s">
         <v>1064</v>
       </c>
       <c r="B574" t="s">
         <v>1065</v>
       </c>
       <c r="C574" t="s">
         <v>31</v>
       </c>
       <c r="D574" t="s">
         <v>66</v>
       </c>
       <c r="E574" t="s">
         <v>26</v>
       </c>
       <c r="F574">
         <v>1997</v>
       </c>
       <c r="G574"/>
       <c r="H574" t="s">
         <v>130</v>
       </c>
     </row>
     <row r="575" spans="1:8">
       <c r="A575" t="s">
         <v>1066</v>
       </c>
       <c r="B575" t="s">
         <v>1067</v>
       </c>
       <c r="C575"/>
       <c r="D575" t="s">
         <v>21</v>
       </c>
       <c r="E575" t="s">
         <v>18</v>
       </c>
       <c r="F575">
         <v>1996</v>
       </c>
       <c r="G575"/>
       <c r="H575" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
     </row>
     <row r="576" spans="1:8">
       <c r="A576" t="s">
         <v>1068</v>
       </c>
       <c r="B576" t="s">
         <v>1069</v>
       </c>
       <c r="C576" t="s">
         <v>31</v>
       </c>
       <c r="D576" t="s">
         <v>66</v>
       </c>
       <c r="E576" t="s">
         <v>26</v>
       </c>
       <c r="F576">
         <v>1996</v>
       </c>
       <c r="G576"/>
       <c r="H576" t="s">
         <v>98</v>
       </c>
     </row>
     <row r="577" spans="1:8">
       <c r="A577" t="s">
         <v>1070</v>
       </c>
       <c r="B577" t="s">
         <v>1071</v>
       </c>
       <c r="C577" t="s">
         <v>31</v>
       </c>
       <c r="D577" t="s">
         <v>66</v>
       </c>
       <c r="E577" t="s">
         <v>26</v>
       </c>
       <c r="F577">
         <v>1996</v>
       </c>
       <c r="G577"/>
       <c r="H577" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
     </row>
     <row r="578" spans="1:8">
       <c r="A578" t="s">
         <v>1072</v>
       </c>
       <c r="B578" t="s">
         <v>1073</v>
       </c>
       <c r="C578" t="s">
         <v>31</v>
       </c>
       <c r="D578" t="s">
         <v>66</v>
       </c>
       <c r="E578" t="s">
         <v>26</v>
       </c>
       <c r="F578">
         <v>1996</v>
       </c>
       <c r="G578"/>
       <c r="H578" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="579" spans="1:8">
       <c r="A579" t="s">
         <v>1074</v>
       </c>
       <c r="B579" t="s">
         <v>1075</v>
       </c>
       <c r="C579" t="s">
         <v>31</v>
       </c>
       <c r="D579" t="s">
         <v>66</v>
       </c>
       <c r="E579" t="s">
         <v>26</v>
       </c>
       <c r="F579">
         <v>1996</v>
       </c>
       <c r="G579"/>
       <c r="H579" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
     </row>
     <row r="580" spans="1:8">
       <c r="A580" t="s">
         <v>1076</v>
       </c>
       <c r="B580" t="s">
         <v>1077</v>
       </c>
       <c r="C580" t="s">
         <v>31</v>
       </c>
       <c r="D580" t="s">
         <v>66</v>
       </c>
       <c r="E580" t="s">
         <v>26</v>
       </c>
       <c r="F580">
         <v>1996</v>
       </c>
       <c r="G580"/>
       <c r="H580" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
     </row>
     <row r="581" spans="1:8">
       <c r="A581" t="s">
         <v>1078</v>
       </c>
       <c r="B581" t="s">
         <v>1079</v>
       </c>
       <c r="C581" t="s">
         <v>31</v>
       </c>
       <c r="D581" t="s">
         <v>66</v>
       </c>
       <c r="E581" t="s">
         <v>26</v>
       </c>
       <c r="F581">
         <v>1996</v>
       </c>
       <c r="G581"/>
       <c r="H581" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
     </row>
     <row r="582" spans="1:8">
       <c r="A582" t="s">
         <v>1080</v>
       </c>
       <c r="B582" t="s">
         <v>1081</v>
       </c>
       <c r="C582" t="s">
         <v>31</v>
       </c>
       <c r="D582" t="s">
         <v>66</v>
       </c>
       <c r="E582" t="s">
         <v>26</v>
       </c>
       <c r="F582">
         <v>1996</v>
       </c>
       <c r="G582"/>
       <c r="H582" t="s">
         <v>166</v>
       </c>
@@ -18000,75 +18000,75 @@
       <c r="H588" t="s">
         <v>98</v>
       </c>
     </row>
     <row r="589" spans="1:8">
       <c r="A589" t="s">
         <v>1094</v>
       </c>
       <c r="B589" t="s">
         <v>1095</v>
       </c>
       <c r="C589" t="s">
         <v>39</v>
       </c>
       <c r="D589" t="s">
         <v>66</v>
       </c>
       <c r="E589" t="s">
         <v>26</v>
       </c>
       <c r="F589">
         <v>1995</v>
       </c>
       <c r="G589"/>
       <c r="H589" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
     </row>
     <row r="590" spans="1:8">
       <c r="A590" t="s">
         <v>1096</v>
       </c>
       <c r="B590" t="s">
         <v>1097</v>
       </c>
       <c r="C590" t="s">
         <v>31</v>
       </c>
       <c r="D590" t="s">
         <v>66</v>
       </c>
       <c r="E590" t="s">
         <v>26</v>
       </c>
       <c r="F590">
         <v>1995</v>
       </c>
       <c r="G590"/>
       <c r="H590" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
     </row>
     <row r="591" spans="1:8">
       <c r="A591" t="s">
         <v>1098</v>
       </c>
       <c r="B591" t="s">
         <v>1099</v>
       </c>
       <c r="C591" t="s">
         <v>31</v>
       </c>
       <c r="D591" t="s">
         <v>66</v>
       </c>
       <c r="E591" t="s">
         <v>26</v>
       </c>
       <c r="F591">
         <v>1995</v>
       </c>
       <c r="G591"/>
       <c r="H591" t="s">
         <v>57</v>
       </c>
@@ -18112,123 +18112,123 @@
       </c>
       <c r="G593" t="s">
         <v>69</v>
       </c>
       <c r="H593"/>
     </row>
     <row r="594" spans="1:8">
       <c r="A594" t="s">
         <v>1104</v>
       </c>
       <c r="B594" t="s">
         <v>1105</v>
       </c>
       <c r="C594"/>
       <c r="D594" t="s">
         <v>21</v>
       </c>
       <c r="E594" t="s">
         <v>18</v>
       </c>
       <c r="F594">
         <v>1994</v>
       </c>
       <c r="G594"/>
       <c r="H594" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
     </row>
     <row r="595" spans="1:8">
       <c r="A595" t="s">
         <v>1106</v>
       </c>
       <c r="B595" t="s">
         <v>1107</v>
       </c>
       <c r="C595" t="s">
         <v>31</v>
       </c>
       <c r="D595" t="s">
         <v>66</v>
       </c>
       <c r="E595" t="s">
         <v>26</v>
       </c>
       <c r="F595">
         <v>1994</v>
       </c>
       <c r="G595"/>
       <c r="H595" t="s">
         <v>98</v>
       </c>
     </row>
     <row r="596" spans="1:8">
       <c r="A596" t="s">
         <v>1108</v>
       </c>
       <c r="B596" t="s">
         <v>1109</v>
       </c>
       <c r="C596" t="s">
         <v>31</v>
       </c>
       <c r="D596" t="s">
         <v>66</v>
       </c>
       <c r="E596" t="s">
         <v>26</v>
       </c>
       <c r="F596">
         <v>1994</v>
       </c>
       <c r="G596"/>
       <c r="H596" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
     </row>
     <row r="597" spans="1:8">
       <c r="A597" t="s">
         <v>1110</v>
       </c>
       <c r="B597" t="s">
         <v>1111</v>
       </c>
       <c r="C597" t="s">
         <v>31</v>
       </c>
       <c r="D597" t="s">
         <v>66</v>
       </c>
       <c r="E597" t="s">
         <v>26</v>
       </c>
       <c r="F597">
         <v>1994</v>
       </c>
       <c r="G597"/>
       <c r="H597" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
     </row>
     <row r="598" spans="1:8">
       <c r="A598" t="s">
         <v>1112</v>
       </c>
       <c r="B598" t="s">
         <v>1113</v>
       </c>
       <c r="C598" t="s">
         <v>31</v>
       </c>
       <c r="D598" t="s">
         <v>66</v>
       </c>
       <c r="E598" t="s">
         <v>26</v>
       </c>
       <c r="F598">
         <v>1994</v>
       </c>
       <c r="G598"/>
       <c r="H598" t="s">
         <v>12</v>
       </c>
@@ -18424,51 +18424,51 @@
       <c r="H606" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="607" spans="1:8">
       <c r="A607" t="s">
         <v>1130</v>
       </c>
       <c r="B607" t="s">
         <v>1131</v>
       </c>
       <c r="C607" t="s">
         <v>31</v>
       </c>
       <c r="D607" t="s">
         <v>66</v>
       </c>
       <c r="E607" t="s">
         <v>26</v>
       </c>
       <c r="F607">
         <v>1994</v>
       </c>
       <c r="G607"/>
       <c r="H607" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
     </row>
     <row r="608" spans="1:8">
       <c r="A608" t="s">
         <v>1132</v>
       </c>
       <c r="B608" t="s">
         <v>1133</v>
       </c>
       <c r="C608" t="s">
         <v>31</v>
       </c>
       <c r="D608" t="s">
         <v>66</v>
       </c>
       <c r="E608" t="s">
         <v>26</v>
       </c>
       <c r="F608">
         <v>1994</v>
       </c>
       <c r="G608"/>
       <c r="H608" t="s">
         <v>130</v>
       </c>
@@ -18664,51 +18664,51 @@
       <c r="H616" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="617" spans="1:8">
       <c r="A617" t="s">
         <v>1150</v>
       </c>
       <c r="B617" t="s">
         <v>1151</v>
       </c>
       <c r="C617" t="s">
         <v>31</v>
       </c>
       <c r="D617" t="s">
         <v>66</v>
       </c>
       <c r="E617" t="s">
         <v>26</v>
       </c>
       <c r="F617">
         <v>1994</v>
       </c>
       <c r="G617"/>
       <c r="H617" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
     </row>
     <row r="618" spans="1:8">
       <c r="A618" t="s">
         <v>1152</v>
       </c>
       <c r="B618" t="s">
         <v>1153</v>
       </c>
       <c r="C618" t="s">
         <v>31</v>
       </c>
       <c r="D618" t="s">
         <v>66</v>
       </c>
       <c r="E618" t="s">
         <v>26</v>
       </c>
       <c r="F618">
         <v>1994</v>
       </c>
       <c r="G618"/>
       <c r="H618" t="s">
         <v>12</v>
       </c>
@@ -18912,217 +18912,217 @@
       <c r="H627" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="628" spans="1:8">
       <c r="A628" t="s">
         <v>1172</v>
       </c>
       <c r="B628" t="s">
         <v>1173</v>
       </c>
       <c r="C628" t="s">
         <v>31</v>
       </c>
       <c r="D628" t="s">
         <v>66</v>
       </c>
       <c r="E628" t="s">
         <v>26</v>
       </c>
       <c r="F628">
         <v>1992</v>
       </c>
       <c r="G628"/>
       <c r="H628" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
     </row>
     <row r="629" spans="1:8">
       <c r="A629" t="s">
         <v>1174</v>
       </c>
       <c r="B629" t="s">
         <v>1175</v>
       </c>
       <c r="C629" t="s">
         <v>31</v>
       </c>
       <c r="D629" t="s">
         <v>66</v>
       </c>
       <c r="E629" t="s">
         <v>26</v>
       </c>
       <c r="F629">
         <v>1992</v>
       </c>
       <c r="G629"/>
       <c r="H629" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
     </row>
     <row r="630" spans="1:8">
       <c r="A630" t="s">
         <v>1176</v>
       </c>
       <c r="B630" t="s">
         <v>1177</v>
       </c>
       <c r="C630" t="s">
         <v>39</v>
       </c>
       <c r="D630" t="s">
         <v>66</v>
       </c>
       <c r="E630" t="s">
         <v>26</v>
       </c>
       <c r="F630">
         <v>1992</v>
       </c>
       <c r="G630"/>
       <c r="H630" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
     </row>
     <row r="631" spans="1:8">
       <c r="A631" t="s">
         <v>1178</v>
       </c>
       <c r="B631" t="s">
         <v>1179</v>
       </c>
       <c r="C631" t="s">
         <v>31</v>
       </c>
       <c r="D631" t="s">
         <v>66</v>
       </c>
       <c r="E631" t="s">
         <v>26</v>
       </c>
       <c r="F631">
         <v>1992</v>
       </c>
       <c r="G631"/>
       <c r="H631" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="632" spans="1:8">
       <c r="A632" t="s">
         <v>1180</v>
       </c>
       <c r="B632" t="s">
         <v>1181</v>
       </c>
       <c r="C632" t="s">
         <v>31</v>
       </c>
       <c r="D632" t="s">
         <v>66</v>
       </c>
       <c r="E632" t="s">
         <v>26</v>
       </c>
       <c r="F632">
         <v>1992</v>
       </c>
       <c r="G632"/>
       <c r="H632" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
     </row>
     <row r="633" spans="1:8">
       <c r="A633" t="s">
         <v>1182</v>
       </c>
       <c r="B633" t="s">
         <v>1183</v>
       </c>
       <c r="C633" t="s">
         <v>409</v>
       </c>
       <c r="D633" t="s">
         <v>410</v>
       </c>
       <c r="E633" t="s">
         <v>26</v>
       </c>
       <c r="F633">
         <v>1992</v>
       </c>
       <c r="G633" t="s">
         <v>14</v>
       </c>
       <c r="H633"/>
     </row>
     <row r="634" spans="1:8">
       <c r="A634" t="s">
         <v>1184</v>
       </c>
       <c r="B634" t="s">
         <v>1185</v>
       </c>
       <c r="C634" t="s">
         <v>31</v>
       </c>
       <c r="D634" t="s">
         <v>66</v>
       </c>
       <c r="E634" t="s">
         <v>26</v>
       </c>
       <c r="F634">
         <v>1991</v>
       </c>
       <c r="G634"/>
       <c r="H634" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
     </row>
     <row r="635" spans="1:8">
       <c r="A635" t="s">
         <v>1186</v>
       </c>
       <c r="B635" t="s">
         <v>1187</v>
       </c>
       <c r="C635"/>
       <c r="D635" t="s">
         <v>21</v>
       </c>
       <c r="E635" t="s">
         <v>18</v>
       </c>
       <c r="F635">
         <v>1990</v>
       </c>
       <c r="G635"/>
       <c r="H635" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
     </row>
     <row r="636" spans="1:8">
       <c r="A636" t="s">
         <v>1188</v>
       </c>
       <c r="B636" t="s">
         <v>1189</v>
       </c>
       <c r="C636" t="s">
         <v>31</v>
       </c>
       <c r="D636" t="s">
         <v>66</v>
       </c>
       <c r="E636" t="s">
         <v>26</v>
       </c>
       <c r="F636">
         <v>1990</v>
       </c>
       <c r="G636"/>
       <c r="H636" t="s">
         <v>19</v>
       </c>
@@ -19148,99 +19148,99 @@
         <v>14</v>
       </c>
       <c r="H637"/>
     </row>
     <row r="638" spans="1:8">
       <c r="A638" t="s">
         <v>1192</v>
       </c>
       <c r="B638" t="s">
         <v>1193</v>
       </c>
       <c r="C638" t="s">
         <v>31</v>
       </c>
       <c r="D638" t="s">
         <v>66</v>
       </c>
       <c r="E638" t="s">
         <v>26</v>
       </c>
       <c r="F638">
         <v>1989</v>
       </c>
       <c r="G638"/>
       <c r="H638" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
     </row>
     <row r="639" spans="1:8">
       <c r="A639" t="s">
         <v>1194</v>
       </c>
       <c r="B639" t="s">
         <v>1195</v>
       </c>
       <c r="C639" t="s">
         <v>31</v>
       </c>
       <c r="D639" t="s">
         <v>66</v>
       </c>
       <c r="E639" t="s">
         <v>26</v>
       </c>
       <c r="F639">
         <v>1989</v>
       </c>
       <c r="G639"/>
       <c r="H639" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="640" spans="1:8">
       <c r="A640" t="s">
         <v>1196</v>
       </c>
       <c r="B640" t="s">
         <v>835</v>
       </c>
       <c r="C640" t="s">
         <v>39</v>
       </c>
       <c r="D640" t="s">
         <v>66</v>
       </c>
       <c r="E640" t="s">
         <v>26</v>
       </c>
       <c r="F640">
         <v>1989</v>
       </c>
       <c r="G640"/>
       <c r="H640" t="s">
-        <v>51</v>
+        <v>53</v>
       </c>
     </row>
     <row r="641" spans="1:8">
       <c r="A641" t="s">
         <v>1196</v>
       </c>
       <c r="B641" t="s">
         <v>835</v>
       </c>
       <c r="C641" t="s">
         <v>39</v>
       </c>
       <c r="D641" t="s">
         <v>66</v>
       </c>
       <c r="E641" t="s">
         <v>26</v>
       </c>
       <c r="F641">
         <v>1989</v>
       </c>
       <c r="G641"/>
       <c r="H641" t="s">
         <v>15</v>
       </c>
@@ -19310,121 +19310,121 @@
       <c r="H644" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="645" spans="1:8">
       <c r="A645" t="s">
         <v>1203</v>
       </c>
       <c r="B645" t="s">
         <v>1204</v>
       </c>
       <c r="C645" t="s">
         <v>31</v>
       </c>
       <c r="D645" t="s">
         <v>66</v>
       </c>
       <c r="E645" t="s">
         <v>26</v>
       </c>
       <c r="F645">
         <v>1986</v>
       </c>
       <c r="G645"/>
       <c r="H645" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
     </row>
     <row r="646" spans="1:8">
       <c r="A646" t="s">
         <v>1205</v>
       </c>
       <c r="B646" t="s">
         <v>1206</v>
       </c>
       <c r="C646" t="s">
         <v>31</v>
       </c>
       <c r="D646" t="s">
         <v>66</v>
       </c>
       <c r="E646" t="s">
         <v>26</v>
       </c>
       <c r="F646">
         <v>1986</v>
       </c>
       <c r="G646"/>
       <c r="H646" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
     </row>
     <row r="647" spans="1:8">
       <c r="A647" t="s">
         <v>1207</v>
       </c>
       <c r="B647" t="s">
         <v>1208</v>
       </c>
       <c r="C647" t="s">
         <v>31</v>
       </c>
       <c r="D647" t="s">
         <v>66</v>
       </c>
       <c r="E647" t="s">
         <v>26</v>
       </c>
       <c r="F647">
         <v>1986</v>
       </c>
       <c r="G647"/>
       <c r="H647" t="s">
         <v>84</v>
       </c>
     </row>
     <row r="648" spans="1:8">
       <c r="A648" t="s">
         <v>1209</v>
       </c>
       <c r="B648" t="s">
         <v>1210</v>
       </c>
       <c r="C648"/>
       <c r="D648" t="s">
         <v>21</v>
       </c>
       <c r="E648" t="s">
         <v>18</v>
       </c>
       <c r="F648">
         <v>1984</v>
       </c>
       <c r="G648"/>
       <c r="H648" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
     </row>
     <row r="649" spans="1:8">
       <c r="A649" t="s">
         <v>1211</v>
       </c>
       <c r="B649" t="s">
         <v>1212</v>
       </c>
       <c r="C649" t="s">
         <v>409</v>
       </c>
       <c r="D649" t="s">
         <v>410</v>
       </c>
       <c r="E649" t="s">
         <v>26</v>
       </c>
       <c r="F649">
         <v>1984</v>
       </c>
       <c r="G649" t="s">
         <v>14</v>
       </c>
       <c r="H649"/>
@@ -19520,65 +19520,65 @@
     <row r="654" spans="1:8">
       <c r="A654" t="s">
         <v>1220</v>
       </c>
       <c r="B654"/>
       <c r="C654"/>
       <c r="D654"/>
       <c r="E654"/>
       <c r="F654"/>
       <c r="G654"/>
       <c r="H654" t="s">
         <v>84</v>
       </c>
     </row>
     <row r="655" spans="1:8">
       <c r="A655" t="s">
         <v>1221</v>
       </c>
       <c r="B655"/>
       <c r="C655"/>
       <c r="D655"/>
       <c r="E655"/>
       <c r="F655"/>
       <c r="G655"/>
       <c r="H655" t="s">
-        <v>51</v>
+        <v>84</v>
       </c>
     </row>
     <row r="656" spans="1:8">
       <c r="A656" t="s">
         <v>1221</v>
       </c>
       <c r="B656"/>
       <c r="C656"/>
       <c r="D656"/>
       <c r="E656"/>
       <c r="F656"/>
       <c r="G656"/>
       <c r="H656" t="s">
-        <v>84</v>
+        <v>53</v>
       </c>
     </row>
     <row r="657" spans="1:8">
       <c r="A657" t="s">
         <v>1222</v>
       </c>
       <c r="B657"/>
       <c r="C657"/>
       <c r="D657"/>
       <c r="E657"/>
       <c r="F657"/>
       <c r="G657"/>
       <c r="H657" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="658" spans="1:8">
       <c r="A658" t="s">
         <v>1223</v>
       </c>
       <c r="B658"/>
       <c r="C658"/>
       <c r="D658"/>
       <c r="E658"/>
       <c r="F658"/>
@@ -19702,51 +19702,51 @@
       <c r="B666" t="s">
         <v>1237</v>
       </c>
       <c r="C666"/>
       <c r="D666"/>
       <c r="E666"/>
       <c r="F666"/>
       <c r="G666"/>
       <c r="H666" t="s">
         <v>130</v>
       </c>
     </row>
     <row r="667" spans="1:8">
       <c r="A667" t="s">
         <v>1238</v>
       </c>
       <c r="B667" t="s">
         <v>1239</v>
       </c>
       <c r="C667"/>
       <c r="D667"/>
       <c r="E667"/>
       <c r="F667"/>
       <c r="G667"/>
       <c r="H667" t="s">
-        <v>44</v>
+        <v>43</v>
       </c>
     </row>
     <row r="668" spans="1:8">
       <c r="A668" t="s">
         <v>1240</v>
       </c>
       <c r="B668" t="s">
         <v>1241</v>
       </c>
       <c r="C668"/>
       <c r="D668"/>
       <c r="E668"/>
       <c r="F668"/>
       <c r="G668"/>
       <c r="H668" t="s">
         <v>84</v>
       </c>
     </row>
     <row r="669" spans="1:8">
       <c r="A669" t="s">
         <v>1242</v>
       </c>
       <c r="B669" t="s">
         <v>1241</v>
       </c>
@@ -19782,83 +19782,83 @@
       <c r="B671" t="s">
         <v>1241</v>
       </c>
       <c r="C671"/>
       <c r="D671"/>
       <c r="E671"/>
       <c r="F671"/>
       <c r="G671"/>
       <c r="H671" t="s">
         <v>84</v>
       </c>
     </row>
     <row r="672" spans="1:8">
       <c r="A672" t="s">
         <v>1245</v>
       </c>
       <c r="B672" t="s">
         <v>1246</v>
       </c>
       <c r="C672"/>
       <c r="D672"/>
       <c r="E672"/>
       <c r="F672"/>
       <c r="G672"/>
       <c r="H672" t="s">
-        <v>54</v>
+        <v>51</v>
       </c>
     </row>
     <row r="673" spans="1:8">
       <c r="A673" t="s">
         <v>1247</v>
       </c>
       <c r="B673" t="s">
         <v>1248</v>
       </c>
       <c r="C673"/>
       <c r="D673"/>
       <c r="E673"/>
       <c r="F673"/>
       <c r="G673"/>
       <c r="H673" t="s">
-        <v>54</v>
+        <v>51</v>
       </c>
     </row>
     <row r="674" spans="1:8">
       <c r="A674" t="s">
         <v>1249</v>
       </c>
       <c r="B674" t="s">
         <v>1250</v>
       </c>
       <c r="C674"/>
       <c r="D674"/>
       <c r="E674"/>
       <c r="F674"/>
       <c r="G674"/>
       <c r="H674" t="s">
-        <v>54</v>
+        <v>51</v>
       </c>
     </row>
     <row r="675" spans="1:8">
       <c r="A675" t="s">
         <v>1251</v>
       </c>
       <c r="B675" t="s">
         <v>1252</v>
       </c>
       <c r="C675"/>
       <c r="D675"/>
       <c r="E675"/>
       <c r="F675"/>
       <c r="G675"/>
       <c r="H675" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="676" spans="1:8">
       <c r="A676" t="s">
         <v>1253</v>
       </c>
       <c r="B676" t="s">
         <v>1254</v>
       </c>
@@ -19978,51 +19978,51 @@
       <c r="F682"/>
       <c r="G682"/>
       <c r="H682" t="s">
         <v>72</v>
       </c>
     </row>
     <row r="683" spans="1:8">
       <c r="A683" t="s">
         <v>1264</v>
       </c>
       <c r="B683" t="s">
         <v>1265</v>
       </c>
       <c r="C683" t="s">
         <v>31</v>
       </c>
       <c r="D683" t="s">
         <v>66</v>
       </c>
       <c r="E683" t="s">
         <v>26</v>
       </c>
       <c r="F683"/>
       <c r="G683"/>
       <c r="H683" t="s">
-        <v>44</v>
+        <v>43</v>
       </c>
     </row>
     <row r="684" spans="1:8">
       <c r="A684" t="s">
         <v>1266</v>
       </c>
       <c r="B684"/>
       <c r="C684" t="s">
         <v>1267</v>
       </c>
       <c r="D684" t="s">
         <v>410</v>
       </c>
       <c r="E684" t="s">
         <v>26</v>
       </c>
       <c r="F684">
         <v>1933</v>
       </c>
       <c r="G684" t="s">
         <v>14</v>
       </c>
       <c r="H684"/>
     </row>
     <row r="685" spans="1:8">